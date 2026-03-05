--- v0 (2025-10-13)
+++ v1 (2026-03-05)
@@ -12,1914 +12,2802 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="585">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="866">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
+  </si>
+  <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>SNI IEC 62612:2016</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>AS/NZS 4782.2:2004: Double-capped fluorescent lamps—Performance specifications—Minimum Energy Performance Standard (MEPS)</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>AS/NZS 4782.1:2004</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-478222004-double-capped-fluorescent-lamps-performance-specifications-minimum-energy</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/led-</t>
+  </si>
+  <si>
     <t>BDS 1139:1986</t>
   </si>
   <si>
+    <t>This standard covers three-phase induction motors for voltages up to and including 11000 V and</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-11391986</t>
   </si>
   <si>
+    <t>https://www.bstibds.com/single_product/4919</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL - Three-Phase Permanent Magnet Synchronous Motors</t>
   </si>
   <si>
+    <t>This policy covers asynchronous, three-phase permanent magnet synchronous motors.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 755-2008; GB 10068-2008; GB 10069.3-2008; GB/T 22669-2008; GB/T 22670-2008</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-three-phase-permanent-magnet-synchronous-motors</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E6%B0%B8%E7%A3%81%E5%90%8C%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL - Variable-Frequency and Permanent Magnet Synchronous Motors for Elevators</t>
   </si>
   <si>
+    <t>This policy covers permanent magnet synchronous motors for elevators and variable-frequency, permanent magnet synchronous motors.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-variable-frequency-and-permanent-magnet-synchronous-motors-elevators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E6%B0%B8%E7%A3%81%E5%90%8C%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%</t>
+  </si>
+  <si>
     <t>CEL-007. Small &amp; Medium Three-phase Asynchronous Motors</t>
   </si>
   <si>
+    <t>Applies to motors working under three-phase AC; with voltage lower than 690V and frequency of 50Hz; for motors of energy efficiency grade 2 and 3; their rated power shall be 0.55kW-315kW; and for grade 1 motors; rated power should be 3kW-315kW; number of poles shall be 2; 4; and 6; of single-speed closed self-fan cooling type; N design type; for general service or explosion-proof type.</t>
+  </si>
+  <si>
     <t>GB/T 1032</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-007-small-medium-three-phase-asynchronous-motors</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/CEL%20007-2021%E4%B8%AD%E5%B0%8F%E5%9E%8B%E4%B8%89%E7%9B%B8%E5%BC%82%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1781 of 1 October 2019 laying down ecodesign requirements for electric motors and variable speed drives pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
+    <t>The proposal covers motors of power range 0;75 to 375 kW. The definition of motors is electric single speed motors with three-phase 50 Hz or 60 Hz or 50|60 Hz; squirrel cage induction motors in accordance with IEC 60034-1. Additional parameters; rated voltage; rated output; poles etc;; are also specified in Annex II. This kind of motors usually figures in industrial fans; pumps and compressors. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Variable Speed Drives, 3-Phase Motors</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191781-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R1781-20230124</t>
+  </si>
+  <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Comparative Label, Minimum Performance Standard</t>
-[...1 lines deleted...]
-  <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>CQC31-461121-2021. Energy Conservation Certification Rules for Motors</t>
   </si>
   <si>
+    <t>Applies to motors working under three-phase AC; with voltage lower than 690V and frequency of 50Hz; rated power shall be 0.55kW-315kW; and for grade 1 motors; rated power should be 3kW-315kW; number of poles shall be 2; 4; and 6; of single-speed closed self-fan cooling type; N design type; for general service or explosion-proof type</t>
+  </si>
+  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>GB 18613-2020</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461121-2021-energy-conservation-certification-rules-motors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39731</t>
+  </si>
+  <si>
     <t>CQC31-461122-2014. CQC Mark Certification - Permanent magnet synchronous motors</t>
   </si>
   <si>
+    <t>Applies to products with rated voltage of lower than 1140V; powered by three-phase AC of 50Hz; rated power between 0.55kW-275kW; poles number of 2; 4; 6; 8; 10; 12; 16</t>
+  </si>
+  <si>
     <t>GB 30253-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461122-2014-cqc-mark-certification-permanent-magnet-synchronous-motors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492762.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461137-2017 Energy Conservation Certification Rules for Line Operated AC Motors</t>
   </si>
   <si>
+    <t>Applies to sine-wave voltage single-speed motor which: rated output of 0.12kW-1000kW;  voltage of 50-1000V and frequency of 50Hz 60Hz;  number of poles: 2P 4P 6P 8P; long-time and continuious operation under rated output power given that the temperature rise limit shall meet the one specified corresponding to the insulation level;  ambent temperature of 0.12kW-1000kW; altitude of no larger than 4000m</t>
+  </si>
+  <si>
     <t>GB755; GB14711</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461137-2017-energy-conservation-certification-rules-line-operated-ac-motors</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-04-19/551557.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461225-2012. Energy Conservation Certification Rules for Ballasts for Tubular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Apply to ballasts for tubular fluorescent lamps</t>
+  </si>
+  <si>
     <t>GB 17896-2012; GB/T 15144-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461225-2012-energy-conservation-certification-rules-ballasts-tubular-fluorescent</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-08-24/553843.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461238-2009. CQC Mark Certification - Variable frequency speed regulation devices</t>
   </si>
   <si>
+    <t>Applies to variable frequency speed regulation devices using three-phase AC power supply which voltage is no higher than 660V frequency of 50Hz and power no bigger than 315kW.</t>
+  </si>
+  <si>
     <t>GB/T 12668.2-2002 GB/Z 17625.6-2003 GB/T 17623</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461238-2009-cqc-mark-certification-variable-frequency-speed-regulation-devices</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492770.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465132-2013. CQC Mark Certification - Fluorescent Lamps for General Lighting Service; Double-Capped</t>
   </si>
   <si>
+    <t>Applies to double-capped fluorescent lamps for general lighting services</t>
+  </si>
+  <si>
     <t>GB/T 10682-2010 GB 19043-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465132-2013-cqc-mark-certification-fluorescent-lamps-general-lighting-service-double</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492726.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465197-2014. CQC Mark Certification - Double-capped LED Lamps designed to retrofit linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Applies to G13 double-capped T8 LED Lamps designed to retrofit linear Fluorescent Lamps with technical characteristics based on GB|T 10682</t>
+  </si>
+  <si>
     <t>CQC 3148-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465197-2014-cqc-mark-certification-double-capped-led-lamps-designed-retrofit-linear</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/rootfiles/2014/11/02/1414876321132078-1414876321176625.pdf</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Department Circular No. DC 2020-06-0016</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for room air conditioners (window and split type), refrigeration units (single door, two-door manual defrost, and frost-free), and lighting products (CLFs, LFLs, single-capped fluorescent lamps, and LEDs).</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Lighting, Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/department-circular-no-dc-2020-06-0016</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/laws-and-issuances/department-circular-no-dc2020-06-0016</t>
+  </si>
+  <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
     <t>Draft MEPS for electric motors</t>
   </si>
   <si>
-    <t>Indonesia</t>
+    <t>The document specifies the MEPS and labeling instructions for electric motors.</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
-    <t>Ministry of Energy and Mineral Resources</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-electric-motors-0</t>
   </si>
   <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
     <t>Draft motor policy</t>
   </si>
   <si>
+    <t>Motors with EE label should be the single-speed, three-phase, cage-induction motors</t>
+  </si>
+  <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>BDS IEC 60034-2-1: 2009(Testing protocol); BDS-EN 60034-30 : 2011 (Efficiency Class)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-motor-policy</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>Draft standard PROY-NOM-014-ENER-2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values, test method, marking requirements, and conformity assessment procedure applicable to single rotational frequency, continuous duty, open- or closed-loop, air-cooled, single-phase squirrel-cage electric AC induction motors with a rated output of 0.180 kW to 2.238 kW, 2, 4 or 6 poles, split-phase, capacitor-start, or with two capacitors, or connected with a permanent capacitor, which are imported, manufactured or marketed within Mexico. It does not apply to electric motors which require auxiliary or additional cooling equipment.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>National Commission for the Efficient Use of Energy</t>
   </si>
   <si>
     <t>Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-standard-proy-nom-014-ener-2020</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5608195&amp;fecha=18/12/2020#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Electric Motors Minimum Energy Performance Standards</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/electric-motors-minimum-energy-performance-standards</t>
   </si>
   <si>
+    <t>https://clasp.ngo/updates/2021/pakistan-launches-first-efficiency-policy-for-electric-motors</t>
+  </si>
+  <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
+    <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
+  </si>
+  <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7601 Fluorescent lamps which are the tubular type of rated powerconsumption of 20W, 28W, 32W, and 40W, the circular type of rated powerconsumption of 32W, and 40W, and the compact type of rated powerconsumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W, FPL36W, FPL 45W, and FPL 55W .7</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy efficiency limit values ​​and energy efficiency grades for high voltage three-phase cage-type asynchronous motors</t>
   </si>
   <si>
+    <t>This policy defines minimum allowable values of energy efficiency and energy efficiency grades for cage three-phase high voltage induction motors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-limit-values-and-energy-efficiency-grades-high-voltage-three-phase-cage</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=208DEC46F6A847EEE06397BE0A0AA4A0</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
   </si>
   <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
     <t>Vanuatu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Tubular Fluorescent Lamps (TFL)</t>
   </si>
   <si>
+    <t>The policy specifies the tubular fluorescent lamps for general lighting services covering all wattages with nominal dimension starting from 1100 millimeter and upto1500 millimeter covering color temperature of 6500 kelvin for halo-phosphate category, and 2700 kelvin, 4000 kelvin and 6500 kelvin  tri-phosphate lamps categories for display of particulars on label.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>IS 2418 (part 1 and 2) -1977 with all amendments</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-tubular-fluorescent-lamps-tfl</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/TFLnoti_New.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy Efficiency of Electrical Induction Motors) 5764 - 2004 / SI 5289</t>
   </si>
   <si>
+    <t>It covers electric induction motors</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-resources-regulations-energy-efficiency-electrical-induction-motors-5764-2004-si</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECInductionMotors.doc</t>
+  </si>
+  <si>
     <t>Fluorescent tubes</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fluorescent-tubes</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>GB 18613-2020 Minimum Allowable Values of Energy Efficiency and Values of Efficiency Grades for Motors</t>
   </si>
   <si>
+    <t>This policy applies to general purpose electric motors or general purpose anti explosion electric motors with the following characteristics: three-phase AC with voltage lower than 1000V and frequency of 50Hz; rated power between 0.75kW-375kW; number of poles of 2; 4; and 6; single-speed closed self-fan cooling; N design.</t>
+  </si>
+  <si>
     <t>GB/T 755-2019; GB/T 1032; GB/T 5171.1-2014; GB/T 5171.21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-18613-2020-minimum-allowable-values-energy-efficiency-and-values-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF578CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 30253-2013 Minimum allowable values of energy efficiency and energy efficiency grades for permanent magnet synchronous motors</t>
   </si>
   <si>
+    <t>This policy covers permanent magnet synchronous motors. This policy will be replaced by GB 30253-2024, which will enter into force on 1 October 2025. Click 'See More' for a link to the new policy.</t>
+  </si>
+  <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30253-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E902D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30253-2024 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Permanent Magnet Synchronous Motors</t>
   </si>
   <si>
+    <t>This policy defines mandatory minimum energy performance standards and efficiency grands for synchronous permanent magnet motors. It replaces GB 30253-2013.</t>
+  </si>
+  <si>
     <t>Motors</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>0013</t>
   </si>
   <si>
     <t>October 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30253-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E21E8A3E06397BE0A0AC332</t>
+  </si>
+  <si>
     <t>GB 30254-2013 Minimum allowable values of energy efficiency and the energy efficiency grades for cage three-phase high voltage induction motors</t>
   </si>
   <si>
+    <t>This policy covers cage three-phase high voltage induction motors.</t>
+  </si>
+  <si>
     <t>GB 755-2008; GB/T 1032-2012; GB 10068-2008; GB 10069.3-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30254-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-cage</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E8DAD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB19043-2013 Minimum allowable values of energy efficiency grades of double-capped fluorescent lamps for general lighting service</t>
   </si>
   <si>
+    <t>Applies to non-directional self-ballasted LED lamps with the rated rated power of 2W-60W; rated voltage of 220V; frequency 50Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb19043-2013-minimum-allowable-values-energy-efficiency-grades-double-capped-fluorescent</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6C0D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact
+fluorescent lamps) and circular fluorescent lamps for general
+lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting
+services with lamp cap E14, E27, GU10, B22d and G13; and
+(e) filament tungsten incandescent lamps</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>d MS IEC 60081:2003 or IEC 60081:2003
 ,   
                      MS IEC 60969:2006 or IEC 60969:2001
 ,   
                      MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Double-capped Fluorescent Lamps) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers double-capped fluorescent lamps in the product classes set out in subsection (2) that are:</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AS/NZS 4782.1:2004AS/NZS 4782.2:2004AS/NZS 4782.3:2006AS/NZS 61231: 2001</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-double-capped-fluorescent-lamps-determination-2017</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2017L00652</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Three Phase Cage Induction Motors) Determination 2019</t>
   </si>
   <si>
+    <t>This Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c. with rated voltages up to 1100 V, alternating current (AC). NOTE: This range includes motors with ratings of 1 hp and 1 CV/PS (French/German or metric horsepower). MEPS does not apply to submersible motors, integral motor-gear systems, variable or multi-speed speed motors or those rated only for short duty cycles (IEC60034-2 duty rating S2).</t>
+  </si>
+  <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>AS 1359.102.1:1997 (Method B), AS 1359.102.3:2003 (Method A)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-three-phase-cage-induction-motors-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2019L00968</t>
+  </si>
+  <si>
     <t>Greenmark N42 - Fluorescent Lamps Tubes</t>
   </si>
   <si>
+    <t>This standard is applicable to the preheat-type fluorescent lamps or tubes which meet the definition of CNS 691 and excludes the compact fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n42-fluorescent-lamps-tubes</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/42/0b942ae7-ba35-45af-8945-4a1ae0e9fdb7.pdf</t>
+  </si>
+  <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
+    <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
+  </si>
+  <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for 1 phase motor</t>
   </si>
   <si>
+    <t>This scheme covers single-phase induction motors with a rated output power of not more than 7.5 kW and a rated voltage of not more than 250 V and a frequency of 50 Hz. Excluded - submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications, and induction motors used in electric cars or vehicles.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Motors and Motor Driven Equipment, Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>IEC 60034-2-1</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-1-phase-motor</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/6_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for 3 phase motor</t>
   </si>
   <si>
+    <t>This scheme covers three-phase squirrel-cage induction motors with rated output power from 0.73-185.0 kW and for a power supply with a frequency of 50-60 Hz, rated voltage of 380 V. It excludes submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications.</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, 3-Phase Motors</t>
   </si>
   <si>
     <t>TIS 867-2550 or IEC 60034-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-3-phase-motor</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/5_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Variable Speed Drive</t>
   </si>
   <si>
+    <t>This scheme covers variable speed drive for 2 types: 1. Motor speed adjustment device used for AC induction motors with a rated power output of more than 37.5 kW., and 2. Motor speed adjustment device used for AC induction motors with rated power output ranging from 0.37 to 37.5 kW (0.5 to 50 hp).</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, Variable Speed Drives</t>
   </si>
   <si>
     <t>IEC 61800-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-variable-speed-drive</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/4_01032565.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Single-phase induction motors</t>
+  </si>
+  <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-7</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for 3 Phase Induction Motor</t>
   </si>
   <si>
+    <t>Three phase induction motors</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-3-phase-induction-motor</t>
   </si>
   <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Lighting Products 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for lighting products used for General Lighting Service Lamps according to section 9 of Department Circular No. 2020-06-0015. Products in scope include Linear Fluorescent Lamps (LFL) or Double-Capped Fluorescent Lamps (DFL), Double-Capped Linear LED Lamps, Self-Ballasted Compact Fluorescent Lamps (CFL), Single-Capped Fluorescent Lamps (SFL), Self-Ballasted Non Directional LED Lamps.</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>CIE 84 1st Edition 1989
 ,   
                     PNS IEC 60081
 ,   
                     PNS IEC 60901
 ,   
                     ANSI C78.377-2015
 ,   
                     CIE S 025/E:2015
 ,   
                     CIE 13.3:1995
 ,   
                     IES LM 79-08
 ,   
                     IES LM 80-15
 ,   
                     PNS IEC 62612
 ,   
                     PNS IEC 61000-3-2
 ,   
                     IEC 60838-2-3 E.D. 1.0 B:2016 Miscellaneous Lampholders</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 290 of 7 July 2021</t>
   </si>
   <si>
+    <t>This policy specifies quality and conformity assessment requirements for 3-phase squirrel cage motor labeling.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ABNT NBR 17094-3:2018 / ABNT NBR 17094-1:2018</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-290-7-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-290-de-7-de-julho-de-2021-331319038</t>
+  </si>
+  <si>
     <t>INTE E13-1 2017</t>
   </si>
   <si>
+    <t>This standard establishes the associated nominal and minimum efficiency values; the test method for its evaluation; and the labeling specification of the nominal efficiency; on the motor data plate. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e13-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-1-2017-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-limites-de-eficiencia-2323?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-2 2018</t>
   </si>
   <si>
+    <t>This standard establishes the labeling requirements for the associated nominal and minimum efficiency values ??of the efficiency of alternating current; three-phase induction motors. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e13-2-2018</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-2-2018-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-etiquetado-2660?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for linear fluorescent lamps. This standard applies to linear fluorescent lamps; intended for lighting residential; commercial; services and industrial sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e22-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-1-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-requisitos-1480?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps. This standard applies to linear fluorescent lamps intended for lighting residential; commercial; services and industrial sectors that are marketed in the National territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e22-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-2 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps (LFL). This standard applies to linear fluorescent lamps, intended for lighting residential, commercial, service and industrial sectors that are marketed in the national territory. This standard does not apply to types of lamps that have one or more of the following characteristics: - Linear fluorescent lamps with a length of less than 50 cm, color temperature greater than 7000 K, designed to operate at low temperatures, ultraviolet and other special applications. . - Compact fluorescent lamp without integrated ballast, circular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e22-2-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?variant=5673</t>
+  </si>
+  <si>
     <t>ISIRI 7874, 1st Edition, Specification for energy consumption and energy labeling of single phase electrical motors</t>
   </si>
   <si>
+    <t>Small 1-phase General Purpose</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>ISIRI 3772-1</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7874-1st-edition-specification-energy-consumption-and-energy-labeling-single-phase</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 7966, 1st Edition, Specification for energy consumption and energy labeling of three phase electrical motors</t>
   </si>
   <si>
+    <t>This policy covers all motors with 3 phase general purpose</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7966-1st-edition-specification-energy-consumption-and-energy-labeling-three-phase</t>
   </si>
   <si>
     <t>ISIRI NS 7341, 1st edition- Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Electric lamps - Tubular, double capped</t>
+  </si>
+  <si>
     <t>NS687 (Double Capped), NS 2702 (High Pressure Mercury Vapor), NS 5191 (HPSI), NS 5211 (Single Capped), 98/11/EC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-ns-7341-1st-edition-technical-specifications-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>JS 2092:2013 Energy efficiency labeling of household electric lamps</t>
   </si>
   <si>
+    <t>This policy covers household electric lamps supplied directly from the mains (filament and integral compact fluorescent lamps), and to household fluorescent lamps (including linear, and non-integral compact fluorescent lamps), even when marketed for non-household use.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2092</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20922013-energy-efficiency-labeling-household-electric-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5453</t>
+  </si>
+  <si>
     <t>JS 2093:2013 Technical regulation on eco-design requirements for fluorescent lamps without integrated ballast; for high intensity discharge lamps; and for ballasts and luminaires able to operate such lamps</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of fluorescent lamps without integrated ballast, of high intensity discharge lamps, and of ballasts and luminaires able to operate such lamps as defined in Article 3, even when they are integrated into other energy related products.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Drivers/ Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20932013-technical-regulation-eco-design-requirements-fluorescent-lamps-without</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5462</t>
+  </si>
+  <si>
     <t>JS 2094:2013 Technical Regulation on eco-design requirements for electric motors</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market and for putting into service of motors, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>JS 2094</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20942013-technical-regulation-eco-design-requirements-electric-motors</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5463</t>
+  </si>
+  <si>
     <t>KS 2448-1:2013 Double-capped flourescent lamps-performance specification-minimum energy performance standards</t>
   </si>
   <si>
+    <t>This standard specifies MEPS requirements for double-capped; FD1 and FDH2; tubular lamps with a nominal length of 550 mm to 1500 mm and having nominal wattage of 16 watts or more that are within the scope of IEC 60081.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ks-2448-12013-double-capped-flourescent-lamps-performance-specification-minimum-energy</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10039</t>
+  </si>
+  <si>
     <t>L.I. 1815 Energy Efficiency Standards and Labelling Regulations - Non-ducted Air Conditioners and Self-ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>These Regulations apply to non-ducted air conditioners or self-ballasted fluorescent lamps manufactured in Ghana or imported for use in Ghana.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>GS 324:2003</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-1815-energy-efficiency-standards-and-labelling-regulations-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI_1815.pdf</t>
+  </si>
+  <si>
     <t>LI 2456 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Motors) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an induction motor whether sold separately or partly integrated in other products that has 2,4,6, or 8 poles; has a rated voltage that's more than 50 V but less than 1000 V; has a rated power output of 0.12 kW up to 1000 kW; is rated to operate at a frequency of 50 Hz; is rated on the basis of continuous duty operation, and; is rated for direct on-line operation.</t>
+  </si>
+  <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2456-energy-commission-energy-efficiency-standards-and-labelling-electric-motors</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>Low-voltage single-phase inductive motor energy efficiency ratio standards</t>
   </si>
   <si>
+    <t>Low-voltage single-phase inductive motor</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
   </si>
   <si>
-    <t>MELS for General Lighting</t>
-[...2 lines deleted...]
-    <t>Adopted, Revised</t>
+    <t>MELS for General Lighting (2019)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-general-lighting</t>
+    <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2019</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy set energy label scheme for all regulated lamps:</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for 3 Phase Induction Motor</t>
   </si>
   <si>
+    <t>This policy applies to 3-phase induction motors with a rated output of 0.75kW-200kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-3-phase-induction-motor</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy references AS/NZS 4847.2:2010, which specifies minimum energy performance requirements for self-ballasted lamps for general lighting services, and AS/NZS 4782.3(Int):2006, which defines performance requirements for double-capped fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Samoa*</t>
   </si>
   <si>
     <t>AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>Samoa Ministry of Finance</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/wp-content/uploads/2019/08/Energy-Regulation.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Fluorescent Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-fluorescent-lamps</t>
   </si>
   <si>
     <t>MEPS for General Lighting</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
   </si>
   <si>
     <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
   </si>
   <si>
     <t>CIE3 84:1989 and IEC 60064, Measurement of luminous flux
 ,   
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for lamps as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting-2024</t>
   </si>
   <si>
-    <t>MEPS for indoor LED lamps</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy references AS/NZS 4782.2:2004, which specifies performance and energy efficiency specifications for tubular fluorescent lamps of length 550 mm to 1500 mm both inclusive with wattage of 16 watts or more that are within the scope of AS/NZS 4782.1. Modified adoption of, and reproduced from, IEC 61347-2-11:2001.</t>
+  </si>
+  <si>
     <t>AS/NZS 4782.2:2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-linear-fluorescent-lamps</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
+  </si>
+  <si>
+    <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
   </si>
   <si>
     <t>Minimum energy performance requirements for three phase electric motors</t>
   </si>
   <si>
+    <t>The minimum energy performance standards apply to new motors and motors incorporated into machines:
+i) with rated output less than or equal to 0.73kW and less than 185kW; 
+ii) in 2- 4- 6- and 8-pole configurations; and 
+iii) with voltages rated up to 1100 V AC</t>
+  </si>
+  <si>
     <t>AS/NZS 1359.5:2004; AS 1359.101; AS 1359.102.1; AS/NZS 1359.102.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-requirements-three-phase-electric-motors</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/3-phase-motor-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Single-Phase Inductive Motors</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for low-voltage single-phase inductive industrial motors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-low-voltage-single-phase-inductive-motors</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Three-Phase Squirrel-Cage Induction Motors</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for industrial low-voltage three-phase squirrel-cage induction motors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-low-voltage-three-phase-squirrel-cage-induction</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Double-Capped Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers double-capped fluorescent lamps, which are straight cylindrical fluorescent lamps intended for general lighting use. It applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-double-capped-fluorescent-lamps-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048416</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Three-Phase Induction Motors, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a three-phase induction motor with rated output power and rated voltage not exceeding 1000 V.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-three-phase-induction-motors-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048418</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Variable Speed Drive, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a variable speed drive that is supplied to an AC electric motor. The scope includes 1. Applicable to one-phase or three-phase; 2. Applicable to an AC power supply with a frequency of 50 hertz or an increase or decrease from a frequency of 50 hertz by 5% and a rated voltage not exceeding 1,000 volts; 3. Harmonic quantity control shall be in accordance with IEC 61000-3-2 or IEC 61000-3-4 or equivalent standards; 4. It has a noise emission limit feature and the noise resistance complies with the IEC 61800-3 standard; 5. Withstand the sudden surge of current (surge) according to IEC 61800-3 standard; 6. Can be used with ambient temperature from 5 degrees Celsius; 7. Compatible with 85 percent relative humidity without condensation; and 8. It can be used in vibrating installation conditions as defined in IEC 61800-2.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-variable-speed-drive-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048428</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for 3-phase squirrel cage electric motors.</t>
+  </si>
+  <si>
     <t>ABNT NBR 17094-1 / ABNT NBR 5383-1 / ABNT NBR 5110 / ABNT NBR IEC 60034-5</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mmemctimdic-ordinance-no-1-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_1-2017-motores-eletricos-trifasicos.pdf</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>National Regulator for Compulsory Specifications Act: Compulsory Specification for Efficiency Requirements of Electric Motors (VC 9113)</t>
   </si>
   <si>
+    <t>This compulsory specification will cover electric motors with the following parameters: 0.75kW-375kW motors, including those with variable speed drives, including 2, 4, 6, and 8 pole motors. The regulation specifies that electric motors meeting these requirements must have a minimum efficiency class of IE3 as specified in IEC 60034-30-1.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>IEC 60034-30-1</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-regulator-compulsory-specifications-act-compulsory-specification-efficiency</t>
   </si>
   <si>
+    <t>https://www.gov.za/documents/notices/national-regulator-compulsory-specifications-act-compulsory-specification-85</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
+    <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9505/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-016-ENER-2025, Energy efficiency of three-phase, induction, squirrel-cage AC motors, rated power 0.746 kW to 373 kW</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum energy efficiency values, the test method, the marking requirements and the conformity assessment procedure, applicable to alternating current, three-phase, induction, squirrel-cage (asynchronous) electric motors, with a nominal power of 0.746 kW to 373 kW, with 2, 4, 6 or 8 poles, with at least one marked nominal electrical voltage of up to 600 V, 50 Hz and 60 Hz, open or closed, with a single rotation frequency (rotation speed on the motor shaft or arrow), with a horizontal or vertical mounting position, air-cooled and continuous operation.</t>
   </si>
   <si>
     <t>NMX-J-075/1-1994-ANCE
 ,   
                     NMX-J-075/2-1994-ANCE
 ,   
                     NMX-J-075/3-1994-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-016-ener-2025-energy-efficiency-three-phase-induction-squirrel-cage-ac-motors-rated</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9514/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-028-ENER-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the minimum efficiency limits for general- purpose lamps, intended for the lighting of the residential, commercial, services, industrial and public lighting sectors , as well as their test methods. This Official Mexican Standard applies to general-purpose lamps intended for lighting in the residential, commercial, services, industrial and public lighting sectors, such as: incandescent, incandescent with halogen, linear fluorescent, high intensity discharge and mixed light; that are imported, manufactured, and / or marketed within the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nom-028-ener-2017</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5515627&amp;fecha=09/03/2018</t>
+  </si>
+  <si>
     <t>NOM-033-ENER-2019 - AC motors cooled with air</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy efficiency values, test method, marking, and procedure for assessing the conformity of air-cooled alternating current (AC) electric motors with nominal electrical voltage up to 240V; a nominal power greater than or equal to 1W and less than 180W; 2-, 4- and 6-pole, squirrel cage induction motors, as well as motors that are electronically switched.</t>
+  </si>
+  <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-033-ener-2019-ac-motors-cooled-air</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NTON 10 007-08 Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW, nominal electric voltage up to 600 V, 60 Hz, horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-007-08-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=6C4B075C6CA9A6D7062577200053D073&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>Pakistan Energy Label for Motors</t>
   </si>
   <si>
+    <t>This regulation establishes Minimum Energy Performance standards for electric motor efficiency and requires compliance with a star rating system. The regulation applies to the import and offer for sale of three-phase squirrel cage induction motors designed to operate at 50 Hz or 60 Hz with:
+a) a rated output power greater than or equal to 0.12 kW and less than or equal to 1,000 kW; and 
+b) a rated voltage of up to 1000 volts alternating current; and
+c) 2, 4, 6 or 8 poles; and
+d) a continuous duty rating.
+The regulation also applies to the import and offer for sale of single-phase squirrel cage induction motors of all types designed to operate at 50 Hz or 60 Hz with a rated output power greater than or equal to 0.12 kW.</t>
+  </si>
+  <si>
     <t>ISO/IEC 17025, IEC 60034-1 ED. 13.0, IEC 60034-2-1 Ed. 2.0 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-label-motors</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO412(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for LED Lights</t>
   </si>
   <si>
+    <t>This policy establishes mandatory Minimum Energy Performance Standards (MEPS) and labels for LED lights that are normally used in households and buildings for general lighting purposes and street lighting. LED lights should conform to all the requirements of Pakistan Standard PS:IEC60050-845 with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>PS:IEC60050-845</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-led-lights</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO415(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-1-1:2007 Amendment 1:2013 - Lamps and related equipment-Energy efficiency and labeling requirements - Part 1-1: Double-capped fluorescent lamps</t>
   </si>
   <si>
+    <t>This labeling program covers single-capped fluorescent lamps for general lighting service.</t>
+  </si>
+  <si>
     <t>PNS IEC 60081:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-1-12007-amendment-12013-lamps-and-related-equipment-energy-efficiency-and</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202050-1-1%20amd%201-2013.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-1-2:2006 - Lamps and related equipments – Energy labeling requirements – Part 1-2: Single-capped fluorescent lamps</t>
   </si>
   <si>
     <t>PNS IEC 60901:2001 Amd. 01, 02, &amp; 03:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-1-22006-lamps-and-related-equipments-energy-labeling-requirements-part-1-2-single</t>
   </si>
   <si>
+    <t>https://www.lites.asia/files/otherfiles/0000/0238/Manila_lites_asia_meeting_1.8_Philippine_policies_for_EE_lighting_Mirna_Campanano.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Electric Motors</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electric motors.</t>
+  </si>
+  <si>
     <t>NBR 17094 NBR 5383-1 NBR 5110 e NBR ISO 60034-5</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-electric-motors</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Provision 230/2015</t>
   </si>
   <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>IRAM 62409:2014 / IRAM 62405:2012</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-2302015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
     <t>Provision No. 257</t>
   </si>
   <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-257</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
     <t>Register of Manufacturers and Importers of Incandescent and Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The Resolution establishes the requirements and procedures, as well as the conditions that will be required to grant the Prior Import Licenses, which must include the mandatory Energy Efficiency Certificate for such products. The Resolution applies to manufacturers and importers of the following products:</t>
+  </si>
+  <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/register-manufacturers-and-importers-incandescent-and-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.gma.trade/single-post/2019/01/14/Registration-and-Energy-Efficiency-Certification-of-Lamps-in-Paraguay</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Etiquetado De EE Lamparas Fluroescentes</t>
   </si>
   <si>
+    <t>Linear (tube) fluorescent, Circular, Rectilinear , compact; linear; circular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>CIE 84 1989,IEC 60901:2001,IEC 60969:2001</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-etiquetado-de-ee-lamparas-fluroescentes</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/res_conj_019.pdf</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
     <t>Requirements on Energy Efficiency and the Inspection of Low-Voltage Three-Phase Squirrel-Cage Induction Motors --including as a component of the specified equipment</t>
   </si>
   <si>
+    <t>The low-voltage three-phase squirrel-cage induction motor set in this announcement covers goods in compliance with Clause 14400 of Chinese National Standards; with a rated output power from 0.75kW|1HP to 200kW|270HP or which are subjected to inspection by the Central Competent Authority.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/requirements-energy-efficiency-and-inspection-low-voltage-three-phase-squirrel-cage</t>
   </si>
   <si>
+    <t>https://meps.energylabel.org.tw/_upload/gen/law/7/file1/Requirements%20on%20Energy%20Efficiency%20and%20the%20Inspection%20of%20Low-Voltage%20Three-Phase%20Squirrel-Cage%20Induction%20Motors%20(including%20as%20a%20component%20of%20the%20specified%20equip</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>RTS 29.01.01:15: Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW.</t>
+  </si>
+  <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rts-29010115-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated-output</t>
   </si>
   <si>
+    <t>https://osartec.gob.sv/?p=5614</t>
+  </si>
+  <si>
     <t>SASO 2870:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to: 
+Incandescent lamps
+Halogen lamps
+Compact flourescent lamps with integrated ballast (CFLi)
+Light-emitting diode (LED) lamps (Incandescent retrofit types)
+Light-emitting diode (LED) lamps (Halogen retrofit types)</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-28702018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/saudi-arabia-market-access-new-requirements-lighting-products-saso-iecee-and-saso-ee</t>
+  </si>
+  <si>
     <t>SASO 2902:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to:
+Incandescent lamps with a luminous flux above or equal 12,000 lumens
+Halogen lamps with a luminous flux above or equal 12.000 lumens
+Compact fluorescent lamps with integrated ballast (CLFi) with a luminous flux above or equal 12,000 Lumens
+Compact fluorescent lamps without integrated ballast (CFLni)
+Fluorescent Lamps (all types)
+High-Intensity Discharge Lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/saso-29022018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
     <t>SASO IEC 60034-30:2013</t>
   </si>
   <si>
+    <t>This part of IEC 60034 specifies efficiency classes for single-speed; three-phase; 50 Hz and 60 Hz cage-induction motors</t>
+  </si>
+  <si>
     <t>SASO IEC 60034-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-iec-60034-302013</t>
   </si>
   <si>
+    <t>http://www.saso.gov.sa/en/mediacenter/events/Pages/saso_events_127.aspx</t>
+  </si>
+  <si>
     <t>Schedule 6 - Induction Motors</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for 3 phase squirrel cage induction motor in 2 Pole, 4 Pole and 6 Pole of ratings up to 375 kW for continuous duty (S1) operation, suitable for voltage and frequency variation as per IS 12615:2011</t>
+  </si>
+  <si>
     <t>IS 12615:2011, IS IEC 60034-2-1, IS 15999:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-6-induction-motors</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule6-InductionMotors.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4101 - Three Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for three-phase induction motors, open and closed, general purpose, for use in hazardous areas (explosion proof) horizontal and vertical, squirrel cage in powers of 0.746 to 373kW (1 to 500HP), 2 to 8 poles, with nominal voltage up to 600 Volts, 60 Hertz, of NEMA design A or B.</t>
+  </si>
+  <si>
     <t>NOM-016-ENER / NEMA-MG-1 / IEEE Std. 112 / CSA-C390 / NOM-008-SCFI / NOM-024-SCFI / IEEE STD 841</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4101-three-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4101_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4106 - Self-Ballasted Circular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-ballasted circular fluorescent lamps with T5 or T9 bulb, with electronic or electromagnetic adapter, E-26 or E-27 base, and rated supply voltage of 120V and 127V +-10% at an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-295-ANCE / NMX-J-531-ANCE / IES-LM-66 / IES LM-16 / IES-LM-54 / IES LM-65</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4106-self-ballasted-circular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4106_05.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4108 - T8 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T8 fluorescent lamps, quick start, of power ratings: 15W (457.2mm), 17W (604 mm), 25W (914.4 mm), 25W (1200 mm), 28W (1200 mm) 30W (1200 mm) y 32W (1200 mm), U" shape of 31W (41.27 mm between electrodes); as well as instant start lamps of 55W (2438.4 mm) 59W (2438.4 mm) and high light output (HO) in 86W (2438.4 mm). "</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NOM-028-ENER / NMX-J-531-ANCE / NMX-J-197-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4108-t8-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4108_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4110 - Luminaires for Indoor Use With Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for interior fixtures, built-in or overlaid, using linear fluorescent lamps or U-shaped, with T8 or T5 bulbs and their respective ballast, reflector mirror orcabinet using highly reflective paint, with or without diffuser.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / IES LM-41 / IES-LM-54</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4110-luminaires-indoor-use-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4110_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4114 - Single Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single-phase induction motors, open and closed, AC, induction type squirrel cage in powers of 0.180 (1/4HP) to 1.500kW (2HP), 2, 4 and 6 poles, split-phase or capacitor start with nominal voltage of 115, 127 and 200 to 240V, at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-014-ENER / NMX-J-075/1 / NMX-J-075/3 / NOM-008-SCFI / NEMA-MG-1 / IEEE Std. 114 / CSA-C390-14 / CSA C22.2 100 / CSA-C-747 / IEC 34 PT-1 / IEC 34 PT-2 / JIS-4203 / NEMA MG 11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4114-single-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4114_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4119 - T5 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T5 linear fluorescent lamps, quick start, operating at the following power ratings: 14W, 21W, 28W, 35W and with high light output or without amalgam in the following power ratings: 24W, 39W, 49W, 54W and 80W.</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NOM-028-ENER / NMX-J-531-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4119-t5-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4119_05.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4124 - Luminaires for Outdoor Use With Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor lighting fixtures for compact fluorescent lamps T4 or T5 with electronic or electromagnetic ballast operating voltages of 120, 127, 220 or 277 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / NMX-J-295-ANCE / NMX-J-531-ANCE / IES-LM-66 / IES LM-40 / IES LM-16 / IES-LM-54</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4124-luminaires-outdoor-use-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4124_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4125 - Luminaires for Indoor Use with Compact or Circular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for indoor luminaires, built-in or other, for T4 and T5 compact fluorescent lamps or T5 and T9 circular fluorescent lamps, with electronic or electromagnetic ballast operating voltages of 120, 127, 220 or 277 volts and at frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4125-luminaires-indoor-use-compact-or-circular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4125_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4132 - Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for compact fluorescent lamps without ballast, single tube-shaped, double, triple and long twin tube T4 or T5.</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NMX-J-531-ANCE / NMX-J-197-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.4 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4132-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4132_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4147</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for fractional induction motors from 38W to 180W and sub-fractional motors from 2W to 37.5W, with nominal voltage 115V to 240V at 60Hz, 1, 2 or 3 phases.</t>
+  </si>
+  <si>
     <t>NOM-014 ENER</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4147</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4151 - Three Phase Gear Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for three phase cycloidal gear motors, with electrical power in fractional induction motors from 0.093kW to 0.559kW, and three phase induction motors from 0.746kW to 1492kW, reduction ratios from 2:1 to 7569:1, with nominal voltages 220, 208-230/460 and 460V, with a frequency of 60 Hertz, vertical or horizontal mounting, single or double reduction.</t>
+  </si>
+  <si>
     <t>NOM-016-ENER / CSA-C747-94 / UL 1004 / IEC 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4151-three-phase-gear-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4151_01_2.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4168 - Single Phase Gear Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single phase cycloidal gear motors with reduction ratios from 6:1 to 87:1, with electrical power in single-phase induction motors from 0.093 kW to 0.746kW, with nominal voltages 115V and 127V, with a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-014-ENER / CSA-C747 / UL 1004 / IEC 60034-5 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4168-single-phase-gear-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4168_01_2.pdf</t>
+  </si>
+  <si>
     <t>SI 60968</t>
   </si>
   <si>
+    <t>Self-ballasted lamps for general lighting services</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/si-60968</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=f176cda1-c392-4f0e-8c7d-e062df37c908</t>
+  </si>
+  <si>
     <t>SLNS 91: 2011 Energy Efficiency Labelling – Labelling of Fluorescent Tubular and Compact Lamps</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of energy efficiency classification of fluorescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label. This National Standard is applicable to tubular, circular and compact fluorescent lamps using both integrated and non-integrated electromagnetic or electronic ballasts, with the following  specifications:</t>
+  </si>
+  <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/slns-91-2011-energy-efficiency-labelling-labelling-fluorescent-tubular-and-compact-lamps</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-91-2011/</t>
+  </si>
+  <si>
     <t>SLS 1625 : 2013</t>
   </si>
   <si>
+    <t>Sri Lanka Standard Energy Efficiency Rating for Double Capped Tubular Fluorescent Lamps</t>
+  </si>
+  <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>January 2022</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1625-2013</t>
   </si>
   <si>
+    <t>http://www.energy.gov.lk/images/energy-management/regulations-lfl-and-ballasts.pdf</t>
+  </si>
+  <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
+    <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>TCVN 7540-1:2013 Three-phase asynchronous squirrel-cage electrical motors - Part 1: energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS for three-phase asynchronous squirrel-cage electrical motors.</t>
+  </si>
+  <si>
     <t>TCVN 7540-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-7540-12013-three-phase-asynchronous-squirrel-cage-electrical-motors-part-1-energy</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7540-2013-dong-co-dien-khong-dong-bo-ba-pha-roto-long-soc-phan-1-hieu-suat</t>
+  </si>
+  <si>
     <t>TCVN 7896:2015 Compact fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for compact fluorescent lamps (CFL).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78962015-compact-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7896-2015-bong-den-huynh-quang-compact-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8249:2013 Linear tubular fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for linear tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-82492013-linear-tubular-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8249-2013-bong-den-huynh-quang-ong-thang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/technical-regulation-labeling</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Fluorescent Lamps TGL-2-R4-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to fluorescent lamps consisting of single-capped fluorescent lamps, double-capped fluorescent lamps, and self-ballasted lamps for general lighting purposes.</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Double–capped fluorescent lamps: TIS 236, TIS 956, TIS 2309, TIS 2310
 ,   
                     Single–capped fluorescent lamps: TIS 1713, TIS 2235, TIS 2334 ,TIS 2310</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-fluorescent-lamps-tgl-2-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-02-R4-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Motors TGL-15-98</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to three-phase induction motors which have a rated output and a voltage not exceeding 375 kW or 500 horsepower and 1,000 volts, respectively.</t>
   </si>
   <si>
     <t>TIS 867
 ,   
                     IEEE-112 (test method B)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-motors-tgl-15-98</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-15-98.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Electric Motors and Variable Speed Drives</t>
   </si>
   <si>
+    <t>This Policy applies to:
+(a) induction electric motors without brushes, commutators, slip rings or electrical connections to the rotor, which are rated for operation on a 50 Hz, 60 Hz or 50/60 Hz sinusoidal voltage and—
+(i) have two, four, six or eight poles;
+(ii) have a rated voltage (“UN”) above 50 V and up to and including 1,000 V;
+(iii) have a rated power output (“PN”) from 0.12 kilowatts (kW) up to and including 1,000 kW;
+(iv) are rated on the basis of continuous duty operation; and
+(v) are rated for direct on-line operation;
+(b) variable speed drives with 3 phase input which:
+(i) are rated for operating with a motor falling within sub-paragraph (a), within the 0.12 kW-1,000 kW motor rated output range;
+(ii) have a rated voltage above 100 V and up to and including 1,000 V AC; and
+(iii) have only one AC voltage output.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-electric-motors</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>TIS 2309-2556 (2013) double-capped fluorescent lamps: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies requirements for minimum energy efficiency for double capped fluorescent lamps with a rated wattage of 14 W to 80 W and a diameter of 16 mm and 26 mm (T5 and T8), in accordance with the scope of TIS 236. This standard specifies requirements for lamps intended for general lighting purposes used in the luminaires and ballast is connected to a single-phase electric power supply having a rated voltage 220 V 50 Hz and applied to lamp intended for use with high-frequency ballast (electronic ballast).</t>
+  </si>
+  <si>
     <t>Lighting, Lamps, Tubular Lamps</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2309-2556-2013-double-capped-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/13.PDF</t>
+  </si>
+  <si>
     <t>TIS 867-2550 (2007) Three-Phase Induction Motor: Minimum Efficiency</t>
   </si>
   <si>
+    <t>This standard defines the minimum efficiency requirements of squirrel cage rotor three-phase induction motors with an output power ranging from 0.73 kW to less than 185 kW and a nominal voltage that does not exceed 1000 Volts.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-867-2550-2007-three-phase-induction-motor-minimum-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2550/E/073/8.PDF</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
   <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tuvalu-energy-efficiency-act-2016</t>
   </si>
   <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Eficiencia energética - Lámparas fluorescentes compactas, circulares y tubulares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for compact, circular, and tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60081, IEC 60901, IEC 60969</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11602007-eficiencia-energetica-lamparas-fluorescentes-compactas-circulares-y</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1160+-+Eficiencia+Energetica.+Lamparas+fluorescentes+compactas%2C+circulares+y+tubulares.+Especificaciones+y+etiquetado.pdf/0de30c77-9758-48ed-b393-3085dcf6af48</t>
+  </si>
+  <si>
     <t>US 902:2011 Self-ballasted lamps for General Lighting Services - Performance requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the performance requirements; together with the test methods and conditions required to show compliance of tubular fluorescent and other gas-discharge lamps with integrated means for controlling starting and stable operation -self-ballasted lamps; intended for domestic and similar general lighting purposes.</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us-9022011-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=540&amp;preview</t>
+  </si>
+  <si>
     <t>US 903-1:2011 Double-capped fluorescent lamps-performance specifications</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies Minimum Energy Performance Standard (MEPS) requirements for double-capped tubular fluorescent lamps with a nominal length of 550 mm to 1500 mm and having nominal lamp wattage of 16 watts or more. This standard covers lamps for general illumination purposes, for use in luminaires and with lamp ballasts connected to a 240 V 50 Hz single phase or similar mains supply.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/us-903-12011-double-capped-fluorescent-lamps-performance-specifications</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=541&amp;preview</t>
+  </si>
+  <si>
     <t>US 905-1:2011 Rotating electrical machines - General requirements - Part 1: Three phase cage induction motors - High efficiency and Minimum Energy Performance Standards requirement</t>
   </si>
   <si>
+    <t>This Uganda Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/us-905-12011-rotating-electrical-machines-general-requirements-part-1-three-phase-cage</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=1760&amp;preview</t>
+  </si>
+  <si>
     <t>VC 9091 Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the safety; efficacy performance; life and interchangeability requirements for single-capped tubular fluorescent lamps with integrated means for controlling starting and stable operation- self-ballasted lamps- and non-self-ballasted single-capped tubular fluorescent lamps; intended for general lighting purposes that have: a rated wattage up to 60W; a rated voltage of 100 to 250 V a.c.; and 2G7 2GX7 GR8 2G10 G10q GR10q GX10q GY10q 2G11 2GX11 GR14q G23 GX23 G24 GX24 GX24q G24d GX32 and Edison screw or Bayonet caps.</t>
   </si>
   <si>
     <t>Annex AA of SANS 60901; or Annex AA of SANS 60969
 ,   
                     SANS 61199
 ,   
                     SANS 60968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9091-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209091.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2183,6311 +3071,7186 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N147"/>
+  <dimension ref="A1:P147"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="209.949" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2022</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>52</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1980</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D6" t="s">
+        <v>61</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>62</v>
+      </c>
+      <c r="H6">
+        <v>2004</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>63</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6" t="s">
+        <v>64</v>
+      </c>
+      <c r="M6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>66</v>
+      </c>
+      <c r="P6" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>68</v>
+      </c>
+      <c r="B7" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" t="s">
+        <v>70</v>
+      </c>
+      <c r="D7" t="s">
+        <v>71</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1986</v>
+      </c>
+      <c r="I7">
+        <v>2006</v>
+      </c>
+      <c r="J7" t="s">
+        <v>33</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>72</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>73</v>
+      </c>
+      <c r="P7" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>75</v>
+      </c>
+      <c r="B8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D8" t="s">
+        <v>78</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>52</v>
+      </c>
+      <c r="G8" t="s">
+        <v>62</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>79</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>80</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>81</v>
+      </c>
+      <c r="P8" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>83</v>
+      </c>
+      <c r="B9" t="s">
+        <v>84</v>
+      </c>
+      <c r="C9" t="s">
+        <v>85</v>
+      </c>
+      <c r="D9" t="s">
+        <v>71</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>52</v>
+      </c>
+      <c r="G9" t="s">
+        <v>62</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>86</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>87</v>
+      </c>
+      <c r="M9" t="s">
+        <v>88</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>89</v>
+      </c>
+      <c r="P9" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>91</v>
+      </c>
+      <c r="B10" t="s">
+        <v>92</v>
+      </c>
+      <c r="C10" t="s">
+        <v>85</v>
+      </c>
+      <c r="D10" t="s">
+        <v>93</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>52</v>
+      </c>
+      <c r="G10" t="s">
+        <v>62</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>86</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10" t="s">
+        <v>87</v>
+      </c>
+      <c r="M10" t="s">
+        <v>88</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>94</v>
+      </c>
+      <c r="P10" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>96</v>
+      </c>
+      <c r="B11" t="s">
+        <v>97</v>
+      </c>
+      <c r="C11" t="s">
+        <v>85</v>
+      </c>
+      <c r="D11" t="s">
+        <v>71</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>52</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2008</v>
+      </c>
+      <c r="I11">
+        <v>2012</v>
+      </c>
+      <c r="J11" t="s">
+        <v>86</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11" t="s">
+        <v>98</v>
+      </c>
+      <c r="M11" t="s">
+        <v>88</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>99</v>
+      </c>
+      <c r="P11" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>101</v>
+      </c>
+      <c r="B12" t="s">
+        <v>102</v>
+      </c>
+      <c r="C12" t="s">
+        <v>103</v>
+      </c>
+      <c r="D12" t="s">
+        <v>104</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12">
+        <v>2019</v>
+      </c>
+      <c r="J12" t="s">
+        <v>105</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>106</v>
+      </c>
+      <c r="N12" t="s">
+        <v>36</v>
+      </c>
+      <c r="O12" t="s">
+        <v>107</v>
+      </c>
+      <c r="P12" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>109</v>
+      </c>
+      <c r="B13" t="s">
+        <v>110</v>
+      </c>
+      <c r="C13" t="s">
+        <v>111</v>
+      </c>
+      <c r="D13" t="s">
+        <v>112</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>43</v>
+      </c>
+      <c r="G13" t="s">
+        <v>62</v>
+      </c>
+      <c r="H13">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>79</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13" t="s">
+        <v>113</v>
+      </c>
+      <c r="M13" t="s">
+        <v>114</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>115</v>
+      </c>
+      <c r="P13" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>117</v>
+      </c>
+      <c r="B14" t="s">
+        <v>118</v>
+      </c>
+      <c r="C14" t="s">
+        <v>119</v>
+      </c>
+      <c r="D14" t="s">
+        <v>120</v>
+      </c>
+      <c r="E14" t="s">
+        <v>121</v>
+      </c>
+      <c r="F14" t="s">
+        <v>43</v>
+      </c>
+      <c r="G14" t="s">
+        <v>122</v>
+      </c>
+      <c r="H14"/>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>123</v>
+      </c>
+      <c r="K14" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>124</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>125</v>
+      </c>
+      <c r="P14" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>127</v>
+      </c>
+      <c r="B15" t="s">
+        <v>128</v>
+      </c>
+      <c r="C15" t="s">
+        <v>85</v>
+      </c>
+      <c r="D15" t="s">
+        <v>71</v>
+      </c>
+      <c r="E15" t="s">
+        <v>121</v>
+      </c>
+      <c r="F15" t="s">
+        <v>129</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2001</v>
+      </c>
+      <c r="I15">
+        <v>2021</v>
+      </c>
+      <c r="J15" t="s">
+        <v>86</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15" t="s">
+        <v>130</v>
+      </c>
+      <c r="M15" t="s">
+        <v>131</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>132</v>
+      </c>
+      <c r="P15" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>134</v>
+      </c>
+      <c r="B16" t="s">
+        <v>135</v>
+      </c>
+      <c r="C16" t="s">
+        <v>85</v>
+      </c>
+      <c r="D16" t="s">
+        <v>71</v>
+      </c>
+      <c r="E16" t="s">
+        <v>121</v>
+      </c>
+      <c r="F16" t="s">
+        <v>129</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2001</v>
+      </c>
+      <c r="I16">
+        <v>2014</v>
+      </c>
+      <c r="J16" t="s">
+        <v>123</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16" t="s">
+        <v>136</v>
+      </c>
+      <c r="M16" t="s">
+        <v>131</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>137</v>
+      </c>
+      <c r="P16" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>139</v>
+      </c>
+      <c r="B17" t="s">
+        <v>140</v>
+      </c>
+      <c r="C17" t="s">
+        <v>85</v>
+      </c>
+      <c r="D17" t="s">
+        <v>71</v>
+      </c>
+      <c r="E17" t="s">
+        <v>121</v>
+      </c>
+      <c r="F17" t="s">
+        <v>129</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2001</v>
+      </c>
+      <c r="I17">
+        <v>2018</v>
+      </c>
+      <c r="J17" t="s">
+        <v>123</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17" t="s">
+        <v>141</v>
+      </c>
+      <c r="M17" t="s">
+        <v>131</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>142</v>
+      </c>
+      <c r="P17" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>144</v>
+      </c>
+      <c r="B18" t="s">
+        <v>145</v>
+      </c>
+      <c r="C18" t="s">
+        <v>85</v>
+      </c>
+      <c r="D18" t="s">
+        <v>61</v>
+      </c>
+      <c r="E18" t="s">
+        <v>121</v>
+      </c>
+      <c r="F18" t="s">
+        <v>129</v>
+      </c>
+      <c r="G18" t="s">
+        <v>62</v>
+      </c>
+      <c r="H18">
+        <v>2012</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>86</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18" t="s">
+        <v>146</v>
+      </c>
+      <c r="M18" t="s">
+        <v>131</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>147</v>
+      </c>
+      <c r="P18" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>149</v>
+      </c>
+      <c r="B19" t="s">
+        <v>150</v>
+      </c>
+      <c r="C19" t="s">
+        <v>85</v>
+      </c>
+      <c r="D19" t="s">
+        <v>93</v>
+      </c>
+      <c r="E19" t="s">
+        <v>121</v>
+      </c>
+      <c r="F19" t="s">
+        <v>129</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2002</v>
+      </c>
+      <c r="I19">
+        <v>2009</v>
+      </c>
+      <c r="J19" t="s">
+        <v>123</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19" t="s">
+        <v>151</v>
+      </c>
+      <c r="M19" t="s">
+        <v>131</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>152</v>
+      </c>
+      <c r="P19" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>154</v>
+      </c>
+      <c r="B20" t="s">
+        <v>155</v>
+      </c>
+      <c r="C20" t="s">
+        <v>85</v>
+      </c>
+      <c r="D20" t="s">
+        <v>61</v>
+      </c>
+      <c r="E20" t="s">
+        <v>121</v>
+      </c>
+      <c r="F20" t="s">
+        <v>129</v>
+      </c>
+      <c r="G20" t="s">
+        <v>62</v>
+      </c>
+      <c r="H20">
+        <v>2013</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>123</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20" t="s">
+        <v>156</v>
+      </c>
+      <c r="M20" t="s">
+        <v>131</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>157</v>
+      </c>
+      <c r="P20" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>159</v>
+      </c>
+      <c r="B21" t="s">
+        <v>160</v>
+      </c>
+      <c r="C21" t="s">
+        <v>85</v>
+      </c>
+      <c r="D21" t="s">
+        <v>61</v>
+      </c>
+      <c r="E21" t="s">
+        <v>121</v>
+      </c>
+      <c r="F21" t="s">
+        <v>129</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2013</v>
+      </c>
+      <c r="I21">
+        <v>2014</v>
+      </c>
+      <c r="J21" t="s">
+        <v>123</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21" t="s">
+        <v>161</v>
+      </c>
+      <c r="M21" t="s">
+        <v>131</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>162</v>
+      </c>
+      <c r="P21" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>164</v>
+      </c>
+      <c r="B22" t="s">
+        <v>165</v>
+      </c>
+      <c r="C22" t="s">
+        <v>166</v>
+      </c>
+      <c r="D22" t="s">
+        <v>167</v>
+      </c>
+      <c r="E22" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F22" t="s">
+        <v>168</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2011</v>
+      </c>
+      <c r="I22">
+        <v>2023</v>
+      </c>
+      <c r="J22" t="s">
+        <v>169</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>170</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>171</v>
+      </c>
+      <c r="P22" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>173</v>
+      </c>
+      <c r="B23" t="s">
+        <v>174</v>
+      </c>
+      <c r="C23" t="s">
+        <v>175</v>
+      </c>
+      <c r="D23" t="s">
+        <v>176</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G23" t="s">
+        <v>62</v>
+      </c>
+      <c r="H23">
+        <v>2020</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>169</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>177</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>178</v>
+      </c>
+      <c r="P23" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>180</v>
+      </c>
+      <c r="B24" t="s">
+        <v>181</v>
+      </c>
+      <c r="C24" t="s">
+        <v>182</v>
+      </c>
+      <c r="D24" t="s">
+        <v>183</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>52</v>
+      </c>
+      <c r="G24" t="s">
+        <v>62</v>
+      </c>
+      <c r="H24">
+        <v>2020</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>184</v>
+      </c>
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>185</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>186</v>
+      </c>
+      <c r="P24" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>188</v>
+      </c>
+      <c r="B25" t="s">
+        <v>189</v>
+      </c>
+      <c r="C25" t="s">
+        <v>41</v>
+      </c>
+      <c r="D25" t="s">
+        <v>93</v>
+      </c>
+      <c r="E25" t="s">
+        <v>190</v>
+      </c>
+      <c r="F25" t="s">
+        <v>43</v>
+      </c>
+      <c r="G25" t="s">
+        <v>122</v>
+      </c>
+      <c r="H25"/>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>191</v>
+      </c>
+      <c r="K25" t="s">
+        <v>34</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>46</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>192</v>
+      </c>
+      <c r="P25" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>194</v>
+      </c>
+      <c r="B26" t="s">
+        <v>195</v>
+      </c>
+      <c r="C26" t="s">
+        <v>70</v>
+      </c>
+      <c r="D26" t="s">
+        <v>71</v>
+      </c>
+      <c r="E26" t="s">
+        <v>121</v>
+      </c>
+      <c r="F26" t="s">
+        <v>52</v>
+      </c>
+      <c r="G26" t="s">
+        <v>122</v>
+      </c>
+      <c r="H26"/>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>196</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26" t="s">
+        <v>197</v>
+      </c>
+      <c r="M26" t="s">
+        <v>72</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>198</v>
+      </c>
+      <c r="P26" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>200</v>
+      </c>
+      <c r="B27" t="s">
+        <v>201</v>
+      </c>
+      <c r="C27" t="s">
+        <v>202</v>
+      </c>
+      <c r="D27" t="s">
+        <v>203</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>122</v>
+      </c>
+      <c r="H27"/>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>204</v>
+      </c>
+      <c r="K27" t="s">
+        <v>34</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>205</v>
+      </c>
+      <c r="N27" t="s">
+        <v>206</v>
+      </c>
+      <c r="O27" t="s">
+        <v>207</v>
+      </c>
+      <c r="P27" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>209</v>
+      </c>
+      <c r="B28" t="s">
+        <v>209</v>
+      </c>
+      <c r="C28" t="s">
+        <v>210</v>
+      </c>
+      <c r="D28" t="s">
+        <v>211</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>62</v>
+      </c>
+      <c r="H28">
+        <v>2020</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>212</v>
+      </c>
+      <c r="K28" t="s">
+        <v>34</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>213</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>214</v>
+      </c>
+      <c r="P28" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>216</v>
+      </c>
+      <c r="B29" t="s">
+        <v>217</v>
+      </c>
+      <c r="C29" t="s">
+        <v>218</v>
+      </c>
+      <c r="D29" t="s">
+        <v>112</v>
+      </c>
+      <c r="E29" t="s">
+        <v>121</v>
+      </c>
+      <c r="F29" t="s">
+        <v>43</v>
+      </c>
+      <c r="G29" t="s">
+        <v>122</v>
+      </c>
+      <c r="H29"/>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>191</v>
+      </c>
+      <c r="K29" t="s">
+        <v>34</v>
+      </c>
+      <c r="L29" t="s">
+        <v>219</v>
+      </c>
+      <c r="M29" t="s">
+        <v>220</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>221</v>
+      </c>
+      <c r="P29" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>223</v>
+      </c>
+      <c r="B30" t="s">
+        <v>224</v>
+      </c>
+      <c r="C30" t="s">
+        <v>225</v>
+      </c>
+      <c r="D30" t="s">
+        <v>226</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>43</v>
+      </c>
+      <c r="G30" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H30"/>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>191</v>
+      </c>
+      <c r="K30" t="s">
+        <v>34</v>
+      </c>
+      <c r="L30" t="s">
+        <v>227</v>
+      </c>
+      <c r="M30" t="s">
+        <v>228</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>229</v>
+      </c>
+      <c r="P30" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>231</v>
+      </c>
+      <c r="B31" t="s">
+        <v>232</v>
+      </c>
+      <c r="C31" t="s">
+        <v>233</v>
+      </c>
+      <c r="D31" t="s">
+        <v>234</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>52</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>1994</v>
+      </c>
+      <c r="I31">
+        <v>2003</v>
+      </c>
+      <c r="J31" t="s">
+        <v>63</v>
+      </c>
+      <c r="K31" t="s">
+        <v>34</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>235</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>236</v>
+      </c>
+      <c r="P31" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>238</v>
+      </c>
+      <c r="B32" t="s">
+        <v>239</v>
+      </c>
+      <c r="C32" t="s">
+        <v>85</v>
+      </c>
+      <c r="D32" t="s">
+        <v>71</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2018</v>
+      </c>
+      <c r="I32">
+        <v>2024</v>
+      </c>
+      <c r="J32" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...75 lines deleted...]
-      <c r="I4" t="s">
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>131</v>
+      </c>
+      <c r="N32" t="s">
         <v>36</v>
       </c>
-      <c r="J4" t="s">
-[...31 lines deleted...]
-      <c r="F5" t="s">
+      <c r="O32" t="s">
+        <v>240</v>
+      </c>
+      <c r="P32" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>242</v>
+      </c>
+      <c r="B33" t="s">
+        <v>243</v>
+      </c>
+      <c r="C33" t="s">
+        <v>244</v>
+      </c>
+      <c r="D33" t="s">
+        <v>245</v>
+      </c>
+      <c r="E33" t="s">
+        <v>121</v>
+      </c>
+      <c r="F33" t="s">
         <v>43</v>
       </c>
-      <c r="G5">
-[...80 lines deleted...]
-      <c r="F7" t="s">
+      <c r="G33" t="s">
+        <v>62</v>
+      </c>
+      <c r="H33">
+        <v>2017</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>246</v>
+      </c>
+      <c r="K33" t="s">
+        <v>34</v>
+      </c>
+      <c r="L33" t="s">
+        <v>247</v>
+      </c>
+      <c r="M33" t="s">
+        <v>248</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>249</v>
+      </c>
+      <c r="P33" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>251</v>
+      </c>
+      <c r="B34" t="s">
+        <v>252</v>
+      </c>
+      <c r="C34" t="s">
+        <v>253</v>
+      </c>
+      <c r="D34" t="s">
+        <v>61</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
         <v>43</v>
       </c>
-      <c r="G7">
-[...167 lines deleted...]
-      <c r="G11">
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
         <v>2009</v>
       </c>
-      <c r="H11">
-[...209 lines deleted...]
-      <c r="H16">
+      <c r="I34">
         <v>2018</v>
       </c>
-      <c r="I16" t="s">
-[...615 lines deleted...]
-      <c r="I31" t="s">
+      <c r="J34" t="s">
+        <v>191</v>
+      </c>
+      <c r="K34" t="s">
+        <v>34</v>
+      </c>
+      <c r="L34" t="s">
+        <v>254</v>
+      </c>
+      <c r="M34" t="s">
+        <v>255</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>256</v>
+      </c>
+      <c r="P34" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>258</v>
+      </c>
+      <c r="B35" t="s">
+        <v>259</v>
+      </c>
+      <c r="C35" t="s">
+        <v>260</v>
+      </c>
+      <c r="D35" t="s">
+        <v>261</v>
+      </c>
+      <c r="E35" t="s">
         <v>20</v>
-      </c>
-[...156 lines deleted...]
-        <v>80</v>
       </c>
       <c r="F35" t="s">
         <v>43</v>
       </c>
-      <c r="G35">
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2016</v>
+      </c>
+      <c r="I35">
+        <v>2019</v>
+      </c>
+      <c r="J35" t="s">
+        <v>191</v>
+      </c>
+      <c r="K35" t="s">
+        <v>262</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>263</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>264</v>
+      </c>
+      <c r="P35" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>266</v>
+      </c>
+      <c r="B36" t="s">
+        <v>267</v>
+      </c>
+      <c r="C36" t="s">
+        <v>268</v>
+      </c>
+      <c r="D36" t="s">
+        <v>71</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>43</v>
+      </c>
+      <c r="G36" t="s">
+        <v>62</v>
+      </c>
+      <c r="H36">
         <v>2006</v>
       </c>
-      <c r="H35"/>
-[...27 lines deleted...]
-      <c r="D36" t="s">
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>191</v>
+      </c>
+      <c r="K36" t="s">
+        <v>34</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>269</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>270</v>
+      </c>
+      <c r="P36" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>272</v>
+      </c>
+      <c r="B37" t="s">
+        <v>272</v>
+      </c>
+      <c r="C37" t="s">
+        <v>273</v>
+      </c>
+      <c r="D37" t="s">
+        <v>61</v>
+      </c>
+      <c r="E37" t="s">
+        <v>121</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2002</v>
+      </c>
+      <c r="I37">
+        <v>2001</v>
+      </c>
+      <c r="J37" t="s">
+        <v>274</v>
+      </c>
+      <c r="K37" t="s">
+        <v>34</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>275</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>276</v>
+      </c>
+      <c r="P37" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>278</v>
+      </c>
+      <c r="B38" t="s">
+        <v>279</v>
+      </c>
+      <c r="C38" t="s">
+        <v>85</v>
+      </c>
+      <c r="D38" t="s">
+        <v>71</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2002</v>
+      </c>
+      <c r="I38">
+        <v>2021</v>
+      </c>
+      <c r="J38" t="s">
+        <v>86</v>
+      </c>
+      <c r="K38" t="s">
+        <v>34</v>
+      </c>
+      <c r="L38" t="s">
+        <v>280</v>
+      </c>
+      <c r="M38" t="s">
+        <v>88</v>
+      </c>
+      <c r="N38" t="s">
+        <v>36</v>
+      </c>
+      <c r="O38" t="s">
+        <v>281</v>
+      </c>
+      <c r="P38" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>283</v>
+      </c>
+      <c r="B39" t="s">
+        <v>284</v>
+      </c>
+      <c r="C39" t="s">
+        <v>85</v>
+      </c>
+      <c r="D39" t="s">
+        <v>93</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>62</v>
+      </c>
+      <c r="H39">
+        <v>2014</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>123</v>
+      </c>
+      <c r="K39" t="s">
+        <v>34</v>
+      </c>
+      <c r="L39" t="s">
         <v>87</v>
       </c>
-      <c r="E36" t="s">
-[...5 lines deleted...]
-      <c r="G36">
+      <c r="M39" t="s">
+        <v>285</v>
+      </c>
+      <c r="N39" t="s">
+        <v>36</v>
+      </c>
+      <c r="O39" t="s">
+        <v>286</v>
+      </c>
+      <c r="P39" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>288</v>
+      </c>
+      <c r="B40" t="s">
+        <v>289</v>
+      </c>
+      <c r="C40" t="s">
+        <v>85</v>
+      </c>
+      <c r="D40" t="s">
+        <v>290</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>291</v>
+      </c>
+      <c r="H40" t="s">
+        <v>292</v>
+      </c>
+      <c r="I40">
+        <v>2024</v>
+      </c>
+      <c r="J40" t="s">
+        <v>293</v>
+      </c>
+      <c r="K40" t="s">
+        <v>34</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>285</v>
+      </c>
+      <c r="N40" t="s">
+        <v>36</v>
+      </c>
+      <c r="O40" t="s">
+        <v>294</v>
+      </c>
+      <c r="P40" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>296</v>
+      </c>
+      <c r="B41" t="s">
+        <v>297</v>
+      </c>
+      <c r="C41" t="s">
+        <v>85</v>
+      </c>
+      <c r="D41" t="s">
+        <v>71</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>62</v>
+      </c>
+      <c r="H41">
+        <v>2014</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>123</v>
+      </c>
+      <c r="K41" t="s">
+        <v>34</v>
+      </c>
+      <c r="L41" t="s">
+        <v>298</v>
+      </c>
+      <c r="M41" t="s">
+        <v>285</v>
+      </c>
+      <c r="N41" t="s">
+        <v>36</v>
+      </c>
+      <c r="O41" t="s">
+        <v>299</v>
+      </c>
+      <c r="P41" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>301</v>
+      </c>
+      <c r="B42" t="s">
+        <v>302</v>
+      </c>
+      <c r="C42" t="s">
+        <v>85</v>
+      </c>
+      <c r="D42" t="s">
+        <v>61</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2003</v>
+      </c>
+      <c r="I42">
+        <v>2013</v>
+      </c>
+      <c r="J42" t="s">
+        <v>123</v>
+      </c>
+      <c r="K42" t="s">
+        <v>34</v>
+      </c>
+      <c r="L42" t="s">
+        <v>156</v>
+      </c>
+      <c r="M42" t="s">
+        <v>88</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>303</v>
+      </c>
+      <c r="P42" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>305</v>
+      </c>
+      <c r="B43" t="s">
+        <v>306</v>
+      </c>
+      <c r="C43" t="s">
+        <v>307</v>
+      </c>
+      <c r="D43" t="s">
+        <v>308</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>43</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2015</v>
+      </c>
+      <c r="I43">
+        <v>2025</v>
+      </c>
+      <c r="J43" t="s">
+        <v>309</v>
+      </c>
+      <c r="K43" t="s">
+        <v>34</v>
+      </c>
+      <c r="L43" t="s">
+        <v>310</v>
+      </c>
+      <c r="M43" t="s">
+        <v>311</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>312</v>
+      </c>
+      <c r="P43" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>314</v>
+      </c>
+      <c r="B44" t="s">
+        <v>315</v>
+      </c>
+      <c r="C44" t="s">
+        <v>316</v>
+      </c>
+      <c r="D44" t="s">
+        <v>61</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2004</v>
+      </c>
+      <c r="I44">
+        <v>2017</v>
+      </c>
+      <c r="J44" t="s">
+        <v>204</v>
+      </c>
+      <c r="K44" t="s">
+        <v>34</v>
+      </c>
+      <c r="L44" t="s">
+        <v>317</v>
+      </c>
+      <c r="M44" t="s">
+        <v>318</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>319</v>
+      </c>
+      <c r="P44" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>321</v>
+      </c>
+      <c r="B45" t="s">
+        <v>322</v>
+      </c>
+      <c r="C45" t="s">
+        <v>316</v>
+      </c>
+      <c r="D45" t="s">
+        <v>71</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2001</v>
+      </c>
+      <c r="I45">
+        <v>2019</v>
+      </c>
+      <c r="J45" t="s">
+        <v>323</v>
+      </c>
+      <c r="K45" t="s">
+        <v>34</v>
+      </c>
+      <c r="L45" t="s">
+        <v>324</v>
+      </c>
+      <c r="M45" t="s">
+        <v>318</v>
+      </c>
+      <c r="N45" t="s">
+        <v>36</v>
+      </c>
+      <c r="O45" t="s">
+        <v>325</v>
+      </c>
+      <c r="P45" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>327</v>
+      </c>
+      <c r="B46" t="s">
+        <v>328</v>
+      </c>
+      <c r="C46" t="s">
+        <v>273</v>
+      </c>
+      <c r="D46" t="s">
+        <v>61</v>
+      </c>
+      <c r="E46" t="s">
+        <v>121</v>
+      </c>
+      <c r="F46" t="s">
+        <v>129</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
         <v>2002</v>
       </c>
-      <c r="H36">
-[...59 lines deleted...]
-      <c r="N37" t="s">
+      <c r="I46">
+        <v>2013</v>
+      </c>
+      <c r="J46" t="s">
+        <v>274</v>
+      </c>
+      <c r="K46" t="s">
+        <v>34</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>329</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>330</v>
+      </c>
+      <c r="P46" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>332</v>
+      </c>
+      <c r="B47" t="s">
+        <v>333</v>
+      </c>
+      <c r="C47" t="s">
+        <v>307</v>
+      </c>
+      <c r="D47" t="s">
+        <v>234</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>62</v>
+      </c>
+      <c r="H47">
+        <v>2015</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>212</v>
+      </c>
+      <c r="K47" t="s">
+        <v>34</v>
+      </c>
+      <c r="L47" t="s">
+        <v>334</v>
+      </c>
+      <c r="M47" t="s">
+        <v>311</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>335</v>
+      </c>
+      <c r="P47" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>337</v>
+      </c>
+      <c r="B48" t="s">
+        <v>338</v>
+      </c>
+      <c r="C48" t="s">
+        <v>339</v>
+      </c>
+      <c r="D48" t="s">
+        <v>340</v>
+      </c>
+      <c r="E48" t="s">
+        <v>121</v>
+      </c>
+      <c r="F48" t="s">
+        <v>52</v>
+      </c>
+      <c r="G48" t="s">
+        <v>62</v>
+      </c>
+      <c r="H48">
+        <v>2022</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>341</v>
+      </c>
+      <c r="K48" t="s">
+        <v>34</v>
+      </c>
+      <c r="L48" t="s">
+        <v>342</v>
+      </c>
+      <c r="M48" t="s">
+        <v>343</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>344</v>
+      </c>
+      <c r="P48" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>346</v>
+      </c>
+      <c r="B49" t="s">
+        <v>347</v>
+      </c>
+      <c r="C49" t="s">
+        <v>339</v>
+      </c>
+      <c r="D49" t="s">
+        <v>348</v>
+      </c>
+      <c r="E49" t="s">
+        <v>121</v>
+      </c>
+      <c r="F49" t="s">
+        <v>52</v>
+      </c>
+      <c r="G49" t="s">
+        <v>62</v>
+      </c>
+      <c r="H49">
+        <v>2022</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>341</v>
+      </c>
+      <c r="K49" t="s">
+        <v>34</v>
+      </c>
+      <c r="L49" t="s">
+        <v>349</v>
+      </c>
+      <c r="M49" t="s">
+        <v>343</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>350</v>
+      </c>
+      <c r="P49" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>352</v>
+      </c>
+      <c r="B50" t="s">
+        <v>353</v>
+      </c>
+      <c r="C50" t="s">
+        <v>339</v>
+      </c>
+      <c r="D50" t="s">
+        <v>354</v>
+      </c>
+      <c r="E50" t="s">
+        <v>121</v>
+      </c>
+      <c r="F50" t="s">
+        <v>52</v>
+      </c>
+      <c r="G50" t="s">
+        <v>62</v>
+      </c>
+      <c r="H50">
+        <v>2022</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>341</v>
+      </c>
+      <c r="K50" t="s">
+        <v>34</v>
+      </c>
+      <c r="L50" t="s">
+        <v>355</v>
+      </c>
+      <c r="M50" t="s">
+        <v>343</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>356</v>
+      </c>
+      <c r="P50" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>358</v>
+      </c>
+      <c r="B51" t="s">
+        <v>359</v>
+      </c>
+      <c r="C51" t="s">
+        <v>233</v>
+      </c>
+      <c r="D51" t="s">
         <v>203</v>
       </c>
-    </row>
-[...303 lines deleted...]
-      <c r="A45" t="s">
+      <c r="E51" t="s">
+        <v>121</v>
+      </c>
+      <c r="F51" t="s">
+        <v>129</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>1996</v>
+      </c>
+      <c r="I51">
+        <v>2012</v>
+      </c>
+      <c r="J51" t="s">
+        <v>360</v>
+      </c>
+      <c r="K51" t="s">
+        <v>34</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>235</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>361</v>
+      </c>
+      <c r="P51" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>363</v>
+      </c>
+      <c r="B52" t="s">
+        <v>364</v>
+      </c>
+      <c r="C52" t="s">
         <v>233</v>
       </c>
-      <c r="B45" t="s">
-[...33 lines deleted...]
-      <c r="N45" t="s">
+      <c r="D52" t="s">
+        <v>71</v>
+      </c>
+      <c r="E52" t="s">
+        <v>121</v>
+      </c>
+      <c r="F52" t="s">
+        <v>129</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>1996</v>
+      </c>
+      <c r="I52">
+        <v>2010</v>
+      </c>
+      <c r="J52" t="s">
+        <v>360</v>
+      </c>
+      <c r="K52" t="s">
+        <v>34</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
         <v>235</v>
       </c>
-    </row>
-[...291 lines deleted...]
-      </c>
       <c r="N52" t="s">
-        <v>262</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>365</v>
+      </c>
+      <c r="P52" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>263</v>
+        <v>366</v>
       </c>
       <c r="B53" t="s">
-        <v>264</v>
+        <v>367</v>
       </c>
       <c r="C53" t="s">
-        <v>50</v>
+        <v>175</v>
       </c>
       <c r="D53" t="s">
-        <v>17</v>
+        <v>308</v>
       </c>
       <c r="E53" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>43</v>
       </c>
-      <c r="G53">
+      <c r="G53" t="s">
+        <v>62</v>
+      </c>
+      <c r="H53">
         <v>2021</v>
       </c>
-      <c r="H53"/>
-[...1 lines deleted...]
-        <v>265</v>
+      <c r="I53">
+        <v>2024</v>
       </c>
       <c r="J53" t="s">
-        <v>29</v>
+        <v>368</v>
       </c>
       <c r="K53" t="s">
-        <v>266</v>
+        <v>34</v>
       </c>
       <c r="L53" t="s">
-        <v>267</v>
+        <v>369</v>
       </c>
       <c r="M53" t="s">
-        <v>24</v>
+        <v>177</v>
       </c>
       <c r="N53" t="s">
-        <v>268</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>370</v>
+      </c>
+      <c r="P53" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>269</v>
+        <v>372</v>
       </c>
       <c r="B54" t="s">
-        <v>270</v>
+        <v>373</v>
       </c>
       <c r="C54" t="s">
-        <v>50</v>
+        <v>374</v>
       </c>
       <c r="D54" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E54" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F54" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G54">
+        <v>52</v>
+      </c>
+      <c r="G54" t="s">
+        <v>62</v>
+      </c>
+      <c r="H54">
+        <v>2021</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>375</v>
+      </c>
+      <c r="K54" t="s">
+        <v>34</v>
+      </c>
+      <c r="L54" t="s">
+        <v>376</v>
+      </c>
+      <c r="M54" t="s">
+        <v>377</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>378</v>
+      </c>
+      <c r="P54" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>380</v>
+      </c>
+      <c r="B55" t="s">
+        <v>381</v>
+      </c>
+      <c r="C55" t="s">
+        <v>382</v>
+      </c>
+      <c r="D55" t="s">
+        <v>71</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
         <v>1996</v>
       </c>
-      <c r="H54">
+      <c r="I55">
         <v>2017</v>
       </c>
-      <c r="I54" t="s">
-[...35 lines deleted...]
-      <c r="G55">
+      <c r="J55" t="s">
+        <v>383</v>
+      </c>
+      <c r="K55" t="s">
+        <v>34</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>384</v>
+      </c>
+      <c r="N55" t="s">
+        <v>36</v>
+      </c>
+      <c r="O55" t="s">
+        <v>385</v>
+      </c>
+      <c r="P55" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>387</v>
+      </c>
+      <c r="B56" t="s">
+        <v>388</v>
+      </c>
+      <c r="C56" t="s">
+        <v>382</v>
+      </c>
+      <c r="D56" t="s">
+        <v>71</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>52</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
         <v>1996</v>
       </c>
-      <c r="H55">
+      <c r="I56">
         <v>2018</v>
       </c>
-      <c r="I55" t="s">
-[...35 lines deleted...]
-      <c r="G56">
+      <c r="J56" t="s">
+        <v>383</v>
+      </c>
+      <c r="K56" t="s">
+        <v>34</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>384</v>
+      </c>
+      <c r="N56" t="s">
+        <v>36</v>
+      </c>
+      <c r="O56" t="s">
+        <v>389</v>
+      </c>
+      <c r="P56" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>391</v>
+      </c>
+      <c r="B57" t="s">
+        <v>392</v>
+      </c>
+      <c r="C57" t="s">
+        <v>382</v>
+      </c>
+      <c r="D57" t="s">
+        <v>61</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>21</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
         <v>2000</v>
       </c>
-      <c r="H56">
+      <c r="I57">
         <v>2016</v>
       </c>
-      <c r="I56" t="s">
-[...35 lines deleted...]
-      <c r="G57">
+      <c r="J57" t="s">
+        <v>383</v>
+      </c>
+      <c r="K57" t="s">
+        <v>34</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>384</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>393</v>
+      </c>
+      <c r="P57" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>395</v>
+      </c>
+      <c r="B58" t="s">
+        <v>396</v>
+      </c>
+      <c r="C58" t="s">
+        <v>382</v>
+      </c>
+      <c r="D58" t="s">
+        <v>61</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>52</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
         <v>2000</v>
       </c>
-      <c r="H57">
+      <c r="I58">
         <v>2020</v>
       </c>
-      <c r="I57" t="s">
-[...35 lines deleted...]
-      <c r="G58">
+      <c r="J58" t="s">
+        <v>79</v>
+      </c>
+      <c r="K58" t="s">
+        <v>34</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>384</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>397</v>
+      </c>
+      <c r="P58" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>399</v>
+      </c>
+      <c r="B59" t="s">
+        <v>400</v>
+      </c>
+      <c r="C59" t="s">
+        <v>382</v>
+      </c>
+      <c r="D59" t="s">
+        <v>61</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>52</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
         <v>2016</v>
       </c>
-      <c r="H58">
+      <c r="I59">
         <v>2020</v>
       </c>
-      <c r="I58" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="J59" t="s">
-        <v>29</v>
+        <v>79</v>
       </c>
       <c r="K59" t="s">
-        <v>284</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L59"/>
       <c r="M59" t="s">
-        <v>24</v>
+        <v>384</v>
       </c>
       <c r="N59" t="s">
-        <v>286</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>401</v>
+      </c>
+      <c r="P59" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>287</v>
+        <v>403</v>
       </c>
       <c r="B60" t="s">
-        <v>283</v>
+        <v>404</v>
       </c>
       <c r="C60" t="s">
-        <v>50</v>
+        <v>405</v>
       </c>
       <c r="D60" t="s">
-        <v>17</v>
+        <v>203</v>
       </c>
       <c r="E60" t="s">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="F60" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>43</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
       </c>
       <c r="H60">
         <v>2012</v>
       </c>
-      <c r="I60" t="s">
-        <v>255</v>
+      <c r="I60">
+        <v>2012</v>
       </c>
       <c r="J60" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K60"/>
+        <v>360</v>
+      </c>
+      <c r="K60" t="s">
+        <v>34</v>
+      </c>
       <c r="L60" t="s">
-        <v>285</v>
+        <v>406</v>
       </c>
       <c r="M60" t="s">
-        <v>24</v>
+        <v>407</v>
       </c>
       <c r="N60" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>408</v>
+      </c>
+      <c r="P60" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>289</v>
+        <v>410</v>
       </c>
       <c r="B61" t="s">
-        <v>283</v>
+        <v>411</v>
       </c>
       <c r="C61" t="s">
-        <v>42</v>
+        <v>405</v>
       </c>
       <c r="D61" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E61" t="s">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="F61" t="s">
         <v>43</v>
       </c>
-      <c r="G61">
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2012</v>
+      </c>
+      <c r="I61">
+        <v>2012</v>
+      </c>
+      <c r="J61" t="s">
+        <v>360</v>
+      </c>
+      <c r="K61" t="s">
+        <v>34</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61" t="s">
+        <v>407</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>412</v>
+      </c>
+      <c r="P61" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>413</v>
+      </c>
+      <c r="B62" t="s">
+        <v>414</v>
+      </c>
+      <c r="C62" t="s">
+        <v>405</v>
+      </c>
+      <c r="D62" t="s">
+        <v>61</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>43</v>
+      </c>
+      <c r="G62" t="s">
+        <v>62</v>
+      </c>
+      <c r="H62">
         <v>2004</v>
       </c>
-      <c r="H61"/>
-[...38 lines deleted...]
-      <c r="G62">
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>360</v>
+      </c>
+      <c r="K62" t="s">
+        <v>34</v>
+      </c>
+      <c r="L62" t="s">
+        <v>415</v>
+      </c>
+      <c r="M62" t="s">
+        <v>407</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>416</v>
+      </c>
+      <c r="P62" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>417</v>
+      </c>
+      <c r="B63" t="s">
+        <v>418</v>
+      </c>
+      <c r="C63" t="s">
+        <v>419</v>
+      </c>
+      <c r="D63" t="s">
+        <v>308</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>52</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
         <v>2013</v>
       </c>
-      <c r="H62">
+      <c r="I63">
         <v>2014</v>
       </c>
-      <c r="I62" t="s">
-[...37 lines deleted...]
-      <c r="G63">
+      <c r="J63" t="s">
+        <v>123</v>
+      </c>
+      <c r="K63" t="s">
+        <v>34</v>
+      </c>
+      <c r="L63" t="s">
+        <v>420</v>
+      </c>
+      <c r="M63" t="s">
+        <v>421</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>422</v>
+      </c>
+      <c r="P63" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>424</v>
+      </c>
+      <c r="B64" t="s">
+        <v>425</v>
+      </c>
+      <c r="C64" t="s">
+        <v>419</v>
+      </c>
+      <c r="D64" t="s">
+        <v>426</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>21</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
         <v>2013</v>
       </c>
-      <c r="H63">
+      <c r="I64">
         <v>2014</v>
       </c>
-      <c r="I63" t="s">
-[...37 lines deleted...]
-      <c r="G64">
+      <c r="J64" t="s">
+        <v>123</v>
+      </c>
+      <c r="K64" t="s">
+        <v>34</v>
+      </c>
+      <c r="L64" t="s">
+        <v>420</v>
+      </c>
+      <c r="M64" t="s">
+        <v>421</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>427</v>
+      </c>
+      <c r="P64" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>429</v>
+      </c>
+      <c r="B65" t="s">
+        <v>430</v>
+      </c>
+      <c r="C65" t="s">
+        <v>419</v>
+      </c>
+      <c r="D65" t="s">
+        <v>71</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>21</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
         <v>2013</v>
       </c>
-      <c r="H64">
+      <c r="I65">
         <v>2014</v>
       </c>
-      <c r="I64" t="s">
-[...37 lines deleted...]
-      <c r="G65">
+      <c r="J65" t="s">
+        <v>123</v>
+      </c>
+      <c r="K65" t="s">
+        <v>34</v>
+      </c>
+      <c r="L65" t="s">
+        <v>431</v>
+      </c>
+      <c r="M65" t="s">
+        <v>421</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>432</v>
+      </c>
+      <c r="P65" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>434</v>
+      </c>
+      <c r="B66" t="s">
+        <v>435</v>
+      </c>
+      <c r="C66" t="s">
+        <v>436</v>
+      </c>
+      <c r="D66" t="s">
+        <v>61</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>21</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
         <v>2016</v>
       </c>
-      <c r="H65">
+      <c r="I66">
         <v>2018</v>
       </c>
-      <c r="I65" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="J66" t="s">
-        <v>29</v>
+        <v>79</v>
       </c>
       <c r="K66" t="s">
-        <v>311</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L66"/>
       <c r="M66" t="s">
-        <v>24</v>
+        <v>437</v>
       </c>
       <c r="N66" t="s">
-        <v>313</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>438</v>
+      </c>
+      <c r="P66" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>314</v>
+        <v>440</v>
       </c>
       <c r="B67" t="s">
-        <v>308</v>
+        <v>441</v>
       </c>
       <c r="C67" t="s">
-        <v>152</v>
+        <v>442</v>
       </c>
       <c r="D67" t="s">
-        <v>17</v>
+        <v>443</v>
       </c>
       <c r="E67" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>43</v>
       </c>
-      <c r="G67">
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2005</v>
+      </c>
+      <c r="I67">
+        <v>2008</v>
+      </c>
+      <c r="J67" t="s">
+        <v>444</v>
+      </c>
+      <c r="K67" t="s">
+        <v>34</v>
+      </c>
+      <c r="L67" t="s">
+        <v>445</v>
+      </c>
+      <c r="M67" t="s">
+        <v>446</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>447</v>
+      </c>
+      <c r="P67" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>449</v>
+      </c>
+      <c r="B68" t="s">
+        <v>450</v>
+      </c>
+      <c r="C68" t="s">
+        <v>442</v>
+      </c>
+      <c r="D68" t="s">
+        <v>211</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>21</v>
+      </c>
+      <c r="G68" t="s">
+        <v>62</v>
+      </c>
+      <c r="H68">
         <v>2022</v>
       </c>
-      <c r="H67"/>
-[...36 lines deleted...]
-      <c r="G68">
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>451</v>
+      </c>
+      <c r="K68" t="s">
+        <v>34</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>446</v>
+      </c>
+      <c r="N68" t="s">
+        <v>36</v>
+      </c>
+      <c r="O68" t="s">
+        <v>452</v>
+      </c>
+      <c r="P68" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>454</v>
+      </c>
+      <c r="B69" t="s">
+        <v>455</v>
+      </c>
+      <c r="C69" t="s">
+        <v>273</v>
+      </c>
+      <c r="D69" t="s">
+        <v>203</v>
+      </c>
+      <c r="E69" t="s">
+        <v>121</v>
+      </c>
+      <c r="F69" t="s">
+        <v>21</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
         <v>1981</v>
       </c>
-      <c r="H68">
+      <c r="I69">
         <v>2002</v>
       </c>
-      <c r="I68" t="s">
-[...35 lines deleted...]
-      <c r="G69">
+      <c r="J69" t="s">
+        <v>274</v>
+      </c>
+      <c r="K69" t="s">
+        <v>34</v>
+      </c>
+      <c r="L69"/>
+      <c r="M69" t="s">
+        <v>329</v>
+      </c>
+      <c r="N69" t="s">
+        <v>36</v>
+      </c>
+      <c r="O69" t="s">
+        <v>456</v>
+      </c>
+      <c r="P69" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>457</v>
+      </c>
+      <c r="B70" t="s">
+        <v>458</v>
+      </c>
+      <c r="C70" t="s">
+        <v>225</v>
+      </c>
+      <c r="D70" t="s">
+        <v>308</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>52</v>
+      </c>
+      <c r="G70" t="s">
+        <v>459</v>
+      </c>
+      <c r="H70">
         <v>2015</v>
       </c>
-      <c r="H69">
+      <c r="I70">
         <v>2019</v>
       </c>
-      <c r="I69" t="s">
-[...35 lines deleted...]
-      <c r="G70">
+      <c r="J70" t="s">
+        <v>204</v>
+      </c>
+      <c r="K70" t="s">
+        <v>34</v>
+      </c>
+      <c r="L70"/>
+      <c r="M70" t="s">
+        <v>460</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>461</v>
+      </c>
+      <c r="P70" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>463</v>
+      </c>
+      <c r="B71" t="s">
+        <v>464</v>
+      </c>
+      <c r="C71" t="s">
+        <v>225</v>
+      </c>
+      <c r="D71" t="s">
+        <v>308</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>52</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
         <v>2015</v>
       </c>
-      <c r="H70">
+      <c r="I71">
         <v>2024</v>
       </c>
-      <c r="I70" t="s">
-[...35 lines deleted...]
-      <c r="G71">
+      <c r="J71" t="s">
+        <v>465</v>
+      </c>
+      <c r="K71" t="s">
+        <v>34</v>
+      </c>
+      <c r="L71"/>
+      <c r="M71" t="s">
+        <v>460</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>466</v>
+      </c>
+      <c r="P71" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>467</v>
+      </c>
+      <c r="B72" t="s">
+        <v>468</v>
+      </c>
+      <c r="C72" t="s">
+        <v>233</v>
+      </c>
+      <c r="D72" t="s">
+        <v>71</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>21</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
         <v>2008</v>
       </c>
-      <c r="H71">
+      <c r="I72">
         <v>2016</v>
       </c>
-      <c r="I71" t="s">
-[...35 lines deleted...]
-      <c r="G72">
+      <c r="J72" t="s">
+        <v>360</v>
+      </c>
+      <c r="K72" t="s">
+        <v>34</v>
+      </c>
+      <c r="L72"/>
+      <c r="M72" t="s">
+        <v>235</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>469</v>
+      </c>
+      <c r="P72" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>471</v>
+      </c>
+      <c r="B73" t="s">
+        <v>472</v>
+      </c>
+      <c r="C73" t="s">
+        <v>473</v>
+      </c>
+      <c r="D73" t="s">
+        <v>308</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>21</v>
+      </c>
+      <c r="G73" t="s">
+        <v>62</v>
+      </c>
+      <c r="H73">
         <v>2018</v>
       </c>
-      <c r="H72"/>
-[...38 lines deleted...]
-      <c r="G73">
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>169</v>
+      </c>
+      <c r="K73" t="s">
+        <v>34</v>
+      </c>
+      <c r="L73" t="s">
+        <v>474</v>
+      </c>
+      <c r="M73" t="s">
+        <v>475</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>476</v>
+      </c>
+      <c r="P73" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>478</v>
+      </c>
+      <c r="B74" t="s">
+        <v>232</v>
+      </c>
+      <c r="C74" t="s">
+        <v>233</v>
+      </c>
+      <c r="D74" t="s">
+        <v>308</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>21</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
         <v>1994</v>
       </c>
-      <c r="H73">
+      <c r="I74">
         <v>2003</v>
       </c>
-      <c r="I73" t="s">
-[...35 lines deleted...]
-      <c r="G74">
+      <c r="J74" t="s">
+        <v>63</v>
+      </c>
+      <c r="K74" t="s">
+        <v>34</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
+        <v>235</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>479</v>
+      </c>
+      <c r="P74" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>480</v>
+      </c>
+      <c r="B75" t="s">
+        <v>481</v>
+      </c>
+      <c r="C75" t="s">
+        <v>225</v>
+      </c>
+      <c r="D75" t="s">
+        <v>482</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>21</v>
+      </c>
+      <c r="G75" t="s">
+        <v>459</v>
+      </c>
+      <c r="H75">
         <v>2015</v>
       </c>
-      <c r="H74">
+      <c r="I75">
         <v>2019</v>
       </c>
-      <c r="I74" t="s">
-[...19 lines deleted...]
-      <c r="A75" t="s">
+      <c r="J75" t="s">
+        <v>204</v>
+      </c>
+      <c r="K75" t="s">
+        <v>34</v>
+      </c>
+      <c r="L75" t="s">
+        <v>483</v>
+      </c>
+      <c r="M75" t="s">
+        <v>460</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>484</v>
+      </c>
+      <c r="P75" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>486</v>
+      </c>
+      <c r="B76" t="s">
+        <v>487</v>
+      </c>
+      <c r="C76" t="s">
+        <v>225</v>
+      </c>
+      <c r="D76" t="s">
+        <v>308</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>21</v>
+      </c>
+      <c r="G76" t="s">
+        <v>8</v>
+      </c>
+      <c r="H76">
+        <v>2015</v>
+      </c>
+      <c r="I76">
+        <v>2024</v>
+      </c>
+      <c r="J76" t="s">
+        <v>465</v>
+      </c>
+      <c r="K76" t="s">
+        <v>34</v>
+      </c>
+      <c r="L76"/>
+      <c r="M76" t="s">
+        <v>460</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>488</v>
+      </c>
+      <c r="P76" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>490</v>
+      </c>
+      <c r="B77" t="s">
+        <v>491</v>
+      </c>
+      <c r="C77" t="s">
+        <v>473</v>
+      </c>
+      <c r="D77" t="s">
+        <v>61</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>62</v>
+      </c>
+      <c r="H77">
+        <v>2018</v>
+      </c>
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>169</v>
+      </c>
+      <c r="K77" t="s">
+        <v>34</v>
+      </c>
+      <c r="L77" t="s">
+        <v>492</v>
+      </c>
+      <c r="M77" t="s">
+        <v>475</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>493</v>
+      </c>
+      <c r="P77" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>494</v>
+      </c>
+      <c r="B78" t="s">
+        <v>495</v>
+      </c>
+      <c r="C78" t="s">
+        <v>225</v>
+      </c>
+      <c r="D78" t="s">
+        <v>71</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78" t="s">
+        <v>291</v>
+      </c>
+      <c r="H78">
+        <v>2018</v>
+      </c>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>204</v>
+      </c>
+      <c r="K78" t="s">
+        <v>34</v>
+      </c>
+      <c r="L78" t="s">
+        <v>496</v>
+      </c>
+      <c r="M78" t="s">
+        <v>460</v>
+      </c>
+      <c r="N78" t="s">
+        <v>36</v>
+      </c>
+      <c r="O78" t="s">
+        <v>497</v>
+      </c>
+      <c r="P78" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>498</v>
+      </c>
+      <c r="B79" t="s">
+        <v>499</v>
+      </c>
+      <c r="C79" t="s">
+        <v>60</v>
+      </c>
+      <c r="D79" t="s">
+        <v>71</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>21</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>2002</v>
+      </c>
+      <c r="I79">
+        <v>2006</v>
+      </c>
+      <c r="J79" t="s">
+        <v>274</v>
+      </c>
+      <c r="K79" t="s">
+        <v>34</v>
+      </c>
+      <c r="L79" t="s">
+        <v>500</v>
+      </c>
+      <c r="M79" t="s">
+        <v>65</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>501</v>
+      </c>
+      <c r="P79" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>503</v>
+      </c>
+      <c r="B80" t="s">
+        <v>504</v>
+      </c>
+      <c r="C80" t="s">
+        <v>273</v>
+      </c>
+      <c r="D80" t="s">
+        <v>203</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>21</v>
+      </c>
+      <c r="G80" t="s">
+        <v>62</v>
+      </c>
+      <c r="H80">
+        <v>2002</v>
+      </c>
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>191</v>
+      </c>
+      <c r="K80" t="s">
+        <v>34</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>275</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>505</v>
+      </c>
+      <c r="P80"/>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>506</v>
+      </c>
+      <c r="B81" t="s">
+        <v>507</v>
+      </c>
+      <c r="C81" t="s">
+        <v>273</v>
+      </c>
+      <c r="D81" t="s">
+        <v>71</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>21</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>2002</v>
+      </c>
+      <c r="I81">
+        <v>2016</v>
+      </c>
+      <c r="J81" t="s">
+        <v>191</v>
+      </c>
+      <c r="K81" t="s">
+        <v>34</v>
+      </c>
+      <c r="L81"/>
+      <c r="M81" t="s">
+        <v>275</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>508</v>
+      </c>
+      <c r="P81" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>510</v>
+      </c>
+      <c r="B82" t="s">
+        <v>511</v>
+      </c>
+      <c r="C82" t="s">
         <v>339</v>
       </c>
-      <c r="B75" t="s">
-[...14 lines deleted...]
-      <c r="G75">
+      <c r="D82" t="s">
+        <v>61</v>
+      </c>
+      <c r="E82" t="s">
+        <v>121</v>
+      </c>
+      <c r="F82" t="s">
+        <v>512</v>
+      </c>
+      <c r="G82" t="s">
+        <v>62</v>
+      </c>
+      <c r="H82">
         <v>2015</v>
       </c>
-      <c r="H75">
+      <c r="I82"/>
+      <c r="J82" t="s">
+        <v>341</v>
+      </c>
+      <c r="K82" t="s">
+        <v>34</v>
+      </c>
+      <c r="L82"/>
+      <c r="M82" t="s">
+        <v>343</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>513</v>
+      </c>
+      <c r="P82" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>515</v>
+      </c>
+      <c r="B83" t="s">
+        <v>516</v>
+      </c>
+      <c r="C83" t="s">
+        <v>339</v>
+      </c>
+      <c r="D83" t="s">
+        <v>71</v>
+      </c>
+      <c r="E83" t="s">
+        <v>121</v>
+      </c>
+      <c r="F83" t="s">
+        <v>512</v>
+      </c>
+      <c r="G83" t="s">
+        <v>62</v>
+      </c>
+      <c r="H83">
+        <v>2015</v>
+      </c>
+      <c r="I83"/>
+      <c r="J83" t="s">
+        <v>341</v>
+      </c>
+      <c r="K83" t="s">
+        <v>34</v>
+      </c>
+      <c r="L83"/>
+      <c r="M83" t="s">
+        <v>343</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>517</v>
+      </c>
+      <c r="P83" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>519</v>
+      </c>
+      <c r="B84" t="s">
+        <v>520</v>
+      </c>
+      <c r="C84" t="s">
+        <v>339</v>
+      </c>
+      <c r="D84" t="s">
+        <v>354</v>
+      </c>
+      <c r="E84" t="s">
+        <v>121</v>
+      </c>
+      <c r="F84" t="s">
+        <v>512</v>
+      </c>
+      <c r="G84" t="s">
+        <v>62</v>
+      </c>
+      <c r="H84">
+        <v>2015</v>
+      </c>
+      <c r="I84"/>
+      <c r="J84" t="s">
+        <v>341</v>
+      </c>
+      <c r="K84" t="s">
+        <v>34</v>
+      </c>
+      <c r="L84"/>
+      <c r="M84" t="s">
+        <v>343</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>521</v>
+      </c>
+      <c r="P84" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>523</v>
+      </c>
+      <c r="B85" t="s">
+        <v>524</v>
+      </c>
+      <c r="C85" t="s">
+        <v>374</v>
+      </c>
+      <c r="D85" t="s">
+        <v>71</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>21</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
+        <v>2002</v>
+      </c>
+      <c r="I85">
+        <v>2017</v>
+      </c>
+      <c r="J85" t="s">
+        <v>375</v>
+      </c>
+      <c r="K85" t="s">
+        <v>34</v>
+      </c>
+      <c r="L85" t="s">
+        <v>525</v>
+      </c>
+      <c r="M85" t="s">
+        <v>526</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>527</v>
+      </c>
+      <c r="P85" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>529</v>
+      </c>
+      <c r="B86" t="s">
+        <v>530</v>
+      </c>
+      <c r="C86" t="s">
+        <v>210</v>
+      </c>
+      <c r="D86" t="s">
+        <v>531</v>
+      </c>
+      <c r="E86" t="s">
+        <v>190</v>
+      </c>
+      <c r="F86" t="s">
+        <v>532</v>
+      </c>
+      <c r="G86" t="s">
+        <v>62</v>
+      </c>
+      <c r="H86">
+        <v>2023</v>
+      </c>
+      <c r="I86"/>
+      <c r="J86" t="s">
+        <v>169</v>
+      </c>
+      <c r="K86" t="s">
+        <v>533</v>
+      </c>
+      <c r="L86"/>
+      <c r="M86" t="s">
+        <v>213</v>
+      </c>
+      <c r="N86" t="s">
+        <v>36</v>
+      </c>
+      <c r="O86" t="s">
+        <v>534</v>
+      </c>
+      <c r="P86" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>536</v>
+      </c>
+      <c r="B87" t="s">
+        <v>537</v>
+      </c>
+      <c r="C87" t="s">
+        <v>538</v>
+      </c>
+      <c r="D87" t="s">
+        <v>290</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>21</v>
+      </c>
+      <c r="G87" t="s">
+        <v>291</v>
+      </c>
+      <c r="H87">
         <v>2024</v>
       </c>
-      <c r="I75" t="s">
-[...79 lines deleted...]
-      <c r="G77">
+      <c r="I87"/>
+      <c r="J87" t="s">
+        <v>539</v>
+      </c>
+      <c r="K87" t="s">
+        <v>34</v>
+      </c>
+      <c r="L87" t="s">
+        <v>540</v>
+      </c>
+      <c r="M87" t="s">
+        <v>541</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>542</v>
+      </c>
+      <c r="P87" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>544</v>
+      </c>
+      <c r="B88" t="s">
+        <v>545</v>
+      </c>
+      <c r="C88" t="s">
+        <v>202</v>
+      </c>
+      <c r="D88" t="s">
+        <v>203</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>21</v>
+      </c>
+      <c r="G88" t="s">
+        <v>459</v>
+      </c>
+      <c r="H88">
+        <v>1997</v>
+      </c>
+      <c r="I88">
+        <v>2005</v>
+      </c>
+      <c r="J88" t="s">
+        <v>204</v>
+      </c>
+      <c r="K88" t="s">
+        <v>34</v>
+      </c>
+      <c r="L88"/>
+      <c r="M88" t="s">
+        <v>546</v>
+      </c>
+      <c r="N88" t="s">
+        <v>36</v>
+      </c>
+      <c r="O88" t="s">
+        <v>547</v>
+      </c>
+      <c r="P88" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>549</v>
+      </c>
+      <c r="B89" t="s">
+        <v>550</v>
+      </c>
+      <c r="C89" t="s">
+        <v>202</v>
+      </c>
+      <c r="D89" t="s">
+        <v>203</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>21</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89">
+        <v>2004</v>
+      </c>
+      <c r="I89">
+        <v>2025</v>
+      </c>
+      <c r="J89" t="s">
+        <v>465</v>
+      </c>
+      <c r="K89" t="s">
+        <v>34</v>
+      </c>
+      <c r="L89" t="s">
+        <v>551</v>
+      </c>
+      <c r="M89" t="s">
+        <v>546</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>552</v>
+      </c>
+      <c r="P89" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>554</v>
+      </c>
+      <c r="B90" t="s">
+        <v>555</v>
+      </c>
+      <c r="C90" t="s">
+        <v>202</v>
+      </c>
+      <c r="D90" t="s">
+        <v>71</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>21</v>
+      </c>
+      <c r="G90" t="s">
+        <v>8</v>
+      </c>
+      <c r="H90">
+        <v>2016</v>
+      </c>
+      <c r="I90">
+        <v>2025</v>
+      </c>
+      <c r="J90" t="s">
+        <v>465</v>
+      </c>
+      <c r="K90" t="s">
+        <v>34</v>
+      </c>
+      <c r="L90" t="s">
+        <v>556</v>
+      </c>
+      <c r="M90" t="s">
+        <v>546</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>557</v>
+      </c>
+      <c r="P90" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>559</v>
+      </c>
+      <c r="B91" t="s">
+        <v>560</v>
+      </c>
+      <c r="C91" t="s">
+        <v>202</v>
+      </c>
+      <c r="D91" t="s">
+        <v>308</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>21</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
+        <v>2010</v>
+      </c>
+      <c r="I91">
         <v>2018</v>
       </c>
-      <c r="H77"/>
-[...582 lines deleted...]
-      <c r="G91">
+      <c r="J91" t="s">
+        <v>204</v>
+      </c>
+      <c r="K91" t="s">
+        <v>34</v>
+      </c>
+      <c r="L91" t="s">
+        <v>559</v>
+      </c>
+      <c r="M91" t="s">
+        <v>546</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>561</v>
+      </c>
+      <c r="P91" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>563</v>
+      </c>
+      <c r="B92" t="s">
+        <v>564</v>
+      </c>
+      <c r="C92" t="s">
+        <v>202</v>
+      </c>
+      <c r="D92" t="s">
+        <v>203</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>21</v>
+      </c>
+      <c r="G92" t="s">
+        <v>62</v>
+      </c>
+      <c r="H92">
+        <v>2021</v>
+      </c>
+      <c r="I92"/>
+      <c r="J92" t="s">
+        <v>204</v>
+      </c>
+      <c r="K92" t="s">
+        <v>34</v>
+      </c>
+      <c r="L92"/>
+      <c r="M92" t="s">
+        <v>565</v>
+      </c>
+      <c r="N92" t="s">
+        <v>36</v>
+      </c>
+      <c r="O92" t="s">
+        <v>566</v>
+      </c>
+      <c r="P92" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>568</v>
+      </c>
+      <c r="B93" t="s">
+        <v>569</v>
+      </c>
+      <c r="C93" t="s">
+        <v>570</v>
+      </c>
+      <c r="D93" t="s">
+        <v>71</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>21</v>
+      </c>
+      <c r="G93" t="s">
+        <v>62</v>
+      </c>
+      <c r="H93">
         <v>2010</v>
       </c>
-      <c r="H91">
-[...86 lines deleted...]
-      </c>
+      <c r="I93"/>
       <c r="J93" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="K93" t="s">
+        <v>34</v>
+      </c>
+      <c r="L93"/>
       <c r="M93" t="s">
-        <v>24</v>
+        <v>571</v>
       </c>
       <c r="N93" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>572</v>
+      </c>
+      <c r="P93" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>399</v>
+        <v>574</v>
       </c>
       <c r="B94" t="s">
-        <v>151</v>
+        <v>575</v>
       </c>
       <c r="C94" t="s">
-        <v>152</v>
+        <v>210</v>
       </c>
       <c r="D94" t="s">
-        <v>17</v>
+        <v>211</v>
       </c>
       <c r="E94" t="s">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="F94" t="s">
         <v>43</v>
       </c>
-      <c r="G94">
+      <c r="G94" t="s">
+        <v>62</v>
+      </c>
+      <c r="H94">
         <v>2014</v>
       </c>
-      <c r="H94">
+      <c r="I94">
         <v>2024</v>
       </c>
-      <c r="I94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J94" t="s">
-        <v>29</v>
+        <v>368</v>
       </c>
       <c r="K94" t="s">
-        <v>400</v>
+        <v>34</v>
       </c>
       <c r="L94" t="s">
-        <v>154</v>
+        <v>576</v>
       </c>
       <c r="M94" t="s">
-        <v>24</v>
+        <v>213</v>
       </c>
       <c r="N94" t="s">
-        <v>401</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>577</v>
+      </c>
+      <c r="P94" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>402</v>
+        <v>579</v>
       </c>
       <c r="B95" t="s">
-        <v>151</v>
+        <v>580</v>
       </c>
       <c r="C95" t="s">
-        <v>169</v>
+        <v>210</v>
       </c>
       <c r="D95" t="s">
-        <v>17</v>
+        <v>234</v>
       </c>
       <c r="E95" t="s">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="F95" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G95">
+        <v>43</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
         <v>2020</v>
       </c>
-      <c r="H95">
+      <c r="I95">
         <v>2024</v>
       </c>
-      <c r="I95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J95" t="s">
-        <v>29</v>
+        <v>368</v>
       </c>
       <c r="K95" t="s">
-        <v>403</v>
+        <v>34</v>
       </c>
       <c r="L95" t="s">
-        <v>154</v>
+        <v>581</v>
       </c>
       <c r="M95" t="s">
-        <v>24</v>
+        <v>213</v>
       </c>
       <c r="N95" t="s">
-        <v>404</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>582</v>
+      </c>
+      <c r="P95" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>405</v>
+        <v>584</v>
       </c>
       <c r="B96" t="s">
-        <v>123</v>
+        <v>585</v>
       </c>
       <c r="C96" t="s">
-        <v>42</v>
+        <v>175</v>
       </c>
       <c r="D96" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="E96" t="s">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="F96" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G96">
+        <v>43</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
         <v>2007</v>
       </c>
-      <c r="H96">
+      <c r="I96">
         <v>2013</v>
       </c>
-      <c r="I96" t="s">
+      <c r="J96" t="s">
+        <v>246</v>
+      </c>
+      <c r="K96" t="s">
+        <v>34</v>
+      </c>
+      <c r="L96" t="s">
+        <v>586</v>
+      </c>
+      <c r="M96" t="s">
         <v>177</v>
       </c>
-      <c r="J96" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N96" t="s">
-        <v>407</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>587</v>
+      </c>
+      <c r="P96" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>408</v>
+        <v>589</v>
       </c>
       <c r="B97" t="s">
-        <v>123</v>
+        <v>585</v>
       </c>
       <c r="C97" t="s">
-        <v>42</v>
+        <v>175</v>
       </c>
       <c r="D97" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="E97" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F97" t="s">
+        <v>52</v>
+      </c>
+      <c r="G97" t="s">
+        <v>62</v>
+      </c>
+      <c r="H97">
+        <v>2006</v>
+      </c>
+      <c r="I97"/>
+      <c r="J97" t="s">
+        <v>246</v>
+      </c>
+      <c r="K97" t="s">
+        <v>34</v>
+      </c>
+      <c r="L97" t="s">
+        <v>590</v>
+      </c>
+      <c r="M97" t="s">
+        <v>177</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>591</v>
+      </c>
+      <c r="P97" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>593</v>
+      </c>
+      <c r="B98" t="s">
+        <v>594</v>
+      </c>
+      <c r="C98" t="s">
+        <v>374</v>
+      </c>
+      <c r="D98" t="s">
+        <v>71</v>
+      </c>
+      <c r="E98" t="s">
+        <v>121</v>
+      </c>
+      <c r="F98" t="s">
+        <v>129</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
+        <v>1995</v>
+      </c>
+      <c r="I98">
+        <v>2019</v>
+      </c>
+      <c r="J98" t="s">
+        <v>375</v>
+      </c>
+      <c r="K98" t="s">
+        <v>34</v>
+      </c>
+      <c r="L98" t="s">
+        <v>595</v>
+      </c>
+      <c r="M98" t="s">
+        <v>596</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>597</v>
+      </c>
+      <c r="P98" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>599</v>
+      </c>
+      <c r="B99" t="s">
+        <v>600</v>
+      </c>
+      <c r="C99" t="s">
+        <v>601</v>
+      </c>
+      <c r="D99" t="s">
+        <v>211</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>52</v>
+      </c>
+      <c r="G99" t="s">
+        <v>62</v>
+      </c>
+      <c r="H99">
+        <v>2015</v>
+      </c>
+      <c r="I99"/>
+      <c r="J99" t="s">
+        <v>375</v>
+      </c>
+      <c r="K99" t="s">
+        <v>34</v>
+      </c>
+      <c r="L99" t="s">
+        <v>602</v>
+      </c>
+      <c r="M99" t="s">
+        <v>603</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>604</v>
+      </c>
+      <c r="P99" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>606</v>
+      </c>
+      <c r="B100" t="s">
+        <v>607</v>
+      </c>
+      <c r="C100" t="s">
+        <v>601</v>
+      </c>
+      <c r="D100" t="s">
+        <v>61</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>52</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
+        <v>1999</v>
+      </c>
+      <c r="I100">
+        <v>2012</v>
+      </c>
+      <c r="J100" t="s">
+        <v>246</v>
+      </c>
+      <c r="K100" t="s">
+        <v>34</v>
+      </c>
+      <c r="L100" t="s">
+        <v>608</v>
+      </c>
+      <c r="M100" t="s">
+        <v>603</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>609</v>
+      </c>
+      <c r="P100" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>611</v>
+      </c>
+      <c r="B101" t="s">
+        <v>612</v>
+      </c>
+      <c r="C101" t="s">
+        <v>613</v>
+      </c>
+      <c r="D101" t="s">
+        <v>234</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
         <v>43</v>
       </c>
-      <c r="G97">
-[...44 lines deleted...]
-      <c r="H98">
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
+        <v>2018</v>
+      </c>
+      <c r="I101">
         <v>2019</v>
       </c>
-      <c r="I98" t="s">
-[...131 lines deleted...]
-      </c>
       <c r="J101" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>444</v>
+      </c>
+      <c r="K101" t="s">
+        <v>34</v>
+      </c>
+      <c r="L101"/>
       <c r="M101" t="s">
-        <v>24</v>
+        <v>614</v>
       </c>
       <c r="N101" t="s">
-        <v>426</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>615</v>
+      </c>
+      <c r="P101" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>427</v>
+        <v>617</v>
       </c>
       <c r="B102" t="s">
-        <v>428</v>
+        <v>618</v>
       </c>
       <c r="C102" t="s">
-        <v>219</v>
+        <v>619</v>
       </c>
       <c r="D102" t="s">
-        <v>17</v>
+        <v>308</v>
       </c>
       <c r="E102" t="s">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="F102" t="s">
         <v>43</v>
       </c>
-      <c r="G102">
+      <c r="G102" t="s">
+        <v>62</v>
+      </c>
+      <c r="H102">
         <v>2015</v>
       </c>
-      <c r="H102"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I102"/>
       <c r="J102" t="s">
-        <v>29</v>
+        <v>63</v>
       </c>
       <c r="K102" t="s">
-        <v>429</v>
+        <v>34</v>
       </c>
       <c r="L102" t="s">
-        <v>430</v>
+        <v>620</v>
       </c>
       <c r="M102" t="s">
+        <v>621</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>622</v>
+      </c>
+      <c r="P102" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>624</v>
+      </c>
+      <c r="B103" t="s">
+        <v>625</v>
+      </c>
+      <c r="C103" t="s">
+        <v>626</v>
+      </c>
+      <c r="D103" t="s">
+        <v>627</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>43</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>2017</v>
+      </c>
+      <c r="I103">
+        <v>2021</v>
+      </c>
+      <c r="J103" t="s">
+        <v>212</v>
+      </c>
+      <c r="K103" t="s">
+        <v>628</v>
+      </c>
+      <c r="L103" t="s">
+        <v>629</v>
+      </c>
+      <c r="M103" t="s">
+        <v>630</v>
+      </c>
+      <c r="N103" t="s">
+        <v>36</v>
+      </c>
+      <c r="O103" t="s">
+        <v>631</v>
+      </c>
+      <c r="P103" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>633</v>
+      </c>
+      <c r="B104" t="s">
+        <v>634</v>
+      </c>
+      <c r="C104" t="s">
+        <v>635</v>
+      </c>
+      <c r="D104" t="s">
+        <v>112</v>
+      </c>
+      <c r="E104" t="s">
+        <v>121</v>
+      </c>
+      <c r="F104" t="s">
+        <v>43</v>
+      </c>
+      <c r="G104" t="s">
+        <v>122</v>
+      </c>
+      <c r="H104"/>
+      <c r="I104"/>
+      <c r="J104" t="s">
+        <v>360</v>
+      </c>
+      <c r="K104" t="s">
+        <v>34</v>
+      </c>
+      <c r="L104" t="s">
+        <v>113</v>
+      </c>
+      <c r="M104" t="s">
+        <v>636</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>637</v>
+      </c>
+      <c r="P104" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>639</v>
+      </c>
+      <c r="B105" t="s">
+        <v>640</v>
+      </c>
+      <c r="C105" t="s">
+        <v>273</v>
+      </c>
+      <c r="D105" t="s">
+        <v>71</v>
+      </c>
+      <c r="E105" t="s">
+        <v>121</v>
+      </c>
+      <c r="F105" t="s">
+        <v>52</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
+        <v>2012</v>
+      </c>
+      <c r="I105">
+        <v>2015</v>
+      </c>
+      <c r="J105" t="s">
+        <v>274</v>
+      </c>
+      <c r="K105" t="s">
+        <v>34</v>
+      </c>
+      <c r="L105"/>
+      <c r="M105" t="s">
+        <v>275</v>
+      </c>
+      <c r="N105" t="s">
+        <v>36</v>
+      </c>
+      <c r="O105" t="s">
+        <v>641</v>
+      </c>
+      <c r="P105" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>643</v>
+      </c>
+      <c r="B106" t="s">
+        <v>644</v>
+      </c>
+      <c r="C106" t="s">
+        <v>645</v>
+      </c>
+      <c r="D106" t="s">
+        <v>646</v>
+      </c>
+      <c r="E106" t="s">
+        <v>121</v>
+      </c>
+      <c r="F106" t="s">
+        <v>52</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
+        <v>2015</v>
+      </c>
+      <c r="I106">
+        <v>2018</v>
+      </c>
+      <c r="J106" t="s">
+        <v>383</v>
+      </c>
+      <c r="K106" t="s">
         <v>24</v>
       </c>
-      <c r="N102" t="s">
-[...163 lines deleted...]
-      </c>
+      <c r="L106"/>
       <c r="M106" t="s">
-        <v>24</v>
+        <v>647</v>
       </c>
       <c r="N106" t="s">
-        <v>449</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>648</v>
+      </c>
+      <c r="P106" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>450</v>
+        <v>650</v>
       </c>
       <c r="B107" t="s">
-        <v>451</v>
+        <v>651</v>
       </c>
       <c r="C107" t="s">
-        <v>50</v>
+        <v>652</v>
       </c>
       <c r="D107" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E107" t="s">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="F107" t="s">
         <v>43</v>
       </c>
-      <c r="G107">
+      <c r="G107" t="s">
+        <v>62</v>
+      </c>
+      <c r="H107">
         <v>2019</v>
       </c>
-      <c r="H107"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I107"/>
       <c r="J107" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>444</v>
+      </c>
+      <c r="K107" t="s">
+        <v>34</v>
+      </c>
+      <c r="L107"/>
       <c r="M107" t="s">
-        <v>24</v>
+        <v>653</v>
       </c>
       <c r="N107" t="s">
-        <v>453</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>654</v>
+      </c>
+      <c r="P107" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>454</v>
+        <v>656</v>
       </c>
       <c r="B108" t="s">
-        <v>455</v>
+        <v>657</v>
       </c>
       <c r="C108" t="s">
-        <v>169</v>
+        <v>658</v>
       </c>
       <c r="D108" t="s">
-        <v>17</v>
+        <v>234</v>
       </c>
       <c r="E108" t="s">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="F108" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G108">
+        <v>43</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
         <v>2016</v>
       </c>
-      <c r="H108">
+      <c r="I108">
         <v>2019</v>
       </c>
-      <c r="I108" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J108" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="K108" t="s">
+        <v>34</v>
+      </c>
+      <c r="L108"/>
       <c r="M108" t="s">
-        <v>24</v>
+        <v>659</v>
       </c>
       <c r="N108" t="s">
-        <v>457</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>660</v>
+      </c>
+      <c r="P108" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>458</v>
+        <v>662</v>
       </c>
       <c r="B109" t="s">
-        <v>455</v>
+        <v>663</v>
       </c>
       <c r="C109" t="s">
-        <v>169</v>
+        <v>658</v>
       </c>
       <c r="D109" t="s">
-        <v>17</v>
+        <v>234</v>
       </c>
       <c r="E109" t="s">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="F109" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G109">
+        <v>43</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
         <v>2016</v>
       </c>
-      <c r="H109">
+      <c r="I109">
         <v>2019</v>
       </c>
-      <c r="I109" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J109" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="K109" t="s">
+        <v>34</v>
+      </c>
+      <c r="L109"/>
       <c r="M109" t="s">
-        <v>24</v>
+        <v>659</v>
       </c>
       <c r="N109" t="s">
-        <v>459</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>664</v>
+      </c>
+      <c r="P109" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>460</v>
+        <v>665</v>
       </c>
       <c r="B110" t="s">
-        <v>455</v>
+        <v>666</v>
       </c>
       <c r="C110" t="s">
-        <v>50</v>
+        <v>658</v>
       </c>
       <c r="D110" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E110" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F110" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G110">
+        <v>21</v>
+      </c>
+      <c r="G110" t="s">
+        <v>62</v>
+      </c>
+      <c r="H110">
         <v>2016</v>
       </c>
-      <c r="H110"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I110"/>
       <c r="J110" t="s">
-        <v>29</v>
+        <v>360</v>
       </c>
       <c r="K110" t="s">
-        <v>461</v>
+        <v>34</v>
       </c>
       <c r="L110" t="s">
-        <v>456</v>
+        <v>667</v>
       </c>
       <c r="M110" t="s">
-        <v>24</v>
+        <v>659</v>
       </c>
       <c r="N110" t="s">
-        <v>462</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>668</v>
+      </c>
+      <c r="P110" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>463</v>
+        <v>670</v>
       </c>
       <c r="B111" t="s">
-        <v>182</v>
+        <v>671</v>
       </c>
       <c r="C111" t="s">
-        <v>50</v>
+        <v>253</v>
       </c>
       <c r="D111" t="s">
-        <v>87</v>
+        <v>71</v>
       </c>
       <c r="E111" t="s">
-        <v>80</v>
+        <v>121</v>
       </c>
       <c r="F111" t="s">
         <v>43</v>
       </c>
-      <c r="G111">
+      <c r="G111" t="s">
+        <v>62</v>
+      </c>
+      <c r="H111">
         <v>2010</v>
       </c>
-      <c r="H111"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I111"/>
       <c r="J111" t="s">
-        <v>29</v>
+        <v>191</v>
       </c>
       <c r="K111" t="s">
-        <v>464</v>
+        <v>34</v>
       </c>
       <c r="L111" t="s">
-        <v>184</v>
+        <v>672</v>
       </c>
       <c r="M111" t="s">
-        <v>24</v>
+        <v>255</v>
       </c>
       <c r="N111" t="s">
-        <v>465</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>673</v>
+      </c>
+      <c r="P111" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>466</v>
+        <v>675</v>
       </c>
       <c r="B112" t="s">
-        <v>144</v>
+        <v>676</v>
       </c>
       <c r="C112" t="s">
-        <v>50</v>
+        <v>202</v>
       </c>
       <c r="D112" t="s">
-        <v>87</v>
+        <v>71</v>
       </c>
       <c r="E112" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="F112" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G112">
+        <v>129</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
         <v>1994</v>
       </c>
-      <c r="H112">
+      <c r="I112">
         <v>2012</v>
       </c>
-      <c r="I112" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J112" t="s">
-        <v>29</v>
+        <v>375</v>
       </c>
       <c r="K112" t="s">
-        <v>467</v>
+        <v>34</v>
       </c>
       <c r="L112" t="s">
-        <v>468</v>
+        <v>677</v>
       </c>
       <c r="M112" t="s">
-        <v>31</v>
+        <v>678</v>
       </c>
       <c r="N112" t="s">
-        <v>469</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O112" t="s">
+        <v>679</v>
+      </c>
+      <c r="P112" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>470</v>
+        <v>681</v>
       </c>
       <c r="B113" t="s">
-        <v>144</v>
+        <v>682</v>
       </c>
       <c r="C113" t="s">
-        <v>42</v>
+        <v>202</v>
       </c>
       <c r="D113" t="s">
-        <v>87</v>
+        <v>61</v>
       </c>
       <c r="E113" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="F113" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G113">
+        <v>129</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
         <v>1996</v>
       </c>
-      <c r="H113">
+      <c r="I113">
         <v>2012</v>
       </c>
-      <c r="I113" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J113" t="s">
-        <v>29</v>
+        <v>375</v>
       </c>
       <c r="K113" t="s">
-        <v>471</v>
+        <v>34</v>
       </c>
       <c r="L113" t="s">
-        <v>468</v>
+        <v>683</v>
       </c>
       <c r="M113" t="s">
-        <v>24</v>
+        <v>678</v>
       </c>
       <c r="N113" t="s">
-        <v>472</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>684</v>
+      </c>
+      <c r="P113" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>473</v>
+        <v>686</v>
       </c>
       <c r="B114" t="s">
-        <v>144</v>
+        <v>687</v>
       </c>
       <c r="C114" t="s">
-        <v>42</v>
+        <v>202</v>
       </c>
       <c r="D114" t="s">
-        <v>87</v>
+        <v>61</v>
       </c>
       <c r="E114" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="F114" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G114">
+        <v>129</v>
+      </c>
+      <c r="G114" t="s">
+        <v>22</v>
+      </c>
+      <c r="H114">
         <v>1996</v>
       </c>
-      <c r="H114">
+      <c r="I114">
         <v>2013</v>
       </c>
-      <c r="I114" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J114" t="s">
-        <v>29</v>
+        <v>375</v>
       </c>
       <c r="K114" t="s">
-        <v>474</v>
+        <v>34</v>
       </c>
       <c r="L114" t="s">
-        <v>468</v>
+        <v>688</v>
       </c>
       <c r="M114" t="s">
-        <v>24</v>
+        <v>678</v>
       </c>
       <c r="N114" t="s">
-        <v>475</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>689</v>
+      </c>
+      <c r="P114" t="s">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>476</v>
+        <v>691</v>
       </c>
       <c r="B115" t="s">
-        <v>144</v>
+        <v>692</v>
       </c>
       <c r="C115" t="s">
-        <v>42</v>
+        <v>202</v>
       </c>
       <c r="D115" t="s">
-        <v>87</v>
+        <v>61</v>
       </c>
       <c r="E115" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="F115" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G115">
+        <v>129</v>
+      </c>
+      <c r="G115" t="s">
+        <v>22</v>
+      </c>
+      <c r="H115">
         <v>1997</v>
       </c>
-      <c r="H115">
+      <c r="I115">
         <v>2012</v>
       </c>
-      <c r="I115" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J115" t="s">
-        <v>29</v>
+        <v>375</v>
       </c>
       <c r="K115" t="s">
-        <v>477</v>
+        <v>34</v>
       </c>
       <c r="L115" t="s">
-        <v>468</v>
+        <v>693</v>
       </c>
       <c r="M115" t="s">
-        <v>24</v>
+        <v>678</v>
       </c>
       <c r="N115" t="s">
-        <v>478</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>694</v>
+      </c>
+      <c r="P115" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>479</v>
+        <v>696</v>
       </c>
       <c r="B116" t="s">
-        <v>144</v>
+        <v>697</v>
       </c>
       <c r="C116" t="s">
-        <v>145</v>
+        <v>202</v>
       </c>
       <c r="D116" t="s">
-        <v>87</v>
+        <v>203</v>
       </c>
       <c r="E116" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="F116" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G116">
+        <v>129</v>
+      </c>
+      <c r="G116" t="s">
+        <v>22</v>
+      </c>
+      <c r="H116">
         <v>1999</v>
       </c>
-      <c r="H116">
+      <c r="I116">
         <v>2012</v>
       </c>
-      <c r="I116" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J116" t="s">
-        <v>29</v>
+        <v>375</v>
       </c>
       <c r="K116" t="s">
-        <v>480</v>
+        <v>34</v>
       </c>
       <c r="L116" t="s">
-        <v>468</v>
+        <v>698</v>
       </c>
       <c r="M116" t="s">
-        <v>24</v>
+        <v>678</v>
       </c>
       <c r="N116" t="s">
-        <v>481</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>699</v>
+      </c>
+      <c r="P116" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>482</v>
+        <v>701</v>
       </c>
       <c r="B117" t="s">
-        <v>144</v>
+        <v>702</v>
       </c>
       <c r="C117" t="s">
-        <v>42</v>
+        <v>202</v>
       </c>
       <c r="D117" t="s">
-        <v>87</v>
+        <v>61</v>
       </c>
       <c r="E117" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="F117" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G117">
+        <v>129</v>
+      </c>
+      <c r="G117" t="s">
+        <v>22</v>
+      </c>
+      <c r="H117">
         <v>2003</v>
       </c>
-      <c r="H117">
+      <c r="I117">
         <v>2013</v>
       </c>
-      <c r="I117" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J117" t="s">
-        <v>29</v>
+        <v>375</v>
       </c>
       <c r="K117" t="s">
-        <v>483</v>
+        <v>34</v>
       </c>
       <c r="L117" t="s">
-        <v>468</v>
+        <v>703</v>
       </c>
       <c r="M117" t="s">
-        <v>24</v>
+        <v>678</v>
       </c>
       <c r="N117" t="s">
-        <v>484</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>704</v>
+      </c>
+      <c r="P117" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>485</v>
+        <v>706</v>
       </c>
       <c r="B118" t="s">
-        <v>144</v>
+        <v>707</v>
       </c>
       <c r="C118" t="s">
-        <v>42</v>
+        <v>202</v>
       </c>
       <c r="D118" t="s">
-        <v>87</v>
+        <v>61</v>
       </c>
       <c r="E118" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="F118" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G118">
+        <v>129</v>
+      </c>
+      <c r="G118" t="s">
+        <v>22</v>
+      </c>
+      <c r="H118">
         <v>2004</v>
       </c>
-      <c r="H118">
+      <c r="I118">
         <v>2012</v>
       </c>
-      <c r="I118" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J118" t="s">
-        <v>29</v>
+        <v>375</v>
       </c>
       <c r="K118" t="s">
-        <v>486</v>
+        <v>34</v>
       </c>
       <c r="L118" t="s">
-        <v>468</v>
+        <v>708</v>
       </c>
       <c r="M118" t="s">
-        <v>24</v>
+        <v>678</v>
       </c>
       <c r="N118" t="s">
-        <v>487</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>709</v>
+      </c>
+      <c r="P118" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>488</v>
+        <v>711</v>
       </c>
       <c r="B119" t="s">
-        <v>144</v>
+        <v>712</v>
       </c>
       <c r="C119" t="s">
-        <v>42</v>
+        <v>202</v>
       </c>
       <c r="D119" t="s">
-        <v>87</v>
+        <v>61</v>
       </c>
       <c r="E119" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="F119" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G119">
+        <v>129</v>
+      </c>
+      <c r="G119" t="s">
+        <v>22</v>
+      </c>
+      <c r="H119">
         <v>2004</v>
       </c>
-      <c r="H119">
+      <c r="I119">
         <v>2012</v>
       </c>
-      <c r="I119" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J119" t="s">
-        <v>29</v>
+        <v>375</v>
       </c>
       <c r="K119" t="s">
-        <v>486</v>
+        <v>34</v>
       </c>
       <c r="L119" t="s">
-        <v>468</v>
+        <v>708</v>
       </c>
       <c r="M119" t="s">
-        <v>24</v>
+        <v>678</v>
       </c>
       <c r="N119" t="s">
-        <v>489</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>713</v>
+      </c>
+      <c r="P119" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>490</v>
+        <v>715</v>
       </c>
       <c r="B120" t="s">
-        <v>144</v>
+        <v>716</v>
       </c>
       <c r="C120" t="s">
-        <v>42</v>
+        <v>202</v>
       </c>
       <c r="D120" t="s">
-        <v>87</v>
+        <v>61</v>
       </c>
       <c r="E120" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="F120" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G120">
+        <v>129</v>
+      </c>
+      <c r="G120" t="s">
+        <v>22</v>
+      </c>
+      <c r="H120">
         <v>2005</v>
       </c>
-      <c r="H120">
+      <c r="I120">
         <v>2012</v>
       </c>
-      <c r="I120" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J120" t="s">
-        <v>29</v>
+        <v>375</v>
       </c>
       <c r="K120" t="s">
-        <v>491</v>
+        <v>34</v>
       </c>
       <c r="L120" t="s">
-        <v>468</v>
+        <v>717</v>
       </c>
       <c r="M120" t="s">
-        <v>24</v>
+        <v>678</v>
       </c>
       <c r="N120" t="s">
-        <v>492</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>718</v>
+      </c>
+      <c r="P120" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>493</v>
+        <v>720</v>
       </c>
       <c r="B121" t="s">
-        <v>144</v>
+        <v>721</v>
       </c>
       <c r="C121" t="s">
-        <v>50</v>
+        <v>202</v>
       </c>
       <c r="D121" t="s">
-        <v>87</v>
+        <v>71</v>
       </c>
       <c r="E121" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="F121" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G121">
+        <v>129</v>
+      </c>
+      <c r="G121" t="s">
+        <v>22</v>
+      </c>
+      <c r="H121">
         <v>1994</v>
       </c>
-      <c r="H121">
+      <c r="I121">
         <v>2012</v>
       </c>
-      <c r="I121" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J121" t="s">
-        <v>29</v>
+        <v>360</v>
       </c>
       <c r="K121" t="s">
-        <v>494</v>
+        <v>34</v>
       </c>
       <c r="L121" t="s">
-        <v>495</v>
+        <v>722</v>
       </c>
       <c r="M121" t="s">
-        <v>24</v>
+        <v>723</v>
       </c>
       <c r="N121" t="s">
-        <v>496</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>724</v>
+      </c>
+      <c r="P121" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>497</v>
+        <v>726</v>
       </c>
       <c r="B122" t="s">
-        <v>144</v>
+        <v>727</v>
       </c>
       <c r="C122" t="s">
-        <v>50</v>
+        <v>202</v>
       </c>
       <c r="D122" t="s">
-        <v>87</v>
+        <v>71</v>
       </c>
       <c r="E122" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="F122" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G122">
+        <v>129</v>
+      </c>
+      <c r="G122" t="s">
+        <v>22</v>
+      </c>
+      <c r="H122">
         <v>2009</v>
       </c>
-      <c r="H122">
+      <c r="I122">
         <v>2012</v>
       </c>
-      <c r="I122" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J122" t="s">
-        <v>29</v>
+        <v>375</v>
       </c>
       <c r="K122" t="s">
-        <v>498</v>
+        <v>34</v>
       </c>
       <c r="L122" t="s">
-        <v>468</v>
+        <v>728</v>
       </c>
       <c r="M122" t="s">
-        <v>24</v>
+        <v>678</v>
       </c>
       <c r="N122" t="s">
-        <v>499</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>729</v>
+      </c>
+      <c r="P122" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>500</v>
+        <v>731</v>
       </c>
       <c r="B123" t="s">
-        <v>144</v>
+        <v>732</v>
       </c>
       <c r="C123" t="s">
-        <v>145</v>
+        <v>202</v>
       </c>
       <c r="D123" t="s">
-        <v>87</v>
+        <v>203</v>
       </c>
       <c r="E123" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="F123" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G123">
+        <v>129</v>
+      </c>
+      <c r="G123" t="s">
+        <v>22</v>
+      </c>
+      <c r="H123">
         <v>2010</v>
       </c>
-      <c r="H123">
+      <c r="I123">
         <v>2012</v>
       </c>
-      <c r="I123" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J123" t="s">
-        <v>29</v>
+        <v>375</v>
       </c>
       <c r="K123" t="s">
-        <v>501</v>
+        <v>34</v>
       </c>
       <c r="L123" t="s">
-        <v>468</v>
+        <v>733</v>
       </c>
       <c r="M123" t="s">
-        <v>24</v>
+        <v>678</v>
       </c>
       <c r="N123" t="s">
-        <v>502</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>734</v>
+      </c>
+      <c r="P123" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>503</v>
+        <v>736</v>
       </c>
       <c r="B124" t="s">
-        <v>193</v>
+        <v>737</v>
       </c>
       <c r="C124" t="s">
-        <v>42</v>
+        <v>268</v>
       </c>
       <c r="D124" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="E124" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F124" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G124">
+        <v>52</v>
+      </c>
+      <c r="G124" t="s">
+        <v>62</v>
+      </c>
+      <c r="H124">
         <v>2014</v>
       </c>
-      <c r="H124"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I124"/>
       <c r="J124" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="K124" t="s">
+        <v>34</v>
+      </c>
+      <c r="L124"/>
       <c r="M124" t="s">
-        <v>24</v>
+        <v>269</v>
       </c>
       <c r="N124" t="s">
-        <v>504</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>738</v>
+      </c>
+      <c r="P124" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>505</v>
+        <v>740</v>
       </c>
       <c r="B125" t="s">
-        <v>506</v>
+        <v>741</v>
       </c>
       <c r="C125" t="s">
-        <v>219</v>
+        <v>742</v>
       </c>
       <c r="D125" t="s">
-        <v>17</v>
+        <v>308</v>
       </c>
       <c r="E125" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F125" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G125">
+        <v>21</v>
+      </c>
+      <c r="G125" t="s">
+        <v>62</v>
+      </c>
+      <c r="H125">
         <v>2011</v>
       </c>
-      <c r="H125"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I125"/>
       <c r="J125" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="K125" t="s">
+        <v>34</v>
+      </c>
+      <c r="L125"/>
       <c r="M125" t="s">
-        <v>24</v>
+        <v>743</v>
       </c>
       <c r="N125" t="s">
-        <v>508</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>744</v>
+      </c>
+      <c r="P125" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>509</v>
+        <v>746</v>
       </c>
       <c r="B126" t="s">
-        <v>510</v>
+        <v>747</v>
       </c>
       <c r="C126" t="s">
-        <v>42</v>
+        <v>748</v>
       </c>
       <c r="D126" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="E126" t="s">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="F126" t="s">
         <v>43</v>
       </c>
-      <c r="G126">
+      <c r="G126" t="s">
+        <v>62</v>
+      </c>
+      <c r="H126">
         <v>2016</v>
       </c>
-      <c r="H126"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I126"/>
       <c r="J126" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>749</v>
+      </c>
+      <c r="K126" t="s">
+        <v>34</v>
+      </c>
+      <c r="L126"/>
       <c r="M126" t="s">
+        <v>750</v>
+      </c>
+      <c r="N126" t="s">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>751</v>
+      </c>
+      <c r="P126" t="s">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>753</v>
+      </c>
+      <c r="B127" t="s">
+        <v>754</v>
+      </c>
+      <c r="C127" t="s">
+        <v>202</v>
+      </c>
+      <c r="D127" t="s">
+        <v>71</v>
+      </c>
+      <c r="E127" t="s">
+        <v>20</v>
+      </c>
+      <c r="F127" t="s">
+        <v>21</v>
+      </c>
+      <c r="G127" t="s">
+        <v>755</v>
+      </c>
+      <c r="H127">
+        <v>2010</v>
+      </c>
+      <c r="I127">
+        <v>2016</v>
+      </c>
+      <c r="J127" t="s">
+        <v>204</v>
+      </c>
+      <c r="K127" t="s">
+        <v>34</v>
+      </c>
+      <c r="L127" t="s">
+        <v>756</v>
+      </c>
+      <c r="M127" t="s">
+        <v>546</v>
+      </c>
+      <c r="N127" t="s">
+        <v>36</v>
+      </c>
+      <c r="O127" t="s">
+        <v>757</v>
+      </c>
+      <c r="P127" t="s">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>759</v>
+      </c>
+      <c r="B128" t="s">
+        <v>760</v>
+      </c>
+      <c r="C128" t="s">
+        <v>761</v>
+      </c>
+      <c r="D128" t="s">
+        <v>762</v>
+      </c>
+      <c r="E128" t="s">
+        <v>20</v>
+      </c>
+      <c r="F128" t="s">
+        <v>21</v>
+      </c>
+      <c r="G128" t="s">
+        <v>62</v>
+      </c>
+      <c r="H128">
+        <v>2016</v>
+      </c>
+      <c r="I128"/>
+      <c r="J128" t="s">
+        <v>191</v>
+      </c>
+      <c r="K128" t="s">
+        <v>34</v>
+      </c>
+      <c r="L128"/>
+      <c r="M128" t="s">
+        <v>763</v>
+      </c>
+      <c r="N128" t="s">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>764</v>
+      </c>
+      <c r="P128" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>766</v>
+      </c>
+      <c r="B129" t="s">
+        <v>767</v>
+      </c>
+      <c r="C129" t="s">
+        <v>761</v>
+      </c>
+      <c r="D129" t="s">
+        <v>768</v>
+      </c>
+      <c r="E129" t="s">
+        <v>20</v>
+      </c>
+      <c r="F129" t="s">
+        <v>52</v>
+      </c>
+      <c r="G129" t="s">
+        <v>62</v>
+      </c>
+      <c r="H129">
+        <v>2017</v>
+      </c>
+      <c r="I129"/>
+      <c r="J129" t="s">
+        <v>191</v>
+      </c>
+      <c r="K129" t="s">
         <v>24</v>
       </c>
-      <c r="N126" t="s">
-[...25 lines deleted...]
-      <c r="H127">
+      <c r="L129"/>
+      <c r="M129" t="s">
+        <v>763</v>
+      </c>
+      <c r="N129" t="s">
+        <v>36</v>
+      </c>
+      <c r="O129" t="s">
+        <v>769</v>
+      </c>
+      <c r="P129" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>771</v>
+      </c>
+      <c r="B130" t="s">
+        <v>772</v>
+      </c>
+      <c r="C130" t="s">
+        <v>166</v>
+      </c>
+      <c r="D130" t="s">
+        <v>71</v>
+      </c>
+      <c r="E130" t="s">
+        <v>20</v>
+      </c>
+      <c r="F130" t="s">
+        <v>21</v>
+      </c>
+      <c r="G130" t="s">
+        <v>22</v>
+      </c>
+      <c r="H130">
+        <v>2005</v>
+      </c>
+      <c r="I130">
+        <v>2015</v>
+      </c>
+      <c r="J130" t="s">
+        <v>169</v>
+      </c>
+      <c r="K130" t="s">
+        <v>34</v>
+      </c>
+      <c r="L130" t="s">
+        <v>773</v>
+      </c>
+      <c r="M130" t="s">
+        <v>170</v>
+      </c>
+      <c r="N130" t="s">
+        <v>36</v>
+      </c>
+      <c r="O130" t="s">
+        <v>774</v>
+      </c>
+      <c r="P130" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>776</v>
+      </c>
+      <c r="B131" t="s">
+        <v>777</v>
+      </c>
+      <c r="C131" t="s">
+        <v>166</v>
+      </c>
+      <c r="D131" t="s">
+        <v>61</v>
+      </c>
+      <c r="E131" t="s">
+        <v>20</v>
+      </c>
+      <c r="F131" t="s">
+        <v>21</v>
+      </c>
+      <c r="G131" t="s">
+        <v>22</v>
+      </c>
+      <c r="H131">
+        <v>2008</v>
+      </c>
+      <c r="I131">
+        <v>2015</v>
+      </c>
+      <c r="J131" t="s">
+        <v>169</v>
+      </c>
+      <c r="K131" t="s">
+        <v>34</v>
+      </c>
+      <c r="L131"/>
+      <c r="M131" t="s">
+        <v>170</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>778</v>
+      </c>
+      <c r="P131" t="s">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>780</v>
+      </c>
+      <c r="B132" t="s">
+        <v>781</v>
+      </c>
+      <c r="C132" t="s">
+        <v>166</v>
+      </c>
+      <c r="D132" t="s">
+        <v>61</v>
+      </c>
+      <c r="E132" t="s">
+        <v>20</v>
+      </c>
+      <c r="F132" t="s">
+        <v>21</v>
+      </c>
+      <c r="G132" t="s">
+        <v>22</v>
+      </c>
+      <c r="H132">
+        <v>2009</v>
+      </c>
+      <c r="I132">
+        <v>2013</v>
+      </c>
+      <c r="J132" t="s">
+        <v>169</v>
+      </c>
+      <c r="K132" t="s">
+        <v>34</v>
+      </c>
+      <c r="L132"/>
+      <c r="M132" t="s">
+        <v>170</v>
+      </c>
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>782</v>
+      </c>
+      <c r="P132" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>784</v>
+      </c>
+      <c r="B133" t="s">
+        <v>785</v>
+      </c>
+      <c r="C133" t="s">
+        <v>786</v>
+      </c>
+      <c r="D133" t="s">
+        <v>787</v>
+      </c>
+      <c r="E133" t="s">
+        <v>20</v>
+      </c>
+      <c r="F133" t="s">
+        <v>52</v>
+      </c>
+      <c r="G133" t="s">
+        <v>22</v>
+      </c>
+      <c r="H133">
+        <v>2009</v>
+      </c>
+      <c r="I133">
         <v>2016</v>
       </c>
-      <c r="I127" t="s">
-[...34 lines deleted...]
-      <c r="F128" t="s">
+      <c r="J133" t="s">
+        <v>33</v>
+      </c>
+      <c r="K133" t="s">
+        <v>24</v>
+      </c>
+      <c r="L133"/>
+      <c r="M133" t="s">
+        <v>788</v>
+      </c>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>789</v>
+      </c>
+      <c r="P133" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>791</v>
+      </c>
+      <c r="B134" t="s">
+        <v>792</v>
+      </c>
+      <c r="C134" t="s">
+        <v>339</v>
+      </c>
+      <c r="D134" t="s">
+        <v>61</v>
+      </c>
+      <c r="E134" t="s">
+        <v>121</v>
+      </c>
+      <c r="F134" t="s">
+        <v>129</v>
+      </c>
+      <c r="G134" t="s">
+        <v>22</v>
+      </c>
+      <c r="H134">
+        <v>2002</v>
+      </c>
+      <c r="I134">
+        <v>2015</v>
+      </c>
+      <c r="J134" t="s">
+        <v>793</v>
+      </c>
+      <c r="K134" t="s">
+        <v>34</v>
+      </c>
+      <c r="L134" t="s">
+        <v>794</v>
+      </c>
+      <c r="M134" t="s">
+        <v>795</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>796</v>
+      </c>
+      <c r="P134" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>798</v>
+      </c>
+      <c r="B135" t="s">
+        <v>799</v>
+      </c>
+      <c r="C135" t="s">
+        <v>339</v>
+      </c>
+      <c r="D135" t="s">
+        <v>71</v>
+      </c>
+      <c r="E135" t="s">
+        <v>121</v>
+      </c>
+      <c r="F135" t="s">
+        <v>129</v>
+      </c>
+      <c r="G135" t="s">
+        <v>62</v>
+      </c>
+      <c r="H135">
+        <v>1998</v>
+      </c>
+      <c r="I135"/>
+      <c r="J135" t="s">
+        <v>793</v>
+      </c>
+      <c r="K135" t="s">
+        <v>34</v>
+      </c>
+      <c r="L135" t="s">
+        <v>800</v>
+      </c>
+      <c r="M135" t="s">
+        <v>795</v>
+      </c>
+      <c r="N135" t="s">
+        <v>36</v>
+      </c>
+      <c r="O135" t="s">
+        <v>801</v>
+      </c>
+      <c r="P135" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>803</v>
+      </c>
+      <c r="B136" t="s">
+        <v>804</v>
+      </c>
+      <c r="C136" t="s">
+        <v>805</v>
+      </c>
+      <c r="D136" t="s">
+        <v>93</v>
+      </c>
+      <c r="E136" t="s">
+        <v>20</v>
+      </c>
+      <c r="F136" t="s">
+        <v>21</v>
+      </c>
+      <c r="G136" t="s">
+        <v>62</v>
+      </c>
+      <c r="H136">
+        <v>2021</v>
+      </c>
+      <c r="I136"/>
+      <c r="J136" t="s">
+        <v>806</v>
+      </c>
+      <c r="K136" t="s">
+        <v>34</v>
+      </c>
+      <c r="L136"/>
+      <c r="M136"/>
+      <c r="N136" t="s">
+        <v>36</v>
+      </c>
+      <c r="O136" t="s">
+        <v>807</v>
+      </c>
+      <c r="P136" t="s">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>809</v>
+      </c>
+      <c r="B137" t="s">
+        <v>810</v>
+      </c>
+      <c r="C137" t="s">
+        <v>436</v>
+      </c>
+      <c r="D137" t="s">
+        <v>811</v>
+      </c>
+      <c r="E137" t="s">
+        <v>20</v>
+      </c>
+      <c r="F137" t="s">
         <v>43</v>
       </c>
-      <c r="G128">
+      <c r="G137" t="s">
+        <v>62</v>
+      </c>
+      <c r="H137">
         <v>2016</v>
       </c>
-      <c r="H128"/>
-[...43 lines deleted...]
-      <c r="J129" t="s">
+      <c r="I137"/>
+      <c r="J137" t="s">
+        <v>812</v>
+      </c>
+      <c r="K137" t="s">
+        <v>34</v>
+      </c>
+      <c r="L137"/>
+      <c r="M137" t="s">
+        <v>813</v>
+      </c>
+      <c r="N137" t="s">
+        <v>36</v>
+      </c>
+      <c r="O137" t="s">
+        <v>814</v>
+      </c>
+      <c r="P137" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>816</v>
+      </c>
+      <c r="B138" t="s">
+        <v>817</v>
+      </c>
+      <c r="C138" t="s">
+        <v>339</v>
+      </c>
+      <c r="D138" t="s">
+        <v>818</v>
+      </c>
+      <c r="E138" t="s">
+        <v>121</v>
+      </c>
+      <c r="F138" t="s">
         <v>21</v>
       </c>
-      <c r="K129"/>
-[...118 lines deleted...]
-      <c r="H132">
+      <c r="G138" t="s">
+        <v>62</v>
+      </c>
+      <c r="H138">
         <v>2013</v>
       </c>
-      <c r="I132" t="s">
-[...44 lines deleted...]
-      <c r="J133" t="s">
+      <c r="I138"/>
+      <c r="J138" t="s">
+        <v>341</v>
+      </c>
+      <c r="K138" t="s">
+        <v>34</v>
+      </c>
+      <c r="L138"/>
+      <c r="M138" t="s">
+        <v>819</v>
+      </c>
+      <c r="N138" t="s">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>820</v>
+      </c>
+      <c r="P138" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>822</v>
+      </c>
+      <c r="B139" t="s">
+        <v>823</v>
+      </c>
+      <c r="C139" t="s">
+        <v>339</v>
+      </c>
+      <c r="D139" t="s">
+        <v>348</v>
+      </c>
+      <c r="E139" t="s">
+        <v>121</v>
+      </c>
+      <c r="F139" t="s">
         <v>21</v>
       </c>
-      <c r="K133"/>
-[...115 lines deleted...]
-      <c r="G136">
+      <c r="G139" t="s">
+        <v>62</v>
+      </c>
+      <c r="H139">
+        <v>2007</v>
+      </c>
+      <c r="I139"/>
+      <c r="J139" t="s">
+        <v>341</v>
+      </c>
+      <c r="K139" t="s">
+        <v>34</v>
+      </c>
+      <c r="L139"/>
+      <c r="M139" t="s">
+        <v>819</v>
+      </c>
+      <c r="N139" t="s">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>824</v>
+      </c>
+      <c r="P139" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>826</v>
+      </c>
+      <c r="B140" t="s">
+        <v>827</v>
+      </c>
+      <c r="C140" t="s">
+        <v>828</v>
+      </c>
+      <c r="D140" t="s">
+        <v>829</v>
+      </c>
+      <c r="E140" t="s">
+        <v>121</v>
+      </c>
+      <c r="F140" t="s">
+        <v>21</v>
+      </c>
+      <c r="G140" t="s">
+        <v>62</v>
+      </c>
+      <c r="H140">
         <v>2021</v>
       </c>
-      <c r="H136"/>
-[...156 lines deleted...]
-      <c r="G140">
+      <c r="I140"/>
+      <c r="J140" t="s">
+        <v>204</v>
+      </c>
+      <c r="K140" t="s">
+        <v>34</v>
+      </c>
+      <c r="L140" t="s">
+        <v>830</v>
+      </c>
+      <c r="M140" t="s">
+        <v>831</v>
+      </c>
+      <c r="N140" t="s">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>832</v>
+      </c>
+      <c r="P140"/>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>826</v>
+      </c>
+      <c r="B141" t="s">
+        <v>827</v>
+      </c>
+      <c r="C141" t="s">
+        <v>828</v>
+      </c>
+      <c r="D141" t="s">
+        <v>829</v>
+      </c>
+      <c r="E141" t="s">
+        <v>121</v>
+      </c>
+      <c r="F141" t="s">
+        <v>21</v>
+      </c>
+      <c r="G141" t="s">
+        <v>62</v>
+      </c>
+      <c r="H141">
         <v>2021</v>
       </c>
-      <c r="H140"/>
-[...44 lines deleted...]
-      </c>
+      <c r="I141"/>
       <c r="J141" t="s">
-        <v>29</v>
+        <v>204</v>
       </c>
       <c r="K141" t="s">
-        <v>561</v>
+        <v>34</v>
       </c>
       <c r="L141" t="s">
-        <v>562</v>
+        <v>830</v>
       </c>
       <c r="M141" t="s">
-        <v>24</v>
+        <v>831</v>
       </c>
       <c r="N141" t="s">
-        <v>564</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
+        <v>833</v>
+      </c>
+      <c r="P141"/>
+    </row>
+    <row r="142" spans="1:16">
       <c r="A142" t="s">
-        <v>565</v>
+        <v>834</v>
       </c>
       <c r="B142" t="s">
-        <v>566</v>
+        <v>835</v>
       </c>
       <c r="C142" t="s">
-        <v>79</v>
+        <v>836</v>
       </c>
       <c r="D142" t="s">
-        <v>87</v>
+        <v>112</v>
       </c>
       <c r="E142" t="s">
-        <v>80</v>
+        <v>121</v>
       </c>
       <c r="F142" t="s">
         <v>43</v>
       </c>
-      <c r="G142">
+      <c r="G142" t="s">
+        <v>62</v>
+      </c>
+      <c r="H142">
         <v>2016</v>
       </c>
-      <c r="H142"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I142"/>
       <c r="J142" t="s">
-        <v>29</v>
+        <v>246</v>
       </c>
       <c r="K142" t="s">
-        <v>81</v>
+        <v>34</v>
       </c>
       <c r="L142" t="s">
-        <v>567</v>
+        <v>113</v>
       </c>
       <c r="M142" t="s">
-        <v>24</v>
+        <v>837</v>
       </c>
       <c r="N142" t="s">
-        <v>568</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>838</v>
+      </c>
+      <c r="P142" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>569</v>
+        <v>840</v>
       </c>
       <c r="B143" t="s">
-        <v>570</v>
+        <v>841</v>
       </c>
       <c r="C143" t="s">
-        <v>219</v>
+        <v>842</v>
       </c>
       <c r="D143" t="s">
-        <v>17</v>
+        <v>308</v>
       </c>
       <c r="E143" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F143" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G143">
+        <v>21</v>
+      </c>
+      <c r="G143" t="s">
+        <v>62</v>
+      </c>
+      <c r="H143">
         <v>2007</v>
       </c>
-      <c r="H143"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I143"/>
       <c r="J143" t="s">
-        <v>29</v>
+        <v>444</v>
       </c>
       <c r="K143" t="s">
-        <v>571</v>
+        <v>34</v>
       </c>
       <c r="L143" t="s">
-        <v>572</v>
+        <v>843</v>
       </c>
       <c r="M143" t="s">
-        <v>24</v>
+        <v>844</v>
       </c>
       <c r="N143" t="s">
-        <v>573</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
+        <v>845</v>
+      </c>
+      <c r="P143" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>574</v>
+        <v>847</v>
       </c>
       <c r="B144" t="s">
-        <v>575</v>
+        <v>848</v>
       </c>
       <c r="C144" t="s">
-        <v>42</v>
+        <v>849</v>
       </c>
       <c r="D144" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="E144" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F144" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G144">
+        <v>21</v>
+      </c>
+      <c r="G144" t="s">
+        <v>62</v>
+      </c>
+      <c r="H144">
         <v>2011</v>
       </c>
-      <c r="H144"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I144"/>
       <c r="J144" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="K144" t="s">
+        <v>34</v>
+      </c>
+      <c r="L144"/>
       <c r="M144" t="s">
-        <v>24</v>
+        <v>850</v>
       </c>
       <c r="N144" t="s">
-        <v>577</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>851</v>
+      </c>
+      <c r="P144" t="s">
+        <v>852</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>578</v>
+        <v>853</v>
       </c>
       <c r="B145" t="s">
-        <v>575</v>
+        <v>854</v>
       </c>
       <c r="C145" t="s">
-        <v>42</v>
+        <v>849</v>
       </c>
       <c r="D145" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="E145" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F145" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G145">
+        <v>21</v>
+      </c>
+      <c r="G145" t="s">
+        <v>62</v>
+      </c>
+      <c r="H145">
         <v>2011</v>
       </c>
-      <c r="H145"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I145"/>
       <c r="J145" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="K145" t="s">
+        <v>34</v>
+      </c>
+      <c r="L145"/>
       <c r="M145" t="s">
-        <v>24</v>
+        <v>850</v>
       </c>
       <c r="N145" t="s">
-        <v>579</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>855</v>
+      </c>
+      <c r="P145" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
       <c r="A146" t="s">
-        <v>580</v>
+        <v>857</v>
       </c>
       <c r="B146" t="s">
-        <v>575</v>
+        <v>858</v>
       </c>
       <c r="C146" t="s">
-        <v>50</v>
+        <v>849</v>
       </c>
       <c r="D146" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="E146" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F146" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G146">
+        <v>21</v>
+      </c>
+      <c r="G146" t="s">
+        <v>62</v>
+      </c>
+      <c r="H146">
         <v>2011</v>
       </c>
-      <c r="H146"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I146"/>
       <c r="J146" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="K146" t="s">
+        <v>34</v>
+      </c>
+      <c r="L146"/>
       <c r="M146" t="s">
-        <v>31</v>
+        <v>850</v>
       </c>
       <c r="N146" t="s">
-        <v>581</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O146" t="s">
+        <v>859</v>
+      </c>
+      <c r="P146" t="s">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
       <c r="A147" t="s">
-        <v>582</v>
+        <v>861</v>
       </c>
       <c r="B147" t="s">
-        <v>376</v>
+        <v>862</v>
       </c>
       <c r="C147" t="s">
-        <v>42</v>
+        <v>538</v>
       </c>
       <c r="D147" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="E147" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F147" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G147">
+        <v>21</v>
+      </c>
+      <c r="G147" t="s">
+        <v>22</v>
+      </c>
+      <c r="H147">
         <v>2012</v>
       </c>
-      <c r="H147">
+      <c r="I147">
         <v>2014</v>
       </c>
-      <c r="I147" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J147" t="s">
-        <v>29</v>
+        <v>375</v>
       </c>
       <c r="K147" t="s">
-        <v>583</v>
+        <v>34</v>
       </c>
       <c r="L147" t="s">
-        <v>379</v>
+        <v>863</v>
       </c>
       <c r="M147" t="s">
-        <v>24</v>
+        <v>541</v>
       </c>
       <c r="N147" t="s">
-        <v>584</v>
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>864</v>
+      </c>
+      <c r="P147" t="s">
+        <v>865</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>