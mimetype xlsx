--- v0 (2025-11-29)
+++ v1 (2026-01-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="365">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="367">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -684,65 +684,65 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2456-energy-commission-energy-efficiency-standards-and-labelling-electric-motors</t>
   </si>
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
     <t>MEPS for 3 Phase Induction Motor</t>
   </si>
   <si>
     <t>This policy applies to 3-phase induction motors with a rated output of 0.75kW-200kW.</t>
   </si>
   <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-3-phase-induction-motor</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Minimum energy performance requirements for three phase electric motors</t>
   </si>
   <si>
     <t>The minimum energy performance standards apply to new motors and motors incorporated into machines:
 i) with rated output less than or equal to 0.73kW and less than 185kW; 
 ii) in 2- 4- 6- and 8-pole configurations; and 
 iii) with voltages rated up to 1100 V AC</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 1359.5:2004; AS 1359.101; AS 1359.102.1; AS/NZS 1359.102.3</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
@@ -804,50 +804,53 @@
     <t>This compulsory specification will cover electric motors with the following parameters: 0.75kW-375kW motors, including those with variable speed drives, including 2, 4, 6, and 8 pole motors. The regulation specifies that electric motors meeting these requirements must have a minimum efficiency class of IE3 as specified in IEC 60034-30-1.</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>IEC 60034-30-1</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-regulator-compulsory-specifications-act-compulsory-specification-efficiency</t>
   </si>
   <si>
     <t>https://www.gov.za/documents/notices/national-regulator-compulsory-specifications-act-compulsory-specification-85</t>
   </si>
   <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
     <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
   </si>
   <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
     <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
@@ -1009,50 +1012,53 @@
     <t>SASO IEC 60034-30:2013</t>
   </si>
   <si>
     <t>This part of IEC 60034 specifies efficiency classes for single-speed; three-phase; 50 Hz and 60 Hz cage-induction motors</t>
   </si>
   <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>SASO IEC 60034-2-1</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-iec-60034-302013</t>
   </si>
   <si>
     <t>http://www.saso.gov.sa/en/mediacenter/events/Pages/saso_events_127.aspx</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
   </si>
   <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
     <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
@@ -1509,51 +1515,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="254.652" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="727.822" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="93.12" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="356.199" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -3217,840 +3223,840 @@
       </c>
       <c r="P35" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
         <v>256</v>
       </c>
       <c r="B36" t="s">
         <v>257</v>
       </c>
       <c r="C36" t="s">
         <v>95</v>
       </c>
       <c r="D36" t="s">
         <v>96</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
-        <v>22</v>
+        <v>258</v>
       </c>
       <c r="H36">
         <v>1997</v>
       </c>
       <c r="I36">
         <v>2005</v>
       </c>
       <c r="J36" t="s">
         <v>97</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="P36" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B37" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C37" t="s">
         <v>95</v>
       </c>
       <c r="D37" t="s">
         <v>96</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H37">
         <v>2004</v>
       </c>
       <c r="I37">
         <v>2025</v>
       </c>
       <c r="J37" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="M37" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="N37" t="s">
         <v>35</v>
       </c>
       <c r="O37" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="P37" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B38" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C38" t="s">
         <v>95</v>
       </c>
       <c r="D38" t="s">
         <v>33</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
         <v>8</v>
       </c>
       <c r="H38">
         <v>2016</v>
       </c>
       <c r="I38">
         <v>2025</v>
       </c>
       <c r="J38" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="M38" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="N38" t="s">
         <v>35</v>
       </c>
       <c r="O38" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="P38" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="B39" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C39" t="s">
         <v>95</v>
       </c>
       <c r="D39" t="s">
         <v>96</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
         <v>43</v>
       </c>
       <c r="H39">
         <v>2021</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
         <v>97</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="P39" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B40" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C40" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D40" t="s">
         <v>33</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
         <v>43</v>
       </c>
       <c r="H40">
         <v>2010</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="N40" t="s">
         <v>35</v>
       </c>
       <c r="O40" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="P40" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B41" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C41" t="s">
         <v>103</v>
       </c>
       <c r="D41" t="s">
         <v>104</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>87</v>
       </c>
       <c r="G41" t="s">
         <v>43</v>
       </c>
       <c r="H41">
         <v>2014</v>
       </c>
       <c r="I41">
         <v>2024</v>
       </c>
       <c r="J41" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="M41" t="s">
         <v>106</v>
       </c>
       <c r="N41" t="s">
         <v>35</v>
       </c>
       <c r="O41" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="P41" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B42" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C42" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D42" t="s">
         <v>104</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>42</v>
       </c>
       <c r="G42" t="s">
         <v>43</v>
       </c>
       <c r="H42">
         <v>2015</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
         <v>172</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="M42" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="N42" t="s">
         <v>35</v>
       </c>
       <c r="O42" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="P42" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B43" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C43" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D43" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>87</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2017</v>
       </c>
       <c r="I43">
         <v>2021</v>
       </c>
       <c r="J43" t="s">
         <v>105</v>
       </c>
       <c r="K43" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="L43" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="M43" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="P43" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="B44" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C44" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D44" t="s">
         <v>33</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>87</v>
       </c>
       <c r="G44" t="s">
         <v>43</v>
       </c>
       <c r="H44">
         <v>2019</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="N44" t="s">
         <v>35</v>
       </c>
       <c r="O44" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="P44" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B45" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C45" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D45" t="s">
         <v>33</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>21</v>
       </c>
       <c r="G45" t="s">
         <v>43</v>
       </c>
       <c r="H45">
         <v>2016</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
         <v>191</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="M45" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="N45" t="s">
         <v>35</v>
       </c>
       <c r="O45" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="P45" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="B46" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C46" t="s">
         <v>95</v>
       </c>
       <c r="D46" t="s">
         <v>33</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>21</v>
       </c>
       <c r="G46" t="s">
-        <v>22</v>
+        <v>323</v>
       </c>
       <c r="H46">
         <v>2010</v>
       </c>
       <c r="I46">
         <v>2016</v>
       </c>
       <c r="J46" t="s">
         <v>97</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="M46" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="P46" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="B47" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="C47" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="D47" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>21</v>
       </c>
       <c r="G47" t="s">
         <v>43</v>
       </c>
       <c r="H47">
         <v>2016</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
         <v>89</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="N47" t="s">
         <v>35</v>
       </c>
       <c r="O47" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="P47" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="B48" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="C48" t="s">
         <v>76</v>
       </c>
       <c r="D48" t="s">
         <v>33</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>21</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>2005</v>
       </c>
       <c r="I48">
         <v>2015</v>
       </c>
       <c r="J48" t="s">
         <v>79</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="M48" t="s">
         <v>80</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="P48" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="B49" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="C49" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="D49" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>42</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>2009</v>
       </c>
       <c r="I49">
         <v>2016</v>
       </c>
       <c r="J49" t="s">
         <v>23</v>
       </c>
       <c r="K49" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="N49" t="s">
         <v>35</v>
       </c>
       <c r="O49" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="P49" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="B50" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="C50" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="D50" t="s">
         <v>58</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>21</v>
       </c>
       <c r="G50" t="s">
         <v>43</v>
       </c>
       <c r="H50">
         <v>2021</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50"/>
       <c r="M50"/>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="P50" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="B51" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="C51" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="D51" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>87</v>
       </c>
       <c r="G51" t="s">
         <v>43</v>
       </c>
       <c r="H51">
         <v>2016</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="P51" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="B52" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="C52" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="D52" t="s">
         <v>33</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>21</v>
       </c>
       <c r="G52" t="s">
         <v>43</v>
       </c>
       <c r="H52">
         <v>2011</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
         <v>44</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="P52" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">