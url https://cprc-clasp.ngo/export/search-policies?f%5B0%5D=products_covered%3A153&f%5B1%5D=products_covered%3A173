--- v0 (2025-11-27)
+++ v1 (2026-03-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="700">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="701">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1166,68 +1166,68 @@
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-ballasts-fluorescent-lamps</t>
   </si>
   <si>
     <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/ballast-factsheet.pdf</t>
   </si>
   <si>
     <t>MEPS for Fluorescent Lamps Ballast</t>
   </si>
   <si>
     <t>By KS C 8100 and KS C 8102 Fluorescent lamps ballasts which are the tubulartype of rated power consumption of 20W, 28W, 32W, and 40W, the circular typeof rated power consumption of 32W, and 40W, and the compact type of ratedpower consumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W,FPL 36W, FPL 45W, and FPL 55W</t>
   </si>
   <si>
     <t>KS C 8100; KS C 8102</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-fluorescent-lamps-ballast</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Minimum energy performance requirements for three phase electric motors</t>
   </si>
   <si>
     <t>The minimum energy performance standards apply to new motors and motors incorporated into machines:
 i) with rated output less than or equal to 0.73kW and less than 185kW; 
 ii) in 2- 4- 6- and 8-pole configurations; and 
 iii) with voltages rated up to 1100 V AC</t>
   </si>
   <si>
     <t>AS/NZS 1359.5:2004; AS 1359.101; AS 1359.102.1; AS/NZS 1359.102.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-requirements-three-phase-electric-motors</t>
   </si>
   <si>
     <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/3-phase-motor-factsheet.pdf</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Fluorescent Light Ballasts</t>
   </si>
@@ -1840,50 +1840,53 @@
     <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4151_01_2.pdf</t>
   </si>
   <si>
     <t>SLS 1200 Energy efficiency rating for fluorescent lamp ballasts</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>SLS 1200:2012</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1200-energy-efficiency-rating-fluorescent-lamp-ballasts</t>
   </si>
   <si>
     <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=1711&amp;lang=en</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
   </si>
   <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
     <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
@@ -2519,51 +2522,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P117"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="224.088" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -7205,1018 +7208,1018 @@
       </c>
       <c r="P96" t="s">
         <v>593</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
         <v>594</v>
       </c>
       <c r="B97" t="s">
         <v>595</v>
       </c>
       <c r="C97" t="s">
         <v>424</v>
       </c>
       <c r="D97" t="s">
         <v>42</v>
       </c>
       <c r="E97" t="s">
         <v>20</v>
       </c>
       <c r="F97" t="s">
         <v>21</v>
       </c>
       <c r="G97" t="s">
-        <v>22</v>
+        <v>596</v>
       </c>
       <c r="H97">
         <v>2010</v>
       </c>
       <c r="I97">
         <v>2016</v>
       </c>
       <c r="J97" t="s">
         <v>270</v>
       </c>
       <c r="K97" t="s">
         <v>34</v>
       </c>
       <c r="L97" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="M97" t="s">
         <v>427</v>
       </c>
       <c r="N97" t="s">
         <v>36</v>
       </c>
       <c r="O97" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="P97" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="B98" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C98" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D98" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="E98" t="s">
         <v>20</v>
       </c>
       <c r="F98" t="s">
         <v>21</v>
       </c>
       <c r="G98" t="s">
         <v>57</v>
       </c>
       <c r="H98">
         <v>2016</v>
       </c>
       <c r="I98"/>
       <c r="J98" t="s">
         <v>169</v>
       </c>
       <c r="K98" t="s">
         <v>34</v>
       </c>
       <c r="L98"/>
       <c r="M98" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="P98" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="B99" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="C99" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D99" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="E99" t="s">
         <v>20</v>
       </c>
       <c r="F99" t="s">
         <v>56</v>
       </c>
       <c r="G99" t="s">
         <v>57</v>
       </c>
       <c r="H99">
         <v>2017</v>
       </c>
       <c r="I99"/>
       <c r="J99" t="s">
         <v>169</v>
       </c>
       <c r="K99" t="s">
         <v>24</v>
       </c>
       <c r="L99"/>
       <c r="M99" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="N99" t="s">
         <v>36</v>
       </c>
       <c r="O99" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="P99" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B100" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="C100" t="s">
         <v>145</v>
       </c>
       <c r="D100" t="s">
         <v>42</v>
       </c>
       <c r="E100" t="s">
         <v>20</v>
       </c>
       <c r="F100" t="s">
         <v>21</v>
       </c>
       <c r="G100" t="s">
         <v>22</v>
       </c>
       <c r="H100">
         <v>2005</v>
       </c>
       <c r="I100">
         <v>2015</v>
       </c>
       <c r="J100" t="s">
         <v>148</v>
       </c>
       <c r="K100" t="s">
         <v>34</v>
       </c>
       <c r="L100" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="M100" t="s">
         <v>149</v>
       </c>
       <c r="N100" t="s">
         <v>36</v>
       </c>
       <c r="O100" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="P100" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="B101" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="C101" t="s">
         <v>145</v>
       </c>
       <c r="D101" t="s">
         <v>48</v>
       </c>
       <c r="E101" t="s">
         <v>20</v>
       </c>
       <c r="F101" t="s">
         <v>21</v>
       </c>
       <c r="G101" t="s">
         <v>22</v>
       </c>
       <c r="H101">
         <v>2008</v>
       </c>
       <c r="I101">
         <v>2015</v>
       </c>
       <c r="J101" t="s">
         <v>148</v>
       </c>
       <c r="K101" t="s">
         <v>34</v>
       </c>
       <c r="L101" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="M101" t="s">
         <v>149</v>
       </c>
       <c r="N101" t="s">
         <v>27</v>
       </c>
       <c r="O101" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="P101" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="B102" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="C102" t="s">
         <v>145</v>
       </c>
       <c r="D102" t="s">
         <v>48</v>
       </c>
       <c r="E102" t="s">
         <v>20</v>
       </c>
       <c r="F102" t="s">
         <v>21</v>
       </c>
       <c r="G102" t="s">
         <v>22</v>
       </c>
       <c r="H102">
         <v>2009</v>
       </c>
       <c r="I102">
         <v>2013</v>
       </c>
       <c r="J102" t="s">
         <v>148</v>
       </c>
       <c r="K102" t="s">
         <v>34</v>
       </c>
       <c r="L102" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="M102" t="s">
         <v>149</v>
       </c>
       <c r="N102" t="s">
         <v>27</v>
       </c>
       <c r="O102" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="P102" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="B103" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="C103" t="s">
         <v>502</v>
       </c>
       <c r="D103" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="E103" t="s">
         <v>20</v>
       </c>
       <c r="F103" t="s">
         <v>56</v>
       </c>
       <c r="G103" t="s">
         <v>22</v>
       </c>
       <c r="H103">
         <v>2009</v>
       </c>
       <c r="I103">
         <v>2016</v>
       </c>
       <c r="J103" t="s">
         <v>33</v>
       </c>
       <c r="K103" t="s">
         <v>24</v>
       </c>
       <c r="L103"/>
       <c r="M103" t="s">
         <v>504</v>
       </c>
       <c r="N103" t="s">
         <v>27</v>
       </c>
       <c r="O103" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="P103" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="B104" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="C104" t="s">
         <v>262</v>
       </c>
       <c r="D104" t="s">
         <v>42</v>
       </c>
       <c r="E104" t="s">
         <v>105</v>
       </c>
       <c r="F104" t="s">
         <v>106</v>
       </c>
       <c r="G104" t="s">
         <v>57</v>
       </c>
       <c r="H104">
         <v>1998</v>
       </c>
       <c r="I104"/>
       <c r="J104" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="K104" t="s">
         <v>34</v>
       </c>
       <c r="L104" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="M104" t="s">
         <v>264</v>
       </c>
       <c r="N104" t="s">
         <v>36</v>
       </c>
       <c r="O104" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="P104" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="B105" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="C105" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="D105" t="s">
         <v>78</v>
       </c>
       <c r="E105" t="s">
         <v>20</v>
       </c>
       <c r="F105" t="s">
         <v>56</v>
       </c>
       <c r="G105" t="s">
         <v>57</v>
       </c>
       <c r="H105">
         <v>2021</v>
       </c>
       <c r="I105"/>
       <c r="J105" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="K105" t="s">
         <v>34</v>
       </c>
       <c r="L105"/>
       <c r="M105"/>
       <c r="N105" t="s">
         <v>27</v>
       </c>
       <c r="O105" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="P105" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="B106" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="C106" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="D106" t="s">
         <v>78</v>
       </c>
       <c r="E106" t="s">
         <v>20</v>
       </c>
       <c r="F106" t="s">
         <v>21</v>
       </c>
       <c r="G106" t="s">
         <v>57</v>
       </c>
       <c r="H106">
         <v>2021</v>
       </c>
       <c r="I106"/>
       <c r="J106" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="K106" t="s">
         <v>34</v>
       </c>
       <c r="L106"/>
       <c r="M106"/>
       <c r="N106" t="s">
         <v>27</v>
       </c>
       <c r="O106" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="P106" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="B107" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="C107" t="s">
         <v>347</v>
       </c>
       <c r="D107" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="E107" t="s">
         <v>20</v>
       </c>
       <c r="F107" t="s">
         <v>98</v>
       </c>
       <c r="G107" t="s">
         <v>57</v>
       </c>
       <c r="H107">
         <v>2016</v>
       </c>
       <c r="I107"/>
       <c r="J107" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="K107" t="s">
         <v>34</v>
       </c>
       <c r="L107"/>
       <c r="M107" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="N107" t="s">
         <v>36</v>
       </c>
       <c r="O107" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="P107" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="B108" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="C108" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="D108" t="s">
         <v>48</v>
       </c>
       <c r="E108" t="s">
         <v>105</v>
       </c>
       <c r="F108" t="s">
         <v>106</v>
       </c>
       <c r="G108" t="s">
         <v>22</v>
       </c>
       <c r="H108">
         <v>2004</v>
       </c>
       <c r="I108">
         <v>2020</v>
       </c>
       <c r="J108" t="s">
         <v>58</v>
       </c>
       <c r="K108" t="s">
         <v>34</v>
       </c>
       <c r="L108" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="M108" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="N108" t="s">
         <v>27</v>
       </c>
       <c r="O108" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="P108" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="B109" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="C109" t="s">
         <v>262</v>
       </c>
       <c r="D109" t="s">
         <v>48</v>
       </c>
       <c r="E109" t="s">
         <v>20</v>
       </c>
       <c r="F109" t="s">
         <v>21</v>
       </c>
       <c r="G109" t="s">
         <v>22</v>
       </c>
       <c r="H109">
         <v>1978</v>
       </c>
       <c r="I109">
         <v>2017</v>
       </c>
       <c r="J109" t="s">
         <v>270</v>
       </c>
       <c r="K109" t="s">
         <v>34</v>
       </c>
       <c r="L109"/>
       <c r="M109" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="N109" t="s">
         <v>27</v>
       </c>
       <c r="O109" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="P109" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="B110" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="C110" t="s">
         <v>262</v>
       </c>
       <c r="D110" t="s">
         <v>399</v>
       </c>
       <c r="E110" t="s">
         <v>105</v>
       </c>
       <c r="F110" t="s">
         <v>21</v>
       </c>
       <c r="G110" t="s">
         <v>57</v>
       </c>
       <c r="H110">
         <v>2014</v>
       </c>
       <c r="I110"/>
       <c r="J110" t="s">
         <v>284</v>
       </c>
       <c r="K110" t="s">
         <v>34</v>
       </c>
       <c r="L110"/>
       <c r="M110" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="N110" t="s">
         <v>27</v>
       </c>
       <c r="O110" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="P110" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="B111" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="C111" t="s">
         <v>262</v>
       </c>
       <c r="D111" t="s">
         <v>399</v>
       </c>
       <c r="E111" t="s">
         <v>20</v>
       </c>
       <c r="F111" t="s">
         <v>21</v>
       </c>
       <c r="G111" t="s">
         <v>57</v>
       </c>
       <c r="H111">
         <v>2017</v>
       </c>
       <c r="I111"/>
       <c r="J111" t="s">
         <v>284</v>
       </c>
       <c r="K111" t="s">
         <v>34</v>
       </c>
       <c r="L111"/>
       <c r="M111" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="N111" t="s">
         <v>27</v>
       </c>
       <c r="O111" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="P111" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="B112" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="C112" t="s">
         <v>262</v>
       </c>
       <c r="D112" t="s">
         <v>283</v>
       </c>
       <c r="E112" t="s">
         <v>105</v>
       </c>
       <c r="F112" t="s">
         <v>21</v>
       </c>
       <c r="G112" t="s">
         <v>57</v>
       </c>
       <c r="H112">
         <v>2007</v>
       </c>
       <c r="I112"/>
       <c r="J112" t="s">
         <v>284</v>
       </c>
       <c r="K112" t="s">
         <v>34</v>
       </c>
       <c r="L112"/>
       <c r="M112" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="N112" t="s">
         <v>27</v>
       </c>
       <c r="O112" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="P112" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="B113" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="C113" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="D113" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="E113" t="s">
         <v>105</v>
       </c>
       <c r="F113" t="s">
         <v>21</v>
       </c>
       <c r="G113" t="s">
         <v>57</v>
       </c>
       <c r="H113">
         <v>2021</v>
       </c>
       <c r="I113"/>
       <c r="J113" t="s">
         <v>270</v>
       </c>
       <c r="K113" t="s">
         <v>34</v>
       </c>
       <c r="L113" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="M113" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="N113" t="s">
         <v>27</v>
       </c>
       <c r="O113" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="P113"/>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="B114" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="C114" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="D114" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="E114" t="s">
         <v>105</v>
       </c>
       <c r="F114" t="s">
         <v>21</v>
       </c>
       <c r="G114" t="s">
         <v>57</v>
       </c>
       <c r="H114">
         <v>2021</v>
       </c>
       <c r="I114"/>
       <c r="J114" t="s">
         <v>270</v>
       </c>
       <c r="K114" t="s">
         <v>34</v>
       </c>
       <c r="L114" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="M114" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="N114" t="s">
         <v>27</v>
       </c>
       <c r="O114" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="P114"/>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="B115" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="C115" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="D115" t="s">
         <v>97</v>
       </c>
       <c r="E115" t="s">
         <v>105</v>
       </c>
       <c r="F115" t="s">
         <v>98</v>
       </c>
       <c r="G115" t="s">
         <v>57</v>
       </c>
       <c r="H115">
         <v>2016</v>
       </c>
       <c r="I115"/>
       <c r="J115" t="s">
         <v>198</v>
       </c>
       <c r="K115" t="s">
         <v>34</v>
       </c>
       <c r="L115" t="s">
         <v>99</v>
       </c>
       <c r="M115" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="N115" t="s">
         <v>27</v>
       </c>
       <c r="O115" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="P115" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="B116" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="C116" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="D116" t="s">
         <v>48</v>
       </c>
       <c r="E116" t="s">
         <v>20</v>
       </c>
       <c r="F116" t="s">
         <v>98</v>
       </c>
       <c r="G116" t="s">
         <v>57</v>
       </c>
       <c r="H116">
         <v>2011</v>
       </c>
       <c r="I116"/>
       <c r="J116" t="s">
         <v>433</v>
       </c>
       <c r="K116" t="s">
         <v>34</v>
       </c>
       <c r="L116"/>
       <c r="M116" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="N116" t="s">
         <v>27</v>
       </c>
       <c r="O116" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="P116" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="B117" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="C117" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="D117" t="s">
         <v>42</v>
       </c>
       <c r="E117" t="s">
         <v>20</v>
       </c>
       <c r="F117" t="s">
         <v>21</v>
       </c>
       <c r="G117" t="s">
         <v>57</v>
       </c>
       <c r="H117">
         <v>2011</v>
       </c>
       <c r="I117"/>
       <c r="J117" t="s">
         <v>58</v>
       </c>
       <c r="K117" t="s">
         <v>34</v>
       </c>
       <c r="L117"/>
       <c r="M117" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="N117" t="s">
         <v>36</v>
       </c>
       <c r="O117" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="P117" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">