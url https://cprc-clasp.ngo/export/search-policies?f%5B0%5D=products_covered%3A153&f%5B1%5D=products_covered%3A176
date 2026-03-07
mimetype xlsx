--- v0 (2025-11-27)
+++ v1 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="431">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="432">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -748,71 +748,71 @@
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2456-energy-commission-energy-efficiency-standards-and-labelling-electric-motors</t>
   </si>
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
     <t>MEPS for 3 Phase Induction Motor</t>
   </si>
   <si>
     <t>This policy applies to 3-phase induction motors with a rated output of 0.75kW-200kW.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-3-phase-induction-motor</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Minimum energy performance requirements for three phase electric motors</t>
   </si>
   <si>
     <t>The minimum energy performance standards apply to new motors and motors incorporated into machines:
 i) with rated output less than or equal to 0.73kW and less than 185kW; 
 ii) in 2- 4- 6- and 8-pole configurations; and 
 iii) with voltages rated up to 1100 V AC</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 1359.5:2004; AS 1359.101; AS 1359.102.1; AS/NZS 1359.102.3</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
@@ -1144,50 +1144,53 @@
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4147</t>
   </si>
   <si>
     <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
   </si>
   <si>
     <t>Sello FIDE No. 4151 - Three Phase Gear Motors</t>
   </si>
   <si>
     <t>This endorsement label establishes specifications for three phase cycloidal gear motors, with electrical power in fractional induction motors from 0.093kW to 0.559kW, and three phase induction motors from 0.746kW to 1492kW, reduction ratios from 2:1 to 7569:1, with nominal voltages 220, 208-230/460 and 460V, with a frequency of 60 Hertz, vertical or horizontal mounting, single or double reduction.</t>
   </si>
   <si>
     <t>NOM-016-ENER / CSA-C747-94 / UL 1004 / IEC 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4151-three-phase-gear-motors</t>
   </si>
   <si>
     <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4151_01_2.pdf</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
   </si>
   <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
     <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
@@ -1706,51 +1709,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="114.258" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="356.199" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -4252,588 +4255,588 @@
       </c>
       <c r="P52" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
         <v>364</v>
       </c>
       <c r="B53" t="s">
         <v>365</v>
       </c>
       <c r="C53" t="s">
         <v>273</v>
       </c>
       <c r="D53" t="s">
         <v>33</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>21</v>
       </c>
       <c r="G53" t="s">
-        <v>22</v>
+        <v>366</v>
       </c>
       <c r="H53">
         <v>2010</v>
       </c>
       <c r="I53">
         <v>2016</v>
       </c>
       <c r="J53" t="s">
         <v>241</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="M53" t="s">
         <v>276</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="P53" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="B54" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C54" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D54" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>21</v>
       </c>
       <c r="G54" t="s">
         <v>43</v>
       </c>
       <c r="H54">
         <v>2016</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
         <v>133</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54"/>
       <c r="M54" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="N54" t="s">
         <v>35</v>
       </c>
       <c r="O54" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="P54" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="B55" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C55" t="s">
         <v>107</v>
       </c>
       <c r="D55" t="s">
         <v>33</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>21</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
         <v>2005</v>
       </c>
       <c r="I55">
         <v>2015</v>
       </c>
       <c r="J55" t="s">
         <v>110</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="M55" t="s">
         <v>111</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="P55" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B56" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C56" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="D56" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>42</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
         <v>2009</v>
       </c>
       <c r="I56">
         <v>2016</v>
       </c>
       <c r="J56" t="s">
         <v>23</v>
       </c>
       <c r="K56" t="s">
         <v>322</v>
       </c>
       <c r="L56"/>
       <c r="M56" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="N56" t="s">
         <v>35</v>
       </c>
       <c r="O56" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="P56" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="B57" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C57" t="s">
         <v>178</v>
       </c>
       <c r="D57" t="s">
         <v>33</v>
       </c>
       <c r="E57" t="s">
         <v>82</v>
       </c>
       <c r="F57" t="s">
         <v>83</v>
       </c>
       <c r="G57" t="s">
         <v>43</v>
       </c>
       <c r="H57">
         <v>1998</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="M57" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="P57" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B58" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C58" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D58" t="s">
         <v>64</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>42</v>
       </c>
       <c r="G58" t="s">
         <v>43</v>
       </c>
       <c r="H58">
         <v>2021</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58"/>
       <c r="M58"/>
       <c r="N58" t="s">
         <v>35</v>
       </c>
       <c r="O58" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="P58" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B59" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C59" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D59" t="s">
         <v>64</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>21</v>
       </c>
       <c r="G59" t="s">
         <v>43</v>
       </c>
       <c r="H59">
         <v>2021</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59"/>
       <c r="M59"/>
       <c r="N59" t="s">
         <v>35</v>
       </c>
       <c r="O59" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="P59" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B60" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C60" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D60" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>132</v>
       </c>
       <c r="G60" t="s">
         <v>43</v>
       </c>
       <c r="H60">
         <v>2016</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60"/>
       <c r="M60" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="P60" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="B61" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="C61" t="s">
         <v>178</v>
       </c>
       <c r="D61" t="s">
         <v>179</v>
       </c>
       <c r="E61" t="s">
         <v>82</v>
       </c>
       <c r="F61" t="s">
         <v>21</v>
       </c>
       <c r="G61" t="s">
         <v>43</v>
       </c>
       <c r="H61">
         <v>2007</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
         <v>180</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61"/>
       <c r="M61" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="N61" t="s">
         <v>35</v>
       </c>
       <c r="O61" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="P61" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B62" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C62" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="D62" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="E62" t="s">
         <v>82</v>
       </c>
       <c r="F62" t="s">
         <v>21</v>
       </c>
       <c r="G62" t="s">
         <v>43</v>
       </c>
       <c r="H62">
         <v>2021</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
         <v>241</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="M62" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="N62" t="s">
         <v>35</v>
       </c>
       <c r="O62" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="P62"/>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B63" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C63" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="D63" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="E63" t="s">
         <v>82</v>
       </c>
       <c r="F63" t="s">
         <v>21</v>
       </c>
       <c r="G63" t="s">
         <v>43</v>
       </c>
       <c r="H63">
         <v>2021</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
         <v>241</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="M63" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="N63" t="s">
         <v>35</v>
       </c>
       <c r="O63" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="P63"/>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B64" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C64" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="D64" t="s">
         <v>33</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>21</v>
       </c>
       <c r="G64" t="s">
         <v>43</v>
       </c>
       <c r="H64">
         <v>2011</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
         <v>44</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64"/>
       <c r="M64" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="P64" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">