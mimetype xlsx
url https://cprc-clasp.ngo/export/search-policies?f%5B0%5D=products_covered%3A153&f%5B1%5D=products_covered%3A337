--- v0 (2025-11-27)
+++ v1 (2026-03-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="602">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="604">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1123,84 +1123,84 @@
   <si>
     <t>MEPS for 3 Phase Induction Motor</t>
   </si>
   <si>
     <t>This policy applies to 3-phase induction motors with a rated output of 0.75kW-200kW.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-3-phase-induction-motor</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
     <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Minimum energy performance requirements for three phase electric motors</t>
   </si>
   <si>
     <t>The minimum energy performance standards apply to new motors and motors incorporated into machines:
 i) with rated output less than or equal to 0.73kW and less than 185kW; 
 ii) in 2- 4- 6- and 8-pole configurations; and 
 iii) with voltages rated up to 1100 V AC</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 1359.5:2004; AS 1359.101; AS 1359.102.1; AS/NZS 1359.102.3</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-requirements-three-phase-electric-motors</t>
   </si>
@@ -1662,63 +1662,69 @@
   <si>
     <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
   </si>
   <si>
     <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
     <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
   </si>
   <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
   </si>
   <si>
     <t>Packaged Terminals, Central ACs</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
   </si>
   <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
     <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
@@ -2218,51 +2224,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P93"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="172.101" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -6210,554 +6216,554 @@
       </c>
       <c r="P82" t="s">
         <v>533</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
         <v>534</v>
       </c>
       <c r="B83" t="s">
         <v>535</v>
       </c>
       <c r="C83" t="s">
         <v>405</v>
       </c>
       <c r="D83" t="s">
         <v>536</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
         <v>123</v>
       </c>
       <c r="G83" t="s">
-        <v>22</v>
+        <v>537</v>
       </c>
       <c r="H83">
         <v>2002</v>
       </c>
       <c r="I83">
         <v>2007</v>
       </c>
       <c r="J83" t="s">
         <v>352</v>
       </c>
       <c r="K83" t="s">
         <v>34</v>
       </c>
       <c r="L83" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="M83" t="s">
         <v>408</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="P83" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="B84" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C84" t="s">
         <v>405</v>
       </c>
       <c r="D84" t="s">
         <v>53</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
         <v>21</v>
       </c>
       <c r="G84" t="s">
-        <v>22</v>
+        <v>543</v>
       </c>
       <c r="H84">
         <v>2010</v>
       </c>
       <c r="I84">
         <v>2016</v>
       </c>
       <c r="J84" t="s">
         <v>352</v>
       </c>
       <c r="K84" t="s">
         <v>34</v>
       </c>
       <c r="L84" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="M84" t="s">
         <v>408</v>
       </c>
       <c r="N84" t="s">
         <v>36</v>
       </c>
       <c r="O84" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="P84" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="B85" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="C85" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="D85" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
         <v>21</v>
       </c>
       <c r="G85" t="s">
         <v>61</v>
       </c>
       <c r="H85">
         <v>2016</v>
       </c>
       <c r="I85"/>
       <c r="J85" t="s">
         <v>203</v>
       </c>
       <c r="K85" t="s">
         <v>34</v>
       </c>
       <c r="L85"/>
       <c r="M85" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="P85" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="B86" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C86" t="s">
         <v>173</v>
       </c>
       <c r="D86" t="s">
         <v>53</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
         <v>21</v>
       </c>
       <c r="G86" t="s">
         <v>22</v>
       </c>
       <c r="H86">
         <v>2005</v>
       </c>
       <c r="I86">
         <v>2015</v>
       </c>
       <c r="J86" t="s">
         <v>176</v>
       </c>
       <c r="K86" t="s">
         <v>34</v>
       </c>
       <c r="L86" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="M86" t="s">
         <v>177</v>
       </c>
       <c r="N86" t="s">
         <v>36</v>
       </c>
       <c r="O86" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="P86" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="B87" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="C87" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="D87" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
         <v>43</v>
       </c>
       <c r="G87" t="s">
         <v>22</v>
       </c>
       <c r="H87">
         <v>2009</v>
       </c>
       <c r="I87">
         <v>2016</v>
       </c>
       <c r="J87" t="s">
         <v>33</v>
       </c>
       <c r="K87" t="s">
         <v>24</v>
       </c>
       <c r="L87"/>
       <c r="M87" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="N87" t="s">
         <v>27</v>
       </c>
       <c r="O87" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="P87" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="B88" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="C88" t="s">
         <v>292</v>
       </c>
       <c r="D88" t="s">
         <v>53</v>
       </c>
       <c r="E88" t="s">
         <v>42</v>
       </c>
       <c r="F88" t="s">
         <v>106</v>
       </c>
       <c r="G88" t="s">
         <v>61</v>
       </c>
       <c r="H88">
         <v>1998</v>
       </c>
       <c r="I88"/>
       <c r="J88" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="K88" t="s">
         <v>34</v>
       </c>
       <c r="L88" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="M88" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="N88" t="s">
         <v>36</v>
       </c>
       <c r="O88" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="P88" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="B89" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="C89" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="D89" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
         <v>123</v>
       </c>
       <c r="G89" t="s">
         <v>61</v>
       </c>
       <c r="H89">
         <v>2016</v>
       </c>
       <c r="I89"/>
       <c r="J89" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="K89" t="s">
         <v>34</v>
       </c>
       <c r="L89"/>
       <c r="M89" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="N89" t="s">
         <v>36</v>
       </c>
       <c r="O89" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="P89" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="B90" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="C90" t="s">
         <v>292</v>
       </c>
       <c r="D90" t="s">
         <v>293</v>
       </c>
       <c r="E90" t="s">
         <v>42</v>
       </c>
       <c r="F90" t="s">
         <v>21</v>
       </c>
       <c r="G90" t="s">
         <v>61</v>
       </c>
       <c r="H90">
         <v>2007</v>
       </c>
       <c r="I90"/>
       <c r="J90" t="s">
         <v>294</v>
       </c>
       <c r="K90" t="s">
         <v>34</v>
       </c>
       <c r="L90"/>
       <c r="M90" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="P90" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="B91" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="C91" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="D91" t="s">
         <v>122</v>
       </c>
       <c r="E91" t="s">
         <v>42</v>
       </c>
       <c r="F91" t="s">
         <v>123</v>
       </c>
       <c r="G91" t="s">
         <v>61</v>
       </c>
       <c r="H91">
         <v>2016</v>
       </c>
       <c r="I91"/>
       <c r="J91" t="s">
         <v>224</v>
       </c>
       <c r="K91" t="s">
         <v>34</v>
       </c>
       <c r="L91" t="s">
         <v>124</v>
       </c>
       <c r="M91" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="P91" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="B92" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="C92" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="D92" t="s">
         <v>68</v>
       </c>
       <c r="E92" t="s">
         <v>20</v>
       </c>
       <c r="F92" t="s">
         <v>123</v>
       </c>
       <c r="G92" t="s">
         <v>61</v>
       </c>
       <c r="H92">
         <v>2014</v>
       </c>
       <c r="I92">
         <v>2019</v>
       </c>
       <c r="J92" t="s">
         <v>76</v>
       </c>
       <c r="K92" t="s">
         <v>34</v>
       </c>
       <c r="L92"/>
       <c r="M92" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="N92" t="s">
         <v>27</v>
       </c>
       <c r="O92" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="P92" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="B93" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="C93" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="D93" t="s">
         <v>53</v>
       </c>
       <c r="E93" t="s">
         <v>20</v>
       </c>
       <c r="F93" t="s">
         <v>21</v>
       </c>
       <c r="G93" t="s">
         <v>61</v>
       </c>
       <c r="H93">
         <v>2011</v>
       </c>
       <c r="I93"/>
       <c r="J93" t="s">
         <v>44</v>
       </c>
       <c r="K93" t="s">
         <v>34</v>
       </c>
       <c r="L93"/>
       <c r="M93" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="N93" t="s">
         <v>36</v>
       </c>
       <c r="O93" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="P93" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">