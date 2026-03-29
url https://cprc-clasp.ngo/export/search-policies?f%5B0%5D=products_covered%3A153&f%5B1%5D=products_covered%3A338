--- v0 (2025-11-27)
+++ v1 (2026-03-29)
@@ -593,314 +593,311 @@
     <t>https://cprc-clasp.ngo/policies/gb-30254-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-cage</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E8DAD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
     <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
 - Drying Performance
 - Energy Consumption
 - Water Usage
 - Program Time
 - Drying Uniformity
 - Condensation Efficiency
 - Noise Level
 - Off/Standby Power
 - Fluffiness Performance
 - Wrinkle Removal Performance
 - Washing Performance for Washer-Dryer Combo Machines
 - Washing-Drying Performance
 - Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
+    <t>January 2025</t>
+  </si>
+  <si>
+    <t>SAMR, SAC</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
+  </si>
+  <si>
+    <t>Greenhouse and Energy Minimum Standards (Three Phase Cage Induction Motors) Determination 2019</t>
+  </si>
+  <si>
+    <t>This Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c. with rated voltages up to 1100 V, alternating current (AC). NOTE: This range includes motors with ratings of 1 hp and 1 CV/PS (French/German or metric horsepower). MEPS does not apply to submersible motors, integral motor-gear systems, variable or multi-speed speed motors or those rated only for short duty cycles (IEC60034-2 duty rating S2).</t>
+  </si>
+  <si>
+    <t>Australia</t>
+  </si>
+  <si>
+    <t>July 2025</t>
+  </si>
+  <si>
+    <t>AS 1359.102.1:1997 (Method B), AS 1359.102.3:2003 (Method A)</t>
+  </si>
+  <si>
+    <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-three-phase-cage-induction-motors-determination</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Series/F2019L00968</t>
+  </si>
+  <si>
+    <t>High Energy Performance Label for 3 phase motor</t>
+  </si>
+  <si>
+    <t>This scheme covers three-phase squirrel-cage induction motors with rated output power from 0.73-185.0 kW and for a power supply with a frequency of 50-60 Hz, rated voltage of 380 V. It excludes submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications.</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>Motors and Motor Driven Equipment, Motors, 3-Phase Motors</t>
+  </si>
+  <si>
+    <t>April 2022</t>
+  </si>
+  <si>
+    <t>TIS 867-2550 or IEC 60034-2</t>
+  </si>
+  <si>
+    <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-3-phase-motor</t>
+  </si>
+  <si>
+    <t>https://www.dede.go.th/download/general_65/5_01032565.pdf</t>
+  </si>
+  <si>
+    <t>High-efficiency Appliances Certification Program for 3 Phase Induction Motor</t>
+  </si>
+  <si>
+    <t>Three phase induction motors</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-3-phase-induction-motor</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 290 of 7 July 2021</t>
+  </si>
+  <si>
+    <t>This policy specifies quality and conformity assessment requirements for 3-phase squirrel cage motor labeling.</t>
+  </si>
+  <si>
+    <t>Brazil</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>ABNT NBR 17094-3:2018 / ABNT NBR 17094-1:2018</t>
+  </si>
+  <si>
+    <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-290-7-july-2021</t>
+  </si>
+  <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-290-de-7-de-julho-de-2021-331319038</t>
+  </si>
+  <si>
+    <t>INTE E13-1 2017</t>
+  </si>
+  <si>
+    <t>This standard establishes the associated nominal and minimum efficiency values; the test method for its evaluation; and the labeling specification of the nominal efficiency; on the motor data plate. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
+    <t>Costa Rica</t>
+  </si>
+  <si>
+    <t>September 2018</t>
+  </si>
+  <si>
+    <t>Institute of Technical Standards of Costa Rica</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e13-1-2017</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-1-2017-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-limites-de-eficiencia-2323?search=INTE+28</t>
+  </si>
+  <si>
+    <t>INTE E13-2 2018</t>
+  </si>
+  <si>
+    <t>This standard establishes the labeling requirements for the associated nominal and minimum efficiency values ??of the efficiency of alternating current; three-phase induction motors. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e13-2-2018</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-2-2018-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-etiquetado-2660?search=INTE+28</t>
+  </si>
+  <si>
+    <t>ISIRI 7966, 1st Edition, Specification for energy consumption and energy labeling of three phase electrical motors</t>
+  </si>
+  <si>
+    <t>This policy covers all motors with 3 phase general purpose</t>
+  </si>
+  <si>
+    <t>Iran</t>
+  </si>
+  <si>
+    <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-7966-1st-edition-specification-energy-consumption-and-energy-labeling-three-phase</t>
+  </si>
+  <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
+    <t>JS 2094:2013 Technical Regulation on eco-design requirements for electric motors</t>
+  </si>
+  <si>
+    <t>This policy establishes ecodesign requirements for placing on the market and for putting into service of motors, including where integrated in other products.</t>
+  </si>
+  <si>
+    <t>Jordan</t>
+  </si>
+  <si>
+    <t>JS 2094</t>
+  </si>
+  <si>
+    <t>National Energy Research Centre (NERC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-20942013-technical-regulation-eco-design-requirements-electric-motors</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5463</t>
+  </si>
+  <si>
+    <t>JS 2097:2013 Energy labeling of household combined washer-driers</t>
+  </si>
+  <si>
+    <t>This policy covers electric mains operated household combined washer-driers. Appliances that can also use other energy sources are excluded.</t>
+  </si>
+  <si>
+    <t>JS 2096</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-20972013-energy-labeling-household-combined-washer-driers</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5458</t>
+  </si>
+  <si>
+    <t>JS 60456:2012 Clothes washing machines for household use - Methods for measuring the performance (EN 60456:2001 + AC:2011)</t>
+  </si>
+  <si>
+    <t>This policy specifies methods for measuring the performance of clothes washing machines for household use, with or without heating devices utilising cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force (spin extractors) and is applicable to appliances for both washing and drying textiles (washer-dryers).</t>
+  </si>
+  <si>
+    <t>JS 2103</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-604562012-clothes-washing-machines-household-use-methods-measuring-performance-en</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5305</t>
+  </si>
+  <si>
+    <t>LI 2456 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Motors) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to an induction motor whether sold separately or partly integrated in other products that has 2,4,6, or 8 poles; has a rated voltage that's more than 50 V but less than 1000 V; has a rated power output of 0.12 kW up to 1000 kW; is rated to operate at a frequency of 50 Hz; is rated on the basis of continuous duty operation, and; is rated for direct on-line operation.</t>
+  </si>
+  <si>
+    <t>Ghana</t>
+  </si>
+  <si>
+    <t>March 2023</t>
+  </si>
+  <si>
+    <t>Ghana Energy Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2456-energy-commission-energy-efficiency-standards-and-labelling-electric-motors</t>
+  </si>
+  <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
+    <t>MEPS for 3 Phase Induction Motor</t>
+  </si>
+  <si>
+    <t>This policy applies to 3-phase induction motors with a rated output of 0.75kW-200kW.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-3-phase-induction-motor</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
+  </si>
+  <si>
+    <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
+  </si>
+  <si>
     <t>New</t>
-  </si>
-[...238 lines deleted...]
-    <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Minimum energy performance requirements for three phase electric motors</t>
   </si>
   <si>
     <t>The minimum energy performance standards apply to new motors and motors incorporated into machines:
 i) with rated output less than or equal to 0.73kW and less than 185kW; 
 ii) in 2- 4- 6- and 8-pole configurations; and 
 iii) with voltages rated up to 1100 V AC</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 1359.5:2004; AS 1359.101; AS 1359.102.1; AS/NZS 1359.102.3</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
@@ -1334,50 +1331,53 @@
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4147</t>
   </si>
   <si>
     <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
   </si>
   <si>
     <t>Sello FIDE No. 4151 - Three Phase Gear Motors</t>
   </si>
   <si>
     <t>This endorsement label establishes specifications for three phase cycloidal gear motors, with electrical power in fractional induction motors from 0.093kW to 0.559kW, and three phase induction motors from 0.746kW to 1492kW, reduction ratios from 2:1 to 7569:1, with nominal voltages 220, 208-230/460 and 460V, with a frequency of 60 Hertz, vertical or horizontal mounting, single or double reduction.</t>
   </si>
   <si>
     <t>NOM-016-ENER / CSA-C747-94 / UL 1004 / IEC 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4151-three-phase-gear-motors</t>
   </si>
   <si>
     <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4151_01_2.pdf</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
   </si>
   <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
     <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
@@ -1921,51 +1921,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P71"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="83.694" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="114.258" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="356.199" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -3051,1825 +3051,1827 @@
       </c>
       <c r="L23" t="s">
         <v>178</v>
       </c>
       <c r="M23" t="s">
         <v>179</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
         <v>180</v>
       </c>
       <c r="P23" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
         <v>182</v>
       </c>
       <c r="B24" t="s">
         <v>183</v>
       </c>
       <c r="C24" t="s">
+        <v>50</v>
+      </c>
+      <c r="D24" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="E24" t="s">
         <v>86</v>
       </c>
       <c r="F24" t="s">
+        <v>185</v>
+      </c>
+      <c r="G24" t="s">
+        <v>8</v>
+      </c>
+      <c r="H24">
+        <v>2008</v>
+      </c>
+      <c r="I24">
+        <v>2024</v>
+      </c>
+      <c r="J24" t="s">
         <v>186</v>
-      </c>
-[...8 lines deleted...]
-        <v>188</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="N24" t="s">
         <v>67</v>
       </c>
       <c r="O24" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="P24" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
+        <v>190</v>
+      </c>
+      <c r="B25" t="s">
+        <v>191</v>
+      </c>
+      <c r="C25" t="s">
         <v>192</v>
-      </c>
-[...4 lines deleted...]
-        <v>194</v>
       </c>
       <c r="D25" t="s">
         <v>33</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2001</v>
       </c>
       <c r="I25">
         <v>2019</v>
       </c>
       <c r="J25" t="s">
+        <v>193</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>194</v>
+      </c>
+      <c r="M25" t="s">
         <v>195</v>
-      </c>
-[...7 lines deleted...]
-        <v>197</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="P25" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
+        <v>198</v>
+      </c>
+      <c r="B26" t="s">
+        <v>199</v>
+      </c>
+      <c r="C26" t="s">
         <v>200</v>
       </c>
-      <c r="B26" t="s">
+      <c r="D26" t="s">
         <v>201</v>
-      </c>
-[...4 lines deleted...]
-        <v>203</v>
       </c>
       <c r="E26" t="s">
         <v>86</v>
       </c>
       <c r="F26" t="s">
         <v>42</v>
       </c>
       <c r="G26" t="s">
         <v>43</v>
       </c>
       <c r="H26">
         <v>2022</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
+        <v>202</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>203</v>
+      </c>
+      <c r="M26" t="s">
         <v>204</v>
-      </c>
-[...7 lines deleted...]
-        <v>206</v>
       </c>
       <c r="N26" t="s">
         <v>35</v>
       </c>
       <c r="O26" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="P26" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="B27" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="C27" t="s">
         <v>138</v>
       </c>
       <c r="D27" t="s">
         <v>33</v>
       </c>
       <c r="E27" t="s">
         <v>86</v>
       </c>
       <c r="F27" t="s">
         <v>87</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>1996</v>
       </c>
       <c r="I27">
         <v>2010</v>
       </c>
       <c r="J27" t="s">
         <v>140</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
         <v>142</v>
       </c>
       <c r="N27" t="s">
         <v>35</v>
       </c>
       <c r="O27" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="P27" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
+        <v>211</v>
+      </c>
+      <c r="B28" t="s">
+        <v>212</v>
+      </c>
+      <c r="C28" t="s">
         <v>213</v>
-      </c>
-[...4 lines deleted...]
-        <v>215</v>
       </c>
       <c r="D28" t="s">
         <v>33</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>42</v>
       </c>
       <c r="G28" t="s">
         <v>43</v>
       </c>
       <c r="H28">
         <v>2021</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
+        <v>214</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>215</v>
+      </c>
+      <c r="M28" t="s">
         <v>216</v>
-      </c>
-[...7 lines deleted...]
-        <v>218</v>
       </c>
       <c r="N28" t="s">
         <v>35</v>
       </c>
       <c r="O28" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="P28" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
+        <v>219</v>
+      </c>
+      <c r="B29" t="s">
+        <v>220</v>
+      </c>
+      <c r="C29" t="s">
         <v>221</v>
-      </c>
-[...4 lines deleted...]
-        <v>223</v>
       </c>
       <c r="D29" t="s">
         <v>33</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>1996</v>
       </c>
       <c r="I29">
         <v>2017</v>
       </c>
       <c r="J29" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="P29" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="B30" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="C30" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="D30" t="s">
         <v>33</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>42</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>1996</v>
       </c>
       <c r="I30">
         <v>2018</v>
       </c>
       <c r="J30" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="P30" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
+        <v>230</v>
+      </c>
+      <c r="B31" t="s">
+        <v>231</v>
+      </c>
+      <c r="C31" t="s">
         <v>232</v>
-      </c>
-[...4 lines deleted...]
-        <v>234</v>
       </c>
       <c r="D31" t="s">
         <v>33</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>130</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2012</v>
       </c>
       <c r="I31">
         <v>2012</v>
       </c>
       <c r="J31" t="s">
         <v>140</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="N31" t="s">
         <v>35</v>
       </c>
       <c r="O31" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="P31" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
+        <v>236</v>
+      </c>
+      <c r="B32" t="s">
+        <v>237</v>
+      </c>
+      <c r="C32" t="s">
         <v>238</v>
-      </c>
-[...4 lines deleted...]
-        <v>240</v>
       </c>
       <c r="D32" t="s">
         <v>33</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2013</v>
       </c>
       <c r="I32">
         <v>2014</v>
       </c>
       <c r="J32" t="s">
         <v>94</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="M32" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="N32" t="s">
         <v>35</v>
       </c>
       <c r="O32" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="P32" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="B33" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="C33" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="D33" t="s">
         <v>139</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>42</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2013</v>
       </c>
       <c r="I33">
         <v>2014</v>
       </c>
       <c r="J33" t="s">
         <v>94</v>
       </c>
       <c r="K33" t="s">
         <v>66</v>
       </c>
       <c r="L33" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="M33" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="N33" t="s">
         <v>35</v>
       </c>
       <c r="O33" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="P33" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="B34" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="C34" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="D34" t="s">
         <v>139</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2012</v>
       </c>
       <c r="I34">
         <v>2013</v>
       </c>
       <c r="J34" t="s">
         <v>94</v>
       </c>
       <c r="K34" t="s">
         <v>66</v>
       </c>
       <c r="L34" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="M34" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="N34" t="s">
         <v>35</v>
       </c>
       <c r="O34" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="P34" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
+        <v>253</v>
+      </c>
+      <c r="B35" t="s">
+        <v>254</v>
+      </c>
+      <c r="C35" t="s">
         <v>255</v>
-      </c>
-[...4 lines deleted...]
-        <v>257</v>
       </c>
       <c r="D35" t="s">
         <v>121</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>43</v>
       </c>
       <c r="H35">
         <v>2022</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="P35" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="B36" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="C36" t="s">
         <v>138</v>
       </c>
       <c r="D36" t="s">
         <v>33</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2008</v>
       </c>
       <c r="I36">
         <v>2016</v>
       </c>
       <c r="J36" t="s">
         <v>140</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
         <v>142</v>
       </c>
       <c r="N36" t="s">
         <v>35</v>
       </c>
       <c r="O36" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="P36" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="B37" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="C37" t="s">
         <v>128</v>
       </c>
       <c r="D37" t="s">
         <v>33</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
-        <v>187</v>
+        <v>266</v>
       </c>
       <c r="H37">
         <v>2018</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
+        <v>267</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
         <v>268</v>
       </c>
-      <c r="K37" t="s">
-[...2 lines deleted...]
-      <c r="L37" t="s">
+      <c r="M37" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
+        <v>270</v>
+      </c>
+      <c r="P37" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
+        <v>272</v>
+      </c>
+      <c r="B38" t="s">
         <v>273</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="D38" t="s">
         <v>33</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2002</v>
       </c>
       <c r="I38">
         <v>2006</v>
       </c>
       <c r="J38" t="s">
+        <v>275</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
         <v>276</v>
       </c>
-      <c r="K38" t="s">
-[...2 lines deleted...]
-      <c r="L38" t="s">
+      <c r="M38" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
       <c r="N38" t="s">
         <v>35</v>
       </c>
       <c r="O38" t="s">
+        <v>278</v>
+      </c>
+      <c r="P38" t="s">
         <v>279</v>
-      </c>
-[...1 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
+        <v>280</v>
+      </c>
+      <c r="B39" t="s">
         <v>281</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
       <c r="D39" t="s">
         <v>33</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2002</v>
       </c>
       <c r="I39">
         <v>2016</v>
       </c>
       <c r="J39" t="s">
         <v>131</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="N39" t="s">
         <v>35</v>
       </c>
       <c r="O39" t="s">
+        <v>284</v>
+      </c>
+      <c r="P39" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
+        <v>286</v>
+      </c>
+      <c r="B40" t="s">
         <v>287</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="D40" t="s">
         <v>33</v>
       </c>
       <c r="E40" t="s">
         <v>86</v>
       </c>
       <c r="F40" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="G40" t="s">
         <v>43</v>
       </c>
       <c r="H40">
         <v>2015</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="N40" t="s">
         <v>35</v>
       </c>
       <c r="O40" t="s">
+        <v>289</v>
+      </c>
+      <c r="P40" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
+        <v>291</v>
+      </c>
+      <c r="B41" t="s">
         <v>292</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>293</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
       <c r="E41" t="s">
         <v>86</v>
       </c>
       <c r="F41" t="s">
         <v>42</v>
       </c>
       <c r="G41" t="s">
         <v>43</v>
       </c>
       <c r="H41">
         <v>2012</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="K41" t="s">
+        <v>295</v>
+      </c>
+      <c r="L41" t="s">
         <v>296</v>
       </c>
-      <c r="L41" t="s">
+      <c r="M41" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
       <c r="N41" t="s">
         <v>35</v>
       </c>
       <c r="O41" t="s">
+        <v>298</v>
+      </c>
+      <c r="P41" t="s">
         <v>299</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
+        <v>300</v>
+      </c>
+      <c r="B42" t="s">
         <v>301</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="D42" t="s">
         <v>33</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>21</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2002</v>
       </c>
       <c r="I42">
         <v>2017</v>
       </c>
       <c r="J42" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
+        <v>302</v>
+      </c>
+      <c r="M42" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
       <c r="N42" t="s">
         <v>35</v>
       </c>
       <c r="O42" t="s">
+        <v>304</v>
+      </c>
+      <c r="P42" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
+        <v>306</v>
+      </c>
+      <c r="B43" t="s">
         <v>307</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
       <c r="D43" t="s">
         <v>33</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>21</v>
       </c>
       <c r="G43" t="s">
         <v>8</v>
       </c>
       <c r="H43">
         <v>2016</v>
       </c>
       <c r="I43">
         <v>2025</v>
       </c>
       <c r="J43" t="s">
+        <v>309</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
         <v>310</v>
       </c>
-      <c r="K43" t="s">
-[...2 lines deleted...]
-      <c r="L43" t="s">
+      <c r="M43" t="s">
         <v>311</v>
-      </c>
-[...1 lines deleted...]
-        <v>312</v>
       </c>
       <c r="N43" t="s">
         <v>35</v>
       </c>
       <c r="O43" t="s">
+        <v>312</v>
+      </c>
+      <c r="P43" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
+        <v>314</v>
+      </c>
+      <c r="B44" t="s">
         <v>315</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
       <c r="D44" t="s">
         <v>33</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>21</v>
       </c>
       <c r="G44" t="s">
         <v>43</v>
       </c>
       <c r="H44">
         <v>2010</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="N44" t="s">
         <v>35</v>
       </c>
       <c r="O44" t="s">
+        <v>319</v>
+      </c>
+      <c r="P44" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
+        <v>321</v>
+      </c>
+      <c r="B45" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
       <c r="C45" t="s">
         <v>120</v>
       </c>
       <c r="D45" t="s">
         <v>121</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>130</v>
       </c>
       <c r="G45" t="s">
         <v>43</v>
       </c>
       <c r="H45">
         <v>2014</v>
       </c>
       <c r="I45">
         <v>2024</v>
       </c>
       <c r="J45" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="M45" t="s">
         <v>123</v>
       </c>
       <c r="N45" t="s">
         <v>35</v>
       </c>
       <c r="O45" t="s">
+        <v>324</v>
+      </c>
+      <c r="P45" t="s">
         <v>325</v>
-      </c>
-[...1 lines deleted...]
-        <v>326</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
+        <v>326</v>
+      </c>
+      <c r="B46" t="s">
         <v>327</v>
       </c>
-      <c r="B46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="D46" t="s">
         <v>33</v>
       </c>
       <c r="E46" t="s">
         <v>86</v>
       </c>
       <c r="F46" t="s">
         <v>87</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>1995</v>
       </c>
       <c r="I46">
         <v>2019</v>
       </c>
       <c r="J46" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46" t="s">
+        <v>328</v>
+      </c>
+      <c r="M46" t="s">
         <v>329</v>
-      </c>
-[...1 lines deleted...]
-        <v>330</v>
       </c>
       <c r="N46" t="s">
         <v>35</v>
       </c>
       <c r="O46" t="s">
+        <v>330</v>
+      </c>
+      <c r="P46" t="s">
         <v>331</v>
-      </c>
-[...1 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
+        <v>332</v>
+      </c>
+      <c r="B47" t="s">
         <v>333</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
         <v>334</v>
-      </c>
-[...1 lines deleted...]
-        <v>335</v>
       </c>
       <c r="D47" t="s">
         <v>121</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>42</v>
       </c>
       <c r="G47" t="s">
         <v>43</v>
       </c>
       <c r="H47">
         <v>2015</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47" t="s">
+        <v>335</v>
+      </c>
+      <c r="M47" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
       <c r="N47" t="s">
         <v>35</v>
       </c>
       <c r="O47" t="s">
+        <v>337</v>
+      </c>
+      <c r="P47" t="s">
         <v>338</v>
-      </c>
-[...1 lines deleted...]
-        <v>339</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
+        <v>339</v>
+      </c>
+      <c r="B48" t="s">
         <v>340</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
         <v>341</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
         <v>342</v>
-      </c>
-[...1 lines deleted...]
-        <v>343</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>130</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>2017</v>
       </c>
       <c r="I48">
         <v>2021</v>
       </c>
       <c r="J48" t="s">
         <v>122</v>
       </c>
       <c r="K48" t="s">
+        <v>343</v>
+      </c>
+      <c r="L48" t="s">
         <v>344</v>
       </c>
-      <c r="L48" t="s">
+      <c r="M48" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
+        <v>346</v>
+      </c>
+      <c r="P48" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>348</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
+        <v>348</v>
+      </c>
+      <c r="B49" t="s">
         <v>349</v>
       </c>
-      <c r="B49" t="s">
+      <c r="C49" t="s">
         <v>350</v>
       </c>
-      <c r="C49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D49" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="G49" t="s">
-        <v>187</v>
+        <v>266</v>
       </c>
       <c r="H49">
         <v>2024</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
+        <v>352</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
         <v>353</v>
       </c>
-      <c r="K49" t="s">
-[...2 lines deleted...]
-      <c r="L49" t="s">
+      <c r="M49" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
       <c r="N49" t="s">
         <v>35</v>
       </c>
       <c r="O49" t="s">
+        <v>355</v>
+      </c>
+      <c r="P49" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
+        <v>357</v>
+      </c>
+      <c r="B50" t="s">
         <v>358</v>
       </c>
-      <c r="B50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="D50" t="s">
         <v>33</v>
       </c>
       <c r="E50" t="s">
         <v>86</v>
       </c>
       <c r="F50" t="s">
         <v>42</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>2012</v>
       </c>
       <c r="I50">
         <v>2015</v>
       </c>
       <c r="J50" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50"/>
       <c r="M50" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
+        <v>359</v>
+      </c>
+      <c r="P50" t="s">
         <v>360</v>
-      </c>
-[...1 lines deleted...]
-        <v>361</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
+        <v>361</v>
+      </c>
+      <c r="B51" t="s">
         <v>362</v>
       </c>
-      <c r="B51" t="s">
+      <c r="C51" t="s">
         <v>363</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
         <v>364</v>
-      </c>
-[...1 lines deleted...]
-        <v>365</v>
       </c>
       <c r="E51" t="s">
         <v>86</v>
       </c>
       <c r="F51" t="s">
         <v>42</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
         <v>2015</v>
       </c>
       <c r="I51">
         <v>2018</v>
       </c>
       <c r="J51" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="K51" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
       <c r="N51" t="s">
         <v>35</v>
       </c>
       <c r="O51" t="s">
+        <v>366</v>
+      </c>
+      <c r="P51" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
+        <v>368</v>
+      </c>
+      <c r="B52" t="s">
         <v>369</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
         <v>370</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
         <v>371</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
       <c r="E52" t="s">
         <v>86</v>
       </c>
       <c r="F52" t="s">
         <v>42</v>
       </c>
       <c r="G52" t="s">
         <v>43</v>
       </c>
       <c r="H52">
         <v>2014</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="N52" t="s">
         <v>35</v>
       </c>
       <c r="O52" t="s">
+        <v>374</v>
+      </c>
+      <c r="P52" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>376</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
+        <v>376</v>
+      </c>
+      <c r="B53" t="s">
         <v>377</v>
       </c>
-      <c r="B53" t="s">
+      <c r="C53" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
       <c r="D53" t="s">
         <v>33</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>130</v>
       </c>
       <c r="G53" t="s">
         <v>43</v>
       </c>
       <c r="H53">
         <v>2019</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
       <c r="N53" t="s">
         <v>35</v>
       </c>
       <c r="O53" t="s">
+        <v>381</v>
+      </c>
+      <c r="P53" t="s">
         <v>382</v>
-      </c>
-[...1 lines deleted...]
-        <v>383</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
+        <v>383</v>
+      </c>
+      <c r="B54" t="s">
         <v>384</v>
       </c>
-      <c r="B54" t="s">
+      <c r="C54" t="s">
         <v>385</v>
-      </c>
-[...1 lines deleted...]
-        <v>386</v>
       </c>
       <c r="D54" t="s">
         <v>64</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>130</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>2007</v>
       </c>
       <c r="I54">
         <v>2018</v>
       </c>
       <c r="J54" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54" t="s">
+        <v>386</v>
+      </c>
+      <c r="M54" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
       <c r="N54" t="s">
         <v>35</v>
       </c>
       <c r="O54" t="s">
+        <v>388</v>
+      </c>
+      <c r="P54" t="s">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
+        <v>390</v>
+      </c>
+      <c r="B55" t="s">
         <v>391</v>
       </c>
-      <c r="B55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="D55" t="s">
         <v>33</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>21</v>
       </c>
       <c r="G55" t="s">
         <v>43</v>
       </c>
       <c r="H55">
         <v>2016</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
         <v>140</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="M55" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="N55" t="s">
         <v>35</v>
       </c>
       <c r="O55" t="s">
+        <v>393</v>
+      </c>
+      <c r="P55" t="s">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>395</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
+        <v>395</v>
+      </c>
+      <c r="B56" t="s">
         <v>396</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
         <v>397</v>
-      </c>
-[...1 lines deleted...]
-        <v>398</v>
       </c>
       <c r="D56" t="s">
         <v>33</v>
       </c>
       <c r="E56" t="s">
         <v>86</v>
       </c>
       <c r="F56" t="s">
         <v>130</v>
       </c>
       <c r="G56" t="s">
         <v>43</v>
       </c>
       <c r="H56">
         <v>2010</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
         <v>131</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56" t="s">
+        <v>398</v>
+      </c>
+      <c r="M56" t="s">
         <v>399</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
       <c r="N56" t="s">
         <v>35</v>
       </c>
       <c r="O56" t="s">
+        <v>400</v>
+      </c>
+      <c r="P56" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
+        <v>402</v>
+      </c>
+      <c r="B57" t="s">
         <v>403</v>
       </c>
-      <c r="B57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="D57" t="s">
         <v>33</v>
       </c>
       <c r="E57" t="s">
         <v>86</v>
       </c>
       <c r="F57" t="s">
         <v>87</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
         <v>1994</v>
       </c>
       <c r="I57">
         <v>2012</v>
       </c>
       <c r="J57" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57" t="s">
+        <v>404</v>
+      </c>
+      <c r="M57" t="s">
         <v>405</v>
-      </c>
-[...1 lines deleted...]
-        <v>406</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
+        <v>406</v>
+      </c>
+      <c r="P57" t="s">
         <v>407</v>
-      </c>
-[...1 lines deleted...]
-        <v>408</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
+        <v>408</v>
+      </c>
+      <c r="B58" t="s">
         <v>409</v>
       </c>
-      <c r="B58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="D58" t="s">
         <v>33</v>
       </c>
       <c r="E58" t="s">
         <v>86</v>
       </c>
       <c r="F58" t="s">
         <v>87</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
         <v>1994</v>
       </c>
       <c r="I58">
         <v>2012</v>
       </c>
       <c r="J58" t="s">
         <v>140</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58" t="s">
+        <v>410</v>
+      </c>
+      <c r="M58" t="s">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>412</v>
       </c>
       <c r="N58" t="s">
         <v>35</v>
       </c>
       <c r="O58" t="s">
+        <v>412</v>
+      </c>
+      <c r="P58" t="s">
         <v>413</v>
-      </c>
-[...1 lines deleted...]
-        <v>414</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
+        <v>414</v>
+      </c>
+      <c r="B59" t="s">
         <v>415</v>
       </c>
-      <c r="B59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="D59" t="s">
         <v>33</v>
       </c>
       <c r="E59" t="s">
         <v>86</v>
       </c>
       <c r="F59" t="s">
         <v>87</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
         <v>2009</v>
       </c>
       <c r="I59">
         <v>2012</v>
       </c>
       <c r="J59" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="M59" t="s">
-        <v>406</v>
+        <v>405</v>
       </c>
       <c r="N59" t="s">
         <v>35</v>
       </c>
       <c r="O59" t="s">
+        <v>417</v>
+      </c>
+      <c r="P59" t="s">
         <v>418</v>
-      </c>
-[...1 lines deleted...]
-        <v>419</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
+        <v>419</v>
+      </c>
+      <c r="B60" t="s">
         <v>420</v>
       </c>
-      <c r="B60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="D60" t="s">
         <v>33</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>21</v>
       </c>
       <c r="G60" t="s">
-        <v>22</v>
+        <v>421</v>
       </c>
       <c r="H60">
         <v>2010</v>
       </c>
       <c r="I60">
         <v>2016</v>
       </c>
       <c r="J60" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60" t="s">
         <v>422</v>
       </c>
       <c r="M60" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
         <v>423</v>
       </c>
       <c r="P60" t="s">
         <v>424</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
         <v>425</v>
       </c>
       <c r="B61" t="s">
         <v>426</v>
       </c>
       <c r="C61" t="s">
         <v>427</v>
       </c>
       <c r="D61" t="s">
         <v>428</v>
       </c>
       <c r="E61" t="s">
@@ -4913,51 +4915,51 @@
         <v>433</v>
       </c>
       <c r="C62" t="s">
         <v>427</v>
       </c>
       <c r="D62" t="s">
         <v>434</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>42</v>
       </c>
       <c r="G62" t="s">
         <v>43</v>
       </c>
       <c r="H62">
         <v>2017</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
         <v>131</v>
       </c>
       <c r="K62" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="L62"/>
       <c r="M62" t="s">
         <v>429</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
         <v>435</v>
       </c>
       <c r="P62" t="s">
         <v>436</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
         <v>437</v>
       </c>
       <c r="B63" t="s">
         <v>438</v>
       </c>
       <c r="C63" t="s">
         <v>105</v>
       </c>
@@ -5011,75 +5013,75 @@
       <c r="C64" t="s">
         <v>444</v>
       </c>
       <c r="D64" t="s">
         <v>445</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>42</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
         <v>2009</v>
       </c>
       <c r="I64">
         <v>2016</v>
       </c>
       <c r="J64" t="s">
         <v>23</v>
       </c>
       <c r="K64" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="L64"/>
       <c r="M64" t="s">
         <v>446</v>
       </c>
       <c r="N64" t="s">
         <v>35</v>
       </c>
       <c r="O64" t="s">
         <v>447</v>
       </c>
       <c r="P64" t="s">
         <v>448</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
         <v>449</v>
       </c>
       <c r="B65" t="s">
         <v>450</v>
       </c>
       <c r="C65" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="D65" t="s">
         <v>33</v>
       </c>
       <c r="E65" t="s">
         <v>86</v>
       </c>
       <c r="F65" t="s">
         <v>87</v>
       </c>
       <c r="G65" t="s">
         <v>43</v>
       </c>
       <c r="H65">
         <v>1998</v>
       </c>
       <c r="I65"/>
       <c r="J65" t="s">
         <v>451</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65" t="s">
         <v>452</v>
@@ -5173,70 +5175,70 @@
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67"/>
       <c r="M67" t="s">
         <v>465</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
         <v>466</v>
       </c>
       <c r="P67" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
         <v>468</v>
       </c>
       <c r="B68" t="s">
         <v>469</v>
       </c>
       <c r="C68" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="D68" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="E68" t="s">
         <v>86</v>
       </c>
       <c r="F68" t="s">
         <v>21</v>
       </c>
       <c r="G68" t="s">
         <v>43</v>
       </c>
       <c r="H68">
         <v>2007</v>
       </c>
       <c r="I68"/>
       <c r="J68" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68"/>
       <c r="M68" t="s">
         <v>470</v>
       </c>
       <c r="N68" t="s">
         <v>35</v>
       </c>
       <c r="O68" t="s">
         <v>471</v>
       </c>
       <c r="P68" t="s">
         <v>472</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
         <v>473</v>
       </c>
       <c r="B69" t="s">
         <v>474</v>
       </c>
@@ -5286,80 +5288,80 @@
       <c r="B70" t="s">
         <v>480</v>
       </c>
       <c r="C70" t="s">
         <v>481</v>
       </c>
       <c r="D70" t="s">
         <v>482</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
         <v>130</v>
       </c>
       <c r="G70" t="s">
         <v>22</v>
       </c>
       <c r="H70">
         <v>2012</v>
       </c>
       <c r="I70">
         <v>2014</v>
       </c>
       <c r="J70" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
       <c r="L70" t="s">
         <v>483</v>
       </c>
       <c r="M70" t="s">
         <v>484</v>
       </c>
       <c r="N70" t="s">
         <v>35</v>
       </c>
       <c r="O70" t="s">
         <v>485</v>
       </c>
       <c r="P70" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
         <v>487</v>
       </c>
       <c r="B71" t="s">
         <v>488</v>
       </c>
       <c r="C71" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="D71" t="s">
         <v>489</v>
       </c>
       <c r="E71" t="s">
         <v>86</v>
       </c>
       <c r="F71" t="s">
         <v>42</v>
       </c>
       <c r="G71" t="s">
         <v>22</v>
       </c>
       <c r="H71">
         <v>2015</v>
       </c>
       <c r="I71">
         <v>2016</v>
       </c>
       <c r="J71" t="s">
         <v>122</v>
       </c>
       <c r="K71" t="s">
         <v>490</v>
       </c>