--- v0 (2025-10-12)
+++ v1 (2025-11-29)
@@ -12,403 +12,506 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="138">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-461121-2021. Energy Conservation Certification Rules for Motors</t>
   </si>
   <si>
+    <t>Applies to motors working under three-phase AC; with voltage lower than 690V and frequency of 50Hz; rated power shall be 0.55kW-315kW; and for grade 1 motors; rated power should be 3kW-315kW; number of poles shall be 2; 4; and 6; of single-speed closed self-fan cooling type; N design type; for general service or explosion-proof type</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 18613-2020</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461121-2021-energy-conservation-certification-rules-motors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39731</t>
+  </si>
+  <si>
     <t>CQC31-461122-2014. CQC Mark Certification - Permanent magnet synchronous motors</t>
   </si>
   <si>
+    <t>Applies to products with rated voltage of lower than 1140V; powered by three-phase AC of 50Hz; rated power between 0.55kW-275kW; poles number of 2; 4; 6; 8; 10; 12; 16</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 30253-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461122-2014-cqc-mark-certification-permanent-magnet-synchronous-motors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492762.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461137-2017 Energy Conservation Certification Rules for Line Operated AC Motors</t>
   </si>
   <si>
+    <t>Applies to sine-wave voltage single-speed motor which: rated output of 0.12kW-1000kW;  voltage of 50-1000V and frequency of 50Hz 60Hz;  number of poles: 2P 4P 6P 8P; long-time and continuious operation under rated output power given that the temperature rise limit shall meet the one specified corresponding to the insulation level;  ambent temperature of 0.12kW-1000kW; altitude of no larger than 4000m</t>
+  </si>
+  <si>
     <t>GB755; GB14711</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461137-2017-energy-conservation-certification-rules-line-operated-ac-motors</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-04-19/551557.shtml</t>
+  </si>
+  <si>
     <t>Draft motor policy</t>
   </si>
   <si>
+    <t>Motors with EE label should be the single-speed, three-phase, cage-induction motors</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>BDS IEC 60034-2-1: 2009(Testing protocol); BDS-EN 60034-30 : 2011 (Efficiency Class)</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-motor-policy</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for 3 phase motor</t>
   </si>
   <si>
+    <t>This scheme covers three-phase squirrel-cage induction motors with rated output power from 0.73-185.0 kW and for a power supply with a frequency of 50-60 Hz, rated voltage of 380 V. It excludes submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Motors and Motor Driven Equipment, Motors, 3-Phase Motors</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>TIS 867-2550 or IEC 60034-2</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-3-phase-motor</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/5_01032565.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for 3 Phase Induction Motor</t>
   </si>
   <si>
+    <t>Three phase induction motors</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-3-phase-induction-motor</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Three-Phase Induction Motors, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a three-phase induction motor with rated output power and rated voltage not exceeding 1000 V.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-three-phase-induction-motors-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048418</t>
+  </si>
+  <si>
     <t>Procel Seal - Electric Motors</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electric motors.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NBR 17094 NBR 5383-1 NBR 5110 e NBR ISO 60034-5</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-electric-motors</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Requirements on Energy Efficiency and the Inspection of Low-Voltage Three-Phase Squirrel-Cage Induction Motors --including as a component of the specified equipment</t>
   </si>
   <si>
+    <t>The low-voltage three-phase squirrel-cage induction motor set in this announcement covers goods in compliance with Clause 14400 of Chinese National Standards; with a rated output power from 0.75kW|1HP to 200kW|270HP or which are subjected to inspection by the Central Competent Authority.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/requirements-energy-efficiency-and-inspection-low-voltage-three-phase-squirrel-cage</t>
   </si>
   <si>
+    <t>https://meps.energylabel.org.tw/_upload/gen/law/7/file1/Requirements%20on%20Energy%20Efficiency%20and%20the%20Inspection%20of%20Low-Voltage%20Three-Phase%20Squirrel-Cage%20Induction%20Motors%20(including%20as%20a%20component%20of%20the%20specified%20equip</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Schedule 6 - Induction Motors</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for 3 phase squirrel cage induction motor in 2 Pole, 4 Pole and 6 Pole of ratings up to 375 kW for continuous duty (S1) operation, suitable for voltage and frequency variation as per IS 12615:2011</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IS 12615:2011, IS IEC 60034-2-1, IS 15999:2011</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-6-induction-motors</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule6-InductionMotors.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4101 - Three Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for three-phase induction motors, open and closed, general purpose, for use in hazardous areas (explosion proof) horizontal and vertical, squirrel cage in powers of 0.746 to 373kW (1 to 500HP), 2 to 8 poles, with nominal voltage up to 600 Volts, 60 Hertz, of NEMA design A or B.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NOM-016-ENER / NEMA-MG-1 / IEEE Std. 112 / CSA-C390 / NOM-008-SCFI / NOM-024-SCFI / IEEE STD 841</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4101-three-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4101_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4147</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for fractional induction motors from 38W to 180W and sub-fractional motors from 2W to 37.5W, with nominal voltage 115V to 240V at 60Hz, 1, 2 or 3 phases.</t>
+  </si>
+  <si>
     <t>NOM-014 ENER</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4147</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4151 - Three Phase Gear Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for three phase cycloidal gear motors, with electrical power in fractional induction motors from 0.093kW to 0.559kW, and three phase induction motors from 0.746kW to 1492kW, reduction ratios from 2:1 to 7569:1, with nominal voltages 220, 208-230/460 and 460V, with a frequency of 60 Hertz, vertical or horizontal mounting, single or double reduction.</t>
+  </si>
+  <si>
     <t>NOM-016-ENER / CSA-C747-94 / UL 1004 / IEC 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4151-three-phase-gear-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4151_01_2.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Motors TGL-15-98</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to three-phase induction motors which have a rated output and a voltage not exceeding 375 kW or 500 horsepower and 1,000 volts, respectively.</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 867
 ,   
                     IEEE-112 (test method B)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-motors-tgl-15-98</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-15-98.pdf</t>
+  </si>
+  <si>
     <t>TIS 867-2550 (2007) Three-Phase Induction Motor: Minimum Efficiency</t>
   </si>
   <si>
+    <t>This standard defines the minimum efficiency requirements of squirrel cage rotor three-phase induction motors with an output power ranging from 0.73 kW to less than 185 kW and a nominal voltage that does not exceed 1000 Volts.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-867-2550-2007-three-phase-induction-motor-minimum-efficiency</t>
+  </si>
+  <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2550/E/073/8.PDF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -672,831 +775,936 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N17"/>
+  <dimension ref="A1:P17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="222.803" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="114.258" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="301.926" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2001</v>
+      </c>
+      <c r="I2">
+        <v>2021</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2001</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="I3">
+        <v>2014</v>
+      </c>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>2001</v>
+      </c>
+      <c r="I4">
+        <v>2018</v>
+      </c>
+      <c r="J4" t="s">
+        <v>32</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L4" t="s">
+        <v>38</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...15 lines deleted...]
-      <c r="F3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...5 lines deleted...]
-      <c r="I3" t="s">
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>44</v>
+      </c>
+      <c r="G5" t="s">
+        <v>45</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>47</v>
+      </c>
+      <c r="M5" t="s">
+        <v>48</v>
+      </c>
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="J3" t="s">
-[...12 lines deleted...]
-        <v>29</v>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...83 lines deleted...]
-    <row r="6" spans="1:14">
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="B6" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="C6" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>54</v>
       </c>
       <c r="E6" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>44</v>
       </c>
-      <c r="G6">
+      <c r="G6" t="s">
+        <v>55</v>
+      </c>
+      <c r="H6">
         <v>2022</v>
       </c>
-      <c r="H6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
+        <v>56</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>57</v>
+      </c>
+      <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>63</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K6" t="s">
-[...5 lines deleted...]
-      <c r="M6" t="s">
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1996</v>
+      </c>
+      <c r="I7">
+        <v>2010</v>
+      </c>
+      <c r="J7" t="s">
+        <v>64</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N6" t="s">
-        <v>48</v>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>65</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
-[...15 lines deleted...]
-      <c r="F7" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>53</v>
+      </c>
+      <c r="D8" t="s">
         <v>19</v>
       </c>
-      <c r="G7">
-[...2 lines deleted...]
-      <c r="H7">
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>70</v>
+      </c>
+      <c r="G8" t="s">
+        <v>55</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>56</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>58</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>75</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1995</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>76</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>77</v>
+      </c>
+      <c r="M9" t="s">
+        <v>78</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>79</v>
+      </c>
+      <c r="P9" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
+        <v>83</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>44</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2012</v>
+      </c>
+      <c r="I10">
+        <v>2015</v>
+      </c>
+      <c r="J10" t="s">
+        <v>84</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>85</v>
+      </c>
+      <c r="N10" t="s">
+        <v>86</v>
+      </c>
+      <c r="O10" t="s">
+        <v>87</v>
+      </c>
+      <c r="P10" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>89</v>
+      </c>
+      <c r="B11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" t="s">
+        <v>91</v>
+      </c>
+      <c r="D11" t="s">
+        <v>92</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>44</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11">
+        <v>2018</v>
+      </c>
+      <c r="J11" t="s">
+        <v>93</v>
+      </c>
+      <c r="K11" t="s">
+        <v>94</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>95</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>96</v>
+      </c>
+      <c r="P11" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>98</v>
+      </c>
+      <c r="B12" t="s">
+        <v>99</v>
+      </c>
+      <c r="C12" t="s">
+        <v>100</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>101</v>
+      </c>
+      <c r="G12" t="s">
+        <v>55</v>
+      </c>
+      <c r="H12">
         <v>2010</v>
       </c>
-      <c r="I7" t="s">
-[...2 lines deleted...]
-      <c r="J7" t="s">
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>102</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>103</v>
+      </c>
+      <c r="M12" t="s">
+        <v>104</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>105</v>
+      </c>
+      <c r="P12" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>107</v>
+      </c>
+      <c r="B13" t="s">
+        <v>108</v>
+      </c>
+      <c r="C13" t="s">
+        <v>109</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>21</v>
       </c>
-      <c r="K7"/>
-[...3 lines deleted...]
-      <c r="M7" t="s">
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>1994</v>
+      </c>
+      <c r="I13">
+        <v>2012</v>
+      </c>
+      <c r="J13" t="s">
+        <v>76</v>
+      </c>
+      <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="N7" t="s">
+      <c r="L13" t="s">
+        <v>110</v>
+      </c>
+      <c r="M13" t="s">
+        <v>111</v>
+      </c>
+      <c r="N13" t="s">
+        <v>86</v>
+      </c>
+      <c r="O13" t="s">
+        <v>112</v>
+      </c>
+      <c r="P13" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>114</v>
+      </c>
+      <c r="B14" t="s">
+        <v>115</v>
+      </c>
+      <c r="C14" t="s">
+        <v>109</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>1994</v>
+      </c>
+      <c r="I14">
+        <v>2012</v>
+      </c>
+      <c r="J14" t="s">
+        <v>64</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>116</v>
+      </c>
+      <c r="M14" t="s">
+        <v>117</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>118</v>
+      </c>
+      <c r="P14" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>120</v>
+      </c>
+      <c r="B15" t="s">
+        <v>121</v>
+      </c>
+      <c r="C15" t="s">
+        <v>109</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2009</v>
+      </c>
+      <c r="I15">
+        <v>2012</v>
+      </c>
+      <c r="J15" t="s">
+        <v>76</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>122</v>
+      </c>
+      <c r="M15" t="s">
+        <v>111</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>123</v>
+      </c>
+      <c r="P15" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>125</v>
+      </c>
+      <c r="B16" t="s">
+        <v>126</v>
+      </c>
+      <c r="C16" t="s">
         <v>53</v>
       </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>55</v>
+      </c>
+      <c r="H16">
+        <v>1998</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>127</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>128</v>
+      </c>
+      <c r="M16" t="s">
+        <v>129</v>
+      </c>
+      <c r="N16" t="s">
+        <v>86</v>
+      </c>
+      <c r="O16" t="s">
+        <v>130</v>
+      </c>
+      <c r="P16" t="s">
+        <v>131</v>
+      </c>
     </row>
-    <row r="8" spans="1:14">
-      <c r="A8" t="s">
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>132</v>
+      </c>
+      <c r="B17" t="s">
+        <v>133</v>
+      </c>
+      <c r="C17" t="s">
+        <v>53</v>
+      </c>
+      <c r="D17" t="s">
         <v>54</v>
       </c>
-      <c r="B8" t="s">
-[...8 lines deleted...]
-      <c r="E8" t="s">
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>134</v>
+      </c>
+      <c r="G17" t="s">
         <v>55</v>
       </c>
-      <c r="F8" t="s">
-[...16 lines deleted...]
-      <c r="M8" t="s">
+      <c r="H17">
+        <v>2007</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>56</v>
+      </c>
+      <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="N8" t="s">
-[...379 lines deleted...]
-      </c>
+      <c r="L17"/>
       <c r="M17" t="s">
-        <v>24</v>
+        <v>135</v>
       </c>
       <c r="N17" t="s">
-        <v>103</v>
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>136</v>
+      </c>
+      <c r="P17" t="s">
+        <v>137</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>