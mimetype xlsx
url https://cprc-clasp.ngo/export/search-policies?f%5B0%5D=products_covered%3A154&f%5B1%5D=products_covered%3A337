--- v0 (2025-11-27)
+++ v1 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="386">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="387">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -780,67 +780,67 @@
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
     <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Single-Phase Inductive Motors</t>
   </si>
   <si>
     <t>This policy specifies minimum energy performance standards for low-voltage single-phase inductive industrial motors.</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-low-voltage-single-phase-inductive-motors</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
@@ -851,50 +851,53 @@
     <t>NOM-011-ENER-2025, Energy Efficiency in Central, Packaged, and Split Air Conditioners</t>
   </si>
   <si>
     <t>This standard establishes the minimum Seasonal Energy Efficiency Ratio (SEER) level that applies to central, package, or split-type air conditioners with a duct system, operated with electrical energy, in nominal cooling capacities from 5,275 W to 19,050 W that operate by mechanical compression and include an air-cooled evaporator coil, an air-cooled condenser coil, and that include a single-speed compressor ( fixed capacity) or an inverter compressor (variable frequency or refrigerant flow) or a compressor that uses two stages (stage capacity), with or without a reversible cycle.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 37</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-011-ener-2025-energy-efficiency-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5756076&amp;fecha=29/04/2025#gsc.tab=0</t>
   </si>
   <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
     <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
   </si>
   <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
     <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/normasOficiales/9505/sener/sener.html</t>
@@ -3462,892 +3465,892 @@
       </c>
       <c r="P39" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
         <v>275</v>
       </c>
       <c r="B40" t="s">
         <v>276</v>
       </c>
       <c r="C40" t="s">
         <v>127</v>
       </c>
       <c r="D40" t="s">
         <v>128</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
-        <v>22</v>
+        <v>277</v>
       </c>
       <c r="H40">
         <v>1997</v>
       </c>
       <c r="I40">
         <v>2005</v>
       </c>
       <c r="J40" t="s">
         <v>129</v>
       </c>
       <c r="K40" t="s">
         <v>34</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
         <v>272</v>
       </c>
       <c r="N40" t="s">
         <v>36</v>
       </c>
       <c r="O40" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="P40" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B41" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C41" t="s">
         <v>127</v>
       </c>
       <c r="D41" t="s">
         <v>128</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H41">
         <v>2004</v>
       </c>
       <c r="I41">
         <v>2025</v>
       </c>
       <c r="J41" t="s">
         <v>270</v>
       </c>
       <c r="K41" t="s">
         <v>34</v>
       </c>
       <c r="L41" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="M41" t="s">
         <v>272</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="P41" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B42" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C42" t="s">
         <v>127</v>
       </c>
       <c r="D42" t="s">
         <v>128</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>21</v>
       </c>
       <c r="G42" t="s">
         <v>54</v>
       </c>
       <c r="H42">
         <v>2021</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
         <v>129</v>
       </c>
       <c r="K42" t="s">
         <v>34</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="N42" t="s">
         <v>36</v>
       </c>
       <c r="O42" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="P42" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B43" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C43" t="s">
         <v>142</v>
       </c>
       <c r="D43" t="s">
         <v>143</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>92</v>
       </c>
       <c r="G43" t="s">
         <v>54</v>
       </c>
       <c r="H43">
         <v>2014</v>
       </c>
       <c r="I43">
         <v>2024</v>
       </c>
       <c r="J43" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="K43" t="s">
         <v>34</v>
       </c>
       <c r="L43" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="M43" t="s">
         <v>145</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="P43" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B44" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C44" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D44" t="s">
         <v>143</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>43</v>
       </c>
       <c r="G44" t="s">
         <v>54</v>
       </c>
       <c r="H44">
         <v>2015</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="K44" t="s">
         <v>34</v>
       </c>
       <c r="L44" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="M44" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="P44" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B45" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C45" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D45" t="s">
         <v>91</v>
       </c>
       <c r="E45" t="s">
         <v>42</v>
       </c>
       <c r="F45" t="s">
         <v>92</v>
       </c>
       <c r="G45" t="s">
         <v>101</v>
       </c>
       <c r="H45"/>
       <c r="I45"/>
       <c r="J45" t="s">
         <v>214</v>
       </c>
       <c r="K45" t="s">
         <v>34</v>
       </c>
       <c r="L45" t="s">
         <v>93</v>
       </c>
       <c r="M45" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="P45" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="B46" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C46" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D46" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="E46" t="s">
         <v>42</v>
       </c>
       <c r="F46" t="s">
         <v>43</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>2015</v>
       </c>
       <c r="I46">
         <v>2018</v>
       </c>
       <c r="J46" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="P46" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B47" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C47" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="D47" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>1982</v>
       </c>
       <c r="I47">
         <v>2024</v>
       </c>
       <c r="J47" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="N47" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="O47" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="P47" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B48" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C48" t="s">
         <v>238</v>
       </c>
       <c r="D48" t="s">
         <v>53</v>
       </c>
       <c r="E48" t="s">
         <v>42</v>
       </c>
       <c r="F48" t="s">
         <v>43</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>2010</v>
       </c>
       <c r="I48">
         <v>2016</v>
       </c>
       <c r="J48" t="s">
         <v>44</v>
       </c>
       <c r="K48" t="s">
         <v>34</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
         <v>262</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="P48" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B49" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C49" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D49" t="s">
         <v>81</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>92</v>
       </c>
       <c r="G49" t="s">
         <v>54</v>
       </c>
       <c r="H49">
         <v>2019</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
         <v>83</v>
       </c>
       <c r="K49" t="s">
         <v>34</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="P49" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B50" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C50" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D50" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>43</v>
       </c>
       <c r="G50" t="s">
         <v>54</v>
       </c>
       <c r="H50">
         <v>2018</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
         <v>44</v>
       </c>
       <c r="K50" t="s">
         <v>34</v>
       </c>
       <c r="L50"/>
       <c r="M50" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="P50" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="B51" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C51" t="s">
         <v>127</v>
       </c>
       <c r="D51" t="s">
         <v>128</v>
       </c>
       <c r="E51" t="s">
         <v>42</v>
       </c>
       <c r="F51" t="s">
         <v>82</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
         <v>1999</v>
       </c>
       <c r="I51">
         <v>2012</v>
       </c>
       <c r="J51" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="K51" t="s">
         <v>34</v>
       </c>
       <c r="L51" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="M51" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="P51" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="B52" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C52" t="s">
         <v>127</v>
       </c>
       <c r="D52" t="s">
         <v>128</v>
       </c>
       <c r="E52" t="s">
         <v>42</v>
       </c>
       <c r="F52" t="s">
         <v>82</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
         <v>2010</v>
       </c>
       <c r="I52">
         <v>2012</v>
       </c>
       <c r="J52" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="K52" t="s">
         <v>34</v>
       </c>
       <c r="L52" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="M52" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="P52" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B53" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C53" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D53" t="s">
         <v>81</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>92</v>
       </c>
       <c r="G53" t="s">
         <v>54</v>
       </c>
       <c r="H53">
         <v>2004</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
         <v>151</v>
       </c>
       <c r="K53" t="s">
         <v>34</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="P53" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B54" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C54" t="s">
         <v>127</v>
       </c>
       <c r="D54" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>92</v>
       </c>
       <c r="G54" t="s">
-        <v>22</v>
+        <v>277</v>
       </c>
       <c r="H54">
         <v>2002</v>
       </c>
       <c r="I54">
         <v>2007</v>
       </c>
       <c r="J54" t="s">
         <v>129</v>
       </c>
       <c r="K54" t="s">
         <v>34</v>
       </c>
       <c r="L54" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="M54" t="s">
         <v>272</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="P54" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B55" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C55" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="D55" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>43</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
         <v>2009</v>
       </c>
       <c r="I55">
         <v>2016</v>
       </c>
       <c r="J55" t="s">
         <v>33</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55"/>
       <c r="M55" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="P55" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B56" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C56" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="D56" t="s">
         <v>91</v>
       </c>
       <c r="E56" t="s">
         <v>42</v>
       </c>
       <c r="F56" t="s">
         <v>92</v>
       </c>
       <c r="G56" t="s">
         <v>54</v>
       </c>
       <c r="H56">
         <v>2016</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
         <v>160</v>
       </c>
       <c r="K56" t="s">
         <v>34</v>
       </c>
       <c r="L56" t="s">
         <v>93</v>
       </c>
       <c r="M56" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="P56" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B57" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C57" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D57" t="s">
         <v>53</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>92</v>
       </c>
       <c r="G57" t="s">
         <v>54</v>
       </c>
       <c r="H57">
         <v>2014</v>
       </c>
       <c r="I57">
         <v>2019</v>
       </c>
       <c r="J57" t="s">
         <v>62</v>
       </c>
       <c r="K57" t="s">
         <v>34</v>
       </c>
       <c r="L57"/>
       <c r="M57" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="P57" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">