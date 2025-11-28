--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -12,467 +12,617 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="170">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of household air-conditioners</t>
   </si>
   <si>
+    <t>Air conditioners for domestic use with a cooling capacity less than 12kW. Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-household-air</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/-arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_climatiseurs_a_usage_domestique_5b69515a43778.pdf</t>
+  </si>
+  <si>
     <t>CEL - Variable-Frequency and Permanent Magnet Synchronous Motors for Elevators</t>
   </si>
   <si>
+    <t>This policy covers permanent magnet synchronous motors for elevators and variable-frequency, permanent magnet synchronous motors.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 755-2008; GB 10068-2008; GB 10069.3-2008; GB/T 22669-2008; GB/T 22670-2008</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-variable-frequency-and-permanent-magnet-synchronous-motors-elevators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E6%B0%B8%E7%A3%81%E5%90%8C%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 626/2011 of 4 May 2011 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of air conditioners</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating, if the product has no cooling function.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-201030eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02011R0626-20170307</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2011/626/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1781 of 1 October 2019 laying down ecodesign requirements for electric motors and variable speed drives pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
+    <t>The proposal covers motors of power range 0;75 to 375 kW. The definition of motors is electric single speed motors with three-phase 50 Hz or 60 Hz or 50|60 Hz; squirrel cage induction motors in accordance with IEC 60034-1. Additional parameters; rated voltage; rated output; poles etc;; are also specified in Annex II. This kind of motors usually figures in industrial fans; pumps and compressors. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives, 3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191781-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R1781-20230124</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/206/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 of 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans </t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0206-20170109</t>
+  </si>
+  <si>
     <t>CQC31-461238-2009. CQC Mark Certification - Variable frequency speed regulation devices</t>
   </si>
   <si>
+    <t>Applies to variable frequency speed regulation devices using three-phase AC power supply which voltage is no higher than 660V frequency of 50Hz and power no bigger than 315kW.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 12668.2-2002 GB/Z 17625.6-2003 GB/T 17623</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461238-2009-cqc-mark-certification-variable-frequency-speed-regulation-devices</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492770.shtml</t>
+  </si>
+  <si>
     <t>Draft MEPS for electric motors</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for electric motors.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-electric-motors-0</t>
   </si>
   <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources. ECOWAS countries include Benin, Burkina Faso, Cabo Verde, Côte d'Ivoire, the Gambia, Ghana, Guinea, Guinea Bissau, Liberia, Mali, Niger, Nigeria, Senegal, Sierra Leone, and Togo.</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning-products</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
+  </si>
+  <si>
     <t>GB 30253-2013 Minimum allowable values of energy efficiency and energy efficiency grades for permanent magnet synchronous motors</t>
   </si>
   <si>
+    <t>This policy covers permanent magnet synchronous motors. This policy will be replaced by GB 30253-2024, which will enter into force on 1 October 2025. Click 'See More' for a link to the new policy.</t>
+  </si>
+  <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30253-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E902D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Variable Speed Drive</t>
   </si>
   <si>
+    <t>This scheme covers variable speed drive for 2 types: 1. Motor speed adjustment device used for AC induction motors with a rated power output of more than 37.5 kW., and 2. Motor speed adjustment device used for AC induction motors with rated power output ranging from 0.37 to 37.5 kW (0.5 to 50 hp).</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Motors and Motor Driven Equipment, Motors, Variable Speed Drives</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>IEC 61800-2</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-variable-speed-drive</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/4_01032565.pdf</t>
+  </si>
+  <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS for air conditioners</t>
   </si>
   <si>
+    <t>Air conditioners for domestic use , with a cooling capacity less than 12kW.   Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-air-conditioners-0</t>
   </si>
   <si>
+    <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
+    <t>This policy regulates minimum energy performance standard for portable air conditioners.
+Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
+Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
+1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
+ N is the number of indoor and outdoor units
+ Standby power is expressed in Watts</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Variable Speed Drive, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a variable speed drive that is supplied to an AC electric motor. The scope includes 1. Applicable to one-phase or three-phase; 2. Applicable to an AC power supply with a frequency of 50 hertz or an increase or decrease from a frequency of 50 hertz by 5% and a rated voltage not exceeding 1,000 volts; 3. Harmonic quantity control shall be in accordance with IEC 61000-3-2 or IEC 61000-3-4 or equivalent standards; 4. It has a noise emission limit feature and the noise resistance complies with the IEC 61800-3 standard; 5. Withstand the sudden surge of current (surge) according to IEC 61800-3 standard; 6. Can be used with ambient temperature from 5 degrees Celsius; 7. Compatible with 85 percent relative humidity without condensation; and 8. It can be used in vibrating installation conditions as defined in IEC 61800-2.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-variable-speed-drive-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048428</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Electric Motors and Variable Speed Drives</t>
   </si>
   <si>
+    <t>This Policy applies to:
+(a) induction electric motors without brushes, commutators, slip rings or electrical connections to the rotor, which are rated for operation on a 50 Hz, 60 Hz or 50/60 Hz sinusoidal voltage and—
+(i) have two, four, six or eight poles;
+(ii) have a rated voltage (“UN”) above 50 V and up to and including 1,000 V;
+(iii) have a rated power output (“PN”) from 0.12 kilowatts (kW) up to and including 1,000 kW;
+(iv) are rated on the basis of continuous duty operation; and
+(v) are rated for direct on-line operation;
+(b) variable speed drives with 3 phase input which:
+(i) are rated for operating with a motor falling within sub-paragraph (a), within the 0.12 kW-1,000 kW motor rated output range;
+(ii) have a rated voltage above 100 V and up to and including 1,000 V AC; and
+(iii) have only one AC voltage output.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-electric-motors</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28861 (Transposition of EC 626-2011)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of less than or equal to 12 kW for cooling; or heating; if the product has no cooling function.  This Regulation shall not apply to: appliances that use non-electric energy sources; or  air conditioners of which the condensor- or evaporator-side or both do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>EC 626-2011</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-28861-transposition-ec-626-2011</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2017/02/U4E_Policy-Assessment_TUR.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -736,1051 +886,1188 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N23"/>
+  <dimension ref="A1:P23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="254" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="254.652" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1012.039" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="183.955" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1994</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...8 lines deleted...]
-      <c r="M2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...35 lines deleted...]
-      </c>
+      <c r="L3"/>
       <c r="M3" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>34</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="G4" t="s">
         <v>35</v>
       </c>
-      <c r="B4" t="s">
-[...14 lines deleted...]
-      <c r="G4">
+      <c r="H4">
         <v>2014</v>
       </c>
-      <c r="H4"/>
-      <c r="I4" t="s">
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
         <v>38</v>
       </c>
-      <c r="J4" t="s">
-[...15 lines deleted...]
-    <row r="5" spans="1:14">
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="B5" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="C5" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="E5" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G5">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
         <v>2011</v>
       </c>
-      <c r="H5"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>33</v>
+        <v>55</v>
       </c>
       <c r="N5" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:14">
+        <v>38</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="B6" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C6" t="s">
-        <v>44</v>
+        <v>58</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="E6" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G6">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
         <v>2011</v>
       </c>
-      <c r="H6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K6"/>
+        <v>59</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
       <c r="L6"/>
-      <c r="M6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M6"/>
       <c r="N6" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:14">
+        <v>38</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="B7" t="s">
-        <v>43</v>
+        <v>63</v>
       </c>
       <c r="C7" t="s">
         <v>52</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>64</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G7">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
         <v>2009</v>
       </c>
-      <c r="H7">
+      <c r="I7">
         <v>2019</v>
       </c>
-      <c r="I7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J7" t="s">
+        <v>54</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>55</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>58</v>
+      </c>
+      <c r="D8" t="s">
+        <v>69</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K7"/>
-      <c r="L7" t="s">
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>59</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8"/>
+      <c r="N8" t="s">
+        <v>38</v>
+      </c>
+      <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" t="s">
+        <v>73</v>
+      </c>
+      <c r="C9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>35</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>54</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>55</v>
+      </c>
+      <c r="N9" t="s">
+        <v>38</v>
+      </c>
+      <c r="O9" t="s">
+        <v>74</v>
+      </c>
+      <c r="P9" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>76</v>
+      </c>
+      <c r="B10" t="s">
+        <v>77</v>
+      </c>
+      <c r="C10" t="s">
+        <v>43</v>
+      </c>
+      <c r="D10" t="s">
+        <v>44</v>
+      </c>
+      <c r="E10" t="s">
+        <v>78</v>
+      </c>
+      <c r="F10" t="s">
+        <v>79</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2002</v>
+      </c>
+      <c r="I10">
+        <v>2009</v>
+      </c>
+      <c r="J10" t="s">
+        <v>80</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>81</v>
+      </c>
+      <c r="M10" t="s">
+        <v>82</v>
+      </c>
+      <c r="N10" t="s">
+        <v>38</v>
+      </c>
+      <c r="O10" t="s">
+        <v>83</v>
+      </c>
+      <c r="P10" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>85</v>
+      </c>
+      <c r="B11" t="s">
+        <v>86</v>
+      </c>
+      <c r="C11" t="s">
+        <v>87</v>
+      </c>
+      <c r="D11" t="s">
+        <v>44</v>
+      </c>
+      <c r="E11" t="s">
+        <v>88</v>
+      </c>
+      <c r="F11" t="s">
+        <v>89</v>
+      </c>
+      <c r="G11" t="s">
+        <v>90</v>
+      </c>
+      <c r="H11"/>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>91</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>92</v>
+      </c>
+      <c r="N11" t="s">
+        <v>38</v>
+      </c>
+      <c r="O11" t="s">
+        <v>93</v>
+      </c>
+      <c r="P11" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>95</v>
+      </c>
+      <c r="B12" t="s">
+        <v>96</v>
+      </c>
+      <c r="C12" t="s">
+        <v>97</v>
+      </c>
+      <c r="D12" t="s">
+        <v>98</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>89</v>
+      </c>
+      <c r="G12" t="s">
+        <v>35</v>
+      </c>
+      <c r="H12">
+        <v>2017</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>36</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>99</v>
+      </c>
+      <c r="M12" t="s">
+        <v>100</v>
+      </c>
+      <c r="N12" t="s">
+        <v>38</v>
+      </c>
+      <c r="O12" t="s">
+        <v>101</v>
+      </c>
+      <c r="P12"/>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>102</v>
+      </c>
+      <c r="B13" t="s">
+        <v>103</v>
+      </c>
+      <c r="C13" t="s">
+        <v>104</v>
+      </c>
+      <c r="D13" t="s">
+        <v>105</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>89</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2016</v>
+      </c>
+      <c r="I13">
+        <v>2019</v>
+      </c>
+      <c r="J13" t="s">
+        <v>91</v>
+      </c>
+      <c r="K13" t="s">
+        <v>106</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>107</v>
+      </c>
+      <c r="N13" t="s">
+        <v>38</v>
+      </c>
+      <c r="O13" t="s">
+        <v>108</v>
+      </c>
+      <c r="P13" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>110</v>
+      </c>
+      <c r="B14" t="s">
+        <v>111</v>
+      </c>
+      <c r="C14" t="s">
+        <v>112</v>
+      </c>
+      <c r="D14" t="s">
+        <v>98</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>35</v>
+      </c>
+      <c r="H14">
+        <v>2017</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>36</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>99</v>
+      </c>
+      <c r="M14" t="s">
+        <v>113</v>
+      </c>
+      <c r="N14" t="s">
+        <v>38</v>
+      </c>
+      <c r="O14" t="s">
+        <v>114</v>
+      </c>
+      <c r="P14" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>116</v>
+      </c>
+      <c r="B15" t="s">
+        <v>117</v>
+      </c>
+      <c r="C15" t="s">
+        <v>43</v>
+      </c>
+      <c r="D15" t="s">
+        <v>44</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>35</v>
+      </c>
+      <c r="H15">
+        <v>2014</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>80</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
         <v>46</v>
       </c>
-      <c r="M7" t="s">
+      <c r="M15" t="s">
+        <v>118</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>119</v>
+      </c>
+      <c r="P15" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>121</v>
+      </c>
+      <c r="B16" t="s">
+        <v>122</v>
+      </c>
+      <c r="C16" t="s">
+        <v>123</v>
+      </c>
+      <c r="D16" t="s">
+        <v>124</v>
+      </c>
+      <c r="E16" t="s">
+        <v>78</v>
+      </c>
+      <c r="F16" t="s">
+        <v>34</v>
+      </c>
+      <c r="G16" t="s">
+        <v>35</v>
+      </c>
+      <c r="H16">
+        <v>2022</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>125</v>
+      </c>
+      <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="N7" t="s">
+      <c r="L16" t="s">
+        <v>126</v>
+      </c>
+      <c r="M16" t="s">
+        <v>127</v>
+      </c>
+      <c r="N16" t="s">
+        <v>38</v>
+      </c>
+      <c r="O16" t="s">
+        <v>128</v>
+      </c>
+      <c r="P16" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>130</v>
+      </c>
+      <c r="B17" t="s">
+        <v>131</v>
+      </c>
+      <c r="C17" t="s">
+        <v>132</v>
+      </c>
+      <c r="D17" t="s">
+        <v>69</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17">
+        <v>2014</v>
+      </c>
+      <c r="J17" t="s">
+        <v>80</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>133</v>
+      </c>
+      <c r="M17" t="s">
+        <v>134</v>
+      </c>
+      <c r="N17" t="s">
+        <v>38</v>
+      </c>
+      <c r="O17" t="s">
+        <v>135</v>
+      </c>
+      <c r="P17"/>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>136</v>
+      </c>
+      <c r="B18" t="s">
+        <v>137</v>
+      </c>
+      <c r="C18" t="s">
+        <v>138</v>
+      </c>
+      <c r="D18" t="s">
+        <v>139</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>34</v>
+      </c>
+      <c r="G18" t="s">
+        <v>35</v>
+      </c>
+      <c r="H18">
+        <v>2024</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>140</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>141</v>
+      </c>
+      <c r="N18" t="s">
+        <v>38</v>
+      </c>
+      <c r="O18" t="s">
+        <v>142</v>
+      </c>
+      <c r="P18" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>144</v>
+      </c>
+      <c r="B19" t="s">
+        <v>145</v>
+      </c>
+      <c r="C19" t="s">
+        <v>32</v>
+      </c>
+      <c r="D19" t="s">
+        <v>33</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>35</v>
+      </c>
+      <c r="H19">
+        <v>2010</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>36</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>37</v>
+      </c>
+      <c r="N19" t="s">
+        <v>38</v>
+      </c>
+      <c r="O19" t="s">
+        <v>146</v>
+      </c>
+      <c r="P19" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>148</v>
+      </c>
+      <c r="B20" t="s">
+        <v>149</v>
+      </c>
+      <c r="C20" t="s">
+        <v>138</v>
+      </c>
+      <c r="D20" t="s">
+        <v>139</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>150</v>
+      </c>
+      <c r="H20">
+        <v>2024</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>140</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>141</v>
+      </c>
+      <c r="N20" t="s">
+        <v>38</v>
+      </c>
+      <c r="O20" t="s">
+        <v>151</v>
+      </c>
+      <c r="P20" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>153</v>
+      </c>
+      <c r="B21" t="s">
+        <v>154</v>
+      </c>
+      <c r="C21" t="s">
+        <v>123</v>
+      </c>
+      <c r="D21" t="s">
+        <v>124</v>
+      </c>
+      <c r="E21" t="s">
+        <v>78</v>
+      </c>
+      <c r="F21" t="s">
+        <v>155</v>
+      </c>
+      <c r="G21" t="s">
+        <v>35</v>
+      </c>
+      <c r="H21">
+        <v>2015</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>125</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>127</v>
+      </c>
+      <c r="N21" t="s">
+        <v>38</v>
+      </c>
+      <c r="O21" t="s">
+        <v>156</v>
+      </c>
+      <c r="P21" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>158</v>
+      </c>
+      <c r="B22" t="s">
+        <v>159</v>
+      </c>
+      <c r="C22" t="s">
+        <v>58</v>
+      </c>
+      <c r="D22" t="s">
+        <v>44</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>35</v>
+      </c>
+      <c r="H22">
+        <v>2021</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>59</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22"/>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>160</v>
+      </c>
+      <c r="P22" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>162</v>
+      </c>
+      <c r="B23" t="s">
+        <v>163</v>
+      </c>
+      <c r="C23" t="s">
+        <v>164</v>
+      </c>
+      <c r="D23" t="s">
         <v>53</v>
       </c>
-    </row>
-[...192 lines deleted...]
-      <c r="L12" t="s">
+      <c r="E23" t="s">
         <v>78</v>
       </c>
-      <c r="M12" t="s">
-[...125 lines deleted...]
-      <c r="M15" t="s">
+      <c r="F23" t="s">
+        <v>34</v>
+      </c>
+      <c r="G23" t="s">
+        <v>35</v>
+      </c>
+      <c r="H23">
+        <v>2006</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>165</v>
+      </c>
+      <c r="K23" t="s">
         <v>24</v>
       </c>
-      <c r="N15" t="s">
-[...318 lines deleted...]
-      </c>
       <c r="L23" t="s">
-        <v>124</v>
+        <v>166</v>
       </c>
       <c r="M23" t="s">
-        <v>33</v>
+        <v>167</v>
       </c>
       <c r="N23" t="s">
-        <v>125</v>
+        <v>38</v>
+      </c>
+      <c r="O23" t="s">
+        <v>168</v>
+      </c>
+      <c r="P23" t="s">
+        <v>169</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>