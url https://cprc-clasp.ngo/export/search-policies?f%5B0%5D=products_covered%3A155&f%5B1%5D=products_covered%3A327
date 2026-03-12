--- v1 (2025-11-28)
+++ v2 (2026-03-12)
@@ -1736,54 +1736,54 @@
       </c>
       <c r="P17"/>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>136</v>
       </c>
       <c r="B18" t="s">
         <v>137</v>
       </c>
       <c r="C18" t="s">
         <v>138</v>
       </c>
       <c r="D18" t="s">
         <v>139</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>34</v>
       </c>
       <c r="G18" t="s">
         <v>35</v>
       </c>
-      <c r="H18">
+      <c r="H18"/>
+      <c r="I18">
         <v>2024</v>
       </c>
-      <c r="I18"/>
       <c r="J18" t="s">
         <v>140</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
         <v>141</v>
       </c>
       <c r="N18" t="s">
         <v>38</v>
       </c>
       <c r="O18" t="s">
         <v>142</v>
       </c>
       <c r="P18" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>144</v>
       </c>
       <c r="B19" t="s">