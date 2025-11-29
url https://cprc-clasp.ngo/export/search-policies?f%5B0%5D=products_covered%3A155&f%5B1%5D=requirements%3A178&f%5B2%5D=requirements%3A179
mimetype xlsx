--- v0 (2025-10-13)
+++ v1 (2025-11-29)
@@ -12,227 +12,258 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-461238-2009. CQC Mark Certification - Variable frequency speed regulation devices</t>
   </si>
   <si>
+    <t>Applies to variable frequency speed regulation devices using three-phase AC power supply which voltage is no higher than 660V frequency of 50Hz and power no bigger than 315kW.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T 12668.2-2002 GB/Z 17625.6-2003 GB/T 17623</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461238-2009-cqc-mark-certification-variable-frequency-speed-regulation-devices</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492770.shtml</t>
+  </si>
+  <si>
     <t>Draft MEPS for electric motors</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for electric motors.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-electric-motors-0</t>
   </si>
   <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Variable Speed Drive</t>
   </si>
   <si>
+    <t>This scheme covers variable speed drive for 2 types: 1. Motor speed adjustment device used for AC induction motors with a rated power output of more than 37.5 kW., and 2. Motor speed adjustment device used for AC induction motors with rated power output ranging from 0.37 to 37.5 kW (0.5 to 50 hp).</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Motors and Motor Driven Equipment, Motors, Variable Speed Drives</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>IEC 61800-2</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-variable-speed-drive</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/4_01032565.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Variable Speed Drive, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a variable speed drive that is supplied to an AC electric motor. The scope includes 1. Applicable to one-phase or three-phase; 2. Applicable to an AC power supply with a frequency of 50 hertz or an increase or decrease from a frequency of 50 hertz by 5% and a rated voltage not exceeding 1,000 volts; 3. Harmonic quantity control shall be in accordance with IEC 61000-3-2 or IEC 61000-3-4 or equivalent standards; 4. It has a noise emission limit feature and the noise resistance complies with the IEC 61800-3 standard; 5. Withstand the sudden surge of current (surge) according to IEC 61800-3 standard; 6. Can be used with ambient temperature from 5 degrees Celsius; 7. Compatible with 85 percent relative humidity without condensation; and 8. It can be used in vibrating installation conditions as defined in IEC 61800-2.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-variable-speed-drive-be-2558-2015</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048428</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -496,315 +527,348 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="108" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="140" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="108.402" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1012.039" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="140.252" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="81.266" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2002</v>
+      </c>
+      <c r="I2">
+        <v>2009</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...5 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...8 lines deleted...]
-      <c r="M2" t="s">
+      <c r="F4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4">
+        <v>2022</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L4" t="s">
+        <v>47</v>
+      </c>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>53</v>
+      </c>
+      <c r="G5" t="s">
+        <v>45</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>48</v>
+      </c>
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...109 lines deleted...]
-        <v>45</v>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>