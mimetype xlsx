--- v0 (2025-11-26)
+++ v1 (2026-03-05)
@@ -212,53 +212,50 @@
   <si>
     <t>This policy covers hermetic motor-compressors in room air conditioners.</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 5773; GB/T 15765-2014</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-35971-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D82889D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
     <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
     <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
   </si>
   <si>
@@ -271,50 +268,53 @@
     <t>January 2016</t>
   </si>
   <si>
     <t>ISIRI NS 4335</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10639-20071st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
     <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
   </si>
   <si>
     <t>MEPS for General Lighting</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>CIE3 84:1989 and IEC 60064, Measurement of luminous flux
 ,   
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting</t>
   </si>
@@ -1088,159 +1088,159 @@
       </c>
       <c r="L6" t="s">
         <v>60</v>
       </c>
       <c r="M6" t="s">
         <v>61</v>
       </c>
       <c r="N6" t="s">
         <v>38</v>
       </c>
       <c r="O6" t="s">
         <v>62</v>
       </c>
       <c r="P6" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>64</v>
       </c>
       <c r="B7" t="s">
         <v>65</v>
       </c>
       <c r="C7" t="s">
-        <v>66</v>
+        <v>32</v>
       </c>
       <c r="D7" t="s">
         <v>33</v>
       </c>
       <c r="E7" t="s">
         <v>44</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="H7">
         <v>2025</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
+        <v>68</v>
+      </c>
+      <c r="M7" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="N7" t="s">
         <v>38</v>
       </c>
       <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
         <v>73</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="D8" t="s">
         <v>43</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="G8" t="s">
         <v>46</v>
       </c>
       <c r="H8">
         <v>2013</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
+        <v>77</v>
+      </c>
+      <c r="M8" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="N8" t="s">
         <v>38</v>
       </c>
       <c r="O8" t="s">
+        <v>79</v>
+      </c>
+      <c r="P8" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
+        <v>81</v>
+      </c>
+      <c r="B9" t="s">
         <v>82</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>83</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>8</v>
+        <v>85</v>
       </c>
       <c r="H9">
         <v>2015</v>
       </c>
       <c r="I9">
         <v>2019</v>
       </c>
       <c r="J9" t="s">
         <v>86</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
         <v>87</v>
       </c>
       <c r="M9" t="s">
         <v>88</v>
       </c>
       <c r="N9" t="s">
         <v>38</v>
       </c>
       <c r="O9" t="s">
         <v>89</v>
       </c>
@@ -1335,51 +1335,51 @@
       </c>
       <c r="O11" t="s">
         <v>105</v>
       </c>
       <c r="P11" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>107</v>
       </c>
       <c r="B12" t="s">
         <v>108</v>
       </c>
       <c r="C12" t="s">
         <v>109</v>
       </c>
       <c r="D12" t="s">
         <v>43</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="G12" t="s">
         <v>46</v>
       </c>
       <c r="H12">
         <v>2020</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
         <v>110</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
         <v>111</v>
       </c>
       <c r="M12" t="s">
         <v>112</v>
       </c>
       <c r="N12" t="s">
         <v>38</v>
       </c>
       <c r="O12" t="s">
         <v>113</v>