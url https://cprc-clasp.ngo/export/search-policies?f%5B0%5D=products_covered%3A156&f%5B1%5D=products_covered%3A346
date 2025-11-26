--- v0 (2025-10-12)
+++ v1 (2025-11-26)
@@ -12,487 +12,616 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="174">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>CEL-019. Air Compressor -Displacement Air Compressor</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered under this policy: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>GB-T 3853-1998</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-019-air-compressor-displacement-air-compressor</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B621_%E5%AE%B9%E7%A7%AF%E5%BC%8F%E7%A9%BA%E6%B0%94%E5%8E%8B%E7%BC%A9%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
+  </si>
+  <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
     <t>Commission Regulation EC No 1275-2008 of 17 December 2008</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to standby and off mode electric power consumption. This Regulation applies to electrical and electronic household and office equipment.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-ec-no-1275-2008-17-december-2008</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32008R1275</t>
+  </si>
+  <si>
     <t>CQC31-439132-2009. CQC Mark Certification - Refrigerant compressors used in air-conditioning applications</t>
   </si>
   <si>
+    <t>This policy applies to wholly-closed electric motor-compressor wholly-closed turbine type cooling compressor piston type single stage cooling compressor and screw type cooling compressor.</t>
+  </si>
+  <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC 2209-2009</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439132-2009-cqc-mark-certification-refrigerant-compressors-used-air-conditioning</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-13/492739.shtml</t>
+  </si>
+  <si>
     <t>GB 19153-2019 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Displacement Air Compressors</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>GB/T 3853; GB/T 4975; GB/T 13279; GB/T 13928; GB/T26967; JB/T 4253; JB/T 6430; JB/T 7662; JB/T 8933; JB/T 8934; JB/T 9107; JB/T 10972; JB/T 11423; JB/T 13345</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19153-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 35971-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for hermetic motor-compressor in room air conditioners</t>
   </si>
   <si>
+    <t>This policy covers hermetic motor-compressors in room air conditioners.</t>
+  </si>
+  <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 5773; GB/T 15765-2014</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-35971-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D82889D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
+    <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
+  </si>
+  <si>
     <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISIRI NS 4335</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10639-20071st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>JS 50564:2012 Electrical and electronic household and office equipment - Measurement of low power consumption</t>
   </si>
   <si>
+    <t>This policy specifies methods of measurement of electrical power consumption and the reporting of the results for a range of electrical and electronic household and office equipment, hereafter referred to as products.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 62301</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-505642012-electrical-and-electronic-household-and-office-equipment-measurement-low</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5279</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Air Compressors</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-air-compressors</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
+  </si>
+  <si>
+    <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
+b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolution No. 3199 - Labeling for Electronics in Standby Mode</t>
   </si>
   <si>
+    <t>Specifies labeling requirements for the following products in standby mode: microwave ovens, televisions, decoder (translation: decodificador), DVD player, Blu-ray player, and music equipment (mini and micro components).</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NCh3107.Of2008 / IEC 62301:2005</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-3199-labeling-electronics-standby-mode</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1167667</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4142 - Screw Type Air Compressors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for screw type air compressors with or without integrated dryer, using AC electric motors from 2.24kW (3HP) to 447.60kW (600HP), with a supply rated voltage of 208-230/460V and a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>CAGI/PNEUROP PN2CPTC2</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4142-screw-type-air-compressors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4142_1.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4165 - Elevators</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for electric traction elevators for passenger transport and movement of objects with vertical guides, with or without machine room, according to the five categories of usage: very low, low, occasional, frequent, and very frequent.</t>
+  </si>
+  <si>
     <t>Elevators</t>
   </si>
   <si>
     <t>NOM-053-SCFI / NOM-008-SCFI / VDI 4707 parte 1 / VDI 2566 parte 1 / VDI 2566 parte 2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4165-elevators</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4165_01.pdf</t>
+  </si>
+  <si>
     <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
   </si>
   <si>
+    <t>Regulation for maximum consumption in stand by mode for electrical appliances for domestic and office electric appliances</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-62301-home-appliances-power-measurement-standby-mode</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=42cf5977-833f-4556-81d1-3f739af9bad8</t>
+  </si>
+  <si>
     <t>Standard NOM-032-ENER-2013 - Electrical Equipment in Standby Mode</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for various appliances and equipment in standby mode.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-032-ener-2013-electrical-equipment-standby-mode</t>
+  </si>
+  <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5330530&amp;fecha=23/01/2014</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -756,997 +885,1124 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N21"/>
+  <dimension ref="A1:P21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="255" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="255.938" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="540.154" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="186.24" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="307.782" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1994</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>38</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5">
+        <v>2023</v>
+      </c>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>38</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>45</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>58</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>52</v>
+      </c>
+      <c r="N6" t="s">
+        <v>38</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" t="s">
+        <v>64</v>
+      </c>
+      <c r="F7" t="s">
+        <v>65</v>
+      </c>
+      <c r="G7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H7">
+        <v>2009</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>66</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>67</v>
+      </c>
+      <c r="M7" t="s">
+        <v>68</v>
+      </c>
+      <c r="N7" t="s">
+        <v>38</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8">
+        <v>2020</v>
+      </c>
+      <c r="J8" t="s">
+        <v>66</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>73</v>
+      </c>
+      <c r="M8" t="s">
+        <v>37</v>
+      </c>
+      <c r="N8" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...14 lines deleted...]
-      <c r="H3">
+      <c r="O8" t="s">
+        <v>74</v>
+      </c>
+      <c r="P8" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>76</v>
+      </c>
+      <c r="B9" t="s">
+        <v>77</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" t="s">
+        <v>63</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>45</v>
+      </c>
+      <c r="H9">
         <v>2019</v>
       </c>
-      <c r="I3" t="s">
-[...2 lines deleted...]
-      <c r="J3" t="s">
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>78</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>79</v>
+      </c>
+      <c r="M9" t="s">
+        <v>80</v>
+      </c>
+      <c r="N9" t="s">
+        <v>38</v>
+      </c>
+      <c r="O9" t="s">
+        <v>81</v>
+      </c>
+      <c r="P9" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>83</v>
+      </c>
+      <c r="B10" t="s">
+        <v>84</v>
+      </c>
+      <c r="C10" t="s">
+        <v>85</v>
+      </c>
+      <c r="D10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" t="s">
+        <v>64</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...5 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G10" t="s">
+        <v>86</v>
+      </c>
+      <c r="H10">
+        <v>2025</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>87</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>88</v>
+      </c>
+      <c r="M10" t="s">
+        <v>89</v>
+      </c>
+      <c r="N10" t="s">
+        <v>38</v>
+      </c>
+      <c r="O10" t="s">
+        <v>90</v>
+      </c>
+      <c r="P10" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>92</v>
+      </c>
+      <c r="B11" t="s">
+        <v>93</v>
+      </c>
+      <c r="C11" t="s">
+        <v>94</v>
+      </c>
+      <c r="D11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>95</v>
+      </c>
+      <c r="G11" t="s">
+        <v>45</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>96</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>97</v>
+      </c>
+      <c r="M11" t="s">
+        <v>98</v>
+      </c>
+      <c r="N11" t="s">
+        <v>38</v>
+      </c>
+      <c r="O11" t="s">
+        <v>99</v>
+      </c>
+      <c r="P11" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>101</v>
+      </c>
+      <c r="B12" t="s">
+        <v>102</v>
+      </c>
+      <c r="C12" t="s">
+        <v>103</v>
+      </c>
+      <c r="D12" t="s">
+        <v>57</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2012</v>
+      </c>
+      <c r="I12">
+        <v>2013</v>
+      </c>
+      <c r="J12" t="s">
+        <v>66</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>104</v>
+      </c>
+      <c r="M12" t="s">
+        <v>105</v>
+      </c>
+      <c r="N12" t="s">
+        <v>38</v>
+      </c>
+      <c r="O12" t="s">
+        <v>106</v>
+      </c>
+      <c r="P12" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>108</v>
+      </c>
+      <c r="B13"/>
+      <c r="C13" t="s">
+        <v>109</v>
+      </c>
+      <c r="D13" t="s">
         <v>33</v>
       </c>
-      <c r="N3" t="s">
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>45</v>
+      </c>
+      <c r="H13">
+        <v>2021</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>110</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>111</v>
+      </c>
+      <c r="N13" t="s">
+        <v>38</v>
+      </c>
+      <c r="O13" t="s">
+        <v>112</v>
+      </c>
+      <c r="P13" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>114</v>
+      </c>
+      <c r="B14" t="s">
+        <v>115</v>
+      </c>
+      <c r="C14" t="s">
+        <v>116</v>
+      </c>
+      <c r="D14" t="s">
+        <v>117</v>
+      </c>
+      <c r="E14" t="s">
+        <v>64</v>
+      </c>
+      <c r="F14" t="s">
         <v>34</v>
       </c>
+      <c r="G14" t="s">
+        <v>45</v>
+      </c>
+      <c r="H14">
+        <v>2012</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>118</v>
+      </c>
+      <c r="K14" t="s">
+        <v>119</v>
+      </c>
+      <c r="L14" t="s">
+        <v>120</v>
+      </c>
+      <c r="M14" t="s">
+        <v>121</v>
+      </c>
+      <c r="N14" t="s">
+        <v>38</v>
+      </c>
+      <c r="O14" t="s">
+        <v>122</v>
+      </c>
+      <c r="P14" t="s">
+        <v>123</v>
+      </c>
     </row>
-    <row r="4" spans="1:14">
-[...15 lines deleted...]
-      <c r="F4" t="s">
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>124</v>
+      </c>
+      <c r="B15" t="s">
+        <v>125</v>
+      </c>
+      <c r="C15" t="s">
+        <v>126</v>
+      </c>
+      <c r="D15" t="s">
+        <v>63</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>95</v>
+      </c>
+      <c r="G15" t="s">
+        <v>45</v>
+      </c>
+      <c r="H15">
+        <v>2020</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>127</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>128</v>
+      </c>
+      <c r="M15" t="s">
+        <v>129</v>
+      </c>
+      <c r="N15" t="s">
         <v>38</v>
       </c>
-      <c r="G4">
+      <c r="O15" t="s">
+        <v>130</v>
+      </c>
+      <c r="P15" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>132</v>
+      </c>
+      <c r="B16" t="s">
+        <v>133</v>
+      </c>
+      <c r="C16" t="s">
+        <v>134</v>
+      </c>
+      <c r="D16" t="s">
+        <v>135</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>95</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2017</v>
+      </c>
+      <c r="I16">
+        <v>2021</v>
+      </c>
+      <c r="J16" t="s">
+        <v>136</v>
+      </c>
+      <c r="K16" t="s">
+        <v>137</v>
+      </c>
+      <c r="L16" t="s">
+        <v>138</v>
+      </c>
+      <c r="M16" t="s">
+        <v>139</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>140</v>
+      </c>
+      <c r="P16" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>142</v>
+      </c>
+      <c r="B17" t="s">
+        <v>143</v>
+      </c>
+      <c r="C17" t="s">
+        <v>144</v>
+      </c>
+      <c r="D17" t="s">
+        <v>57</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>34</v>
+      </c>
+      <c r="G17" t="s">
+        <v>45</v>
+      </c>
+      <c r="H17">
+        <v>2011</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>145</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>146</v>
+      </c>
+      <c r="M17" t="s">
+        <v>147</v>
+      </c>
+      <c r="N17" t="s">
+        <v>38</v>
+      </c>
+      <c r="O17" t="s">
+        <v>148</v>
+      </c>
+      <c r="P17" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>150</v>
+      </c>
+      <c r="B18" t="s">
+        <v>151</v>
+      </c>
+      <c r="C18" t="s">
+        <v>126</v>
+      </c>
+      <c r="D18" t="s">
+        <v>33</v>
+      </c>
+      <c r="E18" t="s">
+        <v>64</v>
+      </c>
+      <c r="F18" t="s">
+        <v>65</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2008</v>
+      </c>
+      <c r="I18">
+        <v>2012</v>
+      </c>
+      <c r="J18" t="s">
+        <v>145</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>152</v>
+      </c>
+      <c r="M18" t="s">
+        <v>153</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>154</v>
+      </c>
+      <c r="P18" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>156</v>
+      </c>
+      <c r="B19" t="s">
+        <v>157</v>
+      </c>
+      <c r="C19" t="s">
+        <v>126</v>
+      </c>
+      <c r="D19" t="s">
+        <v>158</v>
+      </c>
+      <c r="E19" t="s">
+        <v>64</v>
+      </c>
+      <c r="F19" t="s">
+        <v>65</v>
+      </c>
+      <c r="G19" t="s">
+        <v>45</v>
+      </c>
+      <c r="H19">
+        <v>2011</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>145</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>159</v>
+      </c>
+      <c r="M19" t="s">
+        <v>153</v>
+      </c>
+      <c r="N19" t="s">
+        <v>38</v>
+      </c>
+      <c r="O19" t="s">
+        <v>160</v>
+      </c>
+      <c r="P19" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>162</v>
+      </c>
+      <c r="B20" t="s">
+        <v>163</v>
+      </c>
+      <c r="C20" t="s">
+        <v>164</v>
+      </c>
+      <c r="D20" t="s">
+        <v>57</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2012</v>
+      </c>
+      <c r="I20">
         <v>2013</v>
       </c>
-      <c r="H4"/>
-[...12 lines deleted...]
-        <v>40</v>
+      <c r="J20" t="s">
+        <v>110</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>165</v>
+      </c>
+      <c r="M20" t="s">
+        <v>166</v>
+      </c>
+      <c r="N20" t="s">
+        <v>38</v>
+      </c>
+      <c r="O20" t="s">
+        <v>167</v>
+      </c>
+      <c r="P20" t="s">
+        <v>168</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...42 lines deleted...]
-      <c r="A6" t="s">
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>169</v>
+      </c>
+      <c r="B21" t="s">
+        <v>170</v>
+      </c>
+      <c r="C21" t="s">
+        <v>126</v>
+      </c>
+      <c r="D21" t="s">
+        <v>57</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>95</v>
+      </c>
+      <c r="G21" t="s">
         <v>45</v>
       </c>
-      <c r="B6" t="s">
-[...11 lines deleted...]
-      <c r="F6" t="s">
+      <c r="H21">
+        <v>2014</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>145</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>171</v>
+      </c>
+      <c r="M21" t="s">
+        <v>129</v>
+      </c>
+      <c r="N21" t="s">
         <v>38</v>
       </c>
-      <c r="G6">
-[...655 lines deleted...]
-        <v>131</v>
+      <c r="O21" t="s">
+        <v>172</v>
+      </c>
+      <c r="P21" t="s">
+        <v>173</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>