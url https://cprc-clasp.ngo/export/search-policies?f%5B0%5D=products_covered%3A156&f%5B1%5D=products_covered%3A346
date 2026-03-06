--- v1 (2025-11-26)
+++ v2 (2026-03-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="174">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="173">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -268,53 +268,50 @@
     <t>GB 35971-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for hermetic motor-compressor in room air conditioners</t>
   </si>
   <si>
     <t>This policy covers hermetic motor-compressors in room air conditioners.</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 5773; GB/T 15765-2014</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-35971-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D82889D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
     <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
     <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
@@ -1353,620 +1350,620 @@
       </c>
       <c r="L9" t="s">
         <v>79</v>
       </c>
       <c r="M9" t="s">
         <v>80</v>
       </c>
       <c r="N9" t="s">
         <v>38</v>
       </c>
       <c r="O9" t="s">
         <v>81</v>
       </c>
       <c r="P9" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>83</v>
       </c>
       <c r="B10" t="s">
         <v>84</v>
       </c>
       <c r="C10" t="s">
-        <v>85</v>
+        <v>32</v>
       </c>
       <c r="D10" t="s">
         <v>33</v>
       </c>
       <c r="E10" t="s">
         <v>64</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="H10">
         <v>2025</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
+        <v>87</v>
+      </c>
+      <c r="M10" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="N10" t="s">
         <v>38</v>
       </c>
       <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
+        <v>91</v>
+      </c>
+      <c r="B11" t="s">
         <v>92</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="D11" t="s">
         <v>63</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="G11" t="s">
         <v>45</v>
       </c>
       <c r="H11">
         <v>2013</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
+        <v>96</v>
+      </c>
+      <c r="M11" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="N11" t="s">
         <v>38</v>
       </c>
       <c r="O11" t="s">
+        <v>98</v>
+      </c>
+      <c r="P11" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
+        <v>100</v>
+      </c>
+      <c r="B12" t="s">
         <v>101</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="D12" t="s">
         <v>57</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2012</v>
       </c>
       <c r="I12">
         <v>2013</v>
       </c>
       <c r="J12" t="s">
         <v>66</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
+        <v>103</v>
+      </c>
+      <c r="M12" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="N12" t="s">
         <v>38</v>
       </c>
       <c r="O12" t="s">
+        <v>105</v>
+      </c>
+      <c r="P12" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B13"/>
       <c r="C13" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="D13" t="s">
         <v>33</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>45</v>
       </c>
       <c r="H13">
         <v>2021</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="N13" t="s">
         <v>38</v>
       </c>
       <c r="O13" t="s">
+        <v>111</v>
+      </c>
+      <c r="P13" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
+        <v>113</v>
+      </c>
+      <c r="B14" t="s">
         <v>114</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>115</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="E14" t="s">
         <v>64</v>
       </c>
       <c r="F14" t="s">
         <v>34</v>
       </c>
       <c r="G14" t="s">
         <v>45</v>
       </c>
       <c r="H14">
         <v>2012</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
+        <v>117</v>
+      </c>
+      <c r="K14" t="s">
         <v>118</v>
       </c>
-      <c r="K14" t="s">
+      <c r="L14" t="s">
         <v>119</v>
       </c>
-      <c r="L14" t="s">
+      <c r="M14" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="N14" t="s">
         <v>38</v>
       </c>
       <c r="O14" t="s">
+        <v>121</v>
+      </c>
+      <c r="P14" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
+        <v>123</v>
+      </c>
+      <c r="B15" t="s">
         <v>124</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="D15" t="s">
         <v>63</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="G15" t="s">
         <v>45</v>
       </c>
       <c r="H15">
         <v>2020</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
+        <v>127</v>
+      </c>
+      <c r="M15" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="N15" t="s">
         <v>38</v>
       </c>
       <c r="O15" t="s">
+        <v>129</v>
+      </c>
+      <c r="P15" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
+        <v>131</v>
+      </c>
+      <c r="B16" t="s">
         <v>132</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>133</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2017</v>
       </c>
       <c r="I16">
         <v>2021</v>
       </c>
       <c r="J16" t="s">
+        <v>135</v>
+      </c>
+      <c r="K16" t="s">
         <v>136</v>
       </c>
-      <c r="K16" t="s">
+      <c r="L16" t="s">
         <v>137</v>
       </c>
-      <c r="L16" t="s">
+      <c r="M16" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
+        <v>139</v>
+      </c>
+      <c r="P16" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
+        <v>141</v>
+      </c>
+      <c r="B17" t="s">
         <v>142</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="D17" t="s">
         <v>57</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>34</v>
       </c>
       <c r="G17" t="s">
         <v>45</v>
       </c>
       <c r="H17">
         <v>2011</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
+        <v>145</v>
+      </c>
+      <c r="M17" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="N17" t="s">
         <v>38</v>
       </c>
       <c r="O17" t="s">
+        <v>147</v>
+      </c>
+      <c r="P17" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
+        <v>149</v>
+      </c>
+      <c r="B18" t="s">
         <v>150</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="D18" t="s">
         <v>33</v>
       </c>
       <c r="E18" t="s">
         <v>64</v>
       </c>
       <c r="F18" t="s">
         <v>65</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2008</v>
       </c>
       <c r="I18">
         <v>2012</v>
       </c>
       <c r="J18" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
+        <v>151</v>
+      </c>
+      <c r="M18" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
+        <v>153</v>
+      </c>
+      <c r="P18" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
+        <v>155</v>
+      </c>
+      <c r="B19" t="s">
         <v>156</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
+        <v>125</v>
+      </c>
+      <c r="D19" t="s">
         <v>157</v>
-      </c>
-[...4 lines deleted...]
-        <v>158</v>
       </c>
       <c r="E19" t="s">
         <v>64</v>
       </c>
       <c r="F19" t="s">
         <v>65</v>
       </c>
       <c r="G19" t="s">
         <v>45</v>
       </c>
       <c r="H19">
         <v>2011</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="M19" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="N19" t="s">
         <v>38</v>
       </c>
       <c r="O19" t="s">
+        <v>159</v>
+      </c>
+      <c r="P19" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
+        <v>161</v>
+      </c>
+      <c r="B20" t="s">
         <v>162</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="D20" t="s">
         <v>57</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2012</v>
       </c>
       <c r="I20">
         <v>2013</v>
       </c>
       <c r="J20" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
+        <v>164</v>
+      </c>
+      <c r="M20" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="N20" t="s">
         <v>38</v>
       </c>
       <c r="O20" t="s">
+        <v>166</v>
+      </c>
+      <c r="P20" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
+        <v>168</v>
+      </c>
+      <c r="B21" t="s">
         <v>169</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="D21" t="s">
         <v>57</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="G21" t="s">
         <v>45</v>
       </c>
       <c r="H21">
         <v>2014</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="M21" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="N21" t="s">
         <v>38</v>
       </c>
       <c r="O21" t="s">
+        <v>171</v>
+      </c>
+      <c r="P21" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">