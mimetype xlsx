--- v0 (2025-10-15)
+++ v1 (2026-03-20)
@@ -12,255 +12,292 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-439132-2009. CQC Mark Certification - Refrigerant compressors used in air-conditioning applications</t>
   </si>
   <si>
+    <t>This policy applies to wholly-closed electric motor-compressor wholly-closed turbine type cooling compressor piston type single stage cooling compressor and screw type cooling compressor.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CQC 2209-2009</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439132-2009-cqc-mark-certification-refrigerant-compressors-used-air-conditioning</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-13/492739.shtml</t>
+  </si>
+  <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
+    <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
   </si>
   <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4142 - Screw Type Air Compressors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for screw type air compressors with or without integrated dryer, using AC electric motors from 2.24kW (3HP) to 447.60kW (600HP), with a supply rated voltage of 208-230/460V and a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>CAGI/PNEUROP PN2CPTC2</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4142-screw-type-air-compressors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4142_1.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4165 - Elevators</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for electric traction elevators for passenger transport and movement of objects with vertical guides, with or without machine room, according to the five categories of usage: very low, low, occasional, frequent, and very frequent.</t>
+  </si>
+  <si>
     <t>Elevators</t>
   </si>
   <si>
     <t>NOM-053-SCFI / NOM-008-SCFI / VDI 4707 parte 1 / VDI 2566 parte 1 / VDI 2566 parte 2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4165-elevators</t>
+  </si>
+  <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4165_01.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -524,363 +561,402 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N6"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="124" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="140" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="124.97" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="331.348" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="140.252" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="113.115" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2025</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2012</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>46</v>
+      </c>
+      <c r="L4" t="s">
+        <v>47</v>
+      </c>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H5">
+        <v>2008</v>
+      </c>
+      <c r="I5">
+        <v>2012</v>
+      </c>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>56</v>
+      </c>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>58</v>
+      </c>
+      <c r="O5" t="s">
+        <v>59</v>
+      </c>
+      <c r="P5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>61</v>
+      </c>
+      <c r="B6" t="s">
+        <v>62</v>
+      </c>
+      <c r="C6" t="s">
+        <v>53</v>
+      </c>
+      <c r="D6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...7 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L6" t="s">
+        <v>64</v>
+      </c>
+      <c r="M6" t="s">
+        <v>57</v>
+      </c>
+      <c r="N6" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...159 lines deleted...]
-        <v>54</v>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>