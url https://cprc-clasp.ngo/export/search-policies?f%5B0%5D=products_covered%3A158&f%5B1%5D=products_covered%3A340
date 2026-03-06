--- v0 (2025-11-30)
+++ v1 (2026-03-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="174">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="173">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -378,53 +378,50 @@
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 38450-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED flat panel luminaires</t>
   </si>
   <si>
     <t>This policy covers LED flat panel luminaires.</t>
   </si>
   <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38450-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
     <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Incandescent Lamps for General Lighting Services) Determination 2016</t>
   </si>
   <si>
     <t>This Determination covers incandescent lamps used in general lighting services in the product classes set out in the following table: GLS tungsten filament lamps; extra low voltage halogen non-reflector lamps; candle tungsten filament lamps; fancy round tungsten filament lamps; decorative tungsten filament lamps; mains voltage halogen non-reflector lamps; and extra low voltage halogen reflector lamps.</t>
@@ -1600,380 +1597,380 @@
       </c>
       <c r="L14" t="s">
         <v>116</v>
       </c>
       <c r="M14" t="s">
         <v>117</v>
       </c>
       <c r="N14" t="s">
         <v>37</v>
       </c>
       <c r="O14" t="s">
         <v>118</v>
       </c>
       <c r="P14" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>120</v>
       </c>
       <c r="B15" t="s">
         <v>121</v>
       </c>
       <c r="C15" t="s">
-        <v>122</v>
+        <v>42</v>
       </c>
       <c r="D15" t="s">
         <v>52</v>
       </c>
       <c r="E15" t="s">
         <v>59</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="H15">
         <v>2025</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
+        <v>124</v>
+      </c>
+      <c r="M15" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="N15" t="s">
         <v>37</v>
       </c>
       <c r="O15" t="s">
+        <v>126</v>
+      </c>
+      <c r="P15" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
+        <v>128</v>
+      </c>
+      <c r="B16" t="s">
         <v>129</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>130</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>103</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2009</v>
       </c>
       <c r="I16">
         <v>2016</v>
       </c>
       <c r="J16" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
+        <v>133</v>
+      </c>
+      <c r="M16" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="N16" t="s">
         <v>37</v>
       </c>
       <c r="O16" t="s">
+        <v>135</v>
+      </c>
+      <c r="P16" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
+        <v>137</v>
+      </c>
+      <c r="B17" t="s">
         <v>138</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
+        <v>130</v>
+      </c>
+      <c r="D17" t="s">
         <v>139</v>
-      </c>
-[...4 lines deleted...]
-        <v>140</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2009</v>
       </c>
       <c r="I17">
         <v>2017</v>
       </c>
       <c r="J17" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="M17" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="N17" t="s">
         <v>37</v>
       </c>
       <c r="O17" t="s">
+        <v>141</v>
+      </c>
+      <c r="P17" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="B18"/>
       <c r="C18" t="s">
         <v>87</v>
       </c>
       <c r="D18" t="s">
         <v>52</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>44</v>
       </c>
       <c r="H18">
         <v>2021</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
         <v>104</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
         <v>90</v>
       </c>
       <c r="N18" t="s">
         <v>37</v>
       </c>
       <c r="O18" t="s">
+        <v>144</v>
+      </c>
+      <c r="P18" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
+        <v>146</v>
+      </c>
+      <c r="B19" t="s">
         <v>147</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>148</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="E19" t="s">
         <v>59</v>
       </c>
       <c r="F19" t="s">
         <v>103</v>
       </c>
       <c r="G19" t="s">
         <v>44</v>
       </c>
       <c r="H19">
         <v>2014</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
+        <v>151</v>
+      </c>
+      <c r="M19" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="N19" t="s">
         <v>37</v>
       </c>
       <c r="O19" t="s">
+        <v>153</v>
+      </c>
+      <c r="P19" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
+        <v>155</v>
+      </c>
+      <c r="B20" t="s">
         <v>156</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>157</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>103</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2017</v>
       </c>
       <c r="I20">
         <v>2021</v>
       </c>
       <c r="J20" t="s">
+        <v>159</v>
+      </c>
+      <c r="K20" t="s">
         <v>160</v>
       </c>
-      <c r="K20" t="s">
+      <c r="L20" t="s">
         <v>161</v>
       </c>
-      <c r="L20" t="s">
+      <c r="M20" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
+        <v>163</v>
+      </c>
+      <c r="P20" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
+        <v>165</v>
+      </c>
+      <c r="B21" t="s">
         <v>166</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="D21" t="s">
         <v>52</v>
       </c>
       <c r="E21" t="s">
         <v>59</v>
       </c>
       <c r="F21" t="s">
         <v>60</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2008</v>
       </c>
       <c r="I21">
         <v>2012</v>
       </c>
       <c r="J21" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
+        <v>169</v>
+      </c>
+      <c r="M21" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
+        <v>171</v>
+      </c>
+      <c r="P21" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">