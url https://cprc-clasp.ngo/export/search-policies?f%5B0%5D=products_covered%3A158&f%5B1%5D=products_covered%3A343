--- v0 (2025-10-11)
+++ v1 (2025-11-27)
@@ -12,420 +12,530 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>CEL-019. Air Compressor -Displacement Air Compressor</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered under this policy: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>GB-T 3853-1998</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-019-air-compressor-displacement-air-compressor</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B621_%E5%AE%B9%E7%A7%AF%E5%BC%8F%E7%A9%BA%E6%B0%94%E5%8E%8B%E7%BC%A9%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances with a direct sales function</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Refrigerated Vending Machines</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192018-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192018-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2018-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2024 of 1 October 2019 laying down ecodesign requirements for refrigerating appliances with a direct sales function pursuant to Directive 2009/125/EC of the European Parliament and of the Council </t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs. This Regulation does not apply to:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192024-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2024-20210501</t>
+  </si>
+  <si>
     <t>CQC31-439343-2020. Energy Conservation Certification Rules for Refrigerated Beverage Vending Machines</t>
   </si>
   <si>
+    <t>Apply to refrigerated beverage bending machines</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 26920.3-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439343-2020-energy-conservation-certification-rules-refrigerated-beverage-vending</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-10-19/556980.shtml</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Refrigerated Beverage Vending Machines Version 4.0</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Refrigerated Beverage Vending Machine and Class A, Class B, Combination A, or Combination B, including new and rebuilt, as specified in the policy document are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.B.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>10 CFR Part 431 Subpart Q, Appendix B</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-refrigerated-beverage-vending-machines-version-40</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/other/vending_machines/partners</t>
+  </si>
+  <si>
     <t>GB 19153-2019 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Displacement Air Compressors</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>GB/T 3853; GB/T 4975; GB/T 13279; GB/T 13928; GB/T26967; JB/T 4253; JB/T 6430; JB/T 7662; JB/T 8933; JB/T 8934; JB/T 9107; JB/T 10972; JB/T 11423; JB/T 13345</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19153-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 26920.3-2019 Minimum allowable values of energy efficiency and energy efficiency grades for commercial refrigerating appliances—Part 3: Refrigerated beverage vending machines</t>
   </si>
   <si>
+    <t>This policy covers refrigerated beverage vending machines.</t>
+  </si>
+  <si>
     <t>GB/T 21001.2; GB/T 28493; ISO 9050</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-269203-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CAD4A5E05397BE0A0AD02D</t>
+  </si>
+  <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
+    <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
+  </si>
+  <si>
     <t>MELS for Commercial Storage Refrigerators</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Air Compressors</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-air-compressors</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4142 - Screw Type Air Compressors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for screw type air compressors with or without integrated dryer, using AC electric motors from 2.24kW (3HP) to 447.60kW (600HP), with a supply rated voltage of 208-230/460V and a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>CAGI/PNEUROP PN2CPTC2</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4142-screw-type-air-compressors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4142_1.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Refrigerating appliances with a direct sales function</t>
   </si>
   <si>
+    <t>This regulation applies to electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-refrigerating-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/2/made</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices with Direct Sales Function (2019/2018/EU) (SGM:2021/10)</t>
+  </si>
+  <si>
+    <t>This policy defines energy labeling requirements for refrigerating appliances with a direct sales function, including supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, small ice-cream freezers, gelato-scooping cabinets, and refrigerated vending machines. It does not apply to Minibars and wine storage appliances with sales functions. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council about energy labelling of refrigerating appliances with a direct sales function.</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>EN 16901
 ,   
                     EN 16902
 ,   
                     EN 50597
 ,   
                     EN ISO 23953-2</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-direct-sales-function</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-10.htm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -689,857 +799,966 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N18"/>
+  <dimension ref="A1:P18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="281" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="281.788" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="743.104" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="186.24" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="307.782" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1994</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4">
+        <v>2019</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>45</v>
+      </c>
+      <c r="H5">
+        <v>2019</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D6" t="s">
+        <v>44</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G6" t="s">
+        <v>45</v>
+      </c>
+      <c r="H6">
+        <v>2019</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>51</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>52</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" t="s">
+        <v>61</v>
+      </c>
+      <c r="F7" t="s">
+        <v>62</v>
+      </c>
+      <c r="G7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H7">
+        <v>2020</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>63</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>64</v>
+      </c>
+      <c r="M7" t="s">
+        <v>65</v>
+      </c>
+      <c r="N7" t="s">
+        <v>38</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>70</v>
+      </c>
+      <c r="D8" t="s">
+        <v>71</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>72</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H8">
+        <v>2016</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>73</v>
+      </c>
+      <c r="K8" t="s">
+        <v>74</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>75</v>
+      </c>
+      <c r="N8" t="s">
+        <v>38</v>
+      </c>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>80</v>
+      </c>
+      <c r="D9" t="s">
+        <v>44</v>
+      </c>
+      <c r="E9" t="s">
+        <v>61</v>
+      </c>
+      <c r="F9" t="s">
+        <v>62</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2004</v>
+      </c>
+      <c r="I9">
+        <v>2020</v>
+      </c>
+      <c r="J9" t="s">
+        <v>81</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L9" t="s">
+        <v>82</v>
+      </c>
+      <c r="M9" t="s">
+        <v>83</v>
+      </c>
+      <c r="N9" t="s">
+        <v>38</v>
+      </c>
+      <c r="O9" t="s">
+        <v>84</v>
+      </c>
+      <c r="P9" t="s">
+        <v>85</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B10" t="s">
+        <v>87</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10">
+        <v>2020</v>
+      </c>
+      <c r="J10" t="s">
+        <v>81</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>88</v>
+      </c>
+      <c r="M10" t="s">
+        <v>37</v>
+      </c>
+      <c r="N10" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...20 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>91</v>
+      </c>
+      <c r="B11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
+        <v>44</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...5 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G11" t="s">
+        <v>45</v>
+      </c>
+      <c r="H11">
+        <v>2021</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>63</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>93</v>
+      </c>
+      <c r="M11" t="s">
+        <v>94</v>
+      </c>
+      <c r="N11" t="s">
+        <v>38</v>
+      </c>
+      <c r="O11" t="s">
+        <v>95</v>
+      </c>
+      <c r="P11" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>97</v>
+      </c>
+      <c r="B12" t="s">
+        <v>98</v>
+      </c>
+      <c r="C12" t="s">
+        <v>99</v>
+      </c>
+      <c r="D12" t="s">
         <v>33</v>
       </c>
-      <c r="N3" t="s">
+      <c r="E12" t="s">
+        <v>61</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>100</v>
+      </c>
+      <c r="H12">
+        <v>2025</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>101</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>102</v>
+      </c>
+      <c r="M12" t="s">
+        <v>103</v>
+      </c>
+      <c r="N12" t="s">
+        <v>38</v>
+      </c>
+      <c r="O12" t="s">
+        <v>104</v>
+      </c>
+      <c r="P12" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>106</v>
+      </c>
+      <c r="B13" t="s">
+        <v>107</v>
+      </c>
+      <c r="C13" t="s">
+        <v>108</v>
+      </c>
+      <c r="D13" t="s">
+        <v>109</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>34</v>
       </c>
+      <c r="G13" t="s">
+        <v>45</v>
+      </c>
+      <c r="H13">
+        <v>2025</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>110</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>111</v>
+      </c>
+      <c r="N13" t="s">
+        <v>38</v>
+      </c>
+      <c r="O13" t="s">
+        <v>112</v>
+      </c>
+      <c r="P13" t="s">
+        <v>113</v>
+      </c>
     </row>
-    <row r="4" spans="1:14">
-[...15 lines deleted...]
-      <c r="F4" t="s">
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>114</v>
+      </c>
+      <c r="B14" t="s">
+        <v>115</v>
+      </c>
+      <c r="C14" t="s">
+        <v>108</v>
+      </c>
+      <c r="D14" t="s">
+        <v>109</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>45</v>
+      </c>
+      <c r="H14">
+        <v>2025</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>110</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>111</v>
+      </c>
+      <c r="N14" t="s">
         <v>38</v>
       </c>
-      <c r="G4">
-[...6 lines deleted...]
-      <c r="J4" t="s">
+      <c r="O14" t="s">
+        <v>116</v>
+      </c>
+      <c r="P14" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>118</v>
+      </c>
+      <c r="B15"/>
+      <c r="C15" t="s">
+        <v>119</v>
+      </c>
+      <c r="D15" t="s">
+        <v>33</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-[...1 lines deleted...]
-      <c r="M4" t="s">
+      <c r="G15" t="s">
+        <v>45</v>
+      </c>
+      <c r="H15">
+        <v>2021</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>73</v>
+      </c>
+      <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-        <v>40</v>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>120</v>
+      </c>
+      <c r="N15" t="s">
+        <v>38</v>
+      </c>
+      <c r="O15" t="s">
+        <v>121</v>
+      </c>
+      <c r="P15" t="s">
+        <v>122</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...15 lines deleted...]
-      <c r="F5" t="s">
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>123</v>
+      </c>
+      <c r="B16" t="s">
+        <v>124</v>
+      </c>
+      <c r="C16" t="s">
+        <v>125</v>
+      </c>
+      <c r="D16" t="s">
+        <v>33</v>
+      </c>
+      <c r="E16" t="s">
+        <v>61</v>
+      </c>
+      <c r="F16" t="s">
+        <v>62</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2008</v>
+      </c>
+      <c r="I16">
+        <v>2012</v>
+      </c>
+      <c r="J16" t="s">
+        <v>126</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>127</v>
+      </c>
+      <c r="M16" t="s">
+        <v>128</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>129</v>
+      </c>
+      <c r="P16" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>131</v>
+      </c>
+      <c r="B17" t="s">
+        <v>132</v>
+      </c>
+      <c r="C17" t="s">
+        <v>43</v>
+      </c>
+      <c r="D17" t="s">
+        <v>44</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>45</v>
+      </c>
+      <c r="H17">
+        <v>2021</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>46</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17"/>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>133</v>
+      </c>
+      <c r="P17" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>135</v>
+      </c>
+      <c r="B18" t="s">
+        <v>136</v>
+      </c>
+      <c r="C18" t="s">
+        <v>137</v>
+      </c>
+      <c r="D18" t="s">
+        <v>138</v>
+      </c>
+      <c r="E18" t="s">
+        <v>61</v>
+      </c>
+      <c r="F18" t="s">
+        <v>34</v>
+      </c>
+      <c r="G18" t="s">
+        <v>45</v>
+      </c>
+      <c r="H18">
+        <v>2021</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>139</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>140</v>
+      </c>
+      <c r="M18" t="s">
+        <v>141</v>
+      </c>
+      <c r="N18" t="s">
         <v>38</v>
       </c>
-      <c r="G5">
-[...557 lines deleted...]
-        <v>107</v>
+      <c r="O18" t="s">
+        <v>142</v>
+      </c>
+      <c r="P18" t="s">
+        <v>143</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>