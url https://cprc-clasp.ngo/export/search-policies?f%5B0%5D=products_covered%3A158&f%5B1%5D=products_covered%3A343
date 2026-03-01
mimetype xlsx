--- v1 (2025-11-27)
+++ v2 (2026-03-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="143">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -312,91 +312,88 @@
   <si>
     <t>GB 26920.3-2019 Minimum allowable values of energy efficiency and energy efficiency grades for commercial refrigerating appliances—Part 3: Refrigerated beverage vending machines</t>
   </si>
   <si>
     <t>This policy covers refrigerated beverage vending machines.</t>
   </si>
   <si>
     <t>GB/T 21001.2; GB/T 28493; ISO 9050</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-269203-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CAD4A5E05397BE0A0AD02D</t>
   </si>
   <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
     <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Air Compressors</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
@@ -1363,366 +1360,366 @@
       </c>
       <c r="L11" t="s">
         <v>93</v>
       </c>
       <c r="M11" t="s">
         <v>94</v>
       </c>
       <c r="N11" t="s">
         <v>38</v>
       </c>
       <c r="O11" t="s">
         <v>95</v>
       </c>
       <c r="P11" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>97</v>
       </c>
       <c r="B12" t="s">
         <v>98</v>
       </c>
       <c r="C12" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
         <v>33</v>
       </c>
       <c r="E12" t="s">
         <v>61</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="H12">
         <v>2025</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
+        <v>101</v>
+      </c>
+      <c r="M12" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="N12" t="s">
         <v>38</v>
       </c>
       <c r="O12" t="s">
+        <v>103</v>
+      </c>
+      <c r="P12" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
+        <v>105</v>
+      </c>
+      <c r="B13" t="s">
         <v>106</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>107</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>34</v>
       </c>
       <c r="G13" t="s">
         <v>45</v>
       </c>
       <c r="H13">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="N13" t="s">
         <v>38</v>
       </c>
       <c r="O13" t="s">
+        <v>111</v>
+      </c>
+      <c r="P13" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
+        <v>113</v>
+      </c>
+      <c r="B14" t="s">
         <v>114</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" t="s">
+        <v>107</v>
+      </c>
+      <c r="D14" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>45</v>
       </c>
       <c r="H14">
         <v>2025</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="N14" t="s">
         <v>38</v>
       </c>
       <c r="O14" t="s">
+        <v>115</v>
+      </c>
+      <c r="P14" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="B15"/>
       <c r="C15" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="D15" t="s">
         <v>33</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>45</v>
       </c>
       <c r="H15">
         <v>2021</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
         <v>73</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="N15" t="s">
         <v>38</v>
       </c>
       <c r="O15" t="s">
+        <v>120</v>
+      </c>
+      <c r="P15" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
+        <v>122</v>
+      </c>
+      <c r="B16" t="s">
         <v>123</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="D16" t="s">
         <v>33</v>
       </c>
       <c r="E16" t="s">
         <v>61</v>
       </c>
       <c r="F16" t="s">
         <v>62</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2008</v>
       </c>
       <c r="I16">
         <v>2012</v>
       </c>
       <c r="J16" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
+        <v>126</v>
+      </c>
+      <c r="M16" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
+        <v>128</v>
+      </c>
+      <c r="P16" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
+        <v>130</v>
+      </c>
+      <c r="B17" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="C17" t="s">
         <v>43</v>
       </c>
       <c r="D17" t="s">
         <v>44</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>45</v>
       </c>
       <c r="H17">
         <v>2021</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
         <v>46</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17"/>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
+        <v>132</v>
+      </c>
+      <c r="P17" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
+        <v>134</v>
+      </c>
+      <c r="B18" t="s">
         <v>135</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
         <v>136</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="E18" t="s">
         <v>61</v>
       </c>
       <c r="F18" t="s">
         <v>34</v>
       </c>
       <c r="G18" t="s">
         <v>45</v>
       </c>
       <c r="H18">
         <v>2021</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
+        <v>139</v>
+      </c>
+      <c r="M18" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="N18" t="s">
         <v>38</v>
       </c>
       <c r="O18" t="s">
+        <v>141</v>
+      </c>
+      <c r="P18" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">