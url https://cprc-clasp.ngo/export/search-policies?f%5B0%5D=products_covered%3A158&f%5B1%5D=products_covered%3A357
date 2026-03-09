--- v0 (2025-10-14)
+++ v1 (2026-03-09)
@@ -12,297 +12,346 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>CEL-019. Air Compressor -Displacement Air Compressor</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered under this policy: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>GB-T 3853-1998</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-019-air-compressor-displacement-air-compressor</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B621_%E5%AE%B9%E7%A7%AF%E5%BC%8F%E7%A9%BA%E6%B0%94%E5%8E%8B%E7%BC%A9%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Dish Dryers</t>
   </si>
   <si>
+    <t>A machine which only dries dishware, glassware, cutlery and, in some cases,cooking utensils by electrical means with the rated capacity 10 person or lessafter washing, and has the top or front door or sliding door.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Dish Dryers</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2015</t>
   </si>
   <si>
     <t>KS C IEC 60335-1 Part 1; KS C IEC 60335-2-5 Part 2- 5; KS C IEC 60704-2-3</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-dish-dryers</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>GB 19153-2019 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Displacement Air Compressors</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 3853; GB/T 4975; GB/T 13279; GB/T 13928; GB/T26967; JB/T 4253; JB/T 6430; JB/T 7662; JB/T 8933; JB/T 8934; JB/T 9107; JB/T 10972; JB/T 11423; JB/T 13345</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19153-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
+    <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
   </si>
   <si>
     <t>Voluntary</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
+  </si>
+  <si>
     <t>MEPS for Dish Dryers</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-dish-dryers</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Air Compressors</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-air-compressors</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4142 - Screw Type Air Compressors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for screw type air compressors with or without integrated dryer, using AC electric motors from 2.24kW (3HP) to 447.60kW (600HP), with a supply rated voltage of 208-230/460V and a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>CAGI/PNEUROP PN2CPTC2</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4142-screw-type-air-compressors</t>
+  </si>
+  <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4142_1.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -566,493 +615,548 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N9"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="143" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="540.154" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="474.17" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="186.24" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="139.109" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="307.782" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1994</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>47</v>
+      </c>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>38</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5">
+        <v>2020</v>
+      </c>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>37</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>60</v>
+      </c>
+      <c r="H6">
+        <v>2025</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>61</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>62</v>
+      </c>
+      <c r="M6" t="s">
+        <v>63</v>
+      </c>
+      <c r="N6" t="s">
+        <v>38</v>
+      </c>
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H7">
+        <v>2009</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>67</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>47</v>
+      </c>
+      <c r="M7" t="s">
+        <v>48</v>
+      </c>
+      <c r="N7" t="s">
+        <v>38</v>
+      </c>
+      <c r="O7" t="s">
+        <v>68</v>
+      </c>
+      <c r="P7" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>70</v>
+      </c>
+      <c r="B8"/>
+      <c r="C8" t="s">
+        <v>71</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>45</v>
+      </c>
+      <c r="H8">
+        <v>2021</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>72</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>73</v>
+      </c>
+      <c r="N8" t="s">
+        <v>38</v>
+      </c>
+      <c r="O8" t="s">
+        <v>74</v>
+      </c>
+      <c r="P8" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>76</v>
+      </c>
+      <c r="B9" t="s">
+        <v>77</v>
+      </c>
+      <c r="C9" t="s">
+        <v>78</v>
+      </c>
+      <c r="D9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" t="s">
+        <v>59</v>
+      </c>
+      <c r="F9" t="s">
+        <v>79</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2008</v>
+      </c>
+      <c r="I9">
+        <v>2012</v>
+      </c>
+      <c r="J9" t="s">
+        <v>80</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>81</v>
+      </c>
+      <c r="M9" t="s">
+        <v>82</v>
+      </c>
+      <c r="N9" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...287 lines deleted...]
-        <v>68</v>
+      <c r="O9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9" t="s">
+        <v>84</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>