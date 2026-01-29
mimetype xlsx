--- v0 (2025-12-01)
+++ v1 (2026-01-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="186">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="185">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -336,53 +336,50 @@
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 25501-2019 Minimum allowable values of water efficiency and water efficiency grades for faucets</t>
   </si>
   <si>
     <t>This standard specifies the minimum allowable values of water efficiency, evaluating values of water conservation, water efficiency grades and test methods for faucets. It is applicable to the water efficiency evaluation of washbasin faucets, kitchen faucets, bidgets faucets and ordinary washing faucets that are installed at ends of cold and hot water supply pipelines in buildings, with nominal pressure (static pressure) of not greater than 1.0 MPa and medium temperature of 4℃~ 90℃.</t>
   </si>
   <si>
     <t>GB/T 33733</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-25501-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94003A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
     <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>Indian Standard for Requirements For Water Efficient Plumbing Products (WEPP): Part 2 Sanitary Fittings</t>
   </si>
   <si>
     <t>This standard covers requirements for assessment and star ratingof sanitary fittings, such as faucets (taps) and showerheads,for their performance based on water efficiency,which are in addition to the requirements specified in relevant Indian Standards as applicable.</t>
@@ -1552,654 +1549,654 @@
       </c>
       <c r="L12" t="s">
         <v>102</v>
       </c>
       <c r="M12" t="s">
         <v>103</v>
       </c>
       <c r="N12" t="s">
         <v>56</v>
       </c>
       <c r="O12" t="s">
         <v>104</v>
       </c>
       <c r="P12" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>106</v>
       </c>
       <c r="B13" t="s">
         <v>107</v>
       </c>
       <c r="C13" t="s">
-        <v>108</v>
+        <v>41</v>
       </c>
       <c r="D13" t="s">
         <v>42</v>
       </c>
       <c r="E13" t="s">
         <v>61</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="H13">
         <v>2025</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="K13" t="s">
         <v>34</v>
       </c>
       <c r="L13" t="s">
+        <v>110</v>
+      </c>
+      <c r="M13" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
+        <v>112</v>
+      </c>
+      <c r="P13" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
+        <v>114</v>
+      </c>
+      <c r="B14" t="s">
         <v>115</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="D14" t="s">
         <v>82</v>
       </c>
       <c r="E14" t="s">
         <v>61</v>
       </c>
       <c r="F14" t="s">
+        <v>117</v>
+      </c>
+      <c r="G14" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="H14"/>
       <c r="I14"/>
       <c r="J14" t="s">
         <v>96</v>
       </c>
       <c r="K14" t="s">
         <v>54</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="N14" t="s">
         <v>56</v>
       </c>
       <c r="O14" t="s">
+        <v>120</v>
+      </c>
+      <c r="P14" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
+        <v>122</v>
+      </c>
+      <c r="B15" t="s">
         <v>123</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="D15" t="s">
         <v>51</v>
       </c>
       <c r="E15" t="s">
         <v>61</v>
       </c>
       <c r="F15" t="s">
         <v>62</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>1992</v>
       </c>
       <c r="I15">
         <v>2012</v>
       </c>
       <c r="J15" t="s">
         <v>83</v>
       </c>
       <c r="K15" t="s">
         <v>54</v>
       </c>
       <c r="L15" t="s">
+        <v>125</v>
+      </c>
+      <c r="M15" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="N15" t="s">
         <v>56</v>
       </c>
       <c r="O15" t="s">
+        <v>127</v>
+      </c>
+      <c r="P15" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B16"/>
       <c r="C16" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="D16" t="s">
         <v>42</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>52</v>
       </c>
       <c r="H16">
         <v>2021</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="K16" t="s">
         <v>34</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
+        <v>133</v>
+      </c>
+      <c r="P16" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
+        <v>135</v>
+      </c>
+      <c r="B17" t="s">
         <v>136</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="D17" t="s">
         <v>51</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>52</v>
       </c>
       <c r="H17">
         <v>2018</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="K17" t="s">
         <v>34</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="P17" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
+        <v>138</v>
+      </c>
+      <c r="B18" t="s">
         <v>139</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="D18" t="s">
         <v>51</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>52</v>
       </c>
       <c r="H18">
         <v>2016</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="K18" t="s">
         <v>34</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="P18" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="B19"/>
       <c r="C19" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="D19" t="s">
         <v>51</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>52</v>
       </c>
       <c r="H19">
         <v>2018</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="K19" t="s">
         <v>34</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="P19" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
+        <v>143</v>
+      </c>
+      <c r="B20" t="s">
         <v>144</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="D20" t="s">
         <v>42</v>
       </c>
       <c r="E20" t="s">
         <v>61</v>
       </c>
       <c r="F20" t="s">
         <v>62</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2008</v>
       </c>
       <c r="I20">
         <v>2012</v>
       </c>
       <c r="J20" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="K20" t="s">
         <v>34</v>
       </c>
       <c r="L20" t="s">
+        <v>147</v>
+      </c>
+      <c r="M20" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="N20" t="s">
         <v>36</v>
       </c>
       <c r="O20" t="s">
+        <v>149</v>
+      </c>
+      <c r="P20" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
+        <v>151</v>
+      </c>
+      <c r="B21" t="s">
         <v>152</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="D21" t="s">
         <v>51</v>
       </c>
       <c r="E21" t="s">
         <v>61</v>
       </c>
       <c r="F21" t="s">
         <v>62</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2011</v>
       </c>
       <c r="I21">
         <v>2017</v>
       </c>
       <c r="J21" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="K21" t="s">
         <v>54</v>
       </c>
       <c r="L21" t="s">
+        <v>155</v>
+      </c>
+      <c r="M21" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
       <c r="N21" t="s">
         <v>56</v>
       </c>
       <c r="O21" t="s">
+        <v>157</v>
+      </c>
+      <c r="P21" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
+        <v>159</v>
+      </c>
+      <c r="B22" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="C22" t="s">
         <v>41</v>
       </c>
       <c r="D22" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="E22" t="s">
         <v>61</v>
       </c>
       <c r="F22" t="s">
         <v>62</v>
       </c>
       <c r="G22" t="s">
         <v>52</v>
       </c>
       <c r="H22">
         <v>2017</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
         <v>53</v>
       </c>
       <c r="K22" t="s">
         <v>54</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
         <v>66</v>
       </c>
       <c r="N22" t="s">
         <v>56</v>
       </c>
       <c r="O22" t="s">
+        <v>162</v>
+      </c>
+      <c r="P22" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
+        <v>164</v>
+      </c>
+      <c r="B23" t="s">
         <v>165</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>166</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="E23" t="s">
         <v>61</v>
       </c>
       <c r="F23" t="s">
         <v>43</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2015</v>
       </c>
       <c r="I23">
         <v>2016</v>
       </c>
       <c r="J23" t="s">
         <v>83</v>
       </c>
       <c r="K23" t="s">
         <v>54</v>
       </c>
       <c r="L23" t="s">
+        <v>168</v>
+      </c>
+      <c r="M23" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="N23" t="s">
         <v>56</v>
       </c>
       <c r="O23" t="s">
+        <v>170</v>
+      </c>
+      <c r="P23" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
+        <v>172</v>
+      </c>
+      <c r="B24" t="s">
         <v>173</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
+        <v>116</v>
+      </c>
+      <c r="D24" t="s">
         <v>174</v>
-      </c>
-[...4 lines deleted...]
-        <v>175</v>
       </c>
       <c r="E24" t="s">
         <v>61</v>
       </c>
       <c r="F24" t="s">
         <v>62</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2011</v>
       </c>
       <c r="I24">
         <v>2017</v>
       </c>
       <c r="J24" t="s">
         <v>96</v>
       </c>
       <c r="K24" t="s">
         <v>54</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="N24" t="s">
         <v>56</v>
       </c>
       <c r="O24" t="s">
+        <v>176</v>
+      </c>
+      <c r="P24" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
+        <v>178</v>
+      </c>
+      <c r="B25" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="C25" t="s">
         <v>18</v>
       </c>
       <c r="D25" t="s">
         <v>51</v>
       </c>
       <c r="E25" t="s">
         <v>61</v>
       </c>
       <c r="F25" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="G25" t="s">
         <v>52</v>
       </c>
       <c r="H25">
         <v>2007</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
         <v>83</v>
       </c>
       <c r="K25" t="s">
         <v>54</v>
       </c>
       <c r="L25" t="s">
+        <v>181</v>
+      </c>
+      <c r="M25" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
       <c r="N25" t="s">
         <v>56</v>
       </c>
       <c r="O25" t="s">
+        <v>183</v>
+      </c>
+      <c r="P25" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">