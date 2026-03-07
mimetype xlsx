--- v0 (2025-11-28)
+++ v1 (2026-03-07)
@@ -218,72 +218,72 @@
   <si>
     <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
     <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
   </si>
   <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISIRI NS 4335</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10639-20071st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
     <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
   </si>
   <si>
     <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
 b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>Mexico</t>
@@ -966,51 +966,51 @@
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>68</v>
       </c>
       <c r="B7" t="s">
         <v>69</v>
       </c>
       <c r="C7" t="s">
         <v>70</v>
       </c>
       <c r="D7" t="s">
         <v>71</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>72</v>
       </c>
       <c r="G7" t="s">
         <v>36</v>
       </c>
       <c r="H7">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
         <v>73</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
         <v>74</v>
       </c>
       <c r="N7" t="s">
         <v>40</v>
       </c>
       <c r="O7" t="s">
         <v>75</v>
       </c>
       <c r="P7" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>77</v>