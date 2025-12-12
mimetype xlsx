--- v0 (2025-10-15)
+++ v1 (2025-12-12)
@@ -12,4128 +12,6416 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1305">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2037">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>2009-300-EC: Commission Decision establishing the revised ecological criteria for the award of the Community Eco-label to televisions</t>
   </si>
   <si>
+    <t>The product group 'televisions' shall comprise: Mains powered electronic equipment; the primary purpose and function of which is to receive; decode and display TV transmission signals.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2009-300-ec-commission-decision-establishing-revised-ecological-criteria-award-community</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538153657569&amp;uri=CELEX:02009D0300-20180113</t>
+  </si>
+  <si>
     <t>2011-330-EU: Commission Decision of 6 June 2011 on establishing the ecological criteria for the award of the EU Ecolabel for notebook computers</t>
   </si>
   <si>
+    <t>The product group 'notebook computers' shall comprise devices which have the following characteristics:  A. they perform logical operations and process data and are designed specifically for portability and to be operated for extended periods of time either with or without a direct connection to an AC power source;   B. they utilise an integrated computer display and are capable of operation off an integrated battery or other portable power source. If a notebook computer is delivered with an external power supply this power supply is considered part of the notebook computer.  For the purpose of this Decision; tablet personal computers; which may use touch-sensitive screens along with or instead of other input devices shall be considered notebook computers. Digital picture frames shall not be considered notebook computers for the purpose of this Decision.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2011-330-eu-commission-decision-6-june-2011-establishing-ecological-criteria-award-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32011D0330</t>
+  </si>
+  <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14349</t>
+  </si>
+  <si>
     <t>Act on the Rational Use of Energy</t>
+  </si>
+  <si>
+    <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/act-rational-use-energy</t>
   </si>
   <si>
+    <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
+  </si>
+  <si>
     <t>BDS 1139:1986</t>
   </si>
   <si>
+    <t>This standard covers three-phase induction motors for voltages up to and including 11000 V and</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-11391986</t>
   </si>
   <si>
+    <t>https://www.bstibds.com/single_product/4919</t>
+  </si>
+  <si>
     <t>BDS 563:1965 Electrical performance of power transformers</t>
   </si>
   <si>
+    <t>Covers power transformers</t>
+  </si>
+  <si>
     <t>Internal Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-5631965-electrical-performance-power-transformers</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL - Alternative Current Contactor</t>
   </si>
   <si>
+    <t>This policy covers alternative current contractors.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Contactors</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 14048.1 GB 14048.4</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-alternative-current-contactor</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/5%E9%99%84%E4%BB%B620_%E4%BA%A4%E6%B5%81%E6%8E%A5%E8%A7%A6%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL - Three-Phase Permanent Magnet Synchronous Motors</t>
   </si>
   <si>
+    <t>This policy covers asynchronous, three-phase permanent magnet synchronous motors.</t>
+  </si>
+  <si>
     <t>GB 755-2008; GB 10068-2008; GB 10069.3-2008; GB/T 22669-2008; GB/T 22670-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-three-phase-permanent-magnet-synchronous-motors</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E6%B0%B8%E7%A3%81%E5%90%8C%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL - Variable-Frequency and Permanent Magnet Synchronous Motors for Elevators</t>
   </si>
   <si>
+    <t>This policy covers permanent magnet synchronous motors for elevators and variable-frequency, permanent magnet synchronous motors.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-variable-frequency-and-permanent-magnet-synchronous-motors-elevators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E6%B0%B8%E7%A3%81%E5%90%8C%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%</t>
+  </si>
+  <si>
     <t>CEL 022-2021 Flat panel TVs</t>
   </si>
   <si>
+    <t>This policy specifies energy labeling requirements for flat panel TVs. It applies to both LCD TVs and OLED TVs.</t>
+  </si>
+  <si>
     <t>GB 24850-2013</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China(SAMR) and National Deve…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-022-2021-flat-panel-tvs</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=d6c1a8d2aed2480c9fbf43c16c246f6c</t>
+  </si>
+  <si>
     <t>CEL 024-2021 Set-top box</t>
   </si>
   <si>
+    <t>This policy applies to set-top boxes that work normally under AC 220 V, 50 Hz power supply conditions, including cable set-top boxes, terrestrial set-top boxes, satellite set-top boxes, and network set-top boxes. It does not apply to live satellite set-top boxes.</t>
+  </si>
+  <si>
     <t>Audio-Visual</t>
   </si>
   <si>
     <t>GB24850</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and National Dev…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-024-2021-set-top-box</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=939c3e0e27c54716ad6844218c19a9fc</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/cel-024-2021-set-top-box-0</t>
   </si>
   <si>
     <t>CEL 035-2016 Projectors</t>
   </si>
   <si>
+    <t>This policy contains energy labeling requirements for projectors. It applies to LCD and DLP projectors that work normally under grid voltage with projection as the main function and high-pressure mercury lamps or metal halide lamps as the light source. It is not suitable for integrated projection units consisting of a projection screen and projector, e.g., professional projectors for cinema projection.</t>
+  </si>
+  <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>GB/T 8170; GB 20943; SJ/T 11332; SJ/T 11346</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-035-2016-projectors</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=e59e428822a54893b571a5cf2b9b4f56</t>
+  </si>
+  <si>
     <t>CEL- Air Cleaners</t>
   </si>
   <si>
+    <t>This policy covers air cleaners.</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>GB/T 18801-2015; GB/T 18883-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-air-cleaners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E7%A9%BA%E6%B0%94%E5%87%80%E5%8C%96%E5%99%A8%E8%83%BD%E6%BA%</t>
+  </si>
+  <si>
     <t>CEL- Digital Television Adapters (Set Top Box)</t>
   </si>
   <si>
+    <t>This policy covers digital television adapters (set top box).</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 2829-2002; GB/T 14857; GB/T 17700; GB/T 17975.1; GB/T 17975.2; GB/T 17975.3; GB/T 20600; GB 20943; GD/JN 01; GY/T 155; GY/T 170; IEC 62087:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-digital-television-adapters-set-top-box</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E6%9C%BA%E9%A1%B6%E7%9B%92.pdf</t>
+  </si>
+  <si>
     <t>CEL-007. Small &amp; Medium Three-phase Asynchronous Motors</t>
   </si>
   <si>
+    <t>Applies to motors working under three-phase AC; with voltage lower than 690V and frequency of 50Hz; for motors of energy efficiency grade 2 and 3; their rated power shall be 0.55kW-315kW; and for grade 1 motors; rated power should be 3kW-315kW; number of poles shall be 2; 4; and 6; of single-speed closed self-fan cooling type; N design type; for general service or explosion-proof type.</t>
+  </si>
+  <si>
     <t>GB/T 1032</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-007-small-medium-three-phase-asynchronous-motors</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/CEL%20007-2021%E4%B8%AD%E5%B0%8F%E5%9E%8B%E4%B8%89%E7%9B%B8%E5%BC%82%E6%AD%A5%E7%94%B5%E5%8A%A8%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-014. Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to CRT and LCD monitors for computers working under normal electricity grid voltage and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>GB 21520-2008 CCEC/T23-2003 GB 20943-2013 GB 20943 SJ/T 11292</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-014-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B616_%E8%AE%A1%E7%AE%97%E6%9C%BA%E6%98%BE%E7%A4%BA%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-019. Air Compressor -Displacement Air Compressor</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered under this policy: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>GB-T 3853-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-019-air-compressor-displacement-air-compressor</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B621_%E5%AE%B9%E7%A7%AF%E5%BC%8F%E7%A9%BA%E6%B0%94%E5%8E%8B%E7%BC%A9%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-024. Flat Panel TV</t>
   </si>
   <si>
+    <t>Applies to LCD and OLED TV (referred to as "flat panel TV") and LCD and OLED monitors that work under AC 220 V and 50 Hz power supply conditions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/cel-024-flat-panel-tv</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E7%94%B5%E8%A7%86.pdf</t>
+  </si>
+  <si>
     <t>CEL-027. Microcomputers</t>
   </si>
   <si>
+    <t>Desktop computers microcomputers with a display function and laptop computers of general purpose. Does not apply to: workstations and IPC; microcomputers with two or more discrete graphics display units; microcomputers with a rated power supply greater than 750 W; laptops with the display diagonal less than 0.294 6m or 11.6 inches</t>
+  </si>
+  <si>
     <t>GB 28380-2014, GB/T 9813</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-027-microcomputers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B629_%E5%BE%AE%E5%9E%8B%E8%AE%A1%E7%AE%97%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-037. Copiers, Printers, and Fax Machines</t>
   </si>
   <si>
+    <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does not apply to AC contactors with external power saving device or semi-conductor type -solid type contactor.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>GB 21521-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-037-copiers-printers-and-fax-machines</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B617_%E5%A4%8D%E5%8D%B0%E6%9C%BA%E3%80%81%E6%89%93%E5%8D%B0%E6%9C%BA%E5%92%8C%E4%BC%A0%E7%9C%9F%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Decision 2013-806 2013/806/EU: Commission Decision of 17 December 2013 establishing the ecological criteria for the award of the EU Ecolabel for imaging equipment (notified under document C(2013) 9097)</t>
   </si>
   <si>
+    <t>1. The product group imaging equipment shall comprise products which are marketed for office or domestic use; or both; and produce printed images; in the form of paper document or photo; through a marking process from one or both of the following: A. a digital image; provided by a network or card interface;  B. a hardcopy through a copying process.  Imaging equipment which have the additional function to produce a digital image from a hard copy through a scanning process are included in the scope of this Decision. This Decision shall apply to products which are marketed as printers; copiers and multifunctional devices.    2. Fax machines; digital duplicators; mailing machines and scanners are excluded from the scope of this Decision.</t>
+  </si>
+  <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-decision-2013-806-2013806eu-commission-decision-17-december-2013-establishing</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013D0806</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
+    <t>Televisions, Displays</t>
+  </si>
+  <si>
+    <t>EN 50301</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2013-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
-    <t>Televisions, Displays</t>
-[...1 lines deleted...]
-  <si>
     <t>October 2023</t>
   </si>
   <si>
-    <t>EN 50301</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
-    <t>European Commission - DG Energy</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
+    <t>https://www.legislation.gov.uk/eur/2019/2013/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2023/1669 of 16 June 2023 with regard to the energy labelling of smartphones and slate tablets</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of smartphones and slate tablets, and the provision of supplementary product information on smartphones and slate tablets.
+In addition to the energy efficiency score, the regulation includes requirements for the display of battery endurance, battery degradation, resistance to being dropped, repairability, and ingress protection on the energy label. 
+Reference test methods are listed in Annex IVa.
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Phones and tablets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20231669-16-june-2023-regard-energy-labelling</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1669</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1781 of 1 October 2019 laying down ecodesign requirements for electric motors and variable speed drives pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
+    <t>The proposal covers motors of power range 0;75 to 375 kW. The definition of motors is electric single speed motors with three-phase 50 Hz or 60 Hz or 50|60 Hz; squirrel cage induction motors in accordance with IEC 60034-1. Additional parameters; rated voltage; rated output; poles etc;; are also specified in Annex II. This kind of motors usually figures in industrial fans; pumps and compressors. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives, 3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191781-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R1781-20230124</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2021 of 1 October 2019 laying down ecodesign requirements for electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of televisions.  In addition to the definitions set out in Directive 2005-32-EC; the following definitions shall apply: 1. 'Television' means a television set or a television monitor; 2. ‘television set’ means a product designed primarily for the display and reception of audiovisual signals which is placed on the market under one model or system designation; and which consists of: a display;  one or more tuner or receiver  and optional additional functions for data storage and/or display such as DVD; hard disk drive  or videocassette recorder; either in a single unit combined with the display; or in one or more separate units.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192021-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2021-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.</t>
+  </si>
+  <si>
     <t>Computers, Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-1</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/424/contents/2019-03-15</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.  
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-servers</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R0424-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/617/2020-01-31</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/1670 of 16 June 2023 laying down ecodesign requirements for smartphones &amp; mobile phones</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of smartphones, other mobile phones, cordless phones and slate tablets.
+These requirements include rules for the availability of spare parts, access to repair and maintenance information, maximum delivery time of spare parts, information on the price of spart parts, disassembly, reliability, and recyclability.  
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20231670-16-june-2023-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1670</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
+  </si>
+  <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
+  </si>
+  <si>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+  </si>
+  <si>
+    <t>Battery Chargers, External Power Supply</t>
+  </si>
+  <si>
+    <t>Published, Revised</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
+    <t>87 FR 51221</t>
+  </si>
+  <si>
+    <t>European Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 666/2013 of 8 July 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for vacuum cleaners</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/666/contents/2013-07-08</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0666-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC -with regard to ecodesign requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>The Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC of the European Parliament and of the Council with regard to ecodesign requirements for simple set-top boxes; sets minimum energy performance requirements for simple set top boxes -SSTB.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-ec-no-107-2009-4-february-2009-implementing-directive-2005-32-ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2009/107/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation EC No 1275-2008 of 17 December 2008</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to standby and off mode electric power consumption. This Regulation applies to electrical and electronic household and office equipment.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-ec-no-1275-2008-17-december-2008</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32008R1275</t>
+  </si>
+  <si>
     <t>CQC31-045201-2012. CQC Mark Certification - Computers</t>
   </si>
   <si>
+    <t>Applies to ordinary desktop PC and laptops also to equipment of similar hardware structure</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CCEC-T22-2003 CQC 3114-2015</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-045201-2012-cqc-mark-certification-computers</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/492784.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439126-2014. CQC Mark Certification - Dehumidifier</t>
   </si>
   <si>
+    <t>Applies to whole-type or split-type dehumidifiers with a dehumidification capacity of more than 0.16 kg per h</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>GB/T 19411-2003, GB/T 20109-2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439126-2014-cqc-mark-certification-dehumidifier</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/509967.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439132-2009. CQC Mark Certification - Refrigerant compressors used in air-conditioning applications</t>
   </si>
   <si>
+    <t>This policy applies to wholly-closed electric motor-compressor wholly-closed turbine type cooling compressor piston type single stage cooling compressor and screw type cooling compressor.</t>
+  </si>
+  <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>CQC 2209-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439132-2009-cqc-mark-certification-refrigerant-compressors-used-air-conditioning</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-13/492739.shtml</t>
+  </si>
+  <si>
     <t>CQC31-442412-2020. Energy Conservation Certification Rules for Electric Welding Machines</t>
   </si>
   <si>
+    <t>Apply to electric welding machines</t>
+  </si>
+  <si>
     <t>GB 28736-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-442412-2020-energy-conservation-certification-rules-electric-welding-machines</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-05-13/497379.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448314-2013. Energy Conservation Certification Rules for Solar Collectors</t>
   </si>
   <si>
+    <t>Apply to solar collectors</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>CQC3188-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448314-2013-energy-conservation-certification-rules-solar-collectors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/509581.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452421-2011. CQC Mark Certification - Server</t>
   </si>
   <si>
+    <t>Applies to tower or rack-mounted servers with 1 and 2 processor sockets. Does NOT apply to Bladed Server or Multi-node Systems</t>
+  </si>
+  <si>
     <t>Servers</t>
   </si>
   <si>
     <t>CQC3135-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452421-2011-cqc-mark-certification-server</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/492857.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452422-2019. Energy Conservation Certification Rules for Ethernet Switches</t>
   </si>
   <si>
+    <t>Applies to fixed port ethernet switch directly or indirectly connected to grid power. Does NOT apply to slot ethernet switch or DC-powered ethernet switch.</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>CQC 3140-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452422-2019-energy-conservation-certification-rules-ethernet-switches</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/496852.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452611-2011. CQC Mark Certification - Scanners</t>
   </si>
   <si>
+    <t>Applies to drum scanners; flatbed scanners; and scanners for film or transparent media.</t>
+  </si>
+  <si>
     <t>CQC 3134-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452611-2011-cqc-mark-certification-scanners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-04/492776.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452627-2014. CQC Mark Certification - Copy machines; printers; fax machines and multi-function equipment</t>
   </si>
   <si>
+    <t>Applies to copiers; printers; fax machines; and multi-function equipment. Applies to products operating under 220V and 50Hz; with printing speed lower than 70pages per minute and standard format. Can be used as reference for products with printing speed higher than 70pages per minute and non-standard format.</t>
+  </si>
+  <si>
     <t>GB 21521-2014, GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452627-2014-cqc-mark-certification-copy-machines-printers-fax-machines-and-multi</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492780.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452629-2016. Energy Conservation Certification Rules for Computer Monitors</t>
   </si>
   <si>
     <t>GB 21520-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452629-2016-energy-conservation-certification-rules-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492777.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452631-2013. CQC Mark Certification - Flat panel TV</t>
   </si>
   <si>
+    <t>Applies to LCD TV and Plasma TV that work under electricity grid of normal voltage and serve for general service. Also applies to LCD or plasma display equipment which main function is TV but without moderator and other types of flat panel displays.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452631-2013-cqc-mark-certification-flat-panel-tv</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452631-2021. Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes. It applies to LCD TVs and Plasma TVs that work under an electricity grid of normal voltage and serve for general service. It also applies to LCD or plasma display equipment (with its main function as a TV, but without moderators and other types of flat panel displays) and set-top boxes.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB 24850</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452631-2021-energy-conservation-certification-rules-flat-panel-tvs-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-07/492733.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452691-2016 Energy conservation certification rules for LED display unit</t>
   </si>
   <si>
+    <t>Applies to indoor and outdoor full-color LED display units that work under electric grid normal voltage</t>
+  </si>
+  <si>
     <t>CQC3158-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452691-2016-energy-conservation-certification-rules-led-display-unit</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-22/537408.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452692-2017 Energy conservation certification rules for multimedia display terminal</t>
   </si>
   <si>
+    <t>Applies to on-grid nomral voltage multimedia display terminal</t>
+  </si>
+  <si>
     <t>CQC3163-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452692-2017-energy-conservation-certification-rules-multimedia-display-terminal</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-09-27/549899.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461121-2021. Energy Conservation Certification Rules for Motors</t>
   </si>
   <si>
+    <t>Applies to motors working under three-phase AC; with voltage lower than 690V and frequency of 50Hz; rated power shall be 0.55kW-315kW; and for grade 1 motors; rated power should be 3kW-315kW; number of poles shall be 2; 4; and 6; of single-speed closed self-fan cooling type; N design type; for general service or explosion-proof type</t>
+  </si>
+  <si>
     <t>GB 18613-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461121-2021-energy-conservation-certification-rules-motors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39731</t>
+  </si>
+  <si>
     <t>CQC31-461122-2014. CQC Mark Certification - Permanent magnet synchronous motors</t>
   </si>
   <si>
+    <t>Applies to products with rated voltage of lower than 1140V; powered by three-phase AC of 50Hz; rated power between 0.55kW-275kW; poles number of 2; 4; 6; 8; 10; 12; 16</t>
+  </si>
+  <si>
     <t>GB 30253-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461122-2014-cqc-mark-certification-permanent-magnet-synchronous-motors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492762.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461137-2017 Energy Conservation Certification Rules for Line Operated AC Motors</t>
   </si>
   <si>
+    <t>Applies to sine-wave voltage single-speed motor which: rated output of 0.12kW-1000kW;  voltage of 50-1000V and frequency of 50Hz 60Hz;  number of poles: 2P 4P 6P 8P; long-time and continuious operation under rated output power given that the temperature rise limit shall meet the one specified corresponding to the insulation level;  ambent temperature of 0.12kW-1000kW; altitude of no larger than 4000m</t>
+  </si>
+  <si>
     <t>GB755; GB14711</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461137-2017-energy-conservation-certification-rules-line-operated-ac-motors</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-04-19/551557.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461234-2009. CQC Mark Certification - Uninterruptible Power Supplies (UPS)</t>
   </si>
   <si>
+    <t>This policy applies to uninterruptible power supplies.</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>CQC 3108-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461234-2009-cqc-mark-certification-uninterruptible-power-supplies-ups</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492771.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461235-2014. CQC Mark Certification - Switch power supply of computers</t>
   </si>
   <si>
+    <t>Applies to products as the internal switch of computers which working under normal grid voltage including ordinary desktop computers; high level desktop computers; working station, etc.</t>
+  </si>
+  <si>
     <t>CQC 3112-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461235-2014-cqc-mark-certification-switch-power-supply-computers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492782.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461236-2014. CQC Marking Certification: single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
+    <t>Applies to power supplies operating under under 220V and 50Hz;  which transfer AC grid's voltage to a fixed and single way low voltage DC current; no more than 36V; or low voltage AC; no more than 36V; and rated output power is no larger than 250W.</t>
+  </si>
+  <si>
     <t>GB 20943-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461236-2014-cqc-marking-certification-single-voltage-external-ac-dc-and-ac-ac-power</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492783.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461238-2009. CQC Mark Certification - Variable frequency speed regulation devices</t>
   </si>
   <si>
+    <t>Applies to variable frequency speed regulation devices using three-phase AC power supply which voltage is no higher than 660V frequency of 50Hz and power no bigger than 315kW.</t>
+  </si>
+  <si>
     <t>GB/T 12668.2-2002 GB/Z 17625.6-2003 GB/T 17623</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461238-2009-cqc-mark-certification-variable-frequency-speed-regulation-devices</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492770.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461289-2021 Energy Conservation Certification Rules for Low-Voltage Reactive Power Compensation Assemblies</t>
+  </si>
+  <si>
+    <t>This policy contains Energy Conservation Certification Rules for low-voltage reactive power compensation assemblies. It applies to low-voltage reactive power compensation assemblies with a rated AC voltage not exceeding 1000 V (or 1140 V) and a frequency not exceeding 1000 Hz</t>
   </si>
   <si>
     <t>Electronics, Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>GB/T 15576-2020
 ,   
                     CQC3179-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461289-2021-energy-conservation-certification-rules-low-voltage-reactive-power</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-12-17/558553.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462121-2009. CQC Mark Certification - Low voltage distribution saver</t>
   </si>
   <si>
+    <t>Applies to Low voltage distribution saver of rated voltage lower than 1000V; rated frequency of 50Hz and rated capacity no more than 2500kVA.</t>
+  </si>
+  <si>
     <t>Smart home devices</t>
   </si>
   <si>
     <t>CQC 3103-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462121-2009-cqc-mark-certification-low-voltage-distribution-saver</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/rootfiles/2011/08/02/1312218401953921-1312218401978593.pdf</t>
+  </si>
+  <si>
     <t>CQC31-462121-2021. Energy Conservation Certification Rules for Step-down Power Saving Devices</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for step-down power-saving devices. It applies to low voltage distribution savers with a rated voltage lower than 1000 V, rated frequency of 50 Hz, and rated capacity no more than 2500 kVA.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462121-2021-energy-conservation-certification-rules-step-down-power-saving-devices</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-05-26/492772.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462191-2010. CQC Mark Certification - Socket-outlets and adaptors</t>
   </si>
   <si>
+    <t>Applies to products that are used indoor or outdoor; household or similar type; working under AC current; rated voltage higher than 50V and lower than 250V; rated current 10A and 16A; with or without earth contactor; with conservative stand-by power function.</t>
+  </si>
+  <si>
     <t>Power strips</t>
   </si>
   <si>
     <t>CQC 3121-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462191-2010-cqc-mark-certification-socket-outlets-and-adaptors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492763.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462213-2015. Energy Conservation Certification Rules for Closed Insulated Busways</t>
   </si>
   <si>
+    <t>Apply to closed insulated busways</t>
+  </si>
+  <si>
     <t>CQC3131-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462213-2015-energy-conservation-certification-rules-closed-insulated-busways</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492856.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462227-2021. Energy Conservation Certification Rules for Low-Voltage Switchgear Assemblies</t>
   </si>
   <si>
+    <t>Apply to low-voltage switchgear assemblies</t>
+  </si>
+  <si>
     <t>CQC3177-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-462227-2021-energy-conservation-certification-rules-low-voltage-switchgear</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39718</t>
+  </si>
+  <si>
     <t>CQC31-464245-2018. Energy Conservation Certification Rules for Electric Vehicle Off-Board Charger</t>
   </si>
   <si>
+    <t>Apply to electric vehicle off-board charger</t>
+  </si>
+  <si>
     <t>CQC 3170-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-464245-2018-energy-conservation-certification-rules-electric-vehicle-board-charger</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554396.shtml</t>
+  </si>
+  <si>
     <t>CQC31-473232-2014. Energy Conservation Certification Rules for Video Recorder</t>
   </si>
   <si>
+    <t>Apply to video recorder directly or indirectly connected to grid power</t>
+  </si>
+  <si>
     <t>CQC 3149-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-473232-2014-energy-conservation-certification-rules-video-recorder</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/511496.shtml</t>
+  </si>
+  <si>
     <t>CQC31-473421-2017. Energy Conservation Certification Rules for Lottery Sales Terminal</t>
   </si>
   <si>
+    <t>Apply to lottery sales terminal</t>
+  </si>
+  <si>
     <t>CQC 3162-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-473421-2017-energy-conservation-certification-rules-lottery-sales-terminal</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/547515.shtml</t>
+  </si>
+  <si>
     <t>CQC31-482633-2017. Energy Conservation Certification Rules  for Single- Phase Static Electricity Meters</t>
   </si>
   <si>
+    <t>Apply to single-phase static electricity meters</t>
+  </si>
+  <si>
     <t>Household Meters</t>
   </si>
   <si>
     <t>CQC 3059-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-482633-2017-energy-conservation-certification-rules-single-phase-static-electricity</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2017-08-09/548591.shtml</t>
+  </si>
+  <si>
     <t>CQC31-541205-2018. Energy Efficiency Certification Rules for Data Center</t>
   </si>
   <si>
+    <t>Apply to data center used in productive activities</t>
+  </si>
+  <si>
     <t>GB/T 32910.3-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-541205-2018-energy-efficiency-certification-rules-data-center</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-01/553498.shtml</t>
+  </si>
+  <si>
     <t>CQC32-372121-2013 Water Conservation Certification Rules for Flush tank and Flush tank fitting</t>
   </si>
   <si>
+    <t>Applies to Flush tank and Flush tank fitting that are mounted on cold water supply line of static pressure smaller than 0.6MPa and driven by water gravity. This includes flushing tank inlet valve and drain valve -as flushing tank fitting</t>
+  </si>
+  <si>
     <t>Toilet Seats (Electric)</t>
   </si>
   <si>
     <t>GBT 26730-2011; GBT 6952-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-372121-2013-water-conservation-certification-rules-flush-tank-and-flush-tank-fitting</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-04-18/492667.shtml</t>
+  </si>
+  <si>
     <t>CQC32-482631-2013. Water Conservation Certification Rules for Integrated Circuit Card Water Meter</t>
   </si>
   <si>
+    <t>Apply to integrated circuit card water meter</t>
+  </si>
+  <si>
     <t>CJ/T 133-2012</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-482631-2013-water-conservation-certification-rules-integrated-circuit-card-water</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492595.shtml</t>
+  </si>
+  <si>
     <t>CQC61-452628-2016. Energy Conservation and Environmentally-Friendly Certification Rules for Projectors</t>
   </si>
   <si>
+    <t>Applies to products of front projecting type with LCD and DMD</t>
+  </si>
+  <si>
     <t>GB 32028-2015; CQC 6102-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-452628-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-20/492563.shtml</t>
+  </si>
+  <si>
     <t>CQC64-439141-2017 Safety and Performance and Energy Conservation Certification Rules For Household and Similar Use Outdoor Air System Equipment</t>
   </si>
   <si>
+    <t>Applies to Household and Similar Use Outdoor Air System Equipment with an air volume below 2000cubic meters per hour</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CQC6401-2017 4.3.1 and 4.3.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-439141-2017-safety-and-performance-and-energy-conservation-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-04-13/544879.shtml</t>
+  </si>
+  <si>
     <t>CQC64-439802-2018 Safety and Energy conservation certification rules for air source heat pump drying -dehumidifying unit</t>
   </si>
   <si>
+    <t>Applies to air source heat pump drying -dehumidifying unit</t>
+  </si>
+  <si>
     <t>CQC6402-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-439802-2018-safety-and-energy-conservation-certification-rules-air-source-heat-pump</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-04-19/553403.shtml</t>
+  </si>
+  <si>
     <t>CQC64-448157-2014. CQC Mark Certification - Air Cleaners</t>
   </si>
   <si>
+    <t>Air cleaners: single-phase rated voltage not exceeding 250V; other rated voltage not exceeding 450V</t>
+  </si>
+  <si>
     <t>GB/T 18801-2015 5.5.2 and 5.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-448157-2014-cqc-mark-certification-air-cleaners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-08/511616.shtml</t>
+  </si>
+  <si>
     <t>CQC64-448160-2018 Energy and Water Conservation and Anti-microbial Certification Rules for Household and Similar Electrical Appliances - Electronic Toilets</t>
   </si>
   <si>
+    <t>Applies to electric toilets used by non-professionals in households schools stores; etc.</t>
+  </si>
+  <si>
     <t>GBT23131-2008;GB21551.2-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-448160-2018-energy-and-water-conservation-and-anti-microbial-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-01-29/552296.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Auto-Off Power Strips and Socket Adapters (DE-UZ 134)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to auto-off power strips or socket adapters (with and without surge protector).</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025; DIN EN 62301</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-auto-power-strips-and-socket-adapters-de-uz-134</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20134-201407-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Computers and Keyboards (DE/UZ 78)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to the notebook computers as defined in paragraph 1.5 of the document.  The following devices do not fall within the scope of these Basic Criteria: Mobile phones, smartphones, MDAs, PDAs and similar mobile devices.</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-computers-and-keyboards-deuz-78</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20078-201701-en-Criteria-V3.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Data Shredders (DE-UZ 174)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
+  </si>
+  <si>
     <t>Paper Shredders</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-data-shredders-de-uz-174</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20174-201801-en%20Criteria-2020-01-10.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Cordless Phones (DE-UZ 131)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to cordless phones and base stations according to the DECT standard or a similar standard. The devices shall be primarily designed for transmitting phone calls and messages. They may, however, also provide additional functions, such as answering machine, organizer, wireless Internet access or data transmission via infrared port or bluetooth, Class III. Excluded are cordless phones with WLAN function.</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-digital-cordless-phones-de-uz-131</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20131-201404-en%20Criteria-2018-10-15.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Projectors DE-UZ 127</t>
   </si>
   <si>
+    <t>Digital Projectors:  These Basic Award Criteria apply to portable digital projectors, in German also called 'beamers', based on liquid crystal technology, Liquid Crystal Display - LCD, or digital light procession technology -DLP, for image reproduction.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-digital-projectors-de-uz-127</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20127-201404-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Energy Efficient Data Center Operation (DE-UZ 161)</t>
   </si>
   <si>
+    <t>Within the scope of these Basic Award Criteria, a data center is defined as follows: A data center is capable of securely, permanently and centrally processing large amounts of data over a long period of time. In the process, the data center shall still possess these capabilities even when individual capabilities are not being used e.g. operation over a long period of time.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-energy-efficient-data-center-operation-de-uz-161</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20161-201901-en%20Criteria-2019-03-21.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Hand Dryers (DE-UZ 87)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for electric hand dryers (e.g. hot air hand dryers, high speed hand dryers).</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-hand-dryers-de-uz-87</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20087-201405-en%20Criteria-2020-05-29.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Office Equipment with Printing Function (Printers and Multifunction Devices) (DE-UZ 205)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to office devices (usually referred to as printers and/or multifunction devices) which at least:
+• offer printing as their primary function,
+• are capable of producing monochrome or colour printouts (4-colour-printing) on standard paper with a grammage of 60 to 80 g/m2,
+• are capable of processing media or a minimum format of DIN A4 and up to a maximum format of DIN A3+, and
+• work as electrophotographic devices (LED or laser technology) by using toners or as inkjet devices by using inks (or gels, or waxes).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-office-equipment-printing-function-printers-and-multifunction-devices-de</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20205-201701-en%20Criteria-2020-06-02.pdf</t>
+  </si>
+  <si>
     <t>Draft MEPS for electric motors</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for electric motors.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-electric-motors-0</t>
   </si>
   <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
     <t>Draft MEPS for televisions</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for televisions.</t>
+  </si>
+  <si>
     <t>IEC 62301, IEC 62087, SNI 04 6958 - 2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-televisions</t>
   </si>
   <si>
     <t>Draft motor policy</t>
   </si>
   <si>
+    <t>Motors with EE label should be the single-speed, three-phase, cage-induction motors</t>
+  </si>
+  <si>
     <t>BDS IEC 60034-2-1: 2009(Testing protocol); BDS-EN 60034-30 : 2011 (Efficiency Class)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-motor-policy</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor of domestic and foreign make</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Displays, Televisions</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulations-energy-0</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/teh-regl-tv.doc</t>
+  </si>
+  <si>
     <t>Draft standard PROY-NOM-014-ENER-2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values, test method, marking requirements, and conformity assessment procedure applicable to single rotational frequency, continuous duty, open- or closed-loop, air-cooled, single-phase squirrel-cage electric AC induction motors with a rated output of 0.180 kW to 2.238 kW, 2, 4 or 6 poles, split-phase, capacitor-start, or with two capacitors, or connected with a permanent capacitor, which are imported, manufactured or marketed within Mexico. It does not apply to electric motors which require auxiliary or additional cooling equipment.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>National Commission for the Efficient Use of Energy</t>
   </si>
   <si>
     <t>Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-standard-proy-nom-014-ener-2020</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5608195&amp;fecha=18/12/2020#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Draft TV policy</t>
   </si>
   <si>
+    <t>LCD-LED, LCD-CCFL, OLED, Plasma  and CRT</t>
+  </si>
+  <si>
     <t>IEC 62087: 2008 or IEC 62087: 2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-tv-policy</t>
   </si>
   <si>
     <t>e-Standby Power Program for Bidets</t>
   </si>
   <si>
+    <t>A type of hygienic device with nameplate output powerof power supply less than equal to 2,000W used to warmup the water to wash users anus or genital area after stool</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-bidets</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Computers</t>
   </si>
   <si>
+    <t>Computers with nameplate output power of powersupply less than equal to 1,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-computers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Cordless/Corded Phones</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 100W, capable of automatic reporting,voice and image transmitting between the internal andexternal units, opening and locking of the gate,communicating with the security and crime &amp; fire controls; gas, fire, crime</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-cordlesscorded-phones</t>
   </si>
   <si>
     <t>e-Standby Power Program for DVD Players</t>
   </si>
   <si>
+    <t>Digital Versatile Disc Players.</t>
+  </si>
+  <si>
     <t>DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-dvd-players</t>
   </si>
   <si>
     <t>e-Standby Power Program for Energy-Saving &amp; Controlling</t>
   </si>
   <si>
+    <t>Controlling devices that automatically shut the power ofthe machine connected to multi-tab, by sensing operationor brightness of surrounding; or standby power blockingreceptacles.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-energy-saving-controlling</t>
   </si>
   <si>
     <t>e-Standby Power Program for Fax Machine</t>
   </si>
   <si>
+    <t>Commercially-available imaging product with nameplateoutput power of power supply less than equal to 3,000Wwhose primary functions are scanning hard copy originalsfor electronic transmission to remote units and receivingsimilar electronic transmissions to produce hard copyoutput.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-fax-machine</t>
   </si>
   <si>
     <t>e-Standby Power Program for Home Audio Products</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than or equal to 1,000W whose intendedpurpose, other than providing non-video status displays, isthe production of recording of signals in the audio domainas reproduced by headphones, loudspeakers, or othertransducers, except radio cassette players.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-home-audio-products</t>
   </si>
   <si>
     <t>e-Standby Power Program for Home Gateway</t>
   </si>
   <si>
+    <t>Electronic products, with nameplate output power ofpower supply less than equal to 150W at LAN port whenthe maximum network traffic occur, that enable receivingexternal access networks, connecting home networkequipments based on wire/wireless networks, convertingprotocols, controlling, monitoring, managing and providingother home network related services</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-home-gateway</t>
   </si>
   <si>
     <t>e-Standby Power Program for Modem</t>
   </si>
   <si>
+    <t>Short for modulator-demodulator, it is a device withnameplate output power of power supply less than equalto 150W that enables data transmission from computers orterminals of communication devices over cable lines. Theapplication scope is limited to external modems with itsown power supply device, separated from computer orcommunication terminals.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-modem</t>
   </si>
   <si>
     <t>e-Standby Power Program for Monitors</t>
   </si>
   <si>
+    <t>This policy applies to commercially-available electronic products with a display screen in a single housing that is capable of displaying output information from a computer via one or more inputs (such as VGA and DVI), with nameplate output power of power supply less than or equal to 1,000W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-monitors</t>
   </si>
   <si>
     <t>e-Standby Power Program for Multifunctional devices</t>
   </si>
   <si>
+    <t>A multifunction equipment able to perform corefunctions of copying, printing, faxing or scanning withnameplate output power of power supply less than equalto 5,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-multifunctional-devices</t>
   </si>
   <si>
     <t>e-Standby Power Program for Printers</t>
   </si>
   <si>
+    <t>Commercially-available imaging product that serves as ahard copy output device, and is capable of receivinginformation from networked computers, or other inputdevices with nameplate output power of power supply lessthan equal to 3,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-printers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Scanners</t>
   </si>
   <si>
+    <t>Electro-optical device with nameplate output power ofpower supply less than equal to 1,000W for convertingcolor or black-and-white information into electronicimages that can be stored, edited, converted, ortransmitted primarily in a personal computing environment</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-scanners</t>
   </si>
   <si>
     <t>e-Standby Power Program for Set-Top Boxes</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 150W, capable of receiving,transmitting, processing, recording, converting signals anddisplaying by television or other displaying devices.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-set-top-boxes</t>
   </si>
   <si>
     <t>e-Standby Power Program for Televisions</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than equal to 1,000W, consisting of atuner|receiver and a monitor encased in a single housing</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-televisions</t>
   </si>
   <si>
     <t>Electric Motors Minimum Energy Performance Standards</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/electric-motors-minimum-energy-performance-standards</t>
   </si>
   <si>
+    <t>https://clasp.ngo/updates/2021/pakistan-launches-first-efficiency-policy-for-electric-motors</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Television</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 14336-1 or CNS 14408; Chinese National Standards; or be recognized by Bureau of Energy</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Test procedure acording to En-Tech 10405003751</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-label-television</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=7</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for DVD Players|Recorders</t>
   </si>
   <si>
+    <t>The applicable products shall be household DVD players or recorders which meet the requirements of CNS-13438; CNS-13439; CNS-14336 or CNS-14408; or have been recognized by the competent authority as household DVD player; recorder products.</t>
+  </si>
+  <si>
     <t>IEC62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-dvd-playersrecorders</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=25</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hair Dryers; En-Tech 10104024360</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 3714 - Hand-Supported Hair Dryers or be recognized by Bureau of Energy MOEA.</t>
+  </si>
+  <si>
     <t>Hair Dryers</t>
   </si>
   <si>
     <t>IEC 61855: 2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-hair-dryers-en-tech-10104024360</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=10%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hand Dryers</t>
   </si>
   <si>
+    <t>The measured Useful Energy Ratio -UER; for Energy Label qualified hand dryer products shall be no less than 90 percent. If the product is touch activated each drying session shall be less than 40 seconds; if the product is motion activated the power shall be cut-off within 2 seconds after the sensor sensed the absence of user and each drying session shall be less than 1 minute.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-hand-dryers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=11</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Integrated Stereo</t>
   </si>
   <si>
+    <t>The applicable products shall be integrated stereos with the CCC Code of 8518.50.00.00-8A; or have been recognized by the Bureau of Energy of the Ministry of Economic Affairs as integrated stereos.</t>
+  </si>
+  <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-integrated-stereo</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=28</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Air Cleaners</t>
   </si>
   <si>
+    <t>The product shall meet the definition of CNS 7619 regarding air cleaners or recognized by the Bureau of Energy of MOEA as domestic indoor air cleaners.</t>
+  </si>
+  <si>
     <t>CNS 7619</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=34</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Dehumidifiers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of CNS 12492 regarding dehumidifiers or recognized by the Bureau of Energy of MOEA as dehumidifiers.</t>
+  </si>
+  <si>
     <t>CNS 12492</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-dehumidifiers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=5</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Displays</t>
   </si>
   <si>
+    <t>Displays shall meet the requirements of Article 14336-1 or Article 14408; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 5.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-displays</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Printers; Neng-Chi-Tze-10405006191</t>
   </si>
   <si>
+    <t>Printers - 1. The Printer that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.32.00.00.1-A, 8443.31.00.00-2-A; or recognized by competent authority.   2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0  --hereunder briefed as ENERGY STAR REV. 2.0.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment (Version 2.0)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-printers-neng-chi</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=33%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Desktop Computers; No. En-Tech 10104012311</t>
   </si>
   <si>
+    <t>Desktop Products shall comply with the definition of desktop computer1 or integrated desktop computer2 of the ENERGY STAR Program Requirements for Computers Version 5.2.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-desktop-computers-no-en-tech-10104012311</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=36%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Notebook Computers; No. En-Tech 10104012321</t>
   </si>
   <si>
+    <t>Notebook  Products shall comply with the definition of notebook computer1 of the ENERGY STAR Program Requirements for Computers Version 5.2 of the United States.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-notebook-computers-no-en-tech-10104012321</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=37%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Dehumidifier</t>
   </si>
   <si>
+    <t>As a single-phase AC, and rated voltage of 220V, its aim is to decrease the humidity of indoors, equipped with compression refrigerating system, blower fan, etc in a single cabinet, its electric power consumption is shall be less than 1,000W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-dehumidifier</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Television</t>
   </si>
   <si>
+    <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency % shall be measured by KS C IEC 62087.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-television</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Air Cleaners</t>
   </si>
   <si>
+    <t>By the scope of KS C 9314 the mechanical and combined air cleaner which hasless 200W power consumption, and the single power 220V and 60Hz.</t>
+  </si>
+  <si>
     <t>KS C 9314</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable dry only</t>
+  </si>
+  <si>
     <t>KS C IEC 60312</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
   </si>
   <si>
     <t>Energy Efficiency Label No5 for Air Purifiers</t>
   </si>
   <si>
+    <t>This program covers split-type air purifiers such as mechanical air cleaners, ionic air cleaners, and Combined Air Purifiers</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>ANSI/AHAM AC-3-2009 for evaluating the performance of air cleaners</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-air-purifiers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/#.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for TVs</t>
+  </si>
+  <si>
+    <t>This program covers TV screen types: LCD, EDGE LED, FULL LED, DIRECT LED, OLED, UHD 4K, Plasma, etc.</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301 Ed 2.0 (2011-01)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-tvs</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/tv.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Televisions</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for televisions. It applies to televisions used for the reception and display of television broadcasts that use mains electricity as the only power source, have a rated visible diagonal screen size exceeding 50 cm, and have a built-in television tuner. It does not apply to products that display broadcasts by means of front or rear projection.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-televisions</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Televisions%202021%20Jan_eng_v0.pdf</t>
+  </si>
+  <si>
     <t>Energy efficiency limit values ​​and energy efficiency grades for high voltage three-phase cage-type asynchronous motors</t>
   </si>
   <si>
+    <t>This policy defines minimum allowable values of energy efficiency and energy efficiency grades for cage three-phase high voltage induction motors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-limit-values-and-energy-efficiency-grades-high-voltage-three-phase-cage</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=208DEC46F6A847EEE06397BE0A0AA4A0</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
+  </si>
+  <si>
+    <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14543</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Color Televisions (Color TV)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for every colour television with native resolution up to 1920 x 1080 pixels, of cathode ray tube (CRT), liquid crystal display (LCD) with cold cathode fluorescent lamp backlight, and plasma technologies type, and liquid crystal display with light emitting diode backlight, excluding computer monitors being manufactured, commercially purchased or sold in India. The policy is revised in the year of 2022.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>IEC 62301 (Ed 2.0), IEC 62087 (Ed 3.0), IS 13384:1992 (part 1, 2), IS 13900:1993, IS 616:2010/IEC 60065:2005</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-color-televisions-color-tv</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/CTV_notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Ultra High-Definition Televisions</t>
+  </si>
+  <si>
+    <t>This policy defines the energy consumption standards, star rating, and labeling requirements for ultra-high definition televisions with a native resolution of 3,840 x 2,160 (4K), including Liquid Crystal Displays with Light Emitting Diode backlighting, Organic Light Emitting Diode displays, Quantum dot Light Emitting Diode displays, Micro-Light Emitting Diode displays. It excludes televisions that include a non-removable main battery and computer monitors. 
+The standard specifies the ultra-high definition televisions must meet the</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>IEC 62087-3, 2015
 ,   
                     IS 616: 2017
 ,   
                     IEC 60065:2014 Edition 8.0
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-ultra-high-definition-televisions</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/UHD_TV_Schedule.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Efficiency Standard and Indication Method for the Copier Machine Energy Conservation Marker; Neng-Chi-Tze-10405006201</t>
   </si>
   <si>
+    <t>The Copier Machine that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.31.00.00-2-B, 8443.32.00.00-1-B, or recognized by competent authority.     2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0 -hereunder briefed as ENERGY STAR REV. 2.0.     3. The fax machine possessing single-page copying function shall not be applicable for the scope provided herein.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-standard-and-indication-method-copier-machine-energy-conservation-marker</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=32%20</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy Efficiency of Electrical Induction Motors) 5764 - 2004 / SI 5289</t>
   </si>
   <si>
+    <t>It covers electric induction motors</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-resources-regulations-energy-efficiency-electrical-induction-motors-5764-2004-si</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECInductionMotors.doc</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Audio/Video Version 3.0</t>
   </si>
   <si>
+    <t>To be eligible for ENERGY STAR qualification under this specification a product must meet the definition of an AV Product or Dedicated Audio DSP Device. AV Product is a mains-connected product that offers audio amplification and or optical disc drive functions. A Dedicated Audio DSP Device is a device that: provides audio digital signal processing as its primary function; provides support for RS-232; Ethernet; WiFi; IEEE-1394 FireWire or similar protocol for hard-wired or wireless remote control; and does not provide audio amplification.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Audio/Video, Rev. July-2012</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-audiovideo-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/audiovideo_specification_version_3_0_pd</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computer Servers Version 3.0</t>
   </si>
   <si>
+    <t>A product must meet the definition of a Computer Server provided in Section 1 of the policy document
+to be eligible for ENERGY STAR certification under this specification. Eligibility under Version 3.0
+is limited to Blade-, Multi-node, Rack-mounted, or Pedestal form factor computer servers with no
+more than four processor sockets in the computer server (or per blade or node in the case of
+blade or multi-node servers).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computer Servers (Rev. Sept-2018); SPEC most current SERT</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-computer-servers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/enterprise_servers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Data Center Storage Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet all of the following conditions are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2:
+i. meet the definition of a Storage Product provided in Section 1 of the policy document;
+ii. are comprised of one or more SKUs and be able to be purchased in a single order from a storage product vendor;
+iii. are characterized within the Disk Set Online categories 2, 3, or 4 and NVSS Set Disk Access categories Online 2, 3 or 4 with the following additional criteria:
+   a) contain a controller with advanced data recovery capability
+   b) support Block I/O and/or File I/O storage functions; and
+   c) implement scale-up or scale-out storage.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Data Center Storage Equipment, Rev. May 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-data-center-storage-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/data_center_storage/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Dehumidifiers Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a dehumidifier as specified in the policy document, including standalone and whole house units, are eligible for ENERGY STAR qualification. Dehumidifiers with daily water-removal capacities greater than 185 U.S. pints/87.5 liters are not eligible.</t>
+  </si>
+  <si>
     <t>10 CFR Appendix X to Subpart B of Part 430</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-dehumidifiers-version-50</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/appliances/dehumidifiers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Displays Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Display and are powered directly from AC mains; an External Power Supply; or Standard DC are eligible for ENERGY STAR certification. Typical products that would be eligible for certification under this specification include: Monitors; Signage Displays; and Signage Displays and Monitors with Plug-in Modules.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Determining Display Energy Rev. Sep-2015; ICDM Information Display Measurements Standard Version 1.03; CTA-2037-A; VESA High performance Monitor and Display Compliance Test Specification (DisplayHDR CTS) Version 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-displays-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/displays/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Large Network Equipment Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Large Network Equipment, a device whose primary function is to pass Internet Protocol traffic among various network interfaces/ports, are eligible for ENERGY STAR certification under this specification. Products explicitly excluded from Version 1.1 are products that contain greater than four Physical Network Ports that have 100 Gb/s or higher link rate capability, as well as the following products:
+i. Small Network Equipment;
+ii. Computer Servers, including blade switches sold within a Blade Server configuration;
+iii. Storage Products, including Blade Storage;
+iv. Storage Networking Products;
+v. Security Appliances;
+vi. Access Point Controllers;
+vii. DSLAM/CMTS equipment;
+viii. Network Caching Devices; and
+ix. Load Balancing Devices.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Large Network Equipment (Rev. December-2015)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-large-network-equipment-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/large_network_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Room Air Cleaners Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Room Air Cleaner as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Combination products and ozone generators. Qualifying air cleaner models shall produce a minimum 50 CADR for Dust to be considered under this specification.</t>
+  </si>
+  <si>
     <t>ANSI/AHAM AC-1-2006; UL 867 Ed. 4.0; IEC 62301 Ed. 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-room-air-cleaners-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/appliances/air_purifiers_cleaners/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Set-Top Boxes Version 5.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Set-top Box and a Set-top Box Base Type as specified herein are eligible for ENERGY STAR certification.  Set-top Box: A device with the primary purpose of receiving digital television services from a coaxial; hybrid fiber coaxial; or fiber-to-the-home distribution system; from satellites; or encapsulated in IP packets from managed IP distribution networks; decrypting or descrambling these signals; and decoding|decompressing for delivery to residential consumer displays and or recording devices; and or one or more other Set-Top Boxes; including Thin Clients; in a residential multi-room architecture. STBs that incorporate common LAN functionality as a secondary function are considered STBs for this specification. Base Type: The means of access to video content for a STB; includes: cable; sattelliete; cable digital transport adapter; internet protocol; and thin-client|remote.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Set-Top Boxes (Rev. May-2016)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-set-top-boxes-version-51</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/set_top_boxes_cable_boxes/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Small Network Equipment Version 1.0</t>
   </si>
   <si>
+    <t>Products that meet the definition for Small Network Equipment (SNE) as specified herein are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2 of the policy document. In addition, SNE shall meet one of the following equipment type definitions:
+i. Broadband Modems (Cable, DSL);
+ii. Optical Network Termination Device (ONT);
+iii. Integrated Access Device (IAD);
+iv. Router;
+v. Switch; or
+vi. Access Point.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Small Network Equipment Rev. Aug-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-small-network-equipment-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/small_network_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Telephony Version 3.0</t>
   </si>
   <si>
+    <t>Telephony products are categorized by two independent characteristics: Sound Transmission Mechanism and Configuration. Products that meet the definition of Telephone as specified in the policy document and transmit sound via Analog, VoIP, or a Hybrid of Analog and VoIP are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Telephony Rev. November-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-telephony-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/cordless_phones/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Televisions Version 8.0</t>
   </si>
   <si>
+    <t>With the exception of products listed in Section 2.2 of the policy document, products that are: 1) marketed to the consumer as a TV/HTD (i.e., TV/HTD is the primary function); 2) capable of being powered from a wall outlet or with an external power supply; and 3) meet one of the following product type definitions, are eligible for ENERGY STAR certification:
+i. TVs
+ii. Hospitality TV/HTDs
+iii. Home Theater Displays</t>
+  </si>
+  <si>
     <t>10 CFR Part 430</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-televisions-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/televisions/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Uninterruptible Power Supplies (UPSs) Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Uninterruptible Power Supply (UPS) as specified in the policy document, including Static and Rotary UPSs and Ac-output UPSs and Dc-output UPSs/Rectifiers, are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2. Eligible products include:</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Uninterruptible Power Supplies Rev. Dec-2017; 10 CFR 430, Section 4, Subpart B, Appendix Y</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-uninterruptible-power-supplies-upss-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/uninterruptible_power_supplies/partners</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Computers</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-computers</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Magnetic disk units</t>
   </si>
   <si>
+    <t>It covers magnetic disk units</t>
+  </si>
+  <si>
     <t>Hard-Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-magnetic-disk-units</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Routers</t>
   </si>
   <si>
+    <t>It covers routers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-routers</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 162.K/EK.06/DJE/2023 -- Television</t>
   </si>
   <si>
+    <t>The policy regulates minimum energy performance standards and label for televisions of  the liquid crystal display (LCD) type and light-emitting diode (LED) type, up to 55 inches in size</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-162kek06dje2023-television</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
     <t>GB 18613-2020 Minimum Allowable Values of Energy Efficiency and Values of Efficiency Grades for Motors</t>
   </si>
   <si>
+    <t>This policy applies to general purpose electric motors or general purpose anti explosion electric motors with the following characteristics: three-phase AC with voltage lower than 1000V and frequency of 50Hz; rated power between 0.75kW-375kW; number of poles of 2; 4; and 6; single-speed closed self-fan cooling; N design.</t>
+  </si>
+  <si>
     <t>GB/T 755-2019; GB/T 1032; GB/T 5171.1-2014; GB/T 5171.21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-18613-2020-minimum-allowable-values-energy-efficiency-and-values-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF578CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 19153-2019 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Displacement Air Compressors</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>GB/T 3853; GB/T 4975; GB/T 13279; GB/T 13928; GB/T26967; JB/T 4253; JB/T 6430; JB/T 7662; JB/T 8933; JB/T 8934; JB/T 9107; JB/T 10972; JB/T 11423; JB/T 13345</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19153-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
+    <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20943-2025  Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for AC-DC and AC-AC Power Supplies</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
+    <t>This revised policy substantially expands its regulatory scope through the inclusion of additional product categories and extended power capacity ranges, while integrating embedded power supplies into its framework for the first time. Aligned with the European Union’s latest minimum energy efficiency requirements of power supplies, GB 20943-2025 introduces a globally pioneering specification for Grade 1 no-load power consumption, establishing a stringent threshold of 0.05W to 0.075W.</t>
   </si>
   <si>
     <t>Power Supply and Power Conversion</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>GB 20943-2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/std/newGbInfo?hcno=8105E9E58B8B8BDB5DF9D96119B1C60A</t>
+  </si>
+  <si>
     <t>GB 21518-2008 Minimum allowable values of energy efficiency and energy efficiency grades for AC contactors</t>
   </si>
   <si>
+    <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does NOT apply to AC contactors with external power saving device or semi-conductor type -solid type contactor</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-21518-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D773ECD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21520-2015 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to LCD monitors for computers working under normal electricity grid voltage, and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>GB/T 8170; GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21520-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80B40D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21521-2014 Minimum allowable values of energy efficiency and energy efficiency grades for copy machines; printers and fax machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21521-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-copy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED11D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 24850-2013 Minimum allowable values of energy efficiency and energy efficiency grades for flat panel TV</t>
   </si>
   <si>
+    <t>Applies to liquid crystal display and plasma display TVs referred as flat-panel TVs; that has the following characteristics: work under grid voltage; receive ground cable satellite or analogue signals; and have primary functions of demodulation and display. Also applies to display equipments that function as TV but not equipped with tuners</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-24850-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-flat</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D803C2D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 24850-2020 Minimum allowable values of energy efficiency limits and energy efficiency grades for flat-panel TVs and set-top boxes</t>
+  </si>
+  <si>
+    <t>MEPS for flat panel televisions and set-top boxes</t>
   </si>
   <si>
     <t>Electronics, Audio-Visual, Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 17309.1
 ,   
                     GB 24850-2020
 ,   
                     IEC 62087-2:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24850-2020-minimum-allowable-values-energy-efficiency-limits-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EFC3FD1E05397BE0A0A98CA</t>
+  </si>
+  <si>
     <t>GB 25957-2010 Minimum allowable values of energy efficiency and energy efficiency grades for digital television adapters -set-top boxes</t>
   </si>
   <si>
+    <t>Applies to adapters working under 220V 50Hz including cable adapters ground adapters and satellite adapters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-25957-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E07ED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 28380-2012 Minimum allowable values of energy efficiency and energy grades for microcomputers</t>
+  </si>
+  <si>
+    <t>This policy applies to general purpose microcomputers, including desktop computers with integrated display functions and portable PCs. Also applies to microcomputers with two or more independent graphic displays. Does not apply to microcomputers with rated power higher than 750W or portable computers with a display diagonal less than 0.2946m or 11.6 inches.</t>
   </si>
   <si>
     <t>,   
                     GB 28380-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28380-2012-minimum-allowable-values-energy-efficiency-and-energy-grades-microcomputers</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E1CFD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30253-2013 Minimum allowable values of energy efficiency and energy efficiency grades for permanent magnet synchronous motors</t>
   </si>
   <si>
+    <t>This policy covers permanent magnet synchronous motors. This policy will be replaced by GB 30253-2024, which will enter into force on 1 October 2025. Click 'See More' for a link to the new policy.</t>
+  </si>
+  <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30253-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E902D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30253-2024 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Permanent Magnet Synchronous Motors</t>
   </si>
   <si>
+    <t>This policy defines mandatory minimum energy performance standards and efficiency grands for synchronous permanent magnet motors. It replaces GB 30253-2013.</t>
+  </si>
+  <si>
     <t>Motors</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>0013</t>
   </si>
   <si>
     <t>October 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30253-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E21E8A3E06397BE0A0AC332</t>
+  </si>
+  <si>
     <t>GB 30254-2013 Minimum allowable values of energy efficiency and the energy efficiency grades for cage three-phase high voltage induction motors</t>
   </si>
   <si>
+    <t>This policy covers cage three-phase high voltage induction motors.</t>
+  </si>
+  <si>
     <t>GB 755-2008; GB/T 1032-2012; GB 10068-2008; GB 10069.3-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30254-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-cage</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E8DAD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32028-2015 Minimum allowable values of energy efficiency and energy efficiency grades for projectors</t>
   </si>
   <si>
+    <t>Applies to LCD and DLP projector used majorly for projection that have High Pressure Mercury Lamp and or metal halide lamp as lighting source. This can serve as reference for solid state lighting projector and projectors with LCOS as display parts.</t>
+  </si>
+  <si>
     <t>GB-T8170 GB20943 SJ-T11332 SJ-T11346</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32028-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80950D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 35971-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for hermetic motor-compressor in room air conditioners</t>
   </si>
   <si>
+    <t>This policy covers hermetic motor-compressors in room air conditioners.</t>
+  </si>
+  <si>
     <t>GB/T 5773; GB/T 15765-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-35971-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D82889D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 36893-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for air cleaners</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-36893-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=7AC3075CD358B4B1E05397BE0A0AC4DE</t>
+  </si>
+  <si>
     <t>GB 36893-2024 Minimum allowable values of energy efficiency and energy efficiency grades for air cleaner</t>
   </si>
   <si>
-    <t>October 2025</t>
+    <t>This standard revised minimum energy performance standards and grades for air cleaners:
+ — Air cleaners with a single-phase rated voltage greater than 5 V and not exceeding 250 V, and other rated voltages not exceeding 480 V;
+— Air cleaners with functions for removing particulate matter and gaseous pollutants;
+— Humidifying purifiers and purifying fans with an independent air purification function mode.</t>
   </si>
   <si>
     <t>GB/T 18801—2022</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-36893-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E22E8A3E06397BE0A0AC332</t>
+  </si>
+  <si>
     <t>GB 37484-2019 Minimum allowable values of energy efficiency and energy efficiency grades for precipitators</t>
   </si>
   <si>
+    <t>This policy covers precipitators.</t>
+  </si>
+  <si>
     <t>GB/T 6719; GB/T 13931; GB 19153; GB/T 32154</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37484-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBD0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
+  </si>
+  <si>
+    <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
+  </si>
+  <si>
     <t>GOST 10280-83 Vacuum electric cleaners for household - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household vacuum cleaners with dry filters intended for cleaning of premises, clothes, carpets and furniture.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>GOST 27570.6-87, art. 6.13 GOST 10280-83</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-10280-83-vacuum-electric-cleaners-household-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21212/</t>
+  </si>
+  <si>
     <t>GOST 16325-88 General-purpose digital computers - General technical requirements</t>
   </si>
   <si>
+    <t>This standard establishes requirements for stationary computers of general purpose, designed to operate both autonomously and in data processing systems.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19657/</t>
+  </si>
+  <si>
     <t>GOST 18198-89 Television receivers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers color and black and white televisions (non-portable or portable), but does not apply to projection TVs.</t>
+  </si>
+  <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-18198-89-television-receivers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38708/</t>
+  </si>
+  <si>
     <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
     <t>GOST 21776-87 Printers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-21776-87-printers-general-specifications</t>
   </si>
   <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
     <t>GOST 24388-88 Domestic sound frequency signal amplifiers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers domestic sound frequency signal amplifiers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-24388-88-domestic-sound-frequency-signal-amplifiers-general-specifications</t>
   </si>
   <si>
+    <t>http://docs.cntd.ru/document/1200016457</t>
+  </si>
+  <si>
     <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
     <t>GOST 25178-82 Electric hand dryers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric hand dryers intended for use in public establishments and places, as well as for individual use.</t>
+  </si>
+  <si>
     <t>art 5.3 of GOST 25178-82</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-25178-82-electric-hand-dryers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/29859/</t>
+  </si>
+  <si>
     <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
   </si>
   <si>
+    <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19749/</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Television</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for television with size up to or equal to 177.8 cm (70 inch):
+(a) plasma;
+(b) liquid crystal display (LCD);
+(c) light emitting diode (LED);
+(d) cathode ray tube (CRT); and
+(e) any other display type with similar function</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS IEC 62301:2012; IEC 62301:2011
 ,   
                     MS IEC 62087-3:2017; IEC 62087-3:2015</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-television</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Computer Monitors) Determination 2014</t>
   </si>
   <si>
+    <t>This policy covers computer monitors specified in the table following this subsection which are designed to be connected to 230 or 240 volts mains voltage via:
+                (a)    a direct connection; or
+               (b)    an external power supply permanently connected to the product; or
+                (c)    an external power supply that can be disconnected from the product.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
+    <t>AS/NZS 5813.2:2012; AS/NZS 4665.1:2005; AS/NZS 5813.1:2012</t>
+  </si>
+  <si>
+    <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Series/F2014L00780</t>
+  </si>
+  <si>
+    <t>This Determination covers computer monitors specified in the table following this subsection which are designed to be connected to 230 or 240 volts mains voltage via: (a) a direct connection; or (b) an external power supply permanently connected to the product; or (c) an external power supply that can be disconnected from the product. Class 1 Computer monitors with a diagonal screen size less than 76 cm (30 inches) and a screen resolution less than or equal to 1.1 MegaPixels. Class 2 Computer monitors with a diagonal screen size less than 76 cm (30 inches) and a screen resolution greater than 1.1 MegaPixels. Class 3 Computer monitors with a diagonal screen size equal to or greater than 76 cm (30 inches) and equal to or less than 152 cm (60 inches)." "</t>
+  </si>
+  <si>
     <t>AS/NZS 5815.1:2012</t>
   </si>
   <si>
-    <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014</t>
   </si>
   <si>
-    <t>AS/NZS 5813.2:2012; AS/NZS 4665.1:2005; AS/NZS 5813.1:2012</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014-0</t>
+    <t>https://www.legislation.gov.au/Details/F2014L00780</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Digital Television Set-top Boxes) Determination 2012</t>
   </si>
   <si>
+    <t>A Digital TV (DTV) set top box (STB) is used to convert digital TV signals to a signal compatible with the existing audiovisual display technology, including analogue RF, composite video, s-vhs, component video or DVI/HDMI. Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time.Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time. STBs have different requirements if they are designed for free-to-air (FTA) broadcast television or subscription television (STV).</t>
+  </si>
+  <si>
     <t>AS/NZS 62087.1:2010AS/NZS 62087.2.1: 2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-digital-television-set-top-boxes-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02116</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (External Power Supplies) Determination 2014</t>
   </si>
   <si>
+    <t>Products covered include external power supply units with a nominal 230 V a.c. supply input and a single output at extra low voltage (ELV), either a.c. or d.c. and a maximum output of 250 W or 250 VA (see the standard for further details on products covered).</t>
+  </si>
+  <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>AS/NZS 4665.1:2005 AS/NZS 4665.2:2005 AS/NZS 4665</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-external-power-supplies-determination-2014</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2014L01580</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Television) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>Any display device that is designed for the primary purpose of showing television pictures and is supplied with a television tuner must meet the requirements set out in the relevant standards. This includes multifunction televisions and display devices supplied in modular form with an external television tuner.. All televisions excluding the following:</t>
+  </si>
+  <si>
     <t>AS/NZS 62087.1:2010AS/NZS62087.2.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-television-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2013L01500</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Three Phase Cage Induction Motors) Determination 2019</t>
   </si>
   <si>
+    <t>This Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c. with rated voltages up to 1100 V, alternating current (AC). NOTE: This range includes motors with ratings of 1 hp and 1 CV/PS (French/German or metric horsepower). MEPS does not apply to submersible motors, integral motor-gear systems, variable or multi-speed speed motors or those rated only for short duty cycles (IEC60034-2 duty rating S2).</t>
+  </si>
+  <si>
     <t>AS 1359.102.1:1997 (Method B), AS 1359.102.3:2003 (Method A)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-three-phase-cage-induction-motors-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2019L00968</t>
+  </si>
+  <si>
     <t>Greenmark N 17 - Personal Computers -System Unit</t>
   </si>
   <si>
+    <t>Applies to system units of personal computers in the form of vertical tower; horizontal case or other forms; and are composed of CPU; motherboard; hard disk drive and memory; etc. This standard is not applicable to notebook or portable computers and tablet computers.</t>
+  </si>
+  <si>
     <t>US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n-17-personal-computers-system-unit</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/17/e19298ec-6a4e-40e7-a2cb-2872bc37097a.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 59 - Notebook Computers</t>
   </si>
   <si>
+    <t>Applies to notebook or portable computers. It shall be capable of entering a low power-consumption mode; sleep-mode; and off-mode automatically after a certain period of inactivity. The power consumption at the sleep-mode and off-mode shall be less than 5 watts and 2 watts; respectively.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n-59-notebook-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/e0a5a9f1-755a-45a6-910c-3bc3767cc2e0.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>Applies to personal computers for use in permanent locations which are composed of computer main or system unit; display; keyboard and mouse; and includes products sold as packaged computer systems or integrated computers. The product shall have the energy saving modes enabled as default setting when shipped to the consumers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n-66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N127 - Hand Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to both touch-activated and sensor-activated hand dryers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n127-hand-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/127/41814663-9fa3-4e41-ae02-901cef0d0809.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N140 - External Hard Drive</t>
   </si>
   <si>
+    <t>This standard is applicable to external hard drives contained in the disk enclosures.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n140-external-hard-drive</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/140/0411b7aa-6d99-4a59-973e-49db51ff292c.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N141 - Uninterruptible Power Supply Systems</t>
   </si>
   <si>
+    <t>This standard is applicable to the uninterruptible power supply systems as defined in CNS 14843-1 and CNS 14843-2.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n141-uninterruptible-power-supply-systems</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/141/0e5d3b89-12e8-40de-b8d2-5ee476cb445d.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N146 - Electric Paper Shredders</t>
   </si>
   <si>
+    <t>applicable to the electric paper shredders</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n146-electric-paper-shredders</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/146/8bd92ccf-9b17-46da-8ee3-cb3320d43963.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N150 - Vacuum Cleaners</t>
   </si>
   <si>
+    <t>This standard is applicable to the vacuum cleaners which use the household AC power including both corded and cordless products.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n150-vacuum-cleaners</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/150/6399582e-f7bd-4133-a927-0a94536a96a9.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N153 - Light Emitting Diode Display Panels</t>
   </si>
   <si>
+    <t>This standard is applicable to products which meet the definition of CNS 13091 and CNS 14555 and their associated indoor products.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n153-light-emitting-diode-display-panels</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/153/7c68e26b-531c-449b-b0f6-57d5de763473.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N18 - Displays</t>
   </si>
   <si>
+    <t>This standard is applicable to the displays</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n18-displays</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/18/af2050e9-6959-450b-b294-dfb62c7fda69.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N19 - Printers</t>
   </si>
   <si>
+    <t>Laser and Inkjet Printers; Dot-matrix Printers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n19-printers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/19/a2927784-929d-45e1-bd21-b2c2985afe95.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N45 - Monochromatic Copy Machines</t>
   </si>
   <si>
+    <t>Applies to carbon powder toner machines</t>
+  </si>
+  <si>
     <t>Requirements for energy consumption are described in the standard Greenmark N45</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n45-monochromatic-copy-machines</t>
   </si>
   <si>
     <t>Greenmark N48 - Dehumidifier</t>
   </si>
   <si>
+    <t>This standard is applicable to the dehumidifiers which meet the definition of CNS 12492</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n48-dehumidifier</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/48/b1c13332-4241-4dea-9d4d-ed8f54f3e75c.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N59 - Notebook Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to notebook|portable computers and tablet computers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n59-notebook-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/507f82a6-34dd-4670-b472-a766445b1685.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N60 - Televisions</t>
   </si>
   <si>
+    <t>Applies to television sets. The backlight module or unit of the products display panel shall not use mercury-containing lamps. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>CNS 14466</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n60-televisions</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/60/160f6010-15b0-462d-aa1c-76ce4601ab35.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to personal computers for use in permanent locations which are composed of computer main|system unit; display; keyboard and mouse; and include products sold as packaged computer systems or integrated computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N69 - Hand-held Hair Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to hand-held hair dryers  which meet the definition of CNS 3714: applies to portable electric blower is equipped with electric heaters in the hair dryer comes with a set of wind machine or whole hair accessories to beautify hair group apply to this standard. During use the products noise emission shall be less than the regulatory limit. The products measured electromagnetic interference shall be less than the regulatory limit. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n69-hand-held-hair-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/69/087ec305-7bdc-468f-9751-576fe608fc30.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N78 - Image Output Devices</t>
   </si>
   <si>
+    <t>This standard is applicable to facsimile machines; copiers; and multifunction devices.    1. Facsimile -Fax Machine: A product whose primary functions are to scan paper originals for electronic transmission to remote units, and to receive electronic transmissions for conversion to paper output. Electronic transmission is primarily over a public telephone system, but may also be via a computer network or the Internet.    2. Copier: A product whose sole function is to produce paper duplicates from paper originals.   3. Multifunction Device -MFD: A product that performs two or more of the core functions of a Printer; Scanner; Copier; or Fax Machine.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n78-image-output-devices</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/78/ed90e8ff-2f8c-4f35-8385-bde4eba11953.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N82 - Portable Projectors</t>
   </si>
   <si>
+    <t>Applies to portable projectors. The products power consumption during the stand-by mode shall be less than 5 watts. The product shall be disassemblable</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n82-portable-projectors</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/82/b0422f35-1bf1-45d1-b0fc-6eb99cb8f243.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N88 - Scanners</t>
   </si>
   <si>
+    <t>This standard is applicable to scanners; excluding multi-function devices with scanning capabilities; network scanners; or scanners not directly powered by electricity from the wall outlets.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n88-scanners</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/88/398369f2-9d5f-47dd-a41b-1ab919c2cafd.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Television</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
+  </si>
+  <si>
     <t>Malaysia</t>
   </si>
   <si>
+    <t>Entered into force, Revised, Superseded</t>
+  </si>
+  <si>
     <t>MS IEC 62301, IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-television</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for 1 phase motor</t>
   </si>
   <si>
+    <t>This scheme covers single-phase induction motors with a rated output power of not more than 7.5 kW and a rated voltage of not more than 250 V and a frequency of 50 Hz. Excluded - submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications, and induction motors used in electric cars or vehicles.</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>IEC 60034-2-1</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-1-phase-motor</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/6_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for 3 phase motor</t>
   </si>
   <si>
+    <t>This scheme covers three-phase squirrel-cage induction motors with rated output power from 0.73-185.0 kW and for a power supply with a frequency of 50-60 Hz, rated voltage of 380 V. It excludes submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications.</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, 3-Phase Motors</t>
   </si>
   <si>
     <t>TIS 867-2550 or IEC 60034-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-3-phase-motor</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/5_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Variable Speed Drive</t>
   </si>
   <si>
+    <t>This scheme covers variable speed drive for 2 types: 1. Motor speed adjustment device used for AC induction motors with a rated power output of more than 37.5 kW., and 2. Motor speed adjustment device used for AC induction motors with rated power output ranging from 0.37 to 37.5 kW (0.5 to 50 hp).</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment, Motors, Variable Speed Drives</t>
   </si>
   <si>
     <t>IEC 61800-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-variable-speed-drive</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/4_01032565.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Single-phase induction motors</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-7</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for 3 Phase Induction Motor</t>
   </si>
   <si>
+    <t>Three phase induction motors</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-3-phase-induction-motor</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Energy Saving Device for Monitors</t>
   </si>
   <si>
+    <t>Energy saving device for monitor: controlling monitor power by detecting human body with sensor, whose net power consumption is less than 1.8W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-energy-saving-device-monitors</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Uniterruptible Power System</t>
   </si>
   <si>
+    <t>Uniterruptible power system: controlling its function according to the amount of loads</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-uniterruptible-power-system</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Display Monitors 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for display monitors according to section 5 and 9 of Department Circular No. 2020-06-0015. Products in scope include display monitors operating in AC or combination of AC and DC sources connected by digital inputs, such as but not limited to DP, HDMI, DVI, USB, wireless and network connection, or by analog VGA input. Display Monitors that are powered solely from battery sources and specialized monitors are not covered.</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS IEC 62087-1
 ,   
                     IEC 62087-2
 ,   
                     PNS IEC 62087-7
 ,   
                     PNS 378
 ,   
                     PNS IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Television Sets 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS and labeling requirements for television sets according to Department Circular No. 2020-06-0015. The policy applies to all television sets.</t>
   </si>
   <si>
     <t>PNS IEC 62087
 ,   
                     PNS 378
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 290 of 7 July 2021</t>
   </si>
   <si>
+    <t>This policy specifies quality and conformity assessment requirements for 3-phase squirrel cage motor labeling.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ABNT NBR 17094-3:2018 / ABNT NBR 17094-1:2018</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-290-7-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-290-de-7-de-julho-de-2021-331319038</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 377 of 14 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for televisions.</t>
+  </si>
+  <si>
     <t>ABNT NBR IEC 60065:2009 / CISPR 32: 2012 / IEC PAS 62825:2013 / IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-377-14-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-377-de-14-de-setembro-de-2021-345136102</t>
+  </si>
+  <si>
     <t>INTE E13-1 2017</t>
   </si>
   <si>
+    <t>This standard establishes the associated nominal and minimum efficiency values; the test method for its evaluation; and the labeling specification of the nominal efficiency; on the motor data plate. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e13-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-1-2017-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-limites-de-eficiencia-2323?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E13-2 2018</t>
   </si>
   <si>
+    <t>This standard establishes the labeling requirements for the associated nominal and minimum efficiency values ??of the efficiency of alternating current; three-phase induction motors. This standard applies to electric motors of alternating current; three-phase; induction; squirrel cage; in nominal power of 0.746 kW up to 373 kW; with nominal voltage of up to 600 V; 60 Hz open and closed; horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e13-2-2018</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e13-2-2018-eficiencia-energetica-de-motores-de-corriente-alterna-trifasicos-de-induccion-tipo-jaula-de-ardilla-en-potencia-nominal-de-0-746-kw-a-373-kw-etiquetado-2660?search=INTE+28</t>
+  </si>
+  <si>
     <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>ISIRI NS 4335</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10639-20071st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 10641 Office Equipment-Technical Specifications for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes desktop and personal computers, monitors, copy machines, multi devise machines, fax-printer-scanner; Fax, scanner, printer. Does not include server computers.</t>
+  </si>
+  <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Electric Household Vaccum cleaner</t>
+  </si>
+  <si>
     <t>NS 5635 (2001)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 7874, 1st Edition, Specification for energy consumption and energy labeling of single phase electrical motors</t>
   </si>
   <si>
+    <t>Small 1-phase General Purpose</t>
+  </si>
+  <si>
     <t>ISIRI 3772-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7874-1st-edition-specification-energy-consumption-and-energy-labeling-single-phase</t>
   </si>
   <si>
     <t>ISIRI 7966, 1st Edition, Specification for energy consumption and energy labeling of three phase electrical motors</t>
   </si>
   <si>
+    <t>This policy covers all motors with 3 phase general purpose</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7966-1st-edition-specification-energy-consumption-and-energy-labeling-three-phase</t>
   </si>
   <si>
     <t>JS 2094:2013 Technical Regulation on eco-design requirements for electric motors</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market and for putting into service of motors, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2094</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20942013-technical-regulation-eco-design-requirements-electric-motors</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5463</t>
+  </si>
+  <si>
     <t>JS 2105:2013 Energy labeling of televisions</t>
   </si>
   <si>
+    <t>This policy covers labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>JS 2105</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21052013-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5456</t>
+  </si>
+  <si>
     <t>JS 2106:2013 Technical Regulation on eco-design requirements for televisions</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of televisions.</t>
+  </si>
+  <si>
     <t>JS 2106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21062013-technical-regulation-eco-design-requirements-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5468</t>
+  </si>
+  <si>
     <t>JS 2110:2013 Technical Regulation on eco-design requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for simple set-top boxes.</t>
+  </si>
+  <si>
     <t>JS 2110</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21102013-technical-regulation-eco-design-requirements-simple-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5470</t>
+  </si>
+  <si>
     <t>JS 2111:2013 Technical Regulation on eco-design requirements for no-load condition electric power consumption and average active efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.</t>
+  </si>
+  <si>
     <t>JS 2092</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21112013-technical-regulation-eco-design-requirements-no-load-condition-electric-power</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5471</t>
+  </si>
+  <si>
     <t>JS 50564:2012 Electrical and electronic household and office equipment - Measurement of low power consumption</t>
   </si>
   <si>
+    <t>This policy specifies methods of measurement of electrical power consumption and the reporting of the results for a range of electrical and electronic household and office equipment, hereafter referred to as products.</t>
+  </si>
+  <si>
     <t>JS 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-505642012-electrical-and-electronic-household-and-office-equipment-measurement-low</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5279</t>
+  </si>
+  <si>
     <t>LI 2446 Energy Commission (Energy Efficiency Standards and Labelling) (Computers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a computer, manufactured in the country or imported into the country for display, sale or use as a desktop computer, notebook computer, a workstation, or a computer server.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2446-energy-commission-energy-efficiency-standards-and-labelling-computers-regulations</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
   </si>
   <si>
+    <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
   </si>
   <si>
     <t>LI 2452 Renewable Energy (Standards and Labelling) (Renewable Energy Batteries) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a renewable energy battery manufactured in the country or imported into the country for display, sale, or use, irrespective of size, method of charge or energy system design of the renewable energy battery.</t>
+  </si>
+  <si>
     <t>Battery Chargers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2452-renewable-energy-standards-and-labelling-renewable-energy-batteries-regulations</t>
   </si>
   <si>
     <t>LI 2455 Energy Commission (Energy Efficiency Standards and Labelling) (Television Sets) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a television set or monitor, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to a rating plate or the equivalent of a rating plate, a digital display and signage, and or non-electric mains operated television or monitor.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/li-2455-energy-commission-energy-efficiency-standards-and-labelling-television-sets</t>
   </si>
   <si>
     <t>LI 2456 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Motors) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an induction motor whether sold separately or partly integrated in other products that has 2,4,6, or 8 poles; has a rated voltage that's more than 50 V but less than 1000 V; has a rated power output of 0.12 kW up to 1000 kW; is rated to operate at a frequency of 50 Hz; is rated on the basis of continuous duty operation, and; is rated for direct on-line operation.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/li-2456-energy-commission-energy-efficiency-standards-and-labelling-electric-motors</t>
   </si>
   <si>
     <t>LI 2461 Renewable Energy (Standards and Labelling) (Inverters) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an inverter intended for use in a stand-alone energy system or utility-interactive energy system where the output of the inverter is a stable alternating current of constant frequency; and a single-phase inverter or 3-phase inverter intended for use in a stand alone energy system or utility interactive energy system intended to be operated in parallel with an electric power system to supply power to common loads manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2461-renewable-energy-standards-and-labelling-inverters-regulations-2022</t>
   </si>
   <si>
     <t>Low-voltage single-phase inductive motor energy efficiency ratio standards</t>
   </si>
   <si>
+    <t>Low-voltage single-phase inductive motor</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MELS for Televisions</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy labeling scheme (MELS) requirements for televisions.</t>
   </si>
   <si>
     <t>IEC 62087:2008
 ,   
                     IEC 62087:2011</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-televisions</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS - Dehumidifier</t>
   </si>
   <si>
+    <t>The EF is limited to dehumidifiers with electric power not higher than 1000W at the present stage.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-dehumidifier-0</t>
   </si>
   <si>
     <t>MEPS and MEPL for Computer Monitors</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover computer monitors with a diagonal screen size up to 152 cm.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 5815.2:2013</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-mepl-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Monitor-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS and MEPL for televisions</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover televisions defined as a display device; designed for the primary purpose of showing television pictures; and supplied with a television tuner. This includes multifunction televisions and display devices supplied in modular form with an external television tuner. The E3 Programme is planning to undertake a review of the existing requirements for televisions and assess opportunities to make further energy efficiency gains</t>
+  </si>
+  <si>
     <t>AS/NZS 62087.1:2010AS/NZS62087.2.2:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-mepl-televisions</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/televisions/</t>
+  </si>
+  <si>
     <t>MEPS for 3 Phase Induction Motor</t>
   </si>
   <si>
+    <t>This policy applies to 3-phase induction motors with a rated output of 0.75kW-200kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-3-phase-induction-motor</t>
   </si>
   <si>
     <t>MEPS for Adapter - Charger</t>
   </si>
   <si>
+    <t>An adapter under 150W, nameplate output power; and a charger of input 20 W with Li-Ion Battery as a single voltage external power supply</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-adapter-charger</t>
   </si>
   <si>
     <t>MEPS for Adapter Charger</t>
   </si>
   <si>
+    <t>For using with mobile phone, notebook, speaker for computer, LCD monitor,printer, PDA, camcorder, digital camera, audio, DVD player, MP3, PMP,portable CD player, set-top box, wire-wireless phone, modem, all AC-DC orAC-AC external power supply shall be included.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-adapter-charger-0</t>
   </si>
   <si>
     <t>MEPS for Air Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-air-cleaners</t>
   </si>
   <si>
     <t>MEPS for Computers</t>
   </si>
   <si>
+    <t>MEPS covers desktop computers; notebooks; and small scale servers.</t>
+  </si>
+  <si>
     <t>AS/NZS 5813.2:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-computers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Dehumidifier</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-dehumidifier</t>
   </si>
   <si>
     <t>MEPS for set top boxes</t>
   </si>
   <si>
+    <t>MEPS covers simple non-recording standalone free-to-air digital television (DTV) set-top boxes (STBs) associated with DTV broadcasts.</t>
+  </si>
+  <si>
     <t>AS/NZS 62087.1:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/set-top-boxes-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Set Top Boxes</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>This policy contains minimum energy performance standards for set-top boxes (excluding the digital converter) receiving one or more of cable, satellite, and IP TV broadcastings and sending the image and audio to a television or display unit, with the rated power consumption of less than 150W.</t>
   </si>
   <si>
     <t>Korea Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-set-top-boxes-0</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=149</t>
+  </si>
+  <si>
     <t>MEPS for Standby Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-standby-power</t>
   </si>
   <si>
     <t>MEPS for Television</t>
   </si>
   <si>
+    <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency percent shall be measured by KS C IEC 62087.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-television</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-televisions-20242025</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Three-Phase Induction Motors</t>
+  </si>
+  <si>
+    <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
   </si>
   <si>
     <t>MEPS for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable, dry only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-vacuum-cleaners</t>
   </si>
   <si>
     <t>Minimum energy performance requirements for three phase electric motors</t>
   </si>
   <si>
+    <t>The minimum energy performance standards apply to new motors and motors incorporated into machines:
+i) with rated output less than or equal to 0.73kW and less than 185kW; 
+ii) in 2- 4- 6- and 8-pole configurations; and 
+iii) with voltages rated up to 1100 V AC</t>
+  </si>
+  <si>
     <t>AS/NZS 1359.5:2004; AS 1359.101; AS 1359.102.1; AS/NZS 1359.102.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-requirements-three-phase-electric-motors</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/3-phase-motor-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard (MEPS) and Energy Star Rating for Television Receivers</t>
+  </si>
+  <si>
+    <t>This standard establishes MEPS and labeling requirements for televisions in Pakistan. This standard shall apply to the following types and sizes of TVs covering display sizes from 24 inches to 42 inches commonly used in Pakistan, with a supply voltage of 230 V 50 Hz or range 220-240 V, 50 Hz. LCD TVs (Liquid Crystal Display TVs), Plasma TVs, and LED TVs (Light Emitting Diodes TVs). Minimum Values of annual power consumption shall not be less than Star-1. The performance of the TVs applicable to this standard shall meet the requirements as specified in the standards IEC 60107, IEC 62087, and IEC 62301.</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IEC 5422/2018
 ,   
                     IEC 60107-1
 ,   
                     IEC 60107-2
 ,   
                     IEC 60107-3
 ,   
                     IEC 62301
 ,   
                     IEC 62087
 ,   
                     JIS C 6101-1
 ,   
                     JIS C 6101-2
 ,   
                     JIS C 6101-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-meps-and-energy-star-rating-television-receivers</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electronics/27-PS%205422-2018.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Air Compressors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-air-compressors</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Dehumidifiers</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/home/English.aspx</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-dehumidifiers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Single-Phase Inductive Motors</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for low-voltage single-phase inductive industrial motors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-low-voltage-single-phase-inductive-motors</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Three-Phase Squirrel-Cage Induction Motors</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for industrial low-voltage three-phase squirrel-cage induction motors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-low-voltage-three-phase-squirrel-cage-induction</t>
   </si>
   <si>
     <t>Minimum Performance of external power supplies</t>
   </si>
   <si>
+    <t>MEPS covers: Mains powered; dc and ac adaptors|power-packs with a single output of up to 250 W or VA  used to power or recharge separate low voltage electronic products; like laptops cellphones etc. They are often sold packaged with the product it will be used with - for examplel; a laptop computer normally comes with a power adaptor.</t>
+  </si>
+  <si>
     <t>AS/NZS 4665.1:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-performance-external-power-supplies</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/external-power-supplies-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Home Audio Equipment of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers home audio equipment. It includes DVD players, mini component audio, micro component audio, and home theater audio that read or record data from a memory card or memory device or receives radio waves and produce audio or visual signals to provide entertainment or information and can operate with the power from the mains electricity supply. This does not include audio equipment for commercial use (professional audio system) and a public address (PA) system.</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Home Theater Equipment</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-home-audio-equipment-standby-mode-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048427</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Scanner of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers scanners for office and home use that read data from images and record it on a computer.</t>
+  </si>
+  <si>
     <t>Electronics, Information Technology, Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-scanner-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048425</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Television of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers televisions (CRT, LCD, Plasma, LED, or other technologies) that can operate with the power from the mains electricity supply.</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-television-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048426</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Three-Phase Induction Motors, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a three-phase induction motor with rated output power and rated voltage not exceeding 1000 V.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-three-phase-induction-motors-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048418</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Variable Speed Drive, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a variable speed drive that is supplied to an AC electric motor. The scope includes 1. Applicable to one-phase or three-phase; 2. Applicable to an AC power supply with a frequency of 50 hertz or an increase or decrease from a frequency of 50 hertz by 5% and a rated voltage not exceeding 1,000 volts; 3. Harmonic quantity control shall be in accordance with IEC 61000-3-2 or IEC 61000-3-4 or equivalent standards; 4. It has a noise emission limit feature and the noise resistance complies with the IEC 61800-3 standard; 5. Withstand the sudden surge of current (surge) according to IEC 61800-3 standard; 6. Can be used with ambient temperature from 5 degrees Celsius; 7. Compatible with 85 percent relative humidity without condensation; and 8. It can be used in vibrating installation conditions as defined in IEC 61800-2.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-variable-speed-drive-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048428</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Computers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers desktop and notebook computers that perform processing functions for general use, consisting of a central processing unit and a monitor.</t>
+  </si>
+  <si>
     <t>Electronics, Information Technology, Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-computers-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048421</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Monitors in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers monitors with a size of 12 inches or more that are manufactured to be used as a display for a computer (excluding the monitor integrated into the processor and the monitor used to receive TV signals).</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-monitors-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048422</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Multi-Functional Devices in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers multi-functional devices that can print, copy, and scan documents in the same device and can be operated using power from the mains power supply. It covers ink-injected multi-function devices and laser multifunction devices or black LED multifunction devices.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-multi-functional-devices-standby-and</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048424</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Printers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers printers that print documents and use them with computers. Included types: 1. Ink-jet printers and, 2. black laser printers or LED printers and color laser printers or LED printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-printers-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048423</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for 3-phase squirrel cage electric motors.</t>
+  </si>
+  <si>
     <t>ABNT NBR 17094-1 / ABNT NBR 5383-1 / ABNT NBR 5110 / ABNT NBR IEC 60034-5</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mmemctimdic-ordinance-no-1-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_1-2017-motores-eletricos-trifasicos.pdf</t>
+  </si>
+  <si>
     <t>MS : 208 : 2012 Energy efficiency and labelling requirements-Television</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Television</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>MS 208</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-208-2012-energy-efficiency-and-labelling-requirements-television</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-682/</t>
+  </si>
+  <si>
     <t>MS : 210 : 2015 Energy efficiency and labelling requirements-vacuum cleaners</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Vacuum cleaners</t>
+  </si>
+  <si>
     <t>MS 210</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-210-2015-energy-efficiency-and-labelling-requirements-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-683/</t>
+  </si>
+  <si>
     <t>National Regulator for Compulsory Specifications Act: Compulsory Specification for Efficiency Requirements of Electric Motors (VC 9113)</t>
   </si>
   <si>
+    <t>This compulsory specification will cover electric motors with the following parameters: 0.75kW-375kW motors, including those with variable speed drives, including 2, 4, 6, and 8 pole motors. The regulation specifies that electric motors meeting these requirements must have a minimum efficiency class of IE3 as specified in IEC 60034-30-1.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>IEC 60034-30-1</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-regulator-compulsory-specifications-act-compulsory-specification-efficiency</t>
   </si>
   <si>
+    <t>https://www.gov.za/documents/notices/national-regulator-compulsory-specifications-act-compulsory-specification-85</t>
+  </si>
+  <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
+  </si>
+  <si>
+    <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
+b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
+    <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9505/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-016-ENER-2025, Energy efficiency of three-phase, induction, squirrel-cage AC motors, rated power 0.746 kW to 373 kW</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum energy efficiency values, the test method, the marking requirements and the conformity assessment procedure, applicable to alternating current, three-phase, induction, squirrel-cage (asynchronous) electric motors, with a nominal power of 0.746 kW to 373 kW, with 2, 4, 6 or 8 poles, with at least one marked nominal electrical voltage of up to 600 V, 50 Hz and 60 Hz, open or closed, with a single rotation frequency (rotation speed on the motor shaft or arrow), with a horizontal or vertical mounting position, air-cooled and continuous operation.</t>
   </si>
   <si>
     <t>NMX-J-075/1-1994-ANCE
 ,   
                     NMX-J-075/2-1994-ANCE
 ,   
                     NMX-J-075/3-1994-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-016-ener-2025-energy-efficiency-three-phase-induction-squirrel-cage-ac-motors-rated</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9514/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-029-ENER-2017, Energy efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This standard aims to establish the minimum values ​​of energy efficiency in operation, the maximum limits of electrical power in no-load or empty mode, the test methods for their evaluation and the specifications of the minimum information to be marked on external power supplies (FAE) that are intended to convert the alternating current (AC) line voltage to a single fixed output voltage level in direct current (DC) at a time and with a maximum output power less than or equal to 250.0 W, as well as those that have a switch that allows the user to manually choose between different output voltage levels.</t>
+  </si>
+  <si>
     <t>NMX-I-281-NYCE-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-029-ener-2017-energy-efficiency-external-power-supplies</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5502802</t>
+  </si>
+  <si>
     <t>NOM-033-ENER-2019 - AC motors cooled with air</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy efficiency values, test method, marking, and procedure for assessing the conformity of air-cooled alternating current (AC) electric motors with nominal electrical voltage up to 240V; a nominal power greater than or equal to 1W and less than 180W; 2-, 4- and 6-pole, squirrel cage induction motors, as well as motors that are electronically switched.</t>
+  </si>
+  <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-033-ener-2019-ac-motors-cooled-air</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 015 Imaging Equipment</t>
   </si>
   <si>
+    <t>Copiers, digital duplicators, facsimile machines, multifunction devices MFD, printers and scanners are eligible for a Nordic Ecolabel. The machines may be equipped with external or internal scanners. In this document we collect all of these products under the name imaging equipment.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>RAL-UZ 122 Version June 2006</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-015-imaging-equipment</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=9</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 040 Machines for Parks and Gardens</t>
   </si>
   <si>
+    <t>Working machines used for the care of parks and gardens, both privately and commercially, can be Nordic Ecolabelled. The following manual, electric and combustion engine driven machines can be awarded a Nordic Ecolabel: Lawnmowers; Lawn Trimmers and lawn edge trimmers; Brush cutters; Chainsaws; Leaf collectors and leaf blowers for professional use; Hedge trimmers; Compost shredders; Rotary cultivators; Riding lawn tractors and mowers; Snow blowers.   Only machines with a nominal engine rating of less than or equal to 19 kW can be Nordic Ecolabelled. Engine operated machines must also be covered by the EU's Machinery Directive: 2006-42-EC.  Combustion engine operated machines include air-cooled or liquid-cooled two stroke or four-stroke engines. Petrol, diesel, ethanol or other renewable fuels may be used. The engine shall be new and adapted to the fuel types for which it is intended.   Electrically powered machines may be corded or battery or solar cell operated. The product group machines for parks and gardens does not include agricultural or forestry tractors, nor terrain vehicles, i.e. All Terrain Vehicles.</t>
+  </si>
+  <si>
     <t>Outdoor Tools &amp; Equipment</t>
   </si>
   <si>
     <t>Electricity, Oil</t>
   </si>
   <si>
     <t>ISO 8178, CEC RF-08-A-85</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-040-machines-parks-and-gardens</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=21</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 048 Computers</t>
   </si>
   <si>
     <t>Computers, Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Computer Program Requirements Version 6</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-048-computers</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 071 TV and Projector</t>
   </si>
   <si>
+    <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
+  </si>
+  <si>
     <t>Televisions, Projectors</t>
   </si>
   <si>
     <t>IEC 62087, ver. 2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-071-tv-and-projector</t>
   </si>
   <si>
+    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-071/</t>
+  </si>
+  <si>
     <t>NTON 10 007-08 Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW, nominal electric voltage up to 600 V, 60 Hz, horizontal mounting position or vertical.</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-007-08-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=6C4B075C6CA9A6D7062577200053D073&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>Pakistan Energy Label for Motors</t>
   </si>
   <si>
+    <t>This regulation establishes Minimum Energy Performance standards for electric motor efficiency and requires compliance with a star rating system. The regulation applies to the import and offer for sale of three-phase squirrel cage induction motors designed to operate at 50 Hz or 60 Hz with:
+a) a rated output power greater than or equal to 0.12 kW and less than or equal to 1,000 kW; and 
+b) a rated voltage of up to 1000 volts alternating current; and
+c) 2, 4, 6 or 8 poles; and
+d) a continuous duty rating.
+The regulation also applies to the import and offer for sale of single-phase squirrel cage induction motors of all types designed to operate at 50 Hz or 60 Hz with a rated output power greater than or equal to 0.12 kW.</t>
+  </si>
+  <si>
     <t>ISO/IEC 17025, IEC 60034-1 ED. 13.0, IEC 60034-2-1 Ed. 2.0 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-label-motors</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO412(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>PNS 2098-1:2013 - Audio video and related equipment - Energy efficiency factor (EEF) and labeling requirements - Part 1: Television set</t>
   </si>
   <si>
+    <t>This labeling program covers television sets and computer monitors with built-in tuner with screen size up to 1520 mm directly connected to the mains.</t>
+  </si>
+  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>PNS 387</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2098-12013-audio-video-and-related-equipment-energy-efficiency-factor-eef-and-labeling</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202098-1-2013-tv.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Electric Motors</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electric motors.</t>
+  </si>
+  <si>
     <t>NBR 17094 NBR 5383-1 NBR 5110 e NBR ISO 60034-5</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-electric-motors</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Procel Seal - Televisions</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for televisions.</t>
+  </si>
+  <si>
     <t>IEC 60065 Ed. 7.1 2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-televisions</t>
   </si>
   <si>
     <t>Provision 219/2015</t>
   </si>
   <si>
+    <t>Energy labelling for televisions.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>IRAM 62411 / IRAM 62301</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-2192015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251748/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 230/2015</t>
   </si>
   <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
     <t>IRAM 62409:2014 / IRAM 62405:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-2302015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Labeling and Standards, Ministry of Knowkedge Economy Notification No.2011-263. 2011.12.23</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy-0</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Bidets</t>
+  </si>
+  <si>
+    <t>This regulation mandates maximum energy efficiency standards and label for electric bidets. Electric bidets are hygiene devices designed to spray warm water onto the user's anus or genital area after using the toilet for cleaning purposes. These devices consist of components such as water heating devices, cleaning devices, and heated seats, with a rated power consumption of 3,500W or less. However, the following are excluded from this regulation: 
+(a) Devices that receive hot water supply from other water heating systems
+(b) Devices that only provide hot water cleaning
+(c) Devices that only provide a heated seat
+(d) Devices that are powered only by batteries
+(e) Devices used for portable toilets (mobile use)</t>
   </si>
   <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>KS C IEC 62301
 ,   
                     KS C IEC 60335-2-84
 ,   
                     Environmental Labeling Products and Certification Standards: EL229 Bidet</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and-0</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
+  </si>
+  <si>
     <t>Requirements on Energy Efficiency and the Inspection of Low-Voltage Three-Phase Squirrel-Cage Induction Motors --including as a component of the specified equipment</t>
   </si>
   <si>
+    <t>The low-voltage three-phase squirrel-cage induction motor set in this announcement covers goods in compliance with Clause 14400 of Chinese National Standards; with a rated output power from 0.75kW|1HP to 200kW|270HP or which are subjected to inspection by the Central Competent Authority.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/requirements-energy-efficiency-and-inspection-low-voltage-three-phase-squirrel-cage</t>
   </si>
   <si>
+    <t>https://meps.energylabel.org.tw/_upload/gen/law/7/file1/Requirements%20on%20Energy%20Efficiency%20and%20the%20Inspection%20of%20Low-Voltage%20Three-Phase%20Squirrel-Cage%20Induction%20Motors%20(including%20as%20a%20component%20of%20the%20specified%20equip</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 3199 - Labeling for Electronics in Standby Mode</t>
   </si>
   <si>
+    <t>Specifies labeling requirements for the following products in standby mode: microwave ovens, televisions, decoder (translation: decodificador), DVD player, Blu-ray player, and music equipment (mini and micro components).</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>NCh3107.Of2008 / IEC 62301:2005</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-3199-labeling-electronics-standby-mode</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1167667</t>
+  </si>
+  <si>
     <t>Resolution No. 7 - Labeling for Televisions</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for televisions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-7-labeling-televisions</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100326</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Dehumidifier Products</t>
   </si>
   <si>
+    <t>The dehumidifiers meeting the definition of dehumidifiers as defined in CNS 12492 and promulgated by the Bureau of Standards Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-3</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=31</t>
+  </si>
+  <si>
     <t>RTS 29.01.01:15: Energy efficiency. Three-phase squirrel-cage AC induction motors with a rated output of 0.746 to 373 kW. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for open- and closed-loop three-phase squirrel-cage electric AC induction motors with a rated output of 0.746 kW to 373 kW.</t>
+  </si>
+  <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rts-29010115-energy-efficiency-three-phase-squirrel-cage-ac-induction-motors-rated-output</t>
   </si>
   <si>
+    <t>https://osartec.gob.sv/?p=5614</t>
+  </si>
+  <si>
     <t>SASO IEC 60034-30:2013</t>
   </si>
   <si>
+    <t>This part of IEC 60034 specifies efficiency classes for single-speed; three-phase; 50 Hz and 60 Hz cage-induction motors</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>SASO IEC 60034-2-1</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-iec-60034-302013</t>
   </si>
   <si>
+    <t>http://www.saso.gov.sa/en/mediacenter/events/Pages/saso_events_127.aspx</t>
+  </si>
+  <si>
     <t>Schedule 14 - Laptop/Notebook Computers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and energy labeling instructions for desktops, integrated desktops and notebook/ laptop computers, manufactured, imported, or sold in India for household/office and similar use. This Standard has been prepared on the basis of Energy Star specification for computers developed by US Environment Protection Agency. In the absence of BIS standard for laptops and notebooks this standard follows the version 6.11 - Energy Star program requirements Product specification for computers.</t>
+  </si>
+  <si>
     <t>version 6.1 - Energy Star program requirements Product specification for computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-14-laptopnotebook-computers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/shcedule14com.pdf</t>
+  </si>
+  <si>
     <t>Schedule 16 - Office Equipments (printers, scanners, copiers, fax machines and multi function devices)</t>
   </si>
   <si>
+    <t>The schedule specifies the MEPS and labeling instructions for office equipment copiers, printers, fax machines, scanners and multi-function devices for office automation and similar use. This schedule is for only single phase office equipment (printers, scanners, copiers, fax machines and multi-function devices) which operate at the standard voltage and frequency range specified by the relevant Indian Standards and the Indian Electricity Rules 1956.</t>
+  </si>
+  <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-16-office-equipments-printers-scanners-copiers-fax-machines-and-multi-function</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%20-%2016Office%20Equipments.pdf</t>
+  </si>
+  <si>
     <t>Schedule 17 - Solid state inverters</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum DC to AC efficiency and labeling instructions for Solid State Inverters run from Storage Batteries of 12 Volts Direct Current source being manufactured, imported or sold in India. The output rating of the Solid State Inverters run from Storage Batteries, covered under this schedule shall be between 250 VA to 2000 VA for continuous output. Note: Inclusion of Solid State Inverters run from Storage Batteries of 24 Volts Direct Current source is under consideration.</t>
+  </si>
+  <si>
     <t>IS 13314:1992</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-17-solid-state-inverters</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Inverter%20Schedule.pdf</t>
+  </si>
+  <si>
     <t>Schedule 18 - Diesel Generator Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the star labeling requirements for various classifications for the application, rating and performance of single/three phase Diesel Generating sets consisting of a Reciprocating Internal Combustion (RIC) engine driven by diesel as fuel, Alternating Current (a.c.) generator, any associated control gear, switchgear and auxiliary equipment. It applies to A. C. generating sets driven by RIC engines for land and marine use being manufactured, imported or sold in India. It excludes generating sets used on aircraft or to propel land vehicles and Locomotives. Diesel Generating (DG) Sets up to 19 kW ratings are covered under pilot energy labeling scheme for single/three phase DG Sets.</t>
+  </si>
+  <si>
     <t>Oil</t>
   </si>
   <si>
     <t>IS 10000, IS 10001, IS 13364, IS 4889:1968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-18-diesel-generator-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DG%20Set%20schedule.pdf</t>
+  </si>
+  <si>
     <t>Schedule 26 - Ultra-High Definition Televisions (UHD TV)</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labelling program for Ultra-High Definition (UHD) televisions of Liquid Crystal Display with LED backlighting, OLED displays, QLED displays, Micro-LED displays, that may be utilised to make and sell UHD televisions in the Indian market having native resolution of 3,840 x 2,160 pixels (4K) and 7,680 x 4,320 pixels (8K) which can be powered only by an external power supply at a voltage not exceeding 250 V ac, 50 Hz being manufactured, imported and commercially purchased or sold in India.</t>
+  </si>
+  <si>
     <t>IEC 62087-3, 2015, Edition 1.0, IS 616: 2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-26-ultra-high-definition-televisions-uhd-tv</t>
   </si>
   <si>
     <t>Schedule 27 - Positive Displacement Air Compressors</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for electrically driven positive displacement, fixed speed rotary and reciprocating, oil lubricated/oil-injected, air-cooled and water-cooled, air compressor having a full load operating gauge pressure greater than equal to 500 kPa or 5 bar[g] and motor rating between 0.37 to 500 kW with rated voltage of 230 / 415 V and frequency 50Hz AC. covered under the scope of IS 5456 and IS/ISO 1217: 2009 with all its amendments, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment</t>
   </si>
   <si>
     <t>IS/ISO 1217, IS 5456</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-27-positive-displacement-air-compressors</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/Air_Compressor_Schedule_Final.pdf</t>
+  </si>
+  <si>
     <t>Schedule 30 Tyres</t>
   </si>
   <si>
+    <t>This schedule species requirements for participating in energy labelling programme for C1, C2 &amp; C3 tyres covered under scope of AIS:142, meant for manufactured, imported and sold in India. This schedule covers the terminology, general guidelines and method of tests to be conducted on tyres as per AIS: 142 particularly the methodology for testing of rolling resistance coefficient &amp; wet grip index. This schedule specifies the tyres star rating band which is based on Rolling Resistance Coefficients. This schedule is applicable for base model, its batch and their variant model tyres.</t>
+  </si>
+  <si>
     <t>IS 15633</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-30-tyres</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule_30.pdf</t>
+  </si>
+  <si>
     <t>Schedule 6 - Induction Motors</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for 3 phase squirrel cage induction motor in 2 Pole, 4 Pole and 6 Pole of ratings up to 375 kW for continuous duty (S1) operation, suitable for voltage and frequency variation as per IS 12615:2011</t>
+  </si>
+  <si>
     <t>IS 12615:2011, IS IEC 60034-2-1, IS 15999:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-6-induction-motors</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule6-InductionMotors.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4101 - Three Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for three-phase induction motors, open and closed, general purpose, for use in hazardous areas (explosion proof) horizontal and vertical, squirrel cage in powers of 0.746 to 373kW (1 to 500HP), 2 to 8 poles, with nominal voltage up to 600 Volts, 60 Hertz, of NEMA design A or B.</t>
+  </si>
+  <si>
     <t>NOM-016-ENER / NEMA-MG-1 / IEEE Std. 112 / CSA-C390 / NOM-008-SCFI / NOM-024-SCFI / IEEE STD 841</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4101-three-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4101_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4114 - Single Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single-phase induction motors, open and closed, AC, induction type squirrel cage in powers of 0.180 (1/4HP) to 1.500kW (2HP), 2, 4 and 6 poles, split-phase or capacitor start with nominal voltage of 115, 127 and 200 to 240V, at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-014-ENER / NMX-J-075/1 / NMX-J-075/3 / NOM-008-SCFI / NEMA-MG-1 / IEEE Std. 114 / CSA-C390-14 / CSA C22.2 100 / CSA-C-747 / IEC 34 PT-1 / IEC 34 PT-2 / JIS-4203 / NEMA MG 11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4114-single-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4114_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4122 - Set Top Boxes</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for television receivers with images in color or black and white, stable or programmable, analog or digital, fed with a nominal voltage of 110 V, 115 V, 127 V, 220 V or 230 volts at a frequency of 60 Hz, in any of the following types of kinescopes: Cathode Ray Tube screen (CRT), Liquid Crystal Display (LCD), Plasma Screen, with any other similar system flat screen.</t>
+  </si>
+  <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4122-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4122_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4142 - Screw Type Air Compressors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for screw type air compressors with or without integrated dryer, using AC electric motors from 2.24kW (3HP) to 447.60kW (600HP), with a supply rated voltage of 208-230/460V and a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>CAGI/PNEUROP PN2CPTC2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4142-screw-type-air-compressors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4142_1.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4146 - Audio and Video Systems</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for audio visual systems: home theater systems, DVD players, and Blu-ray players operating at nominal voltages of 110, 115, 127, 220, 230V, at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment, DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / NOM-008-SCFI / NOM-024-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4146-audio-and-video-systems</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4146.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4147</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for fractional induction motors from 38W to 180W and sub-fractional motors from 2W to 37.5W, with nominal voltage 115V to 240V at 60Hz, 1, 2 or 3 phases.</t>
+  </si>
+  <si>
     <t>NOM-014 ENER</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4147</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4151 - Three Phase Gear Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for three phase cycloidal gear motors, with electrical power in fractional induction motors from 0.093kW to 0.559kW, and three phase induction motors from 0.746kW to 1492kW, reduction ratios from 2:1 to 7569:1, with nominal voltages 220, 208-230/460 and 460V, with a frequency of 60 Hertz, vertical or horizontal mounting, single or double reduction.</t>
+  </si>
+  <si>
     <t>NOM-016-ENER / CSA-C747-94 / UL 1004 / IEC 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4151-three-phase-gear-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4151_01_2.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4165 - Elevators</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for electric traction elevators for passenger transport and movement of objects with vertical guides, with or without machine room, according to the five categories of usage: very low, low, occasional, frequent, and very frequent.</t>
+  </si>
+  <si>
     <t>Elevators</t>
   </si>
   <si>
     <t>NOM-053-SCFI / NOM-008-SCFI / VDI 4707 parte 1 / VDI 2566 parte 1 / VDI 2566 parte 2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4165-elevators</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4165_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4167 - Uninterruptible Power Supplies</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for uninterruptible power systems (UPS) in standby, interactive and double conversion line, with nominal supply voltage of 120 V to 480 V to deliver regulated voltage of 120 V up to 480 V and a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NMX-I-163-NYCE / NOM-001-SCFI / IEC 62040-3 / CAN/CSA C813.1-01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4167-uninterruptible-power-supplies</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4167_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4168 - Single Phase Gear Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single phase cycloidal gear motors with reduction ratios from 6:1 to 87:1, with electrical power in single-phase induction motors from 0.093 kW to 0.746kW, with nominal voltages 115V and 127V, with a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-014-ENER / CSA-C747 / UL 1004 / IEC 60034-5 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4168-single-phase-gear-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4168_01_2.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4176 - Solar Inverters</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single-phase inverters, pure or modified sine wave, with an input voltage of 12, 24 or 48 VDC and an output voltage from 110 VAC to 240 VAC, 60 HZ, with a power output from 100W to 5kW and for stand alone operation or for connection to a low voltage network.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI / NMX-J-655/2-ANCE / NMX-J-656/1-ANCE / NMX-J-676-ANCE-2013 / RES/142/2017 / ACUERDO / EN 50530 / IEC 61683 / UL 1741 / AS 4777.2 / CSA 22.2 No. 107.1-M91 / IEEE Std. 1547 / IEEE Std. 1547.1 / IEEE Std. 929 (PV) / EN 50438 / IEC 61727 / AS 4777.3 / IEC 61000-6-1 / IEC 61000-6-3 / CFR 47, FCC Part. 15</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4176-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP076.pdf</t>
+  </si>
+  <si>
     <t>SI 4665-2 PERFORMANCE OF EXTERNAL POWER SUPPLIES: MINIMUM ENERGY PERFORMANCE STANDARD (MEPS) REQUIREMENTS</t>
   </si>
   <si>
+    <t>Power converters covered under this standard include all single-voltage EPSs with nameplate output power up to 250 watts. Notable exclusions are devices with batteries that attach directly, replacements, and medical devices.</t>
+  </si>
+  <si>
     <t>SI 4665-1</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-4665-2-performance-external-power-supplies-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=98e117b6-728e-4ade-95e3-47864f20c486</t>
+  </si>
+  <si>
     <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
   </si>
   <si>
+    <t>Regulation for maximum consumption in stand by mode for electrical appliances for domestic and office electric appliances</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/si-62301-home-appliances-power-measurement-standby-mode</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=42cf5977-833f-4556-81d1-3f739af9bad8</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Personal Computers</t>
   </si>
   <si>
+    <t>This policy establishes criteria to label Personal Computers (PCs). These criteria include requirements for the following with a rated voltage of not more than 250 VAC: computer system unit; display (monitor); personal computer set combination system including units Computer System Unit, display (monitor), keyboard, and mouse; and portable computer such as notebook (notebook or laptop), tablet (tablet or slate).</t>
+  </si>
+  <si>
     <t>Information Technology</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-personal-computers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=82</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Photocopiers, Printers, Fax Machines &amp; Multifunctional Devices</t>
   </si>
   <si>
+    <t>This policy establishes grading criteria for Copying Machines, Printers, Fax Machines, and Multifunctional Devices (MFDs) based on environmental, performance, and health parameters. These criteria include requirements for standard-sized monochromatic and color office machines based on electrophotography (including laser and LED) and inkjet marking technologies. Standard-sized machines are those that primarily print or copy on regular-sized (e.g., A4 / 8.5 x 11) paper and envelopes. Large-format office machines are also included in this category.</t>
+  </si>
+  <si>
     <t>Other-Electronics</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-photocopiers-printers-fax-machines-multifunctional-devices</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=38</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Televisions Sets</t>
   </si>
   <si>
+    <t>This category establishes criteria for mains-powered television sets consisting of a unit whose main purpose is to receive, reproduce and, if applicable, decode television signals.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-televisions-sets</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Photovoltaic Equipment</t>
   </si>
   <si>
+    <t>This category establishes criteria for products for indoor and outdoor use, powered by solar (or light) energy using a rechargeable electrochemical storage system are included within the scope of this category based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
     <t>Small-Solar Powered Electronics</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-photovoltaic-equipment</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=71</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Solar-Powered Products</t>
   </si>
   <si>
+    <t>The scope of certification under this category includes solar powered products such as watches/clocks, caliper gauges, desktop and pocket calculators, scales for small utilisation, e.g. letter, parcel, bathroom and kitchen scales, titrating devices, toys, solar construction kits, solar training kits, and solar experimental kits.</t>
+  </si>
+  <si>
     <t>Small-Solar Powered Electronics, Solar Energy Kits</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-solar-powered-products</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=62</t>
+  </si>
+  <si>
     <t>SLS 1580 Minimum energy performance for computers</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1580-minimum-energy-performance-computers</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2433&amp;lang=en</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
+    <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Standard NOM-032-ENER-2013 - Electrical Equipment in Standby Mode</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for various appliances and equipment in standby mode.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-032-ener-2013-electrical-equipment-standby-mode</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5330530&amp;fecha=23/01/2014</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>TCVN 11848:2021 - Notebook computers</t>
+  </si>
+  <si>
+    <t>This standard specifies energy efficiency requirements and methods for determining energy consumption for laptops, two-in-one laptops, all-in-one laptops, tablets, and mobile workstations.  This standard does not apply to client computers, mobile client computers, mobile gaming consoles, point-of-sale (POS) machines, and tablets used in point-of-sale machines. This standard was adopted on 28 December 2021. It will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>TCVN 11847:2017
 ,   
                     IEC 62623:2012
 ,   
                     IEC 61966-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-118482021-notebook-computers</t>
   </si>
   <si>
+    <t>https://static.luatvietnam.vn/xem-noi-dung-file-tieu-chuan-viet-nam-tcvn-11848-2021-bo-khoa-hoc-va-cong-nghe-238464-d3/uploaded/VIETLAWFILE/2022/12/TCVN_11848_2021_TCDLCL_191222115003.pdf.aspx</t>
+  </si>
+  <si>
     <t>TCVN 13371:2021 - Desktop computers</t>
   </si>
   <si>
+    <t>This policy specifies energy efficiency requirements and methods for determining energy consumption for desktop computers, including integrated desktop computers. This standard does not apply to point-of-sale (POS) terminals, workstations, and client computers. This policy enters into force on 1 January 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-133712021-desktop-computers</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13371%3A2021</t>
+  </si>
+  <si>
     <t>TCVN 7540-1:2013 Three-phase asynchronous squirrel-cage electrical motors - Part 1: energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS for three-phase asynchronous squirrel-cage electrical motors.</t>
+  </si>
+  <si>
     <t>TCVN 7540-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-7540-12013-three-phase-asynchronous-squirrel-cage-electrical-motors-part-1-energy</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7540-2013-dong-co-dien-khong-dong-bo-ba-pha-roto-long-soc-phan-1-hieu-suat</t>
+  </si>
+  <si>
     <t>TCVN 9508:2012 Computer monitors - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for computer monitors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95082012-computer-monitors-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9508-2012-man-hinh-may-tinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9509:2012 Printers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95092012-printers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9509-2012-may-in-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9510:2012 Copiers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for copiers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95102012-copiers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
+It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
+It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
+It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
+  </si>
+  <si>
     <t>TCVN 9536:2012 Television sets - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for television sets.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95362012-television-sets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9536:2012: Televisions</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for televisions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95362012-televisions</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/technical-regulation-labeling</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Air Cleaners TGL-91-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to air purifiers for residential or similar purposes with a rated voltage not exceeding 250 V for single-phase alternating current (AC).</t>
+  </si>
+  <si>
     <t>Electronics, Other-Electronics, Air Cleaners</t>
   </si>
   <si>
     <t>TIS 1516 (or IEC 60335-2-65)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-air-cleaners-tgl-91-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-91-14.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Computer TGL-12-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal computers (PC) and computers that can be portable and can be divided into 4 types.</t>
   </si>
   <si>
     <t>TIS 1561
 ,   
                     TIS 1956
 ,   
                     TIS 1448
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-computer-tgl-12-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-12-R2-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Digital Projectors TGL-81-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to digital projectors with display technology such as Liquid Crystal Display (LCD), Digital Light Processing (DLP), Liquid Crystal on Silicon (LCOS), or Silicon X‐tal Reflective Display (SXRD).</t>
   </si>
   <si>
     <t>TIS 1195
 ,   
                     TIS 1956 (or CISPR 32, EN 55032)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-digital-projectors-tgl-81-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-81-R1-17.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Facsimile machine TGL-36-R1-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to a stand-alone fax machine, a combined printer/facsimile, a multi-purpose fax machine. (multifunctional units).</t>
   </si>
   <si>
     <t>IEC 60950-1 (or TIS 1561)
 ,   
                     CISPR 22 (or TIS 1956, EN 55022)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-facsimile-machine-tgl-36-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-36-R1-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Hair Dryers TGL-84-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal or animal hair dryers with a rated voltage not exceeding 250 V for home, shop, industrial, farm use, or similar purposes.</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>TIS 1985
 ,   
                     IEC 61855
 ,   
                     IEC 60704-1
 ,   
                     IEC 60704-2-9
 ,   
                     IEC 60704-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-hair-dryers-tgl-84-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-84-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Hand dryers TGL-65-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to automatic sensor-based hand dryers for residential and similar purposes with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>TIS 1985
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-hand-dryers-tgl-65-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-65-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Motors TGL-15-98</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to three-phase induction motors which have a rated output and a voltage not exceeding 375 kW or 500 horsepower and 1,000 volts, respectively.</t>
   </si>
   <si>
     <t>TIS 867
 ,   
                     IEEE-112 (test method B)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-motors-tgl-15-98</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-15-98.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Photocopiers TGL-27-R4-15</t>
   </si>
   <si>
+    <t>These criteria shall apply to all sizes of dry system copiers and multifunction copiers for both color and monochrome copies, which are operated manually and/or automatically (exclude copiers without photoreceptor drums).</t>
+  </si>
+  <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-photocopiers-tgl-27-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-27-R4-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Product Printer TGL-37-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to products that create pictures, texts and graphics on paper, and receives information from a single user or networked computer or other equipment (such as a digital camera).</t>
   </si>
   <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)
 ,   
                     TIS 1956 (or CISPR 22, EN 55022)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-product-printer-tgl-37-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-37-R2-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Secondary Batteries for Portable Applications TGL-67-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to secondary batteries containing alkaline or other non-acid electrolytes for portable use by categorizing secondary batteries into two systems: 1. Nickel systems (covers only nickel-cadmium batteries and nickel-metal hydride batteries), and 2. Lithium systems.</t>
   </si>
   <si>
     <t>TIS 2217 (Secondary batteries)
 ,   
                     TIS 2218 or IEC 61960 (or EN 61960, JIS C 8711) (Lithium)
 ,   
                     IEC 61951-1 (or EN 61951-1) (Nickel-Cadmium)
 ,   
                     IEC 61951-2 (or EN 61951-2) (Nickel-metal hydride)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-secondary-batteries-portable-applications-tgl-67-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-67-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Televisions TGL-34-R1-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to a television set that is powered by the mains power and is a device that serves to receive displays images and sounds transmission (e.g. analogue or digital), with display methods such as Liquid Crystal Display (LCD), Plasma Display Panel (PDP), Light-emitting-diode (LED), or LED-backdrop LCD or Organic Light-Emitting Devices (OLED), excluding Cathode Ray Tube (CRT) display systems and battery-operated portable television set.</t>
+  </si>
+  <si>
     <t>TIS 1195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-televisions-tgl-34-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-34-R1-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Uninterruptible Power System TGL-106-15</t>
   </si>
   <si>
+    <t>These criteria shall apply to uninterrupted power system (UPS) products that have electrical energy storage devices in the DC connection.</t>
+  </si>
+  <si>
     <t>TIS 1291 P 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-uninterruptible-power-system-tgl-106-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-106-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Vacuum TGL-64-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to horizontal canister vacuum cleaners for residential use or similar purpose with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>TIS 1522
 ,   
                     IEC 60335-2-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-vacuum-tgl-64-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-64-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Video Media Players / Recorders TGL-39-04</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to mains-powered electronic equipment designed to reproduce video-audio signals recorded in data storage media video cassette tape, VCD, DVD, etc. in connection with other visual display units and sound speaker units such as TVs.</t>
   </si>
   <si>
     <t>Certificate of conformity and test results. (with quality and environmental requirements).
 ,   
                     Standby power consumption of the applied product shall comply with the following requirements: The power consumption of the applied product in on-mode not exceeded 15W. Exempted from this are audio-DVD combination units.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-video-media-players-recorders-tgl-39-04</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-39-04.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021 (UK regulation): Electronic Displays including Televisions</t>
   </si>
   <si>
+    <t>This policy applies to electronic displays, including televisions, monitors, and digital signage displays.</t>
+  </si>
+  <si>
     <t>Televisions, Projectors, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-uk-regulation</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Electric Motors and Variable Speed Drives</t>
   </si>
   <si>
+    <t>This Policy applies to:
+(a) induction electric motors without brushes, commutators, slip rings or electrical connections to the rotor, which are rated for operation on a 50 Hz, 60 Hz or 50/60 Hz sinusoidal voltage and—
+(i) have two, four, six or eight poles;
+(ii) have a rated voltage (“UN”) above 50 V and up to and including 1,000 V;
+(iii) have a rated power output (“PN”) from 0.12 kilowatts (kW) up to and including 1,000 kW;
+(iv) are rated on the basis of continuous duty operation; and
+(v) are rated for direct on-line operation;
+(b) variable speed drives with 3 phase input which:
+(i) are rated for operating with a motor falling within sub-paragraph (a), within the 0.12 kW-1,000 kW motor rated output range;
+(ii) have a rated voltage above 100 V and up to and including 1,000 V AC; and
+(iii) have only one AC voltage output.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-electric-motors</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>Kenya Bureau of Standards (KEBS)</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>The Energy Efficiency Label No.5 for Air Purifiers</t>
+  </si>
+  <si>
+    <t>This policy defines energy efficiency level criteria and test standards for air purifiers. The scope of air purifiers includes air purifiers, split type, cooled with air, according to the following types: mechanical air cleaners, ion air purifiers (ionic air cleaners), and combined air purifiers. The policy applies to air purifiers intended for use in homes or places with similar purposes such as offices, and shops. The number 5 efficiency criteria for an air cleaner with an area of use less than or equal to 50m2 is set at greater than or equal to 7.5 baht/year (annual electricity cost).</t>
   </si>
   <si>
     <t>TIS 3061-2020
 ,   
                     ANSI/AHAM AC-3-2009</t>
   </si>
   <si>
     <t>Electricity Generating Authority of Thailand</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-air-purifiers-0</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/%e0%b9%80%e0%b8%81%e0%b8%93%e0%b8%91%e0%b9%8c%e0%b8%9b%e0%b8%a3%e0%b8%b0%e0%b8%aa%e0%b8%b4%e0%b8%97%e0%b8%98%e0%b8%b4%e0%b8%a0%e0%b8%b2%e0%b8%9e%e0%b8%9e%e0%b8%a5%e0%b8%b1%e0%b8%87%e0%b8%87%e0%b8%b2/</t>
+  </si>
+  <si>
     <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
   </si>
   <si>
     <t>SI 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECTV.doc</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Computers</t>
   </si>
   <si>
+    <t>Computers under this labelling scheme include desktops, towers or mini-towers, or portable units. These include high-end desktop computers, personal computers, workstations, network computer desktops, X terminal controllers, computer-based point-of-sale retail terminals and tablet PCs. To qualify, the unit must be capable of being powered from a wall outlet, but this does not preclude units that are capable of being powered from a wall outlet and also from a battery. This definition is intended primarily to cover computers sold for use in businesses or homes.</t>
+  </si>
+  <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-computers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Computers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Dehumidifiers</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to self-contained, electrically operated, and mechanically refrigerated dehumidifiers that provide daily water removal capacities not exceeding 87 litres. Appliances that have larger capacity are excluded.</t>
+  </si>
+  <si>
     <t>ANSI / AHAM DH-1 CAN/CSA-C749</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-dehumidifiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Dehumidifiers%202020_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Fax Machines</t>
   </si>
   <si>
+    <t>Both ordinary fax machines and printer-fax combinations are covered by this scheme.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-fax-machines</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Fax%20Machines%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LCD Monitors</t>
   </si>
   <si>
+    <t>Applies to standard LCD monitors that are designed for use with computers. The monitor must be capable of being powered from either a wall outlet or a battery unit that is sold with an AC adaptor. LCD monitors with a tuner|receiver may qualify under this scheme as long as they are marketed and sold to consumers as computer monitors, i.e. focusing on computer monitor as the primary function; or as dual functions computer monitors and televisions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-lcd-monitors</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS%20-%20LCD%20Monitor%20(Eng)_2019.1.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Multifunction Devices</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electrically operated multifunction devices intended for production of A4-sized duplicates from graphical hard copy originals as well as performing one or both of the core functions such as printing, faxing, scanning, etc. However, a device whose primary function is faxing and offers limited sheet copying capabilities, so-called single sheet convenience copying; are not covered under this scheme.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-multifunction-devices</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Multifunction%20Devices%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Photocopiers</t>
   </si>
   <si>
+    <t>COPY MACHINE:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-photocopiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Photocopiers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Printers</t>
   </si>
   <si>
+    <t>Printers under this labelling scheme apply to all electrically operated black-and-white or colour printers that are capable of receiving information from single-user or networked computers and serve as hard copy output devices for production of A4-sized copies. Printers designed to handle multi-sized papers including A4-sized paper can also be qualified under this scheme provided that they can comply with the energy efficiency requirements for A4-sized paper.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-printers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Printers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The U.S. Environmental Protection Agency (EPA) Recognition Program for Game Consoles Performance Requirements Version 1.0</t>
   </si>
   <si>
+    <t>Manufacturers of products that meet the definition of Game Console are eligible for EPA recognition, with the exception of portable game consoles and game consoles incapable of rendering HD video output (video output with a display resolution of 720 lines or greater) via HDMI.</t>
+  </si>
+  <si>
     <t>Game Consoles</t>
   </si>
   <si>
     <t>EPA Test Method for Game Consoles; Rev. Mar-2013</t>
   </si>
   <si>
     <t>U.S. Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us-environmental-protection-agency-epa-recognition-program-game-consoles-performance</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/game_console_version_1_0_recognition_program_pd</t>
+  </si>
+  <si>
     <t>TIS 2432-2555 (2012) Plugs and socket-outlets for household and similar purposes: cord extension sets</t>
   </si>
   <si>
+    <t>This standard applies to cord extension sets (rewirable and non-rewirable) with a rated voltage greater than 50 V but not exceeding 440 V and a rated current not exceeding 16 A, intended for household and similar purposes, either indoors or outdoors. This standard does not apply to cord extension sets with means for reeling.</t>
+  </si>
+  <si>
     <t>Electronics, Power Supply and Power Conversion, Power strips</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2432-2555-2012-plugs-and-socket-outlets-household-and-similar-purposes-cord-extension</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/fulltext/TIS-2432-2555m_Auto1849.pdf</t>
+  </si>
+  <si>
     <t>TIS 867-2550 (2007) Three-Phase Induction Motor: Minimum Efficiency</t>
   </si>
   <si>
+    <t>This standard defines the minimum efficiency requirements of squirrel cage rotor three-phase induction motors with an output power ranging from 0.73 kW to less than 185 kW and a nominal voltage that does not exceed 1000 Volts.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-867-2550-2007-three-phase-induction-motor-minimum-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2550/E/073/8.PDF</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | Environmentally Friendly Design Requirements for Servers and Data Storage Products (2019/424/EU) (SGM:2021/15)</t>
   </si>
   <si>
+    <t>This policy applies to servers and covers online data storage products. It does not cover: servers used in embedded applications; servers with Computers and Computer Servers Communiqué on Relevant Environmentally Friendly Design Requirements (2013/617/EU) Classified as small-scale servers according to (SGM:2021/14) servers; servers with more than four processor sockets; server devices; large servers; fully fault tolerant servers; network servers; small data storage products; big data storage products. This policy is a transposition of Commission Regulation (EU) 2019/424.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/424</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-28648-environmentally-friendly-design-requirements-servers-and</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 666-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 666-2013 of 8 July 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29236-transposition-ec-666-2013</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29564 - Amending No 29236 | transposition of EC 665-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 665-2013 of 3 May 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29564-amending-no-29236-transposition-ec-665-2013</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/ELEKTR%C4%B0KL%C4%B0%20S%C3%9CP%C3%9CRGELER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 |  Energy Labeling of Electronic Displays (2019/2013/EU) (SGM:2021/6)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on electronic displays, including televisions, monitors, and digital signage displays. This policy applies to electronic displays with a screen area greater than 100 square centimeters. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2013 .</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-energy-labeling-electronic-displays-20192013eu-sgm20216</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Electronic Displays (2019/2021/EU) (SGM:2021/5)</t>
   </si>
   <si>
+    <t>This policy establishes a minimum energy performance standard for electronic displays, including televisions, monitors, and digital signage displays with a liquid crystal screen (LCD) and a screen area greater than 100 square centimeters. This policy is a transposition of Commission Regulation (EU) 2019/2021.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-electronic</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-5.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 29564 - Energy Labeling of Televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor</t>
+  </si>
+  <si>
     <t>EC 1062-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29564-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/TELEV%C4%B0ZYONLARIN%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-8:2018 – Labeling – Energy Efficiency Label for Electrical Appliances – Part 8: Television Sets</t>
   </si>
   <si>
+    <t>This regulation covers televisions or television sets. It is developed to ensure that television sets are registered and monitored for their continuous compliance to the set specifications.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-82018-labeling-energy-efficiency-label-electrical-appliances-part-8-television</t>
   </si>
   <si>
+    <t>https://www.tuvsud.com/en/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-11-2019/uae-mandatory-standard-for-tv-energy-efficiency-labelling-in-force</t>
+  </si>
+  <si>
     <t>US 905-1:2011 Rotating electrical machines - General requirements - Part 1: Three phase cage induction motors - High efficiency and Minimum Energy Performance Standards requirement</t>
   </si>
   <si>
+    <t>This Uganda Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us-905-12011-rotating-electrical-machines-general-requirements-part-1-three-phase-cage</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=1760&amp;preview</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9008</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for games consoles</t>
   </si>
   <si>
+    <t>Companies active in the games consoles market have proposed a voluntary agreement laying down specific ecodesign requirements for games consoles models placed on the EU market, which use more than 20 Watts in active game mode. The voluntary scheme was agreed by the signatories in April 2014.
+Under the agreement, each signatory undertakes that at least 90 % of all games consoles that they place on the market would comply with the applicable minimum energy efficiency requirements.
+The agreement includes requirements on auto power down settings, limits on energy use in standby (0.5 W), navigation (40 W), and media streaming modes (50 W), and some product information requirements.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/voluntary-ecodesign-scheme-games-consoles</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1432808656922&amp;uri=CELEX%3A52015DC0178</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for imaging equipment</t>
   </si>
   <si>
+    <t>The voluntary agreement concluded by the industry lays down specific ecodesign requirements for imaging equipment placed on the EU market. The products covered by the agreement are also subject to the ENERGY STAR voluntary energy labelling programme, which lays down energy labelling requirements for different office equipment, including imaging equipment. As required by the Ecodesign Directive, the signatories to this voluntary scheme represent a large majority of the relevant economic sector. Under the agreement, each signatory undertook that at least 90 % of all imaging equipment models it places on the market would comply with the minimum efficiency requirements in terms of TEC (typical energy consumption) and OM (operational mode). Furthermore, all printing products should offer the ‘N-up printing’ capability as a standard feature and should comply with the requirements for cartridges (e.g. the design should not prevent the reuse/recycling and use of cartridges of other producers). All new products should also comply with the requirements for recycling (e.g. easy disassembly and marking of plastics). Finally, the signatories undertook to comply with the specific information requirements (e.g. information on resource and energy efficiency).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/voluntary-ecodesign-scheme-imaging-equipment</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A52013DC0023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -4397,16747 +6685,19150 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N394"/>
+  <dimension ref="A1:P395"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1491.065" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="371.481" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="356.199" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F5" t="s">
+        <v>54</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5">
+        <v>2018</v>
+      </c>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5" t="s">
+        <v>56</v>
+      </c>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D6" t="s">
+        <v>62</v>
+      </c>
+      <c r="E6" t="s">
+        <v>42</v>
+      </c>
+      <c r="F6" t="s">
+        <v>54</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2003</v>
+      </c>
+      <c r="I6">
+        <v>2011</v>
+      </c>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>57</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>67</v>
+      </c>
+      <c r="D7" t="s">
+        <v>53</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>68</v>
+      </c>
+      <c r="H7">
+        <v>2018</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>69</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>70</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>73</v>
+      </c>
+      <c r="B8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" t="s">
+        <v>75</v>
+      </c>
+      <c r="D8" t="s">
+        <v>76</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1979</v>
+      </c>
+      <c r="I8">
+        <v>2018</v>
+      </c>
+      <c r="J8" t="s">
+        <v>69</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8" t="s">
+        <v>77</v>
+      </c>
+      <c r="M8" t="s">
+        <v>78</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>79</v>
+      </c>
+      <c r="P8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>81</v>
+      </c>
+      <c r="B9" t="s">
+        <v>82</v>
+      </c>
+      <c r="C9" t="s">
+        <v>83</v>
+      </c>
+      <c r="D9" t="s">
+        <v>84</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1986</v>
+      </c>
+      <c r="I9">
+        <v>2006</v>
+      </c>
+      <c r="J9" t="s">
+        <v>33</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>85</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>86</v>
+      </c>
+      <c r="P9" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B10" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" t="s">
+        <v>83</v>
+      </c>
+      <c r="D10" t="s">
+        <v>90</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>68</v>
+      </c>
+      <c r="H10">
+        <v>2012</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>33</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>85</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>91</v>
+      </c>
+      <c r="P10" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>93</v>
+      </c>
+      <c r="B11" t="s">
+        <v>94</v>
+      </c>
+      <c r="C11" t="s">
+        <v>95</v>
+      </c>
+      <c r="D11" t="s">
+        <v>96</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>43</v>
+      </c>
+      <c r="G11" t="s">
+        <v>68</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>44</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>97</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>98</v>
+      </c>
+      <c r="P11" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>100</v>
+      </c>
+      <c r="B12" t="s">
+        <v>101</v>
+      </c>
+      <c r="C12" t="s">
+        <v>102</v>
+      </c>
+      <c r="D12" t="s">
+        <v>103</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>43</v>
+      </c>
+      <c r="G12" t="s">
+        <v>68</v>
+      </c>
+      <c r="H12">
+        <v>2010</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>104</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12" t="s">
+        <v>105</v>
+      </c>
+      <c r="M12" t="s">
+        <v>106</v>
+      </c>
+      <c r="N12" t="s">
+        <v>36</v>
+      </c>
+      <c r="O12" t="s">
+        <v>107</v>
+      </c>
+      <c r="P12" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>109</v>
+      </c>
+      <c r="B13" t="s">
+        <v>110</v>
+      </c>
+      <c r="C13" t="s">
+        <v>102</v>
+      </c>
+      <c r="D13" t="s">
+        <v>84</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>43</v>
+      </c>
+      <c r="G13" t="s">
+        <v>68</v>
+      </c>
+      <c r="H13">
+        <v>2014</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>104</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13" t="s">
+        <v>111</v>
+      </c>
+      <c r="M13" t="s">
+        <v>106</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>112</v>
+      </c>
+      <c r="P13" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>114</v>
+      </c>
+      <c r="B14" t="s">
+        <v>115</v>
+      </c>
+      <c r="C14" t="s">
+        <v>102</v>
+      </c>
+      <c r="D14" t="s">
+        <v>116</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>43</v>
+      </c>
+      <c r="G14" t="s">
+        <v>68</v>
+      </c>
+      <c r="H14">
+        <v>2014</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>104</v>
+      </c>
+      <c r="K14" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14" t="s">
+        <v>111</v>
+      </c>
+      <c r="M14" t="s">
+        <v>106</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>117</v>
+      </c>
+      <c r="P14" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>119</v>
+      </c>
+      <c r="B15" t="s">
+        <v>120</v>
+      </c>
+      <c r="C15" t="s">
+        <v>102</v>
+      </c>
+      <c r="D15" t="s">
+        <v>53</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>43</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2011</v>
+      </c>
+      <c r="I15">
+        <v>2021</v>
+      </c>
+      <c r="J15" t="s">
+        <v>69</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15" t="s">
+        <v>121</v>
+      </c>
+      <c r="M15" t="s">
+        <v>122</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>123</v>
+      </c>
+      <c r="P15" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>125</v>
+      </c>
+      <c r="B16" t="s">
+        <v>126</v>
+      </c>
+      <c r="C16" t="s">
+        <v>102</v>
+      </c>
+      <c r="D16" t="s">
+        <v>127</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>43</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I16">
+        <v>2021</v>
+      </c>
+      <c r="J16" t="s">
+        <v>69</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16" t="s">
+        <v>128</v>
+      </c>
+      <c r="M16" t="s">
+        <v>129</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>130</v>
+      </c>
+      <c r="P16" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>125</v>
+      </c>
+      <c r="B17" t="s">
+        <v>126</v>
+      </c>
+      <c r="C17" t="s">
+        <v>102</v>
+      </c>
+      <c r="D17" t="s">
+        <v>127</v>
+      </c>
+      <c r="E17" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F17" t="s">
+        <v>43</v>
+      </c>
+      <c r="G17" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...305 lines deleted...]
-      <c r="N9" t="s">
+      <c r="H17">
+        <v>2016</v>
+      </c>
+      <c r="I17">
+        <v>2021</v>
+      </c>
+      <c r="J17" t="s">
         <v>69</v>
       </c>
-    </row>
-[...324 lines deleted...]
-      </c>
       <c r="K17" t="s">
-        <v>97</v>
+        <v>34</v>
       </c>
       <c r="L17" t="s">
-        <v>98</v>
+        <v>128</v>
       </c>
       <c r="M17" t="s">
-        <v>24</v>
+        <v>129</v>
       </c>
       <c r="N17" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>132</v>
+      </c>
+      <c r="P17"/>
+    </row>
+    <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>101</v>
+        <v>133</v>
       </c>
       <c r="B18" t="s">
-        <v>79</v>
+        <v>134</v>
       </c>
       <c r="C18" t="s">
         <v>102</v>
       </c>
       <c r="D18" t="s">
-        <v>17</v>
+        <v>135</v>
       </c>
       <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>43</v>
+      </c>
+      <c r="G18" t="s">
+        <v>68</v>
+      </c>
+      <c r="H18">
+        <v>2015</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18" t="s">
+        <v>136</v>
+      </c>
+      <c r="M18" t="s">
+        <v>106</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>137</v>
+      </c>
+      <c r="P18" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>139</v>
+      </c>
+      <c r="B19" t="s">
+        <v>140</v>
+      </c>
+      <c r="C19" t="s">
+        <v>102</v>
+      </c>
+      <c r="D19" t="s">
+        <v>141</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>43</v>
+      </c>
+      <c r="G19" t="s">
+        <v>68</v>
+      </c>
+      <c r="H19">
+        <v>2019</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>104</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19" t="s">
+        <v>142</v>
+      </c>
+      <c r="M19" t="s">
+        <v>106</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>143</v>
+      </c>
+      <c r="P19" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>145</v>
+      </c>
+      <c r="B20" t="s">
+        <v>146</v>
+      </c>
+      <c r="C20" t="s">
+        <v>102</v>
+      </c>
+      <c r="D20" t="s">
+        <v>147</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>43</v>
+      </c>
+      <c r="G20" t="s">
+        <v>68</v>
+      </c>
+      <c r="H20">
+        <v>2011</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>104</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20" t="s">
+        <v>148</v>
+      </c>
+      <c r="M20" t="s">
+        <v>106</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>149</v>
+      </c>
+      <c r="P20" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>151</v>
+      </c>
+      <c r="B21" t="s">
+        <v>152</v>
+      </c>
+      <c r="C21" t="s">
+        <v>102</v>
+      </c>
+      <c r="D21" t="s">
+        <v>84</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>43</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2008</v>
+      </c>
+      <c r="I21">
+        <v>2012</v>
+      </c>
+      <c r="J21" t="s">
+        <v>104</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21" t="s">
+        <v>153</v>
+      </c>
+      <c r="M21" t="s">
+        <v>106</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>154</v>
+      </c>
+      <c r="P21" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>156</v>
+      </c>
+      <c r="B22" t="s">
+        <v>157</v>
+      </c>
+      <c r="C22" t="s">
+        <v>102</v>
+      </c>
+      <c r="D22" t="s">
+        <v>158</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>43</v>
+      </c>
+      <c r="G22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H22">
+        <v>2009</v>
+      </c>
+      <c r="I22">
+        <v>2015</v>
+      </c>
+      <c r="J22" t="s">
+        <v>104</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22" t="s">
+        <v>159</v>
+      </c>
+      <c r="M22" t="s">
+        <v>106</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>160</v>
+      </c>
+      <c r="P22" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>162</v>
+      </c>
+      <c r="B23" t="s">
+        <v>163</v>
+      </c>
+      <c r="C23" t="s">
+        <v>102</v>
+      </c>
+      <c r="D23" t="s">
+        <v>164</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>43</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2010</v>
+      </c>
+      <c r="I23">
+        <v>2019</v>
+      </c>
+      <c r="J23" t="s">
+        <v>165</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23" t="s">
+        <v>166</v>
+      </c>
+      <c r="M23" t="s">
+        <v>106</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>167</v>
+      </c>
+      <c r="P23" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>169</v>
+      </c>
+      <c r="B24" t="s">
+        <v>170</v>
+      </c>
+      <c r="C24" t="s">
+        <v>102</v>
+      </c>
+      <c r="D24" t="s">
+        <v>53</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>43</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2011</v>
+      </c>
+      <c r="I24">
+        <v>2013</v>
+      </c>
+      <c r="J24" t="s">
+        <v>165</v>
+      </c>
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24" t="s">
+        <v>121</v>
+      </c>
+      <c r="M24" t="s">
+        <v>106</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>171</v>
+      </c>
+      <c r="P24" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>173</v>
+      </c>
+      <c r="B25" t="s">
+        <v>174</v>
+      </c>
+      <c r="C25" t="s">
+        <v>102</v>
+      </c>
+      <c r="D25" t="s">
+        <v>62</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>43</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2012</v>
+      </c>
+      <c r="I25">
+        <v>2013</v>
+      </c>
+      <c r="J25" t="s">
+        <v>104</v>
+      </c>
+      <c r="K25" t="s">
+        <v>34</v>
+      </c>
+      <c r="L25" t="s">
+        <v>175</v>
+      </c>
+      <c r="M25" t="s">
+        <v>106</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>176</v>
+      </c>
+      <c r="P25" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>178</v>
+      </c>
+      <c r="B26" t="s">
+        <v>179</v>
+      </c>
+      <c r="C26" t="s">
+        <v>102</v>
+      </c>
+      <c r="D26" t="s">
+        <v>180</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>43</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2009</v>
+      </c>
+      <c r="I26">
+        <v>2015</v>
+      </c>
+      <c r="J26" t="s">
+        <v>104</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26" t="s">
+        <v>181</v>
+      </c>
+      <c r="M26" t="s">
+        <v>106</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>182</v>
+      </c>
+      <c r="P26" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>184</v>
+      </c>
+      <c r="B27" t="s">
+        <v>185</v>
+      </c>
+      <c r="C27" t="s">
+        <v>52</v>
+      </c>
+      <c r="D27" t="s">
+        <v>180</v>
+      </c>
+      <c r="E27" t="s">
+        <v>42</v>
+      </c>
+      <c r="F27" t="s">
+        <v>54</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2003</v>
+      </c>
+      <c r="I27">
+        <v>2013</v>
+      </c>
+      <c r="J27" t="s">
+        <v>186</v>
+      </c>
+      <c r="K27" t="s">
+        <v>34</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>57</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>187</v>
+      </c>
+      <c r="P27" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>189</v>
+      </c>
+      <c r="B28" t="s">
+        <v>190</v>
+      </c>
+      <c r="C28" t="s">
+        <v>52</v>
+      </c>
+      <c r="D28" t="s">
+        <v>191</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>43</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2010</v>
+      </c>
+      <c r="I28">
+        <v>2019</v>
+      </c>
+      <c r="J28" t="s">
+        <v>186</v>
+      </c>
+      <c r="K28" t="s">
+        <v>34</v>
+      </c>
+      <c r="L28" t="s">
+        <v>192</v>
+      </c>
+      <c r="M28" t="s">
+        <v>193</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>194</v>
+      </c>
+      <c r="P28" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>189</v>
+      </c>
+      <c r="B29" t="s">
+        <v>196</v>
+      </c>
+      <c r="C29" t="s">
+        <v>197</v>
+      </c>
+      <c r="D29" t="s">
+        <v>191</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>43</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2010</v>
+      </c>
+      <c r="I29">
+        <v>2019</v>
+      </c>
+      <c r="J29" t="s">
+        <v>198</v>
+      </c>
+      <c r="K29" t="s">
+        <v>34</v>
+      </c>
+      <c r="L29" t="s">
+        <v>192</v>
+      </c>
+      <c r="M29"/>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>199</v>
+      </c>
+      <c r="P29" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>201</v>
+      </c>
+      <c r="B30" t="s">
+        <v>202</v>
+      </c>
+      <c r="C30" t="s">
+        <v>203</v>
+      </c>
+      <c r="D30" t="s">
+        <v>204</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>43</v>
+      </c>
+      <c r="G30" t="s">
+        <v>68</v>
+      </c>
+      <c r="H30">
+        <v>2023</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>186</v>
+      </c>
+      <c r="K30" t="s">
+        <v>34</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30"/>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>205</v>
+      </c>
+      <c r="P30" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>207</v>
+      </c>
+      <c r="B31" t="s">
+        <v>208</v>
+      </c>
+      <c r="C31" t="s">
+        <v>52</v>
+      </c>
+      <c r="D31" t="s">
+        <v>209</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2009</v>
+      </c>
+      <c r="I31">
+        <v>2019</v>
+      </c>
+      <c r="J31" t="s">
+        <v>186</v>
+      </c>
+      <c r="K31" t="s">
+        <v>34</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>193</v>
+      </c>
+      <c r="N31" t="s">
         <v>36</v>
       </c>
-      <c r="F18" t="s">
-[...44 lines deleted...]
-      <c r="G19">
+      <c r="O31" t="s">
+        <v>210</v>
+      </c>
+      <c r="P31" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>212</v>
+      </c>
+      <c r="B32" t="s">
+        <v>213</v>
+      </c>
+      <c r="C32" t="s">
+        <v>197</v>
+      </c>
+      <c r="D32" t="s">
+        <v>214</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2009</v>
+      </c>
+      <c r="I32">
         <v>2019</v>
       </c>
-      <c r="H19"/>
-[...124 lines deleted...]
-      <c r="G22">
+      <c r="J32" t="s">
+        <v>198</v>
+      </c>
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32"/>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>215</v>
+      </c>
+      <c r="P32" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>212</v>
+      </c>
+      <c r="B33" t="s">
+        <v>213</v>
+      </c>
+      <c r="C33" t="s">
+        <v>52</v>
+      </c>
+      <c r="D33" t="s">
+        <v>214</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>217</v>
+      </c>
+      <c r="H33">
         <v>2009</v>
       </c>
-      <c r="H22">
-[...43 lines deleted...]
-      <c r="H23">
+      <c r="I33">
         <v>2019</v>
       </c>
-      <c r="I23" t="s">
-[...40 lines deleted...]
-      <c r="H24">
+      <c r="J33" t="s">
+        <v>186</v>
+      </c>
+      <c r="K33" t="s">
+        <v>34</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>193</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>218</v>
+      </c>
+      <c r="P33" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>220</v>
+      </c>
+      <c r="B34" t="s">
+        <v>221</v>
+      </c>
+      <c r="C34" t="s">
+        <v>52</v>
+      </c>
+      <c r="D34" t="s">
+        <v>191</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2009</v>
+      </c>
+      <c r="I34">
+        <v>2019</v>
+      </c>
+      <c r="J34" t="s">
+        <v>186</v>
+      </c>
+      <c r="K34" t="s">
+        <v>34</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>193</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>222</v>
+      </c>
+      <c r="P34" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>224</v>
+      </c>
+      <c r="B35" t="s">
+        <v>225</v>
+      </c>
+      <c r="C35" t="s">
+        <v>197</v>
+      </c>
+      <c r="D35" t="s">
+        <v>226</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>68</v>
+      </c>
+      <c r="H35">
+        <v>2014</v>
+      </c>
+      <c r="I35">
+        <v>2019</v>
+      </c>
+      <c r="J35" t="s">
+        <v>198</v>
+      </c>
+      <c r="K35" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35"/>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>227</v>
+      </c>
+      <c r="P35" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>224</v>
+      </c>
+      <c r="B36" t="s">
+        <v>229</v>
+      </c>
+      <c r="C36" t="s">
+        <v>52</v>
+      </c>
+      <c r="D36" t="s">
+        <v>226</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2014</v>
+      </c>
+      <c r="I36">
+        <v>2019</v>
+      </c>
+      <c r="J36" t="s">
+        <v>186</v>
+      </c>
+      <c r="K36" t="s">
+        <v>34</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>193</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>230</v>
+      </c>
+      <c r="P36" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>224</v>
+      </c>
+      <c r="B37" t="s">
+        <v>232</v>
+      </c>
+      <c r="C37" t="s">
+        <v>197</v>
+      </c>
+      <c r="D37" t="s">
+        <v>226</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2014</v>
+      </c>
+      <c r="I37">
+        <v>2019</v>
+      </c>
+      <c r="J37" t="s">
+        <v>198</v>
+      </c>
+      <c r="K37" t="s">
+        <v>34</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37"/>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>233</v>
+      </c>
+      <c r="P37" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>235</v>
+      </c>
+      <c r="B38" t="s">
+        <v>236</v>
+      </c>
+      <c r="C38" t="s">
+        <v>203</v>
+      </c>
+      <c r="D38" t="s">
+        <v>204</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>68</v>
+      </c>
+      <c r="H38">
+        <v>2023</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>186</v>
+      </c>
+      <c r="K38" t="s">
+        <v>34</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38"/>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>237</v>
+      </c>
+      <c r="P38" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>239</v>
+      </c>
+      <c r="B39" t="s">
+        <v>240</v>
+      </c>
+      <c r="C39" t="s">
+        <v>197</v>
+      </c>
+      <c r="D39" t="s">
+        <v>241</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>68</v>
+      </c>
+      <c r="H39">
         <v>2013</v>
       </c>
-      <c r="I24" t="s">
-[...40 lines deleted...]
-      <c r="H25">
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>198</v>
+      </c>
+      <c r="K39" t="s">
+        <v>34</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39"/>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>242</v>
+      </c>
+      <c r="P39" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>239</v>
+      </c>
+      <c r="B40" t="s">
+        <v>244</v>
+      </c>
+      <c r="C40" t="s">
+        <v>52</v>
+      </c>
+      <c r="D40" t="s">
+        <v>241</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
         <v>2013</v>
       </c>
-      <c r="I25" t="s">
-[...37 lines deleted...]
-      <c r="G26">
+      <c r="I40">
+        <v>2023</v>
+      </c>
+      <c r="J40" t="s">
+        <v>186</v>
+      </c>
+      <c r="K40" t="s">
+        <v>34</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>193</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>245</v>
+      </c>
+      <c r="P40" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>247</v>
+      </c>
+      <c r="B41" t="s">
+        <v>248</v>
+      </c>
+      <c r="C41" t="s">
+        <v>203</v>
+      </c>
+      <c r="D41" t="s">
+        <v>249</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>250</v>
+      </c>
+      <c r="H41">
         <v>2009</v>
       </c>
-      <c r="H26">
-[...43 lines deleted...]
-      <c r="H27">
+      <c r="I41">
+        <v>2019</v>
+      </c>
+      <c r="J41" t="s">
+        <v>251</v>
+      </c>
+      <c r="K41" t="s">
+        <v>34</v>
+      </c>
+      <c r="L41" t="s">
+        <v>252</v>
+      </c>
+      <c r="M41" t="s">
+        <v>253</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>254</v>
+      </c>
+      <c r="P41" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>256</v>
+      </c>
+      <c r="B42" t="s">
+        <v>257</v>
+      </c>
+      <c r="C42" t="s">
+        <v>197</v>
+      </c>
+      <c r="D42" t="s">
+        <v>258</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>68</v>
+      </c>
+      <c r="H42">
         <v>2013</v>
       </c>
-      <c r="I27" t="s">
-[...485 lines deleted...]
-      <c r="G39">
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>198</v>
+      </c>
+      <c r="K42" t="s">
+        <v>34</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42"/>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>259</v>
+      </c>
+      <c r="P42" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>256</v>
+      </c>
+      <c r="B43" t="s">
+        <v>261</v>
+      </c>
+      <c r="C43" t="s">
+        <v>52</v>
+      </c>
+      <c r="D43" t="s">
+        <v>258</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>68</v>
+      </c>
+      <c r="H43">
         <v>2013</v>
       </c>
-      <c r="H39"/>
-[...160 lines deleted...]
-      </c>
+      <c r="I43"/>
       <c r="J43" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K43"/>
+        <v>262</v>
+      </c>
+      <c r="K43" t="s">
+        <v>34</v>
+      </c>
       <c r="L43"/>
       <c r="M43" t="s">
-        <v>24</v>
+        <v>193</v>
       </c>
       <c r="N43" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>263</v>
+      </c>
+      <c r="P43" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>176</v>
+        <v>265</v>
       </c>
       <c r="B44" t="s">
-        <v>43</v>
+        <v>266</v>
       </c>
       <c r="C44" t="s">
-        <v>177</v>
+        <v>197</v>
       </c>
       <c r="D44" t="s">
-        <v>17</v>
+        <v>147</v>
       </c>
       <c r="E44" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>68</v>
+      </c>
+      <c r="H44">
+        <v>2009</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>198</v>
+      </c>
+      <c r="K44" t="s">
+        <v>34</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44"/>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>267</v>
+      </c>
+      <c r="P44" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>269</v>
+      </c>
+      <c r="B45" t="s">
+        <v>270</v>
+      </c>
+      <c r="C45" t="s">
+        <v>52</v>
+      </c>
+      <c r="D45" t="s">
+        <v>271</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>68</v>
+      </c>
+      <c r="H45">
+        <v>2013</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
         <v>55</v>
       </c>
-      <c r="G44">
+      <c r="K45" t="s">
+        <v>34</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>193</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>272</v>
+      </c>
+      <c r="P45" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>274</v>
+      </c>
+      <c r="B46" t="s">
+        <v>275</v>
+      </c>
+      <c r="C46" t="s">
+        <v>102</v>
+      </c>
+      <c r="D46" t="s">
+        <v>62</v>
+      </c>
+      <c r="E46" t="s">
+        <v>42</v>
+      </c>
+      <c r="F46" t="s">
+        <v>54</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2003</v>
+      </c>
+      <c r="I46">
+        <v>2012</v>
+      </c>
+      <c r="J46" t="s">
+        <v>276</v>
+      </c>
+      <c r="K46" t="s">
+        <v>34</v>
+      </c>
+      <c r="L46" t="s">
+        <v>277</v>
+      </c>
+      <c r="M46" t="s">
+        <v>278</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>279</v>
+      </c>
+      <c r="P46" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>281</v>
+      </c>
+      <c r="B47" t="s">
+        <v>282</v>
+      </c>
+      <c r="C47" t="s">
+        <v>102</v>
+      </c>
+      <c r="D47" t="s">
+        <v>283</v>
+      </c>
+      <c r="E47" t="s">
+        <v>42</v>
+      </c>
+      <c r="F47" t="s">
+        <v>54</v>
+      </c>
+      <c r="G47" t="s">
+        <v>68</v>
+      </c>
+      <c r="H47">
+        <v>2014</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>276</v>
+      </c>
+      <c r="K47" t="s">
+        <v>34</v>
+      </c>
+      <c r="L47" t="s">
+        <v>284</v>
+      </c>
+      <c r="M47" t="s">
+        <v>278</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>285</v>
+      </c>
+      <c r="P47" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>287</v>
+      </c>
+      <c r="B48" t="s">
+        <v>288</v>
+      </c>
+      <c r="C48" t="s">
+        <v>102</v>
+      </c>
+      <c r="D48" t="s">
+        <v>289</v>
+      </c>
+      <c r="E48" t="s">
+        <v>42</v>
+      </c>
+      <c r="F48" t="s">
+        <v>54</v>
+      </c>
+      <c r="G48" t="s">
+        <v>68</v>
+      </c>
+      <c r="H48">
+        <v>2009</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>276</v>
+      </c>
+      <c r="K48" t="s">
+        <v>34</v>
+      </c>
+      <c r="L48" t="s">
+        <v>290</v>
+      </c>
+      <c r="M48" t="s">
+        <v>278</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>291</v>
+      </c>
+      <c r="P48" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>293</v>
+      </c>
+      <c r="B49" t="s">
+        <v>294</v>
+      </c>
+      <c r="C49" t="s">
+        <v>102</v>
+      </c>
+      <c r="D49" t="s">
+        <v>90</v>
+      </c>
+      <c r="E49" t="s">
+        <v>42</v>
+      </c>
+      <c r="F49" t="s">
+        <v>54</v>
+      </c>
+      <c r="G49" t="s">
+        <v>68</v>
+      </c>
+      <c r="H49">
+        <v>2020</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>104</v>
+      </c>
+      <c r="K49" t="s">
+        <v>34</v>
+      </c>
+      <c r="L49" t="s">
+        <v>295</v>
+      </c>
+      <c r="M49" t="s">
+        <v>278</v>
+      </c>
+      <c r="N49" t="s">
+        <v>36</v>
+      </c>
+      <c r="O49" t="s">
+        <v>296</v>
+      </c>
+      <c r="P49" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>298</v>
+      </c>
+      <c r="B50" t="s">
+        <v>299</v>
+      </c>
+      <c r="C50" t="s">
+        <v>102</v>
+      </c>
+      <c r="D50" t="s">
+        <v>300</v>
+      </c>
+      <c r="E50" t="s">
+        <v>42</v>
+      </c>
+      <c r="F50" t="s">
+        <v>54</v>
+      </c>
+      <c r="G50" t="s">
+        <v>68</v>
+      </c>
+      <c r="H50">
         <v>2013</v>
       </c>
-      <c r="H44"/>
-[...36 lines deleted...]
-      <c r="G45">
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>104</v>
+      </c>
+      <c r="K50" t="s">
+        <v>301</v>
+      </c>
+      <c r="L50" t="s">
+        <v>302</v>
+      </c>
+      <c r="M50" t="s">
+        <v>278</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>303</v>
+      </c>
+      <c r="P50" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>305</v>
+      </c>
+      <c r="B51" t="s">
+        <v>306</v>
+      </c>
+      <c r="C51" t="s">
+        <v>102</v>
+      </c>
+      <c r="D51" t="s">
+        <v>307</v>
+      </c>
+      <c r="E51" t="s">
+        <v>42</v>
+      </c>
+      <c r="F51" t="s">
+        <v>54</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2011</v>
+      </c>
+      <c r="I51">
+        <v>2011</v>
+      </c>
+      <c r="J51" t="s">
+        <v>276</v>
+      </c>
+      <c r="K51" t="s">
+        <v>34</v>
+      </c>
+      <c r="L51" t="s">
+        <v>308</v>
+      </c>
+      <c r="M51" t="s">
+        <v>278</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>309</v>
+      </c>
+      <c r="P51" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>311</v>
+      </c>
+      <c r="B52" t="s">
+        <v>312</v>
+      </c>
+      <c r="C52" t="s">
+        <v>102</v>
+      </c>
+      <c r="D52" t="s">
+        <v>313</v>
+      </c>
+      <c r="E52" t="s">
+        <v>42</v>
+      </c>
+      <c r="F52" t="s">
+        <v>54</v>
+      </c>
+      <c r="G52" t="s">
+        <v>68</v>
+      </c>
+      <c r="H52">
+        <v>2013</v>
+      </c>
+      <c r="I52">
+        <v>2019</v>
+      </c>
+      <c r="J52" t="s">
+        <v>104</v>
+      </c>
+      <c r="K52" t="s">
+        <v>34</v>
+      </c>
+      <c r="L52" t="s">
+        <v>314</v>
+      </c>
+      <c r="M52" t="s">
+        <v>278</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>315</v>
+      </c>
+      <c r="P52" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>317</v>
+      </c>
+      <c r="B53" t="s">
+        <v>318</v>
+      </c>
+      <c r="C53" t="s">
+        <v>102</v>
+      </c>
+      <c r="D53" t="s">
+        <v>180</v>
+      </c>
+      <c r="E53" t="s">
+        <v>42</v>
+      </c>
+      <c r="F53" t="s">
+        <v>54</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
         <v>2003</v>
       </c>
-      <c r="H45">
-[...2 lines deleted...]
-      <c r="I45" t="s">
+      <c r="I53">
+        <v>2011</v>
+      </c>
+      <c r="J53" t="s">
+        <v>276</v>
+      </c>
+      <c r="K53" t="s">
+        <v>34</v>
+      </c>
+      <c r="L53" t="s">
+        <v>319</v>
+      </c>
+      <c r="M53" t="s">
+        <v>278</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>320</v>
+      </c>
+      <c r="P53" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>322</v>
+      </c>
+      <c r="B54" t="s">
+        <v>323</v>
+      </c>
+      <c r="C54" t="s">
+        <v>102</v>
+      </c>
+      <c r="D54" t="s">
         <v>180</v>
       </c>
-      <c r="J45" t="s">
-[...34 lines deleted...]
-      <c r="G46">
+      <c r="E54" t="s">
+        <v>42</v>
+      </c>
+      <c r="F54" t="s">
+        <v>54</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2003</v>
+      </c>
+      <c r="I54">
+        <v>2015</v>
+      </c>
+      <c r="J54" t="s">
+        <v>276</v>
+      </c>
+      <c r="K54" t="s">
+        <v>34</v>
+      </c>
+      <c r="L54" t="s">
+        <v>324</v>
+      </c>
+      <c r="M54" t="s">
+        <v>278</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>325</v>
+      </c>
+      <c r="P54" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>327</v>
+      </c>
+      <c r="B55" t="s">
+        <v>157</v>
+      </c>
+      <c r="C55" t="s">
+        <v>102</v>
+      </c>
+      <c r="D55" t="s">
+        <v>158</v>
+      </c>
+      <c r="E55" t="s">
+        <v>42</v>
+      </c>
+      <c r="F55" t="s">
+        <v>54</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2003</v>
+      </c>
+      <c r="I55">
+        <v>2016</v>
+      </c>
+      <c r="J55" t="s">
+        <v>104</v>
+      </c>
+      <c r="K55" t="s">
+        <v>34</v>
+      </c>
+      <c r="L55" t="s">
+        <v>328</v>
+      </c>
+      <c r="M55" t="s">
+        <v>278</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>329</v>
+      </c>
+      <c r="P55" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>331</v>
+      </c>
+      <c r="B56" t="s">
+        <v>332</v>
+      </c>
+      <c r="C56" t="s">
+        <v>102</v>
+      </c>
+      <c r="D56" t="s">
+        <v>53</v>
+      </c>
+      <c r="E56" t="s">
+        <v>42</v>
+      </c>
+      <c r="F56" t="s">
+        <v>54</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2002</v>
+      </c>
+      <c r="I56">
+        <v>2013</v>
+      </c>
+      <c r="J56" t="s">
+        <v>276</v>
+      </c>
+      <c r="K56" t="s">
+        <v>34</v>
+      </c>
+      <c r="L56" t="s">
+        <v>121</v>
+      </c>
+      <c r="M56" t="s">
+        <v>278</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>333</v>
+      </c>
+      <c r="P56" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>335</v>
+      </c>
+      <c r="B57" t="s">
+        <v>336</v>
+      </c>
+      <c r="C57" t="s">
+        <v>102</v>
+      </c>
+      <c r="D57" t="s">
+        <v>337</v>
+      </c>
+      <c r="E57" t="s">
+        <v>42</v>
+      </c>
+      <c r="F57" t="s">
+        <v>54</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2002</v>
+      </c>
+      <c r="I57">
+        <v>2021</v>
+      </c>
+      <c r="J57" t="s">
+        <v>69</v>
+      </c>
+      <c r="K57" t="s">
+        <v>34</v>
+      </c>
+      <c r="L57" t="s">
+        <v>338</v>
+      </c>
+      <c r="M57" t="s">
+        <v>339</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>340</v>
+      </c>
+      <c r="P57" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>342</v>
+      </c>
+      <c r="B58" t="s">
+        <v>343</v>
+      </c>
+      <c r="C58" t="s">
+        <v>102</v>
+      </c>
+      <c r="D58" t="s">
+        <v>158</v>
+      </c>
+      <c r="E58" t="s">
+        <v>42</v>
+      </c>
+      <c r="F58" t="s">
+        <v>54</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2003</v>
+      </c>
+      <c r="I58">
+        <v>2016</v>
+      </c>
+      <c r="J58" t="s">
+        <v>276</v>
+      </c>
+      <c r="K58" t="s">
+        <v>34</v>
+      </c>
+      <c r="L58" t="s">
+        <v>344</v>
+      </c>
+      <c r="M58" t="s">
+        <v>278</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>345</v>
+      </c>
+      <c r="P58" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>347</v>
+      </c>
+      <c r="B59" t="s">
+        <v>348</v>
+      </c>
+      <c r="C59" t="s">
+        <v>102</v>
+      </c>
+      <c r="D59" t="s">
+        <v>158</v>
+      </c>
+      <c r="E59" t="s">
+        <v>42</v>
+      </c>
+      <c r="F59" t="s">
+        <v>54</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2003</v>
+      </c>
+      <c r="I59">
+        <v>2017</v>
+      </c>
+      <c r="J59" t="s">
+        <v>276</v>
+      </c>
+      <c r="K59" t="s">
+        <v>34</v>
+      </c>
+      <c r="L59" t="s">
+        <v>349</v>
+      </c>
+      <c r="M59" t="s">
+        <v>278</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>350</v>
+      </c>
+      <c r="P59" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>352</v>
+      </c>
+      <c r="B60" t="s">
+        <v>353</v>
+      </c>
+      <c r="C60" t="s">
+        <v>102</v>
+      </c>
+      <c r="D60" t="s">
+        <v>84</v>
+      </c>
+      <c r="E60" t="s">
+        <v>42</v>
+      </c>
+      <c r="F60" t="s">
+        <v>54</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2001</v>
+      </c>
+      <c r="I60">
+        <v>2021</v>
+      </c>
+      <c r="J60" t="s">
+        <v>104</v>
+      </c>
+      <c r="K60" t="s">
+        <v>34</v>
+      </c>
+      <c r="L60" t="s">
+        <v>354</v>
+      </c>
+      <c r="M60" t="s">
+        <v>278</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>355</v>
+      </c>
+      <c r="P60" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>357</v>
+      </c>
+      <c r="B61" t="s">
+        <v>358</v>
+      </c>
+      <c r="C61" t="s">
+        <v>102</v>
+      </c>
+      <c r="D61" t="s">
+        <v>84</v>
+      </c>
+      <c r="E61" t="s">
+        <v>42</v>
+      </c>
+      <c r="F61" t="s">
+        <v>54</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2001</v>
+      </c>
+      <c r="I61">
         <v>2014</v>
       </c>
-      <c r="H46"/>
-[...38 lines deleted...]
-      <c r="G47">
+      <c r="J61" t="s">
+        <v>276</v>
+      </c>
+      <c r="K61" t="s">
+        <v>34</v>
+      </c>
+      <c r="L61" t="s">
+        <v>359</v>
+      </c>
+      <c r="M61" t="s">
+        <v>278</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>360</v>
+      </c>
+      <c r="P61" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>362</v>
+      </c>
+      <c r="B62" t="s">
+        <v>363</v>
+      </c>
+      <c r="C62" t="s">
+        <v>102</v>
+      </c>
+      <c r="D62" t="s">
+        <v>84</v>
+      </c>
+      <c r="E62" t="s">
+        <v>42</v>
+      </c>
+      <c r="F62" t="s">
+        <v>54</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2001</v>
+      </c>
+      <c r="I62">
+        <v>2018</v>
+      </c>
+      <c r="J62" t="s">
+        <v>276</v>
+      </c>
+      <c r="K62" t="s">
+        <v>34</v>
+      </c>
+      <c r="L62" t="s">
+        <v>364</v>
+      </c>
+      <c r="M62" t="s">
+        <v>278</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>365</v>
+      </c>
+      <c r="P62" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>367</v>
+      </c>
+      <c r="B63" t="s">
+        <v>368</v>
+      </c>
+      <c r="C63" t="s">
+        <v>102</v>
+      </c>
+      <c r="D63" t="s">
+        <v>369</v>
+      </c>
+      <c r="E63" t="s">
+        <v>42</v>
+      </c>
+      <c r="F63" t="s">
+        <v>54</v>
+      </c>
+      <c r="G63" t="s">
+        <v>68</v>
+      </c>
+      <c r="H63">
         <v>2009</v>
       </c>
-      <c r="H47"/>
-[...122 lines deleted...]
-      <c r="G50">
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>276</v>
+      </c>
+      <c r="K63" t="s">
+        <v>34</v>
+      </c>
+      <c r="L63" t="s">
+        <v>370</v>
+      </c>
+      <c r="M63" t="s">
+        <v>278</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>371</v>
+      </c>
+      <c r="P63" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>373</v>
+      </c>
+      <c r="B64" t="s">
+        <v>374</v>
+      </c>
+      <c r="C64" t="s">
+        <v>102</v>
+      </c>
+      <c r="D64" t="s">
+        <v>90</v>
+      </c>
+      <c r="E64" t="s">
+        <v>42</v>
+      </c>
+      <c r="F64" t="s">
+        <v>54</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2005</v>
+      </c>
+      <c r="I64">
+        <v>2014</v>
+      </c>
+      <c r="J64" t="s">
+        <v>276</v>
+      </c>
+      <c r="K64" t="s">
+        <v>34</v>
+      </c>
+      <c r="L64" t="s">
+        <v>375</v>
+      </c>
+      <c r="M64" t="s">
+        <v>278</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>376</v>
+      </c>
+      <c r="P64" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>378</v>
+      </c>
+      <c r="B65" t="s">
+        <v>379</v>
+      </c>
+      <c r="C65" t="s">
+        <v>102</v>
+      </c>
+      <c r="D65" t="s">
+        <v>214</v>
+      </c>
+      <c r="E65" t="s">
+        <v>42</v>
+      </c>
+      <c r="F65" t="s">
+        <v>54</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2005</v>
+      </c>
+      <c r="I65">
+        <v>2014</v>
+      </c>
+      <c r="J65" t="s">
+        <v>276</v>
+      </c>
+      <c r="K65" t="s">
+        <v>34</v>
+      </c>
+      <c r="L65" t="s">
+        <v>380</v>
+      </c>
+      <c r="M65" t="s">
+        <v>278</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>381</v>
+      </c>
+      <c r="P65" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>383</v>
+      </c>
+      <c r="B66" t="s">
+        <v>384</v>
+      </c>
+      <c r="C66" t="s">
+        <v>102</v>
+      </c>
+      <c r="D66" t="s">
+        <v>116</v>
+      </c>
+      <c r="E66" t="s">
+        <v>42</v>
+      </c>
+      <c r="F66" t="s">
+        <v>54</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2002</v>
+      </c>
+      <c r="I66">
+        <v>2009</v>
+      </c>
+      <c r="J66" t="s">
+        <v>276</v>
+      </c>
+      <c r="K66" t="s">
+        <v>34</v>
+      </c>
+      <c r="L66" t="s">
+        <v>385</v>
+      </c>
+      <c r="M66" t="s">
+        <v>278</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>386</v>
+      </c>
+      <c r="P66" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>388</v>
+      </c>
+      <c r="B67" t="s">
+        <v>389</v>
+      </c>
+      <c r="C67" t="s">
+        <v>102</v>
+      </c>
+      <c r="D67" t="s">
+        <v>390</v>
+      </c>
+      <c r="E67" t="s">
+        <v>42</v>
+      </c>
+      <c r="F67" t="s">
+        <v>54</v>
+      </c>
+      <c r="G67" t="s">
+        <v>68</v>
+      </c>
+      <c r="H67">
+        <v>2021</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>69</v>
+      </c>
+      <c r="K67" t="s">
+        <v>34</v>
+      </c>
+      <c r="L67" t="s">
+        <v>391</v>
+      </c>
+      <c r="M67" t="s">
+        <v>339</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>392</v>
+      </c>
+      <c r="P67" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>394</v>
+      </c>
+      <c r="B68" t="s">
+        <v>395</v>
+      </c>
+      <c r="C68" t="s">
+        <v>102</v>
+      </c>
+      <c r="D68" t="s">
+        <v>396</v>
+      </c>
+      <c r="E68" t="s">
+        <v>42</v>
+      </c>
+      <c r="F68" t="s">
+        <v>54</v>
+      </c>
+      <c r="G68" t="s">
+        <v>68</v>
+      </c>
+      <c r="H68">
+        <v>2009</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>276</v>
+      </c>
+      <c r="K68" t="s">
+        <v>34</v>
+      </c>
+      <c r="L68" t="s">
+        <v>397</v>
+      </c>
+      <c r="M68" t="s">
+        <v>278</v>
+      </c>
+      <c r="N68" t="s">
+        <v>36</v>
+      </c>
+      <c r="O68" t="s">
+        <v>398</v>
+      </c>
+      <c r="P68" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>400</v>
+      </c>
+      <c r="B69" t="s">
+        <v>401</v>
+      </c>
+      <c r="C69" t="s">
+        <v>102</v>
+      </c>
+      <c r="D69" t="s">
+        <v>390</v>
+      </c>
+      <c r="E69" t="s">
+        <v>42</v>
+      </c>
+      <c r="F69" t="s">
+        <v>54</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2009</v>
+      </c>
+      <c r="I69">
+        <v>2021</v>
+      </c>
+      <c r="J69" t="s">
+        <v>69</v>
+      </c>
+      <c r="K69" t="s">
+        <v>34</v>
+      </c>
+      <c r="L69" t="s">
+        <v>397</v>
+      </c>
+      <c r="M69" t="s">
+        <v>339</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>402</v>
+      </c>
+      <c r="P69" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>404</v>
+      </c>
+      <c r="B70" t="s">
+        <v>405</v>
+      </c>
+      <c r="C70" t="s">
+        <v>102</v>
+      </c>
+      <c r="D70" t="s">
+        <v>406</v>
+      </c>
+      <c r="E70" t="s">
+        <v>42</v>
+      </c>
+      <c r="F70" t="s">
+        <v>54</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2010</v>
+      </c>
+      <c r="I70">
+        <v>2010</v>
+      </c>
+      <c r="J70" t="s">
+        <v>276</v>
+      </c>
+      <c r="K70" t="s">
+        <v>34</v>
+      </c>
+      <c r="L70" t="s">
+        <v>407</v>
+      </c>
+      <c r="M70" t="s">
+        <v>278</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>408</v>
+      </c>
+      <c r="P70" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>410</v>
+      </c>
+      <c r="B71" t="s">
+        <v>411</v>
+      </c>
+      <c r="C71" t="s">
+        <v>102</v>
+      </c>
+      <c r="D71" t="s">
+        <v>90</v>
+      </c>
+      <c r="E71" t="s">
+        <v>42</v>
+      </c>
+      <c r="F71" t="s">
+        <v>54</v>
+      </c>
+      <c r="G71" t="s">
+        <v>68</v>
+      </c>
+      <c r="H71">
+        <v>2015</v>
+      </c>
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>104</v>
+      </c>
+      <c r="K71" t="s">
+        <v>34</v>
+      </c>
+      <c r="L71" t="s">
+        <v>412</v>
+      </c>
+      <c r="M71" t="s">
+        <v>278</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>413</v>
+      </c>
+      <c r="P71" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>415</v>
+      </c>
+      <c r="B72" t="s">
+        <v>416</v>
+      </c>
+      <c r="C72" t="s">
+        <v>102</v>
+      </c>
+      <c r="D72" t="s">
+        <v>90</v>
+      </c>
+      <c r="E72" t="s">
+        <v>42</v>
+      </c>
+      <c r="F72" t="s">
+        <v>54</v>
+      </c>
+      <c r="G72" t="s">
+        <v>68</v>
+      </c>
+      <c r="H72">
+        <v>2021</v>
+      </c>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>104</v>
+      </c>
+      <c r="K72" t="s">
+        <v>34</v>
+      </c>
+      <c r="L72" t="s">
+        <v>417</v>
+      </c>
+      <c r="M72" t="s">
+        <v>278</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>418</v>
+      </c>
+      <c r="P72" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>420</v>
+      </c>
+      <c r="B73" t="s">
+        <v>421</v>
+      </c>
+      <c r="C73" t="s">
+        <v>102</v>
+      </c>
+      <c r="D73" t="s">
+        <v>214</v>
+      </c>
+      <c r="E73" t="s">
+        <v>42</v>
+      </c>
+      <c r="F73" t="s">
+        <v>54</v>
+      </c>
+      <c r="G73" t="s">
+        <v>68</v>
+      </c>
+      <c r="H73">
+        <v>2018</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>104</v>
+      </c>
+      <c r="K73" t="s">
+        <v>34</v>
+      </c>
+      <c r="L73" t="s">
+        <v>422</v>
+      </c>
+      <c r="M73" t="s">
+        <v>278</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>423</v>
+      </c>
+      <c r="P73" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>425</v>
+      </c>
+      <c r="B74" t="s">
+        <v>426</v>
+      </c>
+      <c r="C74" t="s">
+        <v>102</v>
+      </c>
+      <c r="D74" t="s">
+        <v>313</v>
+      </c>
+      <c r="E74" t="s">
+        <v>42</v>
+      </c>
+      <c r="F74" t="s">
+        <v>54</v>
+      </c>
+      <c r="G74" t="s">
+        <v>68</v>
+      </c>
+      <c r="H74">
+        <v>2014</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>104</v>
+      </c>
+      <c r="K74" t="s">
+        <v>34</v>
+      </c>
+      <c r="L74" t="s">
+        <v>427</v>
+      </c>
+      <c r="M74" t="s">
+        <v>278</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>428</v>
+      </c>
+      <c r="P74" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>430</v>
+      </c>
+      <c r="B75" t="s">
+        <v>431</v>
+      </c>
+      <c r="C75" t="s">
+        <v>102</v>
+      </c>
+      <c r="D75" t="s">
+        <v>313</v>
+      </c>
+      <c r="E75" t="s">
+        <v>42</v>
+      </c>
+      <c r="F75" t="s">
+        <v>54</v>
+      </c>
+      <c r="G75" t="s">
+        <v>68</v>
+      </c>
+      <c r="H75">
+        <v>2017</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>104</v>
+      </c>
+      <c r="K75" t="s">
+        <v>34</v>
+      </c>
+      <c r="L75" t="s">
+        <v>432</v>
+      </c>
+      <c r="M75" t="s">
+        <v>278</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>433</v>
+      </c>
+      <c r="P75" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>435</v>
+      </c>
+      <c r="B76" t="s">
+        <v>436</v>
+      </c>
+      <c r="C76" t="s">
+        <v>102</v>
+      </c>
+      <c r="D76" t="s">
+        <v>437</v>
+      </c>
+      <c r="E76" t="s">
+        <v>42</v>
+      </c>
+      <c r="F76" t="s">
+        <v>54</v>
+      </c>
+      <c r="G76" t="s">
+        <v>68</v>
+      </c>
+      <c r="H76">
+        <v>2017</v>
+      </c>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>104</v>
+      </c>
+      <c r="K76" t="s">
+        <v>34</v>
+      </c>
+      <c r="L76" t="s">
+        <v>438</v>
+      </c>
+      <c r="M76" t="s">
+        <v>278</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>439</v>
+      </c>
+      <c r="P76" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>441</v>
+      </c>
+      <c r="B77" t="s">
+        <v>442</v>
+      </c>
+      <c r="C77" t="s">
+        <v>102</v>
+      </c>
+      <c r="D77" t="s">
+        <v>307</v>
+      </c>
+      <c r="E77" t="s">
+        <v>42</v>
+      </c>
+      <c r="F77" t="s">
+        <v>54</v>
+      </c>
+      <c r="G77" t="s">
+        <v>68</v>
+      </c>
+      <c r="H77">
+        <v>2018</v>
+      </c>
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>104</v>
+      </c>
+      <c r="K77" t="s">
+        <v>34</v>
+      </c>
+      <c r="L77" t="s">
+        <v>443</v>
+      </c>
+      <c r="M77" t="s">
+        <v>278</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>444</v>
+      </c>
+      <c r="P77" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>446</v>
+      </c>
+      <c r="B78" t="s">
+        <v>447</v>
+      </c>
+      <c r="C78" t="s">
+        <v>102</v>
+      </c>
+      <c r="D78" t="s">
+        <v>448</v>
+      </c>
+      <c r="E78" t="s">
+        <v>42</v>
+      </c>
+      <c r="F78" t="s">
+        <v>54</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
         <v>2011</v>
       </c>
-      <c r="H50">
-[...351 lines deleted...]
-      <c r="H58">
+      <c r="I78">
         <v>2017</v>
       </c>
-      <c r="I58" t="s">
-[...651 lines deleted...]
-      <c r="K73" t="s">
+      <c r="J78" t="s">
         <v>276</v>
       </c>
-      <c r="L73" t="s">
-[...10 lines deleted...]
-      <c r="A74" t="s">
+      <c r="K78" t="s">
+        <v>34</v>
+      </c>
+      <c r="L78" t="s">
+        <v>449</v>
+      </c>
+      <c r="M78" t="s">
         <v>278</v>
       </c>
-      <c r="B74" t="s">
-[...202 lines deleted...]
-      </c>
       <c r="N78" t="s">
-        <v>295</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>450</v>
+      </c>
+      <c r="P78" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>296</v>
+        <v>452</v>
       </c>
       <c r="B79" t="s">
-        <v>79</v>
+        <v>453</v>
       </c>
       <c r="C79" t="s">
         <v>102</v>
       </c>
       <c r="D79" t="s">
-        <v>35</v>
+        <v>437</v>
       </c>
       <c r="E79" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="F79" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="G79">
+        <v>54</v>
+      </c>
+      <c r="G79" t="s">
+        <v>68</v>
+      </c>
+      <c r="H79">
+        <v>2013</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>104</v>
+      </c>
+      <c r="K79" t="s">
+        <v>34</v>
+      </c>
+      <c r="L79" t="s">
+        <v>454</v>
+      </c>
+      <c r="M79" t="s">
+        <v>278</v>
+      </c>
+      <c r="N79" t="s">
+        <v>455</v>
+      </c>
+      <c r="O79" t="s">
+        <v>456</v>
+      </c>
+      <c r="P79" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>458</v>
+      </c>
+      <c r="B80" t="s">
+        <v>459</v>
+      </c>
+      <c r="C80" t="s">
+        <v>102</v>
+      </c>
+      <c r="D80" t="s">
+        <v>135</v>
+      </c>
+      <c r="E80" t="s">
+        <v>42</v>
+      </c>
+      <c r="F80" t="s">
+        <v>54</v>
+      </c>
+      <c r="G80" t="s">
+        <v>68</v>
+      </c>
+      <c r="H80">
         <v>2009</v>
       </c>
-      <c r="H79">
+      <c r="I80">
         <v>2016</v>
       </c>
-      <c r="I79" t="s">
-[...37 lines deleted...]
-      <c r="G80">
+      <c r="J80" t="s">
+        <v>104</v>
+      </c>
+      <c r="K80" t="s">
+        <v>34</v>
+      </c>
+      <c r="L80" t="s">
+        <v>460</v>
+      </c>
+      <c r="M80" t="s">
+        <v>278</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>461</v>
+      </c>
+      <c r="P80" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>463</v>
+      </c>
+      <c r="B81" t="s">
+        <v>464</v>
+      </c>
+      <c r="C81" t="s">
+        <v>102</v>
+      </c>
+      <c r="D81" t="s">
+        <v>141</v>
+      </c>
+      <c r="E81" t="s">
+        <v>42</v>
+      </c>
+      <c r="F81" t="s">
+        <v>54</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
         <v>2014</v>
       </c>
-      <c r="H80">
+      <c r="I81">
         <v>2017</v>
       </c>
-      <c r="I80" t="s">
-[...37 lines deleted...]
-      <c r="G81">
+      <c r="J81" t="s">
+        <v>465</v>
+      </c>
+      <c r="K81" t="s">
+        <v>34</v>
+      </c>
+      <c r="L81" t="s">
+        <v>466</v>
+      </c>
+      <c r="M81" t="s">
+        <v>278</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>467</v>
+      </c>
+      <c r="P81" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>469</v>
+      </c>
+      <c r="B82" t="s">
+        <v>470</v>
+      </c>
+      <c r="C82" t="s">
+        <v>102</v>
+      </c>
+      <c r="D82" t="s">
+        <v>283</v>
+      </c>
+      <c r="E82" t="s">
+        <v>42</v>
+      </c>
+      <c r="F82" t="s">
+        <v>54</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
         <v>2014</v>
       </c>
-      <c r="H81">
+      <c r="I82">
         <v>2018</v>
       </c>
-      <c r="I81" t="s">
-[...37 lines deleted...]
-      <c r="G82">
+      <c r="J82" t="s">
+        <v>276</v>
+      </c>
+      <c r="K82" t="s">
+        <v>34</v>
+      </c>
+      <c r="L82" t="s">
+        <v>471</v>
+      </c>
+      <c r="M82" t="s">
+        <v>278</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>472</v>
+      </c>
+      <c r="P82" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>474</v>
+      </c>
+      <c r="B83" t="s">
+        <v>475</v>
+      </c>
+      <c r="C83" t="s">
+        <v>102</v>
+      </c>
+      <c r="D83" t="s">
+        <v>141</v>
+      </c>
+      <c r="E83" t="s">
+        <v>42</v>
+      </c>
+      <c r="F83" t="s">
+        <v>54</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
         <v>2014</v>
       </c>
-      <c r="H82">
+      <c r="I83">
         <v>2015</v>
       </c>
-      <c r="I82" t="s">
-[...37 lines deleted...]
-      <c r="G83">
+      <c r="J83" t="s">
+        <v>276</v>
+      </c>
+      <c r="K83" t="s">
+        <v>34</v>
+      </c>
+      <c r="L83" t="s">
+        <v>476</v>
+      </c>
+      <c r="M83" t="s">
+        <v>278</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>477</v>
+      </c>
+      <c r="P83" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>479</v>
+      </c>
+      <c r="B84" t="s">
+        <v>480</v>
+      </c>
+      <c r="C84" t="s">
+        <v>102</v>
+      </c>
+      <c r="D84" t="s">
+        <v>448</v>
+      </c>
+      <c r="E84" t="s">
+        <v>42</v>
+      </c>
+      <c r="F84" t="s">
+        <v>54</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
         <v>2008</v>
       </c>
-      <c r="H83">
+      <c r="I84">
         <v>2018</v>
       </c>
-      <c r="I83" t="s">
-[...37 lines deleted...]
-      <c r="G84">
+      <c r="J84" t="s">
+        <v>276</v>
+      </c>
+      <c r="K84" t="s">
+        <v>34</v>
+      </c>
+      <c r="L84" t="s">
+        <v>481</v>
+      </c>
+      <c r="M84" t="s">
+        <v>278</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>482</v>
+      </c>
+      <c r="P84" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>484</v>
+      </c>
+      <c r="B85" t="s">
+        <v>485</v>
+      </c>
+      <c r="C85" t="s">
+        <v>486</v>
+      </c>
+      <c r="D85" t="s">
+        <v>487</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>488</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
         <v>2011</v>
       </c>
-      <c r="H84">
+      <c r="I85">
         <v>2023</v>
       </c>
-      <c r="I84" t="s">
-[...41 lines deleted...]
-      </c>
       <c r="J85" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>489</v>
+      </c>
+      <c r="K85" t="s">
+        <v>34</v>
+      </c>
+      <c r="L85"/>
       <c r="M85" t="s">
-        <v>24</v>
+        <v>490</v>
       </c>
       <c r="N85" t="s">
-        <v>323</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>491</v>
+      </c>
+      <c r="P85" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>324</v>
+        <v>493</v>
       </c>
       <c r="B86" t="s">
-        <v>325</v>
+        <v>494</v>
       </c>
       <c r="C86" t="s">
-        <v>263</v>
+        <v>495</v>
       </c>
       <c r="D86" t="s">
-        <v>35</v>
+        <v>496</v>
       </c>
       <c r="E86" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="F86" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G86" t="s">
+        <v>68</v>
       </c>
       <c r="H86">
         <v>2020</v>
       </c>
-      <c r="I86" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I86"/>
       <c r="J86" t="s">
-        <v>29</v>
+        <v>489</v>
       </c>
       <c r="K86" t="s">
-        <v>326</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L86"/>
       <c r="M86" t="s">
-        <v>24</v>
+        <v>497</v>
       </c>
       <c r="N86" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>498</v>
+      </c>
+      <c r="P86" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>329</v>
+        <v>500</v>
       </c>
       <c r="B87" t="s">
-        <v>325</v>
+        <v>501</v>
       </c>
       <c r="C87" t="s">
-        <v>51</v>
+        <v>502</v>
       </c>
       <c r="D87" t="s">
-        <v>35</v>
+        <v>406</v>
       </c>
       <c r="E87" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="F87" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G87">
+        <v>54</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
+        <v>2012</v>
+      </c>
+      <c r="I87">
+        <v>2020</v>
+      </c>
+      <c r="J87" t="s">
+        <v>44</v>
+      </c>
+      <c r="K87" t="s">
+        <v>34</v>
+      </c>
+      <c r="L87" t="s">
+        <v>503</v>
+      </c>
+      <c r="M87" t="s">
+        <v>504</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>505</v>
+      </c>
+      <c r="P87" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>507</v>
+      </c>
+      <c r="B88" t="s">
+        <v>508</v>
+      </c>
+      <c r="C88" t="s">
+        <v>502</v>
+      </c>
+      <c r="D88" t="s">
+        <v>62</v>
+      </c>
+      <c r="E88" t="s">
+        <v>42</v>
+      </c>
+      <c r="F88" t="s">
+        <v>54</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
         <v>2017</v>
       </c>
-      <c r="H87">
+      <c r="I88">
         <v>2021</v>
       </c>
-      <c r="I87" t="s">
-[...35 lines deleted...]
-      <c r="G88">
+      <c r="J88" t="s">
+        <v>509</v>
+      </c>
+      <c r="K88" t="s">
+        <v>34</v>
+      </c>
+      <c r="L88"/>
+      <c r="M88" t="s">
+        <v>504</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>510</v>
+      </c>
+      <c r="P88" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>512</v>
+      </c>
+      <c r="B89" t="s">
+        <v>513</v>
+      </c>
+      <c r="C89" t="s">
+        <v>502</v>
+      </c>
+      <c r="D89" t="s">
+        <v>514</v>
+      </c>
+      <c r="E89" t="s">
+        <v>42</v>
+      </c>
+      <c r="F89" t="s">
+        <v>54</v>
+      </c>
+      <c r="G89" t="s">
+        <v>68</v>
+      </c>
+      <c r="H89">
         <v>2018</v>
       </c>
-      <c r="H88"/>
-[...36 lines deleted...]
-      <c r="G89">
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>515</v>
+      </c>
+      <c r="K89" t="s">
+        <v>34</v>
+      </c>
+      <c r="L89"/>
+      <c r="M89" t="s">
+        <v>504</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>516</v>
+      </c>
+      <c r="P89" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>518</v>
+      </c>
+      <c r="B90" t="s">
+        <v>519</v>
+      </c>
+      <c r="C90" t="s">
+        <v>502</v>
+      </c>
+      <c r="D90" t="s">
+        <v>520</v>
+      </c>
+      <c r="E90" t="s">
+        <v>42</v>
+      </c>
+      <c r="F90" t="s">
+        <v>54</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
         <v>2010</v>
       </c>
-      <c r="H89">
+      <c r="I90">
         <v>2014</v>
       </c>
-      <c r="I89" t="s">
-[...35 lines deleted...]
-      <c r="G90">
+      <c r="J90" t="s">
+        <v>515</v>
+      </c>
+      <c r="K90" t="s">
+        <v>34</v>
+      </c>
+      <c r="L90"/>
+      <c r="M90" t="s">
+        <v>504</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>521</v>
+      </c>
+      <c r="P90" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>523</v>
+      </c>
+      <c r="B91" t="s">
+        <v>524</v>
+      </c>
+      <c r="C91" t="s">
+        <v>502</v>
+      </c>
+      <c r="D91" t="s">
+        <v>135</v>
+      </c>
+      <c r="E91" t="s">
+        <v>42</v>
+      </c>
+      <c r="F91" t="s">
+        <v>54</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
         <v>2014</v>
       </c>
-      <c r="H90">
+      <c r="I91">
         <v>2020</v>
       </c>
-      <c r="I90" t="s">
-[...35 lines deleted...]
-      <c r="G91">
+      <c r="J91" t="s">
+        <v>44</v>
+      </c>
+      <c r="K91" t="s">
+        <v>34</v>
+      </c>
+      <c r="L91"/>
+      <c r="M91" t="s">
+        <v>504</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>525</v>
+      </c>
+      <c r="P91" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>527</v>
+      </c>
+      <c r="B92" t="s">
+        <v>528</v>
+      </c>
+      <c r="C92" t="s">
+        <v>502</v>
+      </c>
+      <c r="D92" t="s">
+        <v>307</v>
+      </c>
+      <c r="E92" t="s">
+        <v>42</v>
+      </c>
+      <c r="F92" t="s">
+        <v>54</v>
+      </c>
+      <c r="G92" t="s">
+        <v>68</v>
+      </c>
+      <c r="H92">
         <v>2019</v>
       </c>
-      <c r="H91"/>
-[...36 lines deleted...]
-      <c r="G92">
+      <c r="I92"/>
+      <c r="J92" t="s">
+        <v>515</v>
+      </c>
+      <c r="K92" t="s">
+        <v>34</v>
+      </c>
+      <c r="L92"/>
+      <c r="M92" t="s">
+        <v>504</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>529</v>
+      </c>
+      <c r="P92" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>531</v>
+      </c>
+      <c r="B93" t="s">
+        <v>532</v>
+      </c>
+      <c r="C93" t="s">
+        <v>502</v>
+      </c>
+      <c r="D93" t="s">
+        <v>533</v>
+      </c>
+      <c r="E93" t="s">
+        <v>42</v>
+      </c>
+      <c r="F93" t="s">
+        <v>54</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
         <v>2014</v>
       </c>
-      <c r="H92">
+      <c r="I93">
         <v>2020</v>
       </c>
-      <c r="I92" t="s">
-[...35 lines deleted...]
-      <c r="G93">
+      <c r="J93" t="s">
+        <v>515</v>
+      </c>
+      <c r="K93" t="s">
+        <v>34</v>
+      </c>
+      <c r="L93"/>
+      <c r="M93" t="s">
+        <v>504</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>534</v>
+      </c>
+      <c r="P93" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>536</v>
+      </c>
+      <c r="B94" t="s">
+        <v>537</v>
+      </c>
+      <c r="C94" t="s">
+        <v>502</v>
+      </c>
+      <c r="D94" t="s">
+        <v>180</v>
+      </c>
+      <c r="E94" t="s">
+        <v>42</v>
+      </c>
+      <c r="F94" t="s">
+        <v>54</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94">
         <v>2017</v>
       </c>
-      <c r="H93">
+      <c r="I94">
         <v>2020</v>
       </c>
-      <c r="I93" t="s">
-[...39 lines deleted...]
-      </c>
       <c r="J94" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>515</v>
+      </c>
+      <c r="K94" t="s">
+        <v>34</v>
+      </c>
+      <c r="L94"/>
       <c r="M94" t="s">
-        <v>24</v>
+        <v>504</v>
       </c>
       <c r="N94" t="s">
-        <v>354</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>538</v>
+      </c>
+      <c r="P94" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>355</v>
+        <v>540</v>
       </c>
       <c r="B95" t="s">
-        <v>349</v>
+        <v>541</v>
       </c>
       <c r="C95" t="s">
-        <v>44</v>
+        <v>542</v>
       </c>
       <c r="D95" t="s">
-        <v>350</v>
+        <v>116</v>
       </c>
       <c r="E95" t="s">
-        <v>351</v>
+        <v>543</v>
       </c>
       <c r="F95" t="s">
-        <v>352</v>
-[...1 lines deleted...]
-      <c r="G95"/>
+        <v>544</v>
+      </c>
+      <c r="G95" t="s">
+        <v>545</v>
+      </c>
       <c r="H95"/>
-      <c r="I95" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I95"/>
       <c r="J95" t="s">
-        <v>29</v>
+        <v>69</v>
       </c>
       <c r="K95" t="s">
-        <v>356</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L95"/>
       <c r="M95" t="s">
-        <v>24</v>
+        <v>546</v>
       </c>
       <c r="N95" t="s">
-        <v>357</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>547</v>
+      </c>
+      <c r="P95" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>358</v>
+        <v>549</v>
       </c>
       <c r="B96" t="s">
-        <v>66</v>
+        <v>550</v>
       </c>
       <c r="C96" t="s">
-        <v>67</v>
+        <v>542</v>
       </c>
       <c r="D96" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="E96" t="s">
-        <v>36</v>
+        <v>543</v>
       </c>
       <c r="F96" t="s">
-        <v>352</v>
-[...1 lines deleted...]
-      <c r="G96"/>
+        <v>544</v>
+      </c>
+      <c r="G96" t="s">
+        <v>545</v>
+      </c>
       <c r="H96"/>
-      <c r="I96" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I96"/>
       <c r="J96" t="s">
-        <v>29</v>
+        <v>69</v>
       </c>
       <c r="K96" t="s">
-        <v>359</v>
+        <v>34</v>
       </c>
       <c r="L96" t="s">
+        <v>551</v>
+      </c>
+      <c r="M96" t="s">
+        <v>546</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>552</v>
+      </c>
+      <c r="P96" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>553</v>
+      </c>
+      <c r="B97" t="s">
+        <v>554</v>
+      </c>
+      <c r="C97" t="s">
+        <v>83</v>
+      </c>
+      <c r="D97" t="s">
+        <v>84</v>
+      </c>
+      <c r="E97" t="s">
+        <v>42</v>
+      </c>
+      <c r="F97" t="s">
+        <v>43</v>
+      </c>
+      <c r="G97" t="s">
+        <v>545</v>
+      </c>
+      <c r="H97"/>
+      <c r="I97"/>
+      <c r="J97" t="s">
+        <v>515</v>
+      </c>
+      <c r="K97" t="s">
+        <v>34</v>
+      </c>
+      <c r="L97" t="s">
+        <v>555</v>
+      </c>
+      <c r="M97" t="s">
+        <v>85</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>556</v>
+      </c>
+      <c r="P97" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>558</v>
+      </c>
+      <c r="B98" t="s">
+        <v>559</v>
+      </c>
+      <c r="C98" t="s">
+        <v>560</v>
+      </c>
+      <c r="D98" t="s">
+        <v>561</v>
+      </c>
+      <c r="E98" t="s">
+        <v>42</v>
+      </c>
+      <c r="F98" t="s">
+        <v>43</v>
+      </c>
+      <c r="G98" t="s">
+        <v>545</v>
+      </c>
+      <c r="H98"/>
+      <c r="I98"/>
+      <c r="J98" t="s">
+        <v>562</v>
+      </c>
+      <c r="K98" t="s">
+        <v>34</v>
+      </c>
+      <c r="L98"/>
+      <c r="M98" t="s">
+        <v>563</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>564</v>
+      </c>
+      <c r="P98" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>566</v>
+      </c>
+      <c r="B99" t="s">
+        <v>567</v>
+      </c>
+      <c r="C99" t="s">
+        <v>568</v>
+      </c>
+      <c r="D99" t="s">
+        <v>569</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>21</v>
+      </c>
+      <c r="G99" t="s">
+        <v>545</v>
+      </c>
+      <c r="H99"/>
+      <c r="I99"/>
+      <c r="J99" t="s">
+        <v>570</v>
+      </c>
+      <c r="K99" t="s">
+        <v>34</v>
+      </c>
+      <c r="L99"/>
+      <c r="M99" t="s">
+        <v>571</v>
+      </c>
+      <c r="N99" t="s">
+        <v>572</v>
+      </c>
+      <c r="O99" t="s">
+        <v>573</v>
+      </c>
+      <c r="P99" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>575</v>
+      </c>
+      <c r="B100" t="s">
+        <v>576</v>
+      </c>
+      <c r="C100" t="s">
+        <v>83</v>
+      </c>
+      <c r="D100" t="s">
+        <v>53</v>
+      </c>
+      <c r="E100" t="s">
+        <v>42</v>
+      </c>
+      <c r="F100" t="s">
+        <v>43</v>
+      </c>
+      <c r="G100" t="s">
+        <v>545</v>
+      </c>
+      <c r="H100"/>
+      <c r="I100"/>
+      <c r="J100" t="s">
+        <v>515</v>
+      </c>
+      <c r="K100" t="s">
+        <v>34</v>
+      </c>
+      <c r="L100" t="s">
+        <v>577</v>
+      </c>
+      <c r="M100" t="s">
+        <v>85</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>578</v>
+      </c>
+      <c r="P100" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>579</v>
+      </c>
+      <c r="B101" t="s">
+        <v>580</v>
+      </c>
+      <c r="C101" t="s">
+        <v>581</v>
+      </c>
+      <c r="D101" t="s">
+        <v>448</v>
+      </c>
+      <c r="E101" t="s">
+        <v>42</v>
+      </c>
+      <c r="F101" t="s">
+        <v>54</v>
+      </c>
+      <c r="G101" t="s">
         <v>68</v>
       </c>
-      <c r="M96" t="s">
-[...112 lines deleted...]
-      <c r="L99" t="s">
+      <c r="H101">
+        <v>2010</v>
+      </c>
+      <c r="I101"/>
+      <c r="J101" t="s">
+        <v>582</v>
+      </c>
+      <c r="K101" t="s">
+        <v>34</v>
+      </c>
+      <c r="L101"/>
+      <c r="M101" t="s">
+        <v>583</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>584</v>
+      </c>
+      <c r="P101" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>586</v>
+      </c>
+      <c r="B102" t="s">
+        <v>587</v>
+      </c>
+      <c r="C102" t="s">
+        <v>581</v>
+      </c>
+      <c r="D102" t="s">
+        <v>62</v>
+      </c>
+      <c r="E102" t="s">
+        <v>42</v>
+      </c>
+      <c r="F102" t="s">
+        <v>54</v>
+      </c>
+      <c r="G102" t="s">
         <v>68</v>
       </c>
-      <c r="M99" t="s">
-[...25 lines deleted...]
-      <c r="G100">
+      <c r="H102">
+        <v>2009</v>
+      </c>
+      <c r="I102"/>
+      <c r="J102" t="s">
+        <v>582</v>
+      </c>
+      <c r="K102" t="s">
+        <v>34</v>
+      </c>
+      <c r="L102"/>
+      <c r="M102" t="s">
+        <v>583</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>588</v>
+      </c>
+      <c r="P102" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>589</v>
+      </c>
+      <c r="B103" t="s">
+        <v>590</v>
+      </c>
+      <c r="C103" t="s">
+        <v>581</v>
+      </c>
+      <c r="D103" t="s">
+        <v>520</v>
+      </c>
+      <c r="E103" t="s">
+        <v>42</v>
+      </c>
+      <c r="F103" t="s">
+        <v>54</v>
+      </c>
+      <c r="G103" t="s">
+        <v>68</v>
+      </c>
+      <c r="H103">
         <v>2010</v>
       </c>
-      <c r="H100"/>
-[...36 lines deleted...]
-      <c r="G101">
+      <c r="I103"/>
+      <c r="J103" t="s">
+        <v>582</v>
+      </c>
+      <c r="K103" t="s">
+        <v>34</v>
+      </c>
+      <c r="L103"/>
+      <c r="M103" t="s">
+        <v>583</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>591</v>
+      </c>
+      <c r="P103" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>592</v>
+      </c>
+      <c r="B104" t="s">
+        <v>593</v>
+      </c>
+      <c r="C104" t="s">
+        <v>581</v>
+      </c>
+      <c r="D104" t="s">
+        <v>594</v>
+      </c>
+      <c r="E104" t="s">
+        <v>42</v>
+      </c>
+      <c r="F104" t="s">
+        <v>54</v>
+      </c>
+      <c r="G104" t="s">
+        <v>68</v>
+      </c>
+      <c r="H104">
+        <v>2010</v>
+      </c>
+      <c r="I104"/>
+      <c r="J104" t="s">
+        <v>582</v>
+      </c>
+      <c r="K104" t="s">
+        <v>34</v>
+      </c>
+      <c r="L104"/>
+      <c r="M104" t="s">
+        <v>583</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>595</v>
+      </c>
+      <c r="P104" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>596</v>
+      </c>
+      <c r="B105" t="s">
+        <v>597</v>
+      </c>
+      <c r="C105" t="s">
+        <v>581</v>
+      </c>
+      <c r="D105" t="s">
+        <v>396</v>
+      </c>
+      <c r="E105" t="s">
+        <v>42</v>
+      </c>
+      <c r="F105" t="s">
+        <v>54</v>
+      </c>
+      <c r="G105" t="s">
+        <v>68</v>
+      </c>
+      <c r="H105">
         <v>2009</v>
       </c>
-      <c r="H101"/>
-[...36 lines deleted...]
-      <c r="G102">
+      <c r="I105"/>
+      <c r="J105" t="s">
+        <v>582</v>
+      </c>
+      <c r="K105" t="s">
+        <v>34</v>
+      </c>
+      <c r="L105"/>
+      <c r="M105" t="s">
+        <v>583</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>598</v>
+      </c>
+      <c r="P105" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>599</v>
+      </c>
+      <c r="B106" t="s">
+        <v>600</v>
+      </c>
+      <c r="C106" t="s">
+        <v>581</v>
+      </c>
+      <c r="D106" t="s">
+        <v>180</v>
+      </c>
+      <c r="E106" t="s">
+        <v>42</v>
+      </c>
+      <c r="F106" t="s">
+        <v>54</v>
+      </c>
+      <c r="G106" t="s">
+        <v>68</v>
+      </c>
+      <c r="H106">
         <v>2010</v>
       </c>
-      <c r="H102"/>
-[...36 lines deleted...]
-      <c r="G103">
+      <c r="I106"/>
+      <c r="J106" t="s">
+        <v>582</v>
+      </c>
+      <c r="K106" t="s">
+        <v>34</v>
+      </c>
+      <c r="L106"/>
+      <c r="M106" t="s">
+        <v>583</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>601</v>
+      </c>
+      <c r="P106" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>602</v>
+      </c>
+      <c r="B107" t="s">
+        <v>603</v>
+      </c>
+      <c r="C107" t="s">
+        <v>581</v>
+      </c>
+      <c r="D107" t="s">
+        <v>604</v>
+      </c>
+      <c r="E107" t="s">
+        <v>42</v>
+      </c>
+      <c r="F107" t="s">
+        <v>54</v>
+      </c>
+      <c r="G107" t="s">
+        <v>68</v>
+      </c>
+      <c r="H107">
         <v>2010</v>
       </c>
-      <c r="H103"/>
-[...36 lines deleted...]
-      <c r="G104">
+      <c r="I107"/>
+      <c r="J107" t="s">
+        <v>582</v>
+      </c>
+      <c r="K107" t="s">
+        <v>34</v>
+      </c>
+      <c r="L107"/>
+      <c r="M107" t="s">
+        <v>583</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>605</v>
+      </c>
+      <c r="P107" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>606</v>
+      </c>
+      <c r="B108" t="s">
+        <v>607</v>
+      </c>
+      <c r="C108" t="s">
+        <v>581</v>
+      </c>
+      <c r="D108" t="s">
+        <v>313</v>
+      </c>
+      <c r="E108" t="s">
+        <v>42</v>
+      </c>
+      <c r="F108" t="s">
+        <v>54</v>
+      </c>
+      <c r="G108" t="s">
+        <v>68</v>
+      </c>
+      <c r="H108">
+        <v>2010</v>
+      </c>
+      <c r="I108"/>
+      <c r="J108" t="s">
+        <v>582</v>
+      </c>
+      <c r="K108" t="s">
+        <v>34</v>
+      </c>
+      <c r="L108"/>
+      <c r="M108" t="s">
+        <v>583</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>608</v>
+      </c>
+      <c r="P108" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>609</v>
+      </c>
+      <c r="B109" t="s">
+        <v>610</v>
+      </c>
+      <c r="C109" t="s">
+        <v>581</v>
+      </c>
+      <c r="D109" t="s">
+        <v>313</v>
+      </c>
+      <c r="E109" t="s">
+        <v>42</v>
+      </c>
+      <c r="F109" t="s">
+        <v>54</v>
+      </c>
+      <c r="G109" t="s">
+        <v>68</v>
+      </c>
+      <c r="H109">
+        <v>2010</v>
+      </c>
+      <c r="I109"/>
+      <c r="J109" t="s">
+        <v>582</v>
+      </c>
+      <c r="K109" t="s">
+        <v>34</v>
+      </c>
+      <c r="L109"/>
+      <c r="M109" t="s">
+        <v>583</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>611</v>
+      </c>
+      <c r="P109" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>612</v>
+      </c>
+      <c r="B110" t="s">
+        <v>613</v>
+      </c>
+      <c r="C110" t="s">
+        <v>581</v>
+      </c>
+      <c r="D110" t="s">
+        <v>158</v>
+      </c>
+      <c r="E110" t="s">
+        <v>42</v>
+      </c>
+      <c r="F110" t="s">
+        <v>54</v>
+      </c>
+      <c r="G110" t="s">
+        <v>68</v>
+      </c>
+      <c r="H110">
         <v>2009</v>
       </c>
-      <c r="H104"/>
-[...36 lines deleted...]
-      <c r="G105">
+      <c r="I110"/>
+      <c r="J110" t="s">
+        <v>582</v>
+      </c>
+      <c r="K110" t="s">
+        <v>34</v>
+      </c>
+      <c r="L110"/>
+      <c r="M110" t="s">
+        <v>583</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>614</v>
+      </c>
+      <c r="P110" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>615</v>
+      </c>
+      <c r="B111" t="s">
+        <v>616</v>
+      </c>
+      <c r="C111" t="s">
+        <v>581</v>
+      </c>
+      <c r="D111" t="s">
+        <v>180</v>
+      </c>
+      <c r="E111" t="s">
+        <v>42</v>
+      </c>
+      <c r="F111" t="s">
+        <v>54</v>
+      </c>
+      <c r="G111" t="s">
+        <v>68</v>
+      </c>
+      <c r="H111">
+        <v>2009</v>
+      </c>
+      <c r="I111"/>
+      <c r="J111" t="s">
+        <v>582</v>
+      </c>
+      <c r="K111" t="s">
+        <v>34</v>
+      </c>
+      <c r="L111"/>
+      <c r="M111" t="s">
+        <v>583</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>617</v>
+      </c>
+      <c r="P111" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>618</v>
+      </c>
+      <c r="B112" t="s">
+        <v>619</v>
+      </c>
+      <c r="C112" t="s">
+        <v>581</v>
+      </c>
+      <c r="D112" t="s">
+        <v>180</v>
+      </c>
+      <c r="E112" t="s">
+        <v>42</v>
+      </c>
+      <c r="F112" t="s">
+        <v>54</v>
+      </c>
+      <c r="G112" t="s">
+        <v>68</v>
+      </c>
+      <c r="H112">
+        <v>2009</v>
+      </c>
+      <c r="I112"/>
+      <c r="J112" t="s">
+        <v>582</v>
+      </c>
+      <c r="K112" t="s">
+        <v>34</v>
+      </c>
+      <c r="L112"/>
+      <c r="M112" t="s">
+        <v>583</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>620</v>
+      </c>
+      <c r="P112" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>621</v>
+      </c>
+      <c r="B113" t="s">
+        <v>622</v>
+      </c>
+      <c r="C113" t="s">
+        <v>581</v>
+      </c>
+      <c r="D113" t="s">
+        <v>180</v>
+      </c>
+      <c r="E113" t="s">
+        <v>42</v>
+      </c>
+      <c r="F113" t="s">
+        <v>54</v>
+      </c>
+      <c r="G113" t="s">
+        <v>68</v>
+      </c>
+      <c r="H113">
         <v>2010</v>
       </c>
-      <c r="H105"/>
-[...36 lines deleted...]
-      <c r="G106">
+      <c r="I113"/>
+      <c r="J113" t="s">
+        <v>582</v>
+      </c>
+      <c r="K113" t="s">
+        <v>34</v>
+      </c>
+      <c r="L113"/>
+      <c r="M113" t="s">
+        <v>583</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>623</v>
+      </c>
+      <c r="P113" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>624</v>
+      </c>
+      <c r="B114" t="s">
+        <v>625</v>
+      </c>
+      <c r="C114" t="s">
+        <v>581</v>
+      </c>
+      <c r="D114" t="s">
+        <v>147</v>
+      </c>
+      <c r="E114" t="s">
+        <v>42</v>
+      </c>
+      <c r="F114" t="s">
+        <v>54</v>
+      </c>
+      <c r="G114" t="s">
+        <v>68</v>
+      </c>
+      <c r="H114">
         <v>2010</v>
       </c>
-      <c r="H106"/>
-[...316 lines deleted...]
-      <c r="G114">
+      <c r="I114"/>
+      <c r="J114" t="s">
+        <v>582</v>
+      </c>
+      <c r="K114" t="s">
+        <v>34</v>
+      </c>
+      <c r="L114"/>
+      <c r="M114" t="s">
+        <v>583</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>626</v>
+      </c>
+      <c r="P114" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>627</v>
+      </c>
+      <c r="B115" t="s">
+        <v>628</v>
+      </c>
+      <c r="C115" t="s">
+        <v>581</v>
+      </c>
+      <c r="D115" t="s">
+        <v>53</v>
+      </c>
+      <c r="E115" t="s">
+        <v>42</v>
+      </c>
+      <c r="F115" t="s">
+        <v>54</v>
+      </c>
+      <c r="G115" t="s">
+        <v>68</v>
+      </c>
+      <c r="H115">
         <v>2008</v>
       </c>
-      <c r="H114"/>
-[...36 lines deleted...]
-      <c r="G115">
+      <c r="I115"/>
+      <c r="J115" t="s">
+        <v>582</v>
+      </c>
+      <c r="K115" t="s">
+        <v>34</v>
+      </c>
+      <c r="L115"/>
+      <c r="M115" t="s">
+        <v>583</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>629</v>
+      </c>
+      <c r="P115" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>630</v>
+      </c>
+      <c r="B116" t="s">
+        <v>630</v>
+      </c>
+      <c r="C116" t="s">
+        <v>631</v>
+      </c>
+      <c r="D116" t="s">
+        <v>632</v>
+      </c>
+      <c r="E116" t="s">
+        <v>20</v>
+      </c>
+      <c r="F116" t="s">
+        <v>21</v>
+      </c>
+      <c r="G116" t="s">
+        <v>68</v>
+      </c>
+      <c r="H116">
         <v>2020</v>
       </c>
-      <c r="H115"/>
-[...40 lines deleted...]
-      </c>
+      <c r="I116"/>
       <c r="J116" t="s">
-        <v>29</v>
+        <v>509</v>
       </c>
       <c r="K116" t="s">
-        <v>420</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L116"/>
       <c r="M116" t="s">
-        <v>24</v>
+        <v>633</v>
       </c>
       <c r="N116" t="s">
-        <v>422</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>634</v>
+      </c>
+      <c r="P116" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>423</v>
+        <v>636</v>
       </c>
       <c r="B117" t="s">
-        <v>424</v>
+        <v>637</v>
       </c>
       <c r="C117" t="s">
-        <v>44</v>
+        <v>638</v>
       </c>
       <c r="D117" t="s">
-        <v>35</v>
+        <v>639</v>
       </c>
       <c r="E117" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="F117" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G117">
+        <v>544</v>
+      </c>
+      <c r="G117" t="s">
+        <v>22</v>
+      </c>
+      <c r="H117"/>
+      <c r="I117"/>
+      <c r="J117" t="s">
+        <v>69</v>
+      </c>
+      <c r="K117" t="s">
+        <v>34</v>
+      </c>
+      <c r="L117" t="s">
+        <v>640</v>
+      </c>
+      <c r="M117" t="s">
+        <v>641</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>642</v>
+      </c>
+      <c r="P117" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>644</v>
+      </c>
+      <c r="B118" t="s">
+        <v>645</v>
+      </c>
+      <c r="C118" t="s">
+        <v>646</v>
+      </c>
+      <c r="D118" t="s">
+        <v>53</v>
+      </c>
+      <c r="E118" t="s">
+        <v>42</v>
+      </c>
+      <c r="F118" t="s">
+        <v>54</v>
+      </c>
+      <c r="G118" t="s">
+        <v>22</v>
+      </c>
+      <c r="H118">
         <v>2002</v>
       </c>
-      <c r="H117">
+      <c r="I118">
         <v>2015</v>
       </c>
-      <c r="I117" t="s">
-[...37 lines deleted...]
-      <c r="G118">
+      <c r="J118" t="s">
+        <v>465</v>
+      </c>
+      <c r="K118" t="s">
+        <v>34</v>
+      </c>
+      <c r="L118" t="s">
+        <v>647</v>
+      </c>
+      <c r="M118" t="s">
+        <v>648</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>649</v>
+      </c>
+      <c r="P118" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>651</v>
+      </c>
+      <c r="B119" t="s">
+        <v>652</v>
+      </c>
+      <c r="C119" t="s">
+        <v>646</v>
+      </c>
+      <c r="D119" t="s">
+        <v>594</v>
+      </c>
+      <c r="E119" t="s">
+        <v>42</v>
+      </c>
+      <c r="F119" t="s">
+        <v>54</v>
+      </c>
+      <c r="G119" t="s">
+        <v>22</v>
+      </c>
+      <c r="H119">
         <v>2007</v>
       </c>
-      <c r="H118">
+      <c r="I119">
         <v>2007</v>
       </c>
-      <c r="I118" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="J119" t="s">
-        <v>29</v>
+        <v>465</v>
       </c>
       <c r="K119" t="s">
-        <v>433</v>
+        <v>34</v>
       </c>
       <c r="L119" t="s">
-        <v>426</v>
+        <v>653</v>
       </c>
       <c r="M119" t="s">
-        <v>24</v>
+        <v>648</v>
       </c>
       <c r="N119" t="s">
-        <v>434</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>654</v>
+      </c>
+      <c r="P119" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>435</v>
+        <v>656</v>
       </c>
       <c r="B120" t="s">
-        <v>424</v>
+        <v>657</v>
       </c>
       <c r="C120" t="s">
-        <v>344</v>
+        <v>646</v>
       </c>
       <c r="D120" t="s">
-        <v>35</v>
+        <v>658</v>
       </c>
       <c r="E120" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="F120" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2013</v>
+        <v>54</v>
+      </c>
+      <c r="G120" t="s">
+        <v>22</v>
       </c>
       <c r="H120">
         <v>2003</v>
       </c>
-      <c r="I120" t="s">
-        <v>300</v>
+      <c r="I120">
+        <v>2013</v>
       </c>
       <c r="J120" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K120"/>
+        <v>465</v>
+      </c>
+      <c r="K120" t="s">
+        <v>34</v>
+      </c>
       <c r="L120" t="s">
-        <v>426</v>
+        <v>659</v>
       </c>
       <c r="M120" t="s">
-        <v>24</v>
+        <v>648</v>
       </c>
       <c r="N120" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>660</v>
+      </c>
+      <c r="P120" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>437</v>
+        <v>662</v>
       </c>
       <c r="B121" t="s">
-        <v>424</v>
+        <v>663</v>
       </c>
       <c r="C121" t="s">
-        <v>394</v>
+        <v>646</v>
       </c>
       <c r="D121" t="s">
-        <v>35</v>
+        <v>533</v>
       </c>
       <c r="E121" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="F121" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="G121">
+        <v>54</v>
+      </c>
+      <c r="G121" t="s">
+        <v>22</v>
+      </c>
+      <c r="H121">
+        <v>2013</v>
+      </c>
+      <c r="I121">
+        <v>2003</v>
+      </c>
+      <c r="J121" t="s">
+        <v>465</v>
+      </c>
+      <c r="K121" t="s">
+        <v>34</v>
+      </c>
+      <c r="L121"/>
+      <c r="M121" t="s">
+        <v>648</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>664</v>
+      </c>
+      <c r="P121" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>666</v>
+      </c>
+      <c r="B122" t="s">
+        <v>667</v>
+      </c>
+      <c r="C122" t="s">
+        <v>646</v>
+      </c>
+      <c r="D122" t="s">
+        <v>604</v>
+      </c>
+      <c r="E122" t="s">
+        <v>42</v>
+      </c>
+      <c r="F122" t="s">
+        <v>54</v>
+      </c>
+      <c r="G122" t="s">
+        <v>68</v>
+      </c>
+      <c r="H122">
         <v>2008</v>
       </c>
-      <c r="H121"/>
-[...38 lines deleted...]
-      <c r="G122">
+      <c r="I122"/>
+      <c r="J122" t="s">
+        <v>465</v>
+      </c>
+      <c r="K122" t="s">
+        <v>34</v>
+      </c>
+      <c r="L122" t="s">
+        <v>668</v>
+      </c>
+      <c r="M122" t="s">
+        <v>648</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>669</v>
+      </c>
+      <c r="P122" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>671</v>
+      </c>
+      <c r="B123" t="s">
+        <v>672</v>
+      </c>
+      <c r="C123" t="s">
+        <v>646</v>
+      </c>
+      <c r="D123" t="s">
+        <v>141</v>
+      </c>
+      <c r="E123" t="s">
+        <v>42</v>
+      </c>
+      <c r="F123" t="s">
+        <v>54</v>
+      </c>
+      <c r="G123" t="s">
+        <v>22</v>
+      </c>
+      <c r="H123">
         <v>2011</v>
       </c>
-      <c r="H122">
+      <c r="I123">
         <v>2011</v>
       </c>
-      <c r="I122" t="s">
-[...37 lines deleted...]
-      <c r="G123">
+      <c r="J123" t="s">
+        <v>465</v>
+      </c>
+      <c r="K123" t="s">
+        <v>34</v>
+      </c>
+      <c r="L123" t="s">
+        <v>673</v>
+      </c>
+      <c r="M123" t="s">
+        <v>674</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>675</v>
+      </c>
+      <c r="P123" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>677</v>
+      </c>
+      <c r="B124" t="s">
+        <v>678</v>
+      </c>
+      <c r="C124" t="s">
+        <v>646</v>
+      </c>
+      <c r="D124" t="s">
+        <v>283</v>
+      </c>
+      <c r="E124" t="s">
+        <v>42</v>
+      </c>
+      <c r="F124" t="s">
+        <v>54</v>
+      </c>
+      <c r="G124" t="s">
+        <v>68</v>
+      </c>
+      <c r="H124">
         <v>2010</v>
       </c>
-      <c r="H123"/>
-[...38 lines deleted...]
-      <c r="G124">
+      <c r="I124"/>
+      <c r="J124" t="s">
+        <v>465</v>
+      </c>
+      <c r="K124" t="s">
+        <v>34</v>
+      </c>
+      <c r="L124" t="s">
+        <v>679</v>
+      </c>
+      <c r="M124" t="s">
+        <v>648</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>680</v>
+      </c>
+      <c r="P124" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>682</v>
+      </c>
+      <c r="B125" t="s">
+        <v>683</v>
+      </c>
+      <c r="C125" t="s">
+        <v>646</v>
+      </c>
+      <c r="D125" t="s">
+        <v>158</v>
+      </c>
+      <c r="E125" t="s">
+        <v>42</v>
+      </c>
+      <c r="F125" t="s">
+        <v>54</v>
+      </c>
+      <c r="G125" t="s">
+        <v>22</v>
+      </c>
+      <c r="H125">
         <v>2000</v>
       </c>
-      <c r="H124">
+      <c r="I125">
         <v>2015</v>
       </c>
-      <c r="I124" t="s">
-[...37 lines deleted...]
-      <c r="G125">
+      <c r="J125" t="s">
+        <v>465</v>
+      </c>
+      <c r="K125" t="s">
+        <v>34</v>
+      </c>
+      <c r="L125" t="s">
+        <v>684</v>
+      </c>
+      <c r="M125" t="s">
+        <v>674</v>
+      </c>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>685</v>
+      </c>
+      <c r="P125" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>687</v>
+      </c>
+      <c r="B126" t="s">
+        <v>688</v>
+      </c>
+      <c r="C126" t="s">
+        <v>646</v>
+      </c>
+      <c r="D126" t="s">
+        <v>180</v>
+      </c>
+      <c r="E126" t="s">
+        <v>42</v>
+      </c>
+      <c r="F126" t="s">
+        <v>54</v>
+      </c>
+      <c r="G126" t="s">
+        <v>22</v>
+      </c>
+      <c r="H126">
         <v>2000</v>
       </c>
-      <c r="H125">
+      <c r="I126">
         <v>2015</v>
       </c>
-      <c r="I125" t="s">
-[...37 lines deleted...]
-      <c r="G126">
+      <c r="J126" t="s">
+        <v>465</v>
+      </c>
+      <c r="K126" t="s">
+        <v>34</v>
+      </c>
+      <c r="L126" t="s">
+        <v>689</v>
+      </c>
+      <c r="M126" t="s">
+        <v>648</v>
+      </c>
+      <c r="N126" t="s">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>690</v>
+      </c>
+      <c r="P126" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>692</v>
+      </c>
+      <c r="B127" t="s">
+        <v>693</v>
+      </c>
+      <c r="C127" t="s">
+        <v>646</v>
+      </c>
+      <c r="D127" t="s">
+        <v>62</v>
+      </c>
+      <c r="E127" t="s">
+        <v>42</v>
+      </c>
+      <c r="F127" t="s">
+        <v>54</v>
+      </c>
+      <c r="G127" t="s">
+        <v>22</v>
+      </c>
+      <c r="H127">
         <v>2000</v>
       </c>
-      <c r="H126">
+      <c r="I127">
         <v>2012</v>
       </c>
-      <c r="I126" t="s">
-[...37 lines deleted...]
-      <c r="G127">
+      <c r="J127" t="s">
+        <v>465</v>
+      </c>
+      <c r="K127" t="s">
+        <v>34</v>
+      </c>
+      <c r="L127" t="s">
+        <v>684</v>
+      </c>
+      <c r="M127" t="s">
+        <v>648</v>
+      </c>
+      <c r="N127" t="s">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>694</v>
+      </c>
+      <c r="P127" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>696</v>
+      </c>
+      <c r="B128" t="s">
+        <v>697</v>
+      </c>
+      <c r="C128" t="s">
+        <v>646</v>
+      </c>
+      <c r="D128" t="s">
+        <v>62</v>
+      </c>
+      <c r="E128" t="s">
+        <v>42</v>
+      </c>
+      <c r="F128" t="s">
+        <v>54</v>
+      </c>
+      <c r="G128" t="s">
+        <v>22</v>
+      </c>
+      <c r="H128">
         <v>2000</v>
       </c>
-      <c r="H127">
+      <c r="I128">
         <v>2012</v>
       </c>
-      <c r="I127" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="J128" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K128"/>
+        <v>465</v>
+      </c>
+      <c r="K128" t="s">
+        <v>34</v>
+      </c>
       <c r="L128" t="s">
-        <v>380</v>
+        <v>684</v>
       </c>
       <c r="M128" t="s">
-        <v>24</v>
+        <v>648</v>
       </c>
       <c r="N128" t="s">
-        <v>458</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>698</v>
+      </c>
+      <c r="P128" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>459</v>
+        <v>700</v>
       </c>
       <c r="B129" t="s">
-        <v>378</v>
+        <v>701</v>
       </c>
       <c r="C129" t="s">
-        <v>44</v>
+        <v>581</v>
       </c>
       <c r="D129" t="s">
-        <v>17</v>
+        <v>283</v>
       </c>
       <c r="E129" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F129" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>43</v>
+      </c>
+      <c r="G129" t="s">
+        <v>22</v>
       </c>
       <c r="H129">
         <v>2012</v>
       </c>
-      <c r="I129" t="s">
-        <v>379</v>
+      <c r="I129">
+        <v>2012</v>
       </c>
       <c r="J129" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-      <c r="L129" t="s">
+        <v>582</v>
+      </c>
+      <c r="K129" t="s">
+        <v>34</v>
+      </c>
+      <c r="L129"/>
+      <c r="M129" t="s">
+        <v>583</v>
+      </c>
+      <c r="N129" t="s">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>702</v>
+      </c>
+      <c r="P129" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>704</v>
+      </c>
+      <c r="B130" t="s">
+        <v>705</v>
+      </c>
+      <c r="C130" t="s">
+        <v>581</v>
+      </c>
+      <c r="D130" t="s">
+        <v>53</v>
+      </c>
+      <c r="E130" t="s">
+        <v>20</v>
+      </c>
+      <c r="F130" t="s">
+        <v>43</v>
+      </c>
+      <c r="G130" t="s">
+        <v>22</v>
+      </c>
+      <c r="H130">
+        <v>2012</v>
+      </c>
+      <c r="I130">
+        <v>2012</v>
+      </c>
+      <c r="J130" t="s">
+        <v>582</v>
+      </c>
+      <c r="K130" t="s">
+        <v>34</v>
+      </c>
+      <c r="L130"/>
+      <c r="M130" t="s">
+        <v>583</v>
+      </c>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>706</v>
+      </c>
+      <c r="P130" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>707</v>
+      </c>
+      <c r="B131" t="s">
+        <v>708</v>
+      </c>
+      <c r="C131" t="s">
+        <v>581</v>
+      </c>
+      <c r="D131" t="s">
+        <v>141</v>
+      </c>
+      <c r="E131" t="s">
+        <v>20</v>
+      </c>
+      <c r="F131" t="s">
+        <v>43</v>
+      </c>
+      <c r="G131" t="s">
+        <v>68</v>
+      </c>
+      <c r="H131">
+        <v>2009</v>
+      </c>
+      <c r="I131"/>
+      <c r="J131" t="s">
+        <v>582</v>
+      </c>
+      <c r="K131" t="s">
+        <v>34</v>
+      </c>
+      <c r="L131" t="s">
+        <v>709</v>
+      </c>
+      <c r="M131" t="s">
+        <v>583</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>710</v>
+      </c>
+      <c r="P131" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>712</v>
+      </c>
+      <c r="B132" t="s">
+        <v>713</v>
+      </c>
+      <c r="C132" t="s">
+        <v>581</v>
+      </c>
+      <c r="D132" t="s">
+        <v>258</v>
+      </c>
+      <c r="E132" t="s">
+        <v>20</v>
+      </c>
+      <c r="F132" t="s">
+        <v>43</v>
+      </c>
+      <c r="G132" t="s">
+        <v>68</v>
+      </c>
+      <c r="H132">
+        <v>2009</v>
+      </c>
+      <c r="I132"/>
+      <c r="J132" t="s">
+        <v>582</v>
+      </c>
+      <c r="K132" t="s">
+        <v>34</v>
+      </c>
+      <c r="L132" t="s">
+        <v>714</v>
+      </c>
+      <c r="M132" t="s">
+        <v>583</v>
+      </c>
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>715</v>
+      </c>
+      <c r="P132" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>716</v>
+      </c>
+      <c r="B133" t="s">
+        <v>717</v>
+      </c>
+      <c r="C133" t="s">
+        <v>718</v>
+      </c>
+      <c r="D133" t="s">
+        <v>141</v>
+      </c>
+      <c r="E133" t="s">
+        <v>42</v>
+      </c>
+      <c r="F133" t="s">
+        <v>43</v>
+      </c>
+      <c r="G133" t="s">
+        <v>22</v>
+      </c>
+      <c r="H133">
+        <v>2021</v>
+      </c>
+      <c r="I133">
+        <v>2019</v>
+      </c>
+      <c r="J133" t="s">
+        <v>719</v>
+      </c>
+      <c r="K133" t="s">
+        <v>34</v>
+      </c>
+      <c r="L133" t="s">
+        <v>720</v>
+      </c>
+      <c r="M133" t="s">
+        <v>721</v>
+      </c>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>722</v>
+      </c>
+      <c r="P133" t="s">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>724</v>
+      </c>
+      <c r="B134" t="s">
+        <v>725</v>
+      </c>
+      <c r="C134" t="s">
+        <v>718</v>
+      </c>
+      <c r="D134" t="s">
+        <v>53</v>
+      </c>
+      <c r="E134" t="s">
+        <v>42</v>
+      </c>
+      <c r="F134" t="s">
+        <v>43</v>
+      </c>
+      <c r="G134" t="s">
+        <v>22</v>
+      </c>
+      <c r="H134">
+        <v>2014</v>
+      </c>
+      <c r="I134">
+        <v>2019</v>
+      </c>
+      <c r="J134" t="s">
+        <v>719</v>
+      </c>
+      <c r="K134" t="s">
+        <v>34</v>
+      </c>
+      <c r="L134" t="s">
+        <v>726</v>
+      </c>
+      <c r="M134" t="s">
+        <v>721</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>727</v>
+      </c>
+      <c r="P134" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>729</v>
+      </c>
+      <c r="B135" t="s">
+        <v>730</v>
+      </c>
+      <c r="C135" t="s">
+        <v>731</v>
+      </c>
+      <c r="D135" t="s">
+        <v>53</v>
+      </c>
+      <c r="E135" t="s">
+        <v>42</v>
+      </c>
+      <c r="F135" t="s">
+        <v>54</v>
+      </c>
+      <c r="G135" t="s">
+        <v>22</v>
+      </c>
+      <c r="H135">
+        <v>2003</v>
+      </c>
+      <c r="I135">
+        <v>2022</v>
+      </c>
+      <c r="J135" t="s">
+        <v>69</v>
+      </c>
+      <c r="K135" t="s">
+        <v>34</v>
+      </c>
+      <c r="L135" t="s">
+        <v>732</v>
+      </c>
+      <c r="M135" t="s">
+        <v>733</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>734</v>
+      </c>
+      <c r="P135" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>736</v>
+      </c>
+      <c r="B136" t="s">
+        <v>737</v>
+      </c>
+      <c r="C136" t="s">
+        <v>102</v>
+      </c>
+      <c r="D136" t="s">
+        <v>84</v>
+      </c>
+      <c r="E136" t="s">
+        <v>20</v>
+      </c>
+      <c r="F136" t="s">
+        <v>21</v>
+      </c>
+      <c r="G136" t="s">
+        <v>22</v>
+      </c>
+      <c r="H136">
+        <v>2018</v>
+      </c>
+      <c r="I136">
+        <v>2024</v>
+      </c>
+      <c r="J136" t="s">
+        <v>23</v>
+      </c>
+      <c r="K136" t="s">
+        <v>34</v>
+      </c>
+      <c r="L136"/>
+      <c r="M136" t="s">
+        <v>278</v>
+      </c>
+      <c r="N136" t="s">
+        <v>36</v>
+      </c>
+      <c r="O136" t="s">
+        <v>738</v>
+      </c>
+      <c r="P136" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>740</v>
+      </c>
+      <c r="B137" t="s">
+        <v>741</v>
+      </c>
+      <c r="C137" t="s">
+        <v>67</v>
+      </c>
+      <c r="D137" t="s">
+        <v>742</v>
+      </c>
+      <c r="E137" t="s">
+        <v>20</v>
+      </c>
+      <c r="F137" t="s">
+        <v>21</v>
+      </c>
+      <c r="G137" t="s">
+        <v>68</v>
+      </c>
+      <c r="H137">
+        <v>2017</v>
+      </c>
+      <c r="I137"/>
+      <c r="J137" t="s">
+        <v>69</v>
+      </c>
+      <c r="K137" t="s">
+        <v>34</v>
+      </c>
+      <c r="L137" t="s">
+        <v>743</v>
+      </c>
+      <c r="M137" t="s">
+        <v>744</v>
+      </c>
+      <c r="N137" t="s">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>745</v>
+      </c>
+      <c r="P137" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>747</v>
+      </c>
+      <c r="B138" t="s">
+        <v>748</v>
+      </c>
+      <c r="C138" t="s">
+        <v>749</v>
+      </c>
+      <c r="D138" t="s">
+        <v>53</v>
+      </c>
+      <c r="E138" t="s">
+        <v>20</v>
+      </c>
+      <c r="F138" t="s">
+        <v>544</v>
+      </c>
+      <c r="G138" t="s">
+        <v>22</v>
+      </c>
+      <c r="H138">
+        <v>2009</v>
+      </c>
+      <c r="I138">
+        <v>2024</v>
+      </c>
+      <c r="J138" t="s">
+        <v>23</v>
+      </c>
+      <c r="K138" t="s">
+        <v>34</v>
+      </c>
+      <c r="L138" t="s">
+        <v>750</v>
+      </c>
+      <c r="M138" t="s">
+        <v>751</v>
+      </c>
+      <c r="N138" t="s">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>752</v>
+      </c>
+      <c r="P138" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>754</v>
+      </c>
+      <c r="B139" t="s">
+        <v>755</v>
+      </c>
+      <c r="C139" t="s">
+        <v>749</v>
+      </c>
+      <c r="D139" t="s">
+        <v>53</v>
+      </c>
+      <c r="E139" t="s">
+        <v>20</v>
+      </c>
+      <c r="F139" t="s">
+        <v>544</v>
+      </c>
+      <c r="G139" t="s">
+        <v>68</v>
+      </c>
+      <c r="H139">
+        <v>2023</v>
+      </c>
+      <c r="I139"/>
+      <c r="J139" t="s">
+        <v>756</v>
+      </c>
+      <c r="K139" t="s">
+        <v>34</v>
+      </c>
+      <c r="L139" t="s">
+        <v>757</v>
+      </c>
+      <c r="M139" t="s">
+        <v>751</v>
+      </c>
+      <c r="N139" t="s">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>758</v>
+      </c>
+      <c r="P139" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>760</v>
+      </c>
+      <c r="B140" t="s">
+        <v>761</v>
+      </c>
+      <c r="C140" t="s">
+        <v>762</v>
+      </c>
+      <c r="D140" t="s">
+        <v>763</v>
+      </c>
+      <c r="E140" t="s">
+        <v>20</v>
+      </c>
+      <c r="F140" t="s">
+        <v>544</v>
+      </c>
+      <c r="G140" t="s">
+        <v>22</v>
+      </c>
+      <c r="H140">
+        <v>2016</v>
+      </c>
+      <c r="I140">
+        <v>2019</v>
+      </c>
+      <c r="J140" t="s">
+        <v>69</v>
+      </c>
+      <c r="K140" t="s">
+        <v>45</v>
+      </c>
+      <c r="L140"/>
+      <c r="M140" t="s">
+        <v>764</v>
+      </c>
+      <c r="N140" t="s">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>765</v>
+      </c>
+      <c r="P140" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>767</v>
+      </c>
+      <c r="B141" t="s">
+        <v>768</v>
+      </c>
+      <c r="C141" t="s">
+        <v>646</v>
+      </c>
+      <c r="D141" t="s">
+        <v>180</v>
+      </c>
+      <c r="E141" t="s">
+        <v>42</v>
+      </c>
+      <c r="F141" t="s">
+        <v>54</v>
+      </c>
+      <c r="G141" t="s">
+        <v>22</v>
+      </c>
+      <c r="H141">
+        <v>2000</v>
+      </c>
+      <c r="I141">
+        <v>2015</v>
+      </c>
+      <c r="J141" t="s">
+        <v>465</v>
+      </c>
+      <c r="K141" t="s">
+        <v>34</v>
+      </c>
+      <c r="L141" t="s">
+        <v>689</v>
+      </c>
+      <c r="M141" t="s">
+        <v>648</v>
+      </c>
+      <c r="N141" t="s">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
+        <v>769</v>
+      </c>
+      <c r="P141" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>771</v>
+      </c>
+      <c r="B142" t="s">
+        <v>772</v>
+      </c>
+      <c r="C142" t="s">
+        <v>773</v>
+      </c>
+      <c r="D142" t="s">
+        <v>84</v>
+      </c>
+      <c r="E142" t="s">
+        <v>20</v>
+      </c>
+      <c r="F142" t="s">
+        <v>544</v>
+      </c>
+      <c r="G142" t="s">
+        <v>68</v>
+      </c>
+      <c r="H142">
+        <v>2006</v>
+      </c>
+      <c r="I142"/>
+      <c r="J142" t="s">
+        <v>69</v>
+      </c>
+      <c r="K142" t="s">
+        <v>34</v>
+      </c>
+      <c r="L142"/>
+      <c r="M142" t="s">
+        <v>774</v>
+      </c>
+      <c r="N142" t="s">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>775</v>
+      </c>
+      <c r="P142" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>777</v>
+      </c>
+      <c r="B143" t="s">
+        <v>778</v>
+      </c>
+      <c r="C143" t="s">
+        <v>779</v>
+      </c>
+      <c r="D143" t="s">
+        <v>604</v>
+      </c>
+      <c r="E143" t="s">
+        <v>42</v>
+      </c>
+      <c r="F143" t="s">
+        <v>54</v>
+      </c>
+      <c r="G143" t="s">
+        <v>22</v>
+      </c>
+      <c r="H143">
+        <v>2002</v>
+      </c>
+      <c r="I143">
+        <v>2014</v>
+      </c>
+      <c r="J143" t="s">
+        <v>69</v>
+      </c>
+      <c r="K143" t="s">
+        <v>34</v>
+      </c>
+      <c r="L143" t="s">
+        <v>780</v>
+      </c>
+      <c r="M143" t="s">
+        <v>781</v>
+      </c>
+      <c r="N143" t="s">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
+        <v>782</v>
+      </c>
+      <c r="P143" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" t="s">
+        <v>784</v>
+      </c>
+      <c r="B144" t="s">
+        <v>785</v>
+      </c>
+      <c r="C144" t="s">
+        <v>786</v>
+      </c>
+      <c r="D144" t="s">
+        <v>307</v>
+      </c>
+      <c r="E144" t="s">
+        <v>42</v>
+      </c>
+      <c r="F144" t="s">
+        <v>54</v>
+      </c>
+      <c r="G144" t="s">
+        <v>22</v>
+      </c>
+      <c r="H144">
+        <v>2013</v>
+      </c>
+      <c r="I144">
+        <v>2020</v>
+      </c>
+      <c r="J144" t="s">
+        <v>276</v>
+      </c>
+      <c r="K144" t="s">
+        <v>34</v>
+      </c>
+      <c r="L144" t="s">
+        <v>787</v>
+      </c>
+      <c r="M144" t="s">
+        <v>781</v>
+      </c>
+      <c r="N144" t="s">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>788</v>
+      </c>
+      <c r="P144" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>790</v>
+      </c>
+      <c r="B145" t="s">
+        <v>791</v>
+      </c>
+      <c r="C145" t="s">
+        <v>792</v>
+      </c>
+      <c r="D145" t="s">
+        <v>62</v>
+      </c>
+      <c r="E145" t="s">
+        <v>42</v>
+      </c>
+      <c r="F145" t="s">
+        <v>54</v>
+      </c>
+      <c r="G145" t="s">
+        <v>22</v>
+      </c>
+      <c r="H145">
+        <v>1994</v>
+      </c>
+      <c r="I145">
+        <v>2020</v>
+      </c>
+      <c r="J145" t="s">
+        <v>276</v>
+      </c>
+      <c r="K145" t="s">
+        <v>34</v>
+      </c>
+      <c r="L145" t="s">
+        <v>793</v>
+      </c>
+      <c r="M145" t="s">
+        <v>781</v>
+      </c>
+      <c r="N145" t="s">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>794</v>
+      </c>
+      <c r="P145" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>796</v>
+      </c>
+      <c r="B146" t="s">
+        <v>797</v>
+      </c>
+      <c r="C146" t="s">
+        <v>798</v>
+      </c>
+      <c r="D146" t="s">
+        <v>307</v>
+      </c>
+      <c r="E146" t="s">
+        <v>42</v>
+      </c>
+      <c r="F146" t="s">
+        <v>54</v>
+      </c>
+      <c r="G146" t="s">
+        <v>22</v>
+      </c>
+      <c r="H146">
+        <v>2009</v>
+      </c>
+      <c r="I146">
+        <v>2018</v>
+      </c>
+      <c r="J146" t="s">
+        <v>276</v>
+      </c>
+      <c r="K146" t="s">
+        <v>34</v>
+      </c>
+      <c r="L146" t="s">
+        <v>799</v>
+      </c>
+      <c r="M146" t="s">
+        <v>781</v>
+      </c>
+      <c r="N146" t="s">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>800</v>
+      </c>
+      <c r="P146" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>802</v>
+      </c>
+      <c r="B147" t="s">
+        <v>803</v>
+      </c>
+      <c r="C147" t="s">
+        <v>798</v>
+      </c>
+      <c r="D147" t="s">
+        <v>283</v>
+      </c>
+      <c r="E147" t="s">
+        <v>42</v>
+      </c>
+      <c r="F147" t="s">
+        <v>54</v>
+      </c>
+      <c r="G147" t="s">
+        <v>22</v>
+      </c>
+      <c r="H147">
+        <v>2012</v>
+      </c>
+      <c r="I147">
+        <v>2019</v>
+      </c>
+      <c r="J147" t="s">
+        <v>276</v>
+      </c>
+      <c r="K147" t="s">
+        <v>34</v>
+      </c>
+      <c r="L147" t="s">
+        <v>804</v>
+      </c>
+      <c r="M147" t="s">
+        <v>781</v>
+      </c>
+      <c r="N147" t="s">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>805</v>
+      </c>
+      <c r="P147" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>807</v>
+      </c>
+      <c r="B148" t="s">
+        <v>808</v>
+      </c>
+      <c r="C148" t="s">
+        <v>809</v>
+      </c>
+      <c r="D148" t="s">
+        <v>158</v>
+      </c>
+      <c r="E148" t="s">
+        <v>42</v>
+      </c>
+      <c r="F148" t="s">
+        <v>54</v>
+      </c>
+      <c r="G148" t="s">
+        <v>22</v>
+      </c>
+      <c r="H148">
+        <v>1992</v>
+      </c>
+      <c r="I148">
+        <v>2020</v>
+      </c>
+      <c r="J148" t="s">
+        <v>276</v>
+      </c>
+      <c r="K148" t="s">
+        <v>34</v>
+      </c>
+      <c r="L148" t="s">
+        <v>810</v>
+      </c>
+      <c r="M148" t="s">
+        <v>781</v>
+      </c>
+      <c r="N148" t="s">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
+        <v>811</v>
+      </c>
+      <c r="P148" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>813</v>
+      </c>
+      <c r="B149" t="s">
+        <v>814</v>
+      </c>
+      <c r="C149" t="s">
+        <v>792</v>
+      </c>
+      <c r="D149" t="s">
+        <v>180</v>
+      </c>
+      <c r="E149" t="s">
+        <v>42</v>
+      </c>
+      <c r="F149" t="s">
+        <v>54</v>
+      </c>
+      <c r="G149" t="s">
+        <v>22</v>
+      </c>
+      <c r="H149">
+        <v>2001</v>
+      </c>
+      <c r="I149">
+        <v>2019</v>
+      </c>
+      <c r="J149" t="s">
+        <v>276</v>
+      </c>
+      <c r="K149" t="s">
+        <v>34</v>
+      </c>
+      <c r="L149" t="s">
+        <v>815</v>
+      </c>
+      <c r="M149" t="s">
+        <v>781</v>
+      </c>
+      <c r="N149" t="s">
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>816</v>
+      </c>
+      <c r="P149" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>818</v>
+      </c>
+      <c r="B150" t="s">
+        <v>819</v>
+      </c>
+      <c r="C150" t="s">
+        <v>798</v>
+      </c>
+      <c r="D150" t="s">
+        <v>313</v>
+      </c>
+      <c r="E150" t="s">
+        <v>42</v>
+      </c>
+      <c r="F150" t="s">
+        <v>54</v>
+      </c>
+      <c r="G150" t="s">
+        <v>22</v>
+      </c>
+      <c r="H150">
+        <v>2016</v>
+      </c>
+      <c r="I150">
+        <v>2016</v>
+      </c>
+      <c r="J150" t="s">
+        <v>276</v>
+      </c>
+      <c r="K150" t="s">
+        <v>34</v>
+      </c>
+      <c r="L150" t="s">
+        <v>820</v>
+      </c>
+      <c r="M150" t="s">
+        <v>781</v>
+      </c>
+      <c r="N150" t="s">
+        <v>27</v>
+      </c>
+      <c r="O150" t="s">
+        <v>821</v>
+      </c>
+      <c r="P150" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" t="s">
+        <v>823</v>
+      </c>
+      <c r="B151" t="s">
+        <v>824</v>
+      </c>
+      <c r="C151" t="s">
+        <v>798</v>
+      </c>
+      <c r="D151" t="s">
+        <v>141</v>
+      </c>
+      <c r="E151" t="s">
+        <v>42</v>
+      </c>
+      <c r="F151" t="s">
+        <v>54</v>
+      </c>
+      <c r="G151" t="s">
+        <v>22</v>
+      </c>
+      <c r="H151">
+        <v>2004</v>
+      </c>
+      <c r="I151">
+        <v>2020</v>
+      </c>
+      <c r="J151" t="s">
+        <v>276</v>
+      </c>
+      <c r="K151" t="s">
+        <v>34</v>
+      </c>
+      <c r="L151" t="s">
+        <v>825</v>
+      </c>
+      <c r="M151" t="s">
+        <v>781</v>
+      </c>
+      <c r="N151" t="s">
+        <v>27</v>
+      </c>
+      <c r="O151" t="s">
+        <v>826</v>
+      </c>
+      <c r="P151" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
+      <c r="A152" t="s">
+        <v>828</v>
+      </c>
+      <c r="B152" t="s">
+        <v>829</v>
+      </c>
+      <c r="C152" t="s">
+        <v>798</v>
+      </c>
+      <c r="D152" t="s">
+        <v>147</v>
+      </c>
+      <c r="E152" t="s">
+        <v>42</v>
+      </c>
+      <c r="F152" t="s">
+        <v>54</v>
+      </c>
+      <c r="G152" t="s">
+        <v>22</v>
+      </c>
+      <c r="H152">
+        <v>2001</v>
+      </c>
+      <c r="I152">
+        <v>2018</v>
+      </c>
+      <c r="J152" t="s">
+        <v>276</v>
+      </c>
+      <c r="K152" t="s">
+        <v>34</v>
+      </c>
+      <c r="L152" t="s">
+        <v>830</v>
+      </c>
+      <c r="M152" t="s">
+        <v>781</v>
+      </c>
+      <c r="N152" t="s">
+        <v>27</v>
+      </c>
+      <c r="O152" t="s">
+        <v>831</v>
+      </c>
+      <c r="P152" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
+      <c r="A153" t="s">
+        <v>833</v>
+      </c>
+      <c r="B153" t="s">
+        <v>834</v>
+      </c>
+      <c r="C153" t="s">
+        <v>798</v>
+      </c>
+      <c r="D153" t="s">
+        <v>313</v>
+      </c>
+      <c r="E153" t="s">
+        <v>42</v>
+      </c>
+      <c r="F153" t="s">
+        <v>54</v>
+      </c>
+      <c r="G153" t="s">
+        <v>68</v>
+      </c>
+      <c r="H153">
+        <v>2013</v>
+      </c>
+      <c r="I153"/>
+      <c r="J153" t="s">
+        <v>276</v>
+      </c>
+      <c r="K153" t="s">
+        <v>34</v>
+      </c>
+      <c r="L153" t="s">
+        <v>835</v>
+      </c>
+      <c r="M153" t="s">
+        <v>781</v>
+      </c>
+      <c r="N153" t="s">
+        <v>27</v>
+      </c>
+      <c r="O153" t="s">
+        <v>836</v>
+      </c>
+      <c r="P153" t="s">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
+      <c r="A154" t="s">
+        <v>838</v>
+      </c>
+      <c r="B154" t="s">
+        <v>839</v>
+      </c>
+      <c r="C154" t="s">
+        <v>798</v>
+      </c>
+      <c r="D154" t="s">
+        <v>520</v>
+      </c>
+      <c r="E154" t="s">
+        <v>42</v>
+      </c>
+      <c r="F154" t="s">
+        <v>54</v>
+      </c>
+      <c r="G154" t="s">
+        <v>22</v>
+      </c>
+      <c r="H154">
+        <v>2004</v>
+      </c>
+      <c r="I154">
+        <v>2014</v>
+      </c>
+      <c r="J154" t="s">
+        <v>276</v>
+      </c>
+      <c r="K154" t="s">
+        <v>34</v>
+      </c>
+      <c r="L154" t="s">
+        <v>840</v>
+      </c>
+      <c r="M154" t="s">
+        <v>781</v>
+      </c>
+      <c r="N154" t="s">
+        <v>27</v>
+      </c>
+      <c r="O154" t="s">
+        <v>841</v>
+      </c>
+      <c r="P154" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>843</v>
+      </c>
+      <c r="B155" t="s">
+        <v>844</v>
+      </c>
+      <c r="C155" t="s">
+        <v>798</v>
+      </c>
+      <c r="D155" t="s">
+        <v>53</v>
+      </c>
+      <c r="E155" t="s">
+        <v>42</v>
+      </c>
+      <c r="F155" t="s">
+        <v>54</v>
+      </c>
+      <c r="G155" t="s">
+        <v>22</v>
+      </c>
+      <c r="H155">
+        <v>1998</v>
+      </c>
+      <c r="I155">
+        <v>2019</v>
+      </c>
+      <c r="J155" t="s">
+        <v>276</v>
+      </c>
+      <c r="K155" t="s">
+        <v>34</v>
+      </c>
+      <c r="L155" t="s">
+        <v>845</v>
+      </c>
+      <c r="M155" t="s">
+        <v>781</v>
+      </c>
+      <c r="N155" t="s">
+        <v>27</v>
+      </c>
+      <c r="O155" t="s">
+        <v>846</v>
+      </c>
+      <c r="P155" t="s">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>848</v>
+      </c>
+      <c r="B156" t="s">
+        <v>849</v>
+      </c>
+      <c r="C156" t="s">
+        <v>798</v>
+      </c>
+      <c r="D156" t="s">
+        <v>369</v>
+      </c>
+      <c r="E156" t="s">
+        <v>42</v>
+      </c>
+      <c r="F156" t="s">
+        <v>54</v>
+      </c>
+      <c r="G156" t="s">
+        <v>22</v>
+      </c>
+      <c r="H156">
+        <v>2012</v>
+      </c>
+      <c r="I156">
+        <v>2019</v>
+      </c>
+      <c r="J156" t="s">
+        <v>276</v>
+      </c>
+      <c r="K156" t="s">
+        <v>34</v>
+      </c>
+      <c r="L156" t="s">
+        <v>850</v>
+      </c>
+      <c r="M156" t="s">
+        <v>781</v>
+      </c>
+      <c r="N156" t="s">
+        <v>27</v>
+      </c>
+      <c r="O156" t="s">
+        <v>851</v>
+      </c>
+      <c r="P156" t="s">
+        <v>852</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
+      <c r="A157" t="s">
+        <v>853</v>
+      </c>
+      <c r="B157" t="s">
+        <v>854</v>
+      </c>
+      <c r="C157" t="s">
+        <v>75</v>
+      </c>
+      <c r="D157" t="s">
+        <v>62</v>
+      </c>
+      <c r="E157" t="s">
+        <v>42</v>
+      </c>
+      <c r="F157" t="s">
+        <v>43</v>
+      </c>
+      <c r="G157" t="s">
+        <v>22</v>
+      </c>
+      <c r="H157">
+        <v>2004</v>
+      </c>
+      <c r="I157">
+        <v>2011</v>
+      </c>
+      <c r="J157" t="s">
+        <v>855</v>
+      </c>
+      <c r="K157" t="s">
+        <v>34</v>
+      </c>
+      <c r="L157"/>
+      <c r="M157" t="s">
+        <v>856</v>
+      </c>
+      <c r="N157" t="s">
+        <v>27</v>
+      </c>
+      <c r="O157" t="s">
+        <v>857</v>
+      </c>
+      <c r="P157" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
+      <c r="A158" t="s">
+        <v>859</v>
+      </c>
+      <c r="B158" t="s">
+        <v>860</v>
+      </c>
+      <c r="C158" t="s">
+        <v>75</v>
+      </c>
+      <c r="D158" t="s">
+        <v>861</v>
+      </c>
+      <c r="E158" t="s">
+        <v>42</v>
+      </c>
+      <c r="F158" t="s">
+        <v>43</v>
+      </c>
+      <c r="G158" t="s">
+        <v>22</v>
+      </c>
+      <c r="H158">
+        <v>2009</v>
+      </c>
+      <c r="I158">
+        <v>2011</v>
+      </c>
+      <c r="J158" t="s">
+        <v>855</v>
+      </c>
+      <c r="K158" t="s">
+        <v>34</v>
+      </c>
+      <c r="L158"/>
+      <c r="M158" t="s">
+        <v>856</v>
+      </c>
+      <c r="N158" t="s">
+        <v>27</v>
+      </c>
+      <c r="O158" t="s">
+        <v>862</v>
+      </c>
+      <c r="P158" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" t="s">
+        <v>863</v>
+      </c>
+      <c r="B159" t="s">
+        <v>864</v>
+      </c>
+      <c r="C159" t="s">
+        <v>75</v>
+      </c>
+      <c r="D159" t="s">
+        <v>313</v>
+      </c>
+      <c r="E159" t="s">
+        <v>42</v>
+      </c>
+      <c r="F159" t="s">
+        <v>43</v>
+      </c>
+      <c r="G159" t="s">
+        <v>22</v>
+      </c>
+      <c r="H159">
+        <v>2008</v>
+      </c>
+      <c r="I159">
+        <v>2010</v>
+      </c>
+      <c r="J159" t="s">
+        <v>855</v>
+      </c>
+      <c r="K159" t="s">
+        <v>34</v>
+      </c>
+      <c r="L159"/>
+      <c r="M159" t="s">
+        <v>856</v>
+      </c>
+      <c r="N159" t="s">
+        <v>27</v>
+      </c>
+      <c r="O159" t="s">
+        <v>865</v>
+      </c>
+      <c r="P159" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16">
+      <c r="A160" t="s">
+        <v>866</v>
+      </c>
+      <c r="B160" t="s">
+        <v>867</v>
+      </c>
+      <c r="C160" t="s">
+        <v>542</v>
+      </c>
+      <c r="D160" t="s">
+        <v>53</v>
+      </c>
+      <c r="E160" t="s">
+        <v>20</v>
+      </c>
+      <c r="F160" t="s">
+        <v>544</v>
+      </c>
+      <c r="G160" t="s">
+        <v>68</v>
+      </c>
+      <c r="H160">
+        <v>2023</v>
+      </c>
+      <c r="I160"/>
+      <c r="J160" t="s">
+        <v>868</v>
+      </c>
+      <c r="K160" t="s">
+        <v>34</v>
+      </c>
+      <c r="L160"/>
+      <c r="M160" t="s">
+        <v>869</v>
+      </c>
+      <c r="N160" t="s">
+        <v>27</v>
+      </c>
+      <c r="O160" t="s">
+        <v>870</v>
+      </c>
+      <c r="P160" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16">
+      <c r="A161" t="s">
+        <v>872</v>
+      </c>
+      <c r="B161" t="s">
+        <v>873</v>
+      </c>
+      <c r="C161" t="s">
+        <v>102</v>
+      </c>
+      <c r="D161" t="s">
+        <v>84</v>
+      </c>
+      <c r="E161" t="s">
+        <v>20</v>
+      </c>
+      <c r="F161" t="s">
+        <v>21</v>
+      </c>
+      <c r="G161" t="s">
+        <v>22</v>
+      </c>
+      <c r="H161">
+        <v>2002</v>
+      </c>
+      <c r="I161">
+        <v>2021</v>
+      </c>
+      <c r="J161" t="s">
+        <v>104</v>
+      </c>
+      <c r="K161" t="s">
+        <v>34</v>
+      </c>
+      <c r="L161" t="s">
+        <v>874</v>
+      </c>
+      <c r="M161" t="s">
+        <v>106</v>
+      </c>
+      <c r="N161" t="s">
+        <v>36</v>
+      </c>
+      <c r="O161" t="s">
+        <v>875</v>
+      </c>
+      <c r="P161" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
+      <c r="A162" t="s">
+        <v>877</v>
+      </c>
+      <c r="B162" t="s">
+        <v>878</v>
+      </c>
+      <c r="C162" t="s">
+        <v>102</v>
+      </c>
+      <c r="D162" t="s">
+        <v>164</v>
+      </c>
+      <c r="E162" t="s">
+        <v>20</v>
+      </c>
+      <c r="F162" t="s">
+        <v>21</v>
+      </c>
+      <c r="G162" t="s">
+        <v>22</v>
+      </c>
+      <c r="H162">
+        <v>2009</v>
+      </c>
+      <c r="I162">
+        <v>2020</v>
+      </c>
+      <c r="J162" t="s">
+        <v>276</v>
+      </c>
+      <c r="K162" t="s">
+        <v>34</v>
+      </c>
+      <c r="L162" t="s">
+        <v>879</v>
+      </c>
+      <c r="M162" t="s">
+        <v>106</v>
+      </c>
+      <c r="N162" t="s">
+        <v>36</v>
+      </c>
+      <c r="O162" t="s">
+        <v>880</v>
+      </c>
+      <c r="P162" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16">
+      <c r="A163" t="s">
+        <v>882</v>
+      </c>
+      <c r="B163" t="s">
+        <v>883</v>
+      </c>
+      <c r="C163" t="s">
+        <v>102</v>
+      </c>
+      <c r="D163" t="s">
+        <v>214</v>
+      </c>
+      <c r="E163" t="s">
+        <v>20</v>
+      </c>
+      <c r="F163" t="s">
+        <v>21</v>
+      </c>
+      <c r="G163" t="s">
+        <v>22</v>
+      </c>
+      <c r="H163">
+        <v>2007</v>
+      </c>
+      <c r="I163">
+        <v>2014</v>
+      </c>
+      <c r="J163" t="s">
+        <v>276</v>
+      </c>
+      <c r="K163" t="s">
+        <v>34</v>
+      </c>
+      <c r="L163" t="s">
         <v>380</v>
       </c>
-      <c r="M129" t="s">
-[...13 lines deleted...]
-      <c r="C130" t="s">
+      <c r="M163" t="s">
         <v>106</v>
       </c>
-      <c r="D130" t="s">
-[...2 lines deleted...]
-      <c r="E130" t="s">
+      <c r="N163" t="s">
         <v>36</v>
       </c>
-      <c r="F130" t="s">
-[...38 lines deleted...]
-      <c r="E131" t="s">
+      <c r="O163" t="s">
+        <v>884</v>
+      </c>
+      <c r="P163" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
+      <c r="A164" t="s">
+        <v>886</v>
+      </c>
+      <c r="B164" t="s">
+        <v>887</v>
+      </c>
+      <c r="C164" t="s">
+        <v>102</v>
+      </c>
+      <c r="D164" t="s">
+        <v>888</v>
+      </c>
+      <c r="E164" t="s">
+        <v>20</v>
+      </c>
+      <c r="F164" t="s">
+        <v>21</v>
+      </c>
+      <c r="G164" t="s">
+        <v>8</v>
+      </c>
+      <c r="H164">
+        <v>2007</v>
+      </c>
+      <c r="I164">
+        <v>2025</v>
+      </c>
+      <c r="J164" t="s">
+        <v>889</v>
+      </c>
+      <c r="K164" t="s">
+        <v>34</v>
+      </c>
+      <c r="L164" t="s">
+        <v>890</v>
+      </c>
+      <c r="M164" t="s">
+        <v>891</v>
+      </c>
+      <c r="N164" t="s">
+        <v>27</v>
+      </c>
+      <c r="O164" t="s">
+        <v>892</v>
+      </c>
+      <c r="P164" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16">
+      <c r="A165" t="s">
+        <v>894</v>
+      </c>
+      <c r="B165" t="s">
+        <v>895</v>
+      </c>
+      <c r="C165" t="s">
+        <v>102</v>
+      </c>
+      <c r="D165" t="s">
+        <v>103</v>
+      </c>
+      <c r="E165" t="s">
+        <v>20</v>
+      </c>
+      <c r="F165" t="s">
+        <v>21</v>
+      </c>
+      <c r="G165" t="s">
+        <v>22</v>
+      </c>
+      <c r="H165">
+        <v>2008</v>
+      </c>
+      <c r="I165">
+        <v>2008</v>
+      </c>
+      <c r="J165" t="s">
+        <v>276</v>
+      </c>
+      <c r="K165" t="s">
+        <v>34</v>
+      </c>
+      <c r="L165" t="s">
+        <v>105</v>
+      </c>
+      <c r="M165" t="s">
+        <v>106</v>
+      </c>
+      <c r="N165" t="s">
         <v>36</v>
       </c>
-      <c r="F131" t="s">
-[...32 lines deleted...]
-      <c r="C132" t="s">
+      <c r="O165" t="s">
+        <v>896</v>
+      </c>
+      <c r="P165" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16">
+      <c r="A166" t="s">
+        <v>898</v>
+      </c>
+      <c r="B166" t="s">
+        <v>899</v>
+      </c>
+      <c r="C166" t="s">
+        <v>102</v>
+      </c>
+      <c r="D166" t="s">
+        <v>158</v>
+      </c>
+      <c r="E166" t="s">
+        <v>20</v>
+      </c>
+      <c r="F166" t="s">
+        <v>21</v>
+      </c>
+      <c r="G166" t="s">
+        <v>22</v>
+      </c>
+      <c r="H166">
+        <v>2008</v>
+      </c>
+      <c r="I166">
+        <v>2016</v>
+      </c>
+      <c r="J166" t="s">
+        <v>276</v>
+      </c>
+      <c r="K166" t="s">
+        <v>34</v>
+      </c>
+      <c r="L166" t="s">
+        <v>900</v>
+      </c>
+      <c r="M166" t="s">
         <v>106</v>
       </c>
-      <c r="D132" t="s">
-[...2 lines deleted...]
-      <c r="E132" t="s">
+      <c r="N166" t="s">
+        <v>27</v>
+      </c>
+      <c r="O166" t="s">
+        <v>901</v>
+      </c>
+      <c r="P166" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16">
+      <c r="A167" t="s">
+        <v>903</v>
+      </c>
+      <c r="B167" t="s">
+        <v>903</v>
+      </c>
+      <c r="C167" t="s">
+        <v>102</v>
+      </c>
+      <c r="D167" t="s">
+        <v>180</v>
+      </c>
+      <c r="E167" t="s">
+        <v>20</v>
+      </c>
+      <c r="F167" t="s">
+        <v>21</v>
+      </c>
+      <c r="G167" t="s">
+        <v>22</v>
+      </c>
+      <c r="H167">
+        <v>2010</v>
+      </c>
+      <c r="I167">
+        <v>2015</v>
+      </c>
+      <c r="J167" t="s">
+        <v>276</v>
+      </c>
+      <c r="K167" t="s">
+        <v>34</v>
+      </c>
+      <c r="L167" t="s">
+        <v>181</v>
+      </c>
+      <c r="M167" t="s">
+        <v>106</v>
+      </c>
+      <c r="N167" t="s">
+        <v>27</v>
+      </c>
+      <c r="O167" t="s">
+        <v>904</v>
+      </c>
+      <c r="P167" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="168" spans="1:16">
+      <c r="A168" t="s">
+        <v>906</v>
+      </c>
+      <c r="B168" t="s">
+        <v>907</v>
+      </c>
+      <c r="C168" t="s">
+        <v>102</v>
+      </c>
+      <c r="D168" t="s">
+        <v>53</v>
+      </c>
+      <c r="E168" t="s">
+        <v>20</v>
+      </c>
+      <c r="F168" t="s">
+        <v>21</v>
+      </c>
+      <c r="G168" t="s">
+        <v>22</v>
+      </c>
+      <c r="H168">
+        <v>1989</v>
+      </c>
+      <c r="I168">
+        <v>2016</v>
+      </c>
+      <c r="J168" t="s">
+        <v>276</v>
+      </c>
+      <c r="K168" t="s">
+        <v>34</v>
+      </c>
+      <c r="L168" t="s">
+        <v>121</v>
+      </c>
+      <c r="M168" t="s">
+        <v>106</v>
+      </c>
+      <c r="N168" t="s">
+        <v>27</v>
+      </c>
+      <c r="O168" t="s">
+        <v>908</v>
+      </c>
+      <c r="P168" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="169" spans="1:16">
+      <c r="A169" t="s">
+        <v>910</v>
+      </c>
+      <c r="B169" t="s">
+        <v>911</v>
+      </c>
+      <c r="C169" t="s">
+        <v>102</v>
+      </c>
+      <c r="D169" t="s">
+        <v>912</v>
+      </c>
+      <c r="E169" t="s">
+        <v>20</v>
+      </c>
+      <c r="F169" t="s">
+        <v>21</v>
+      </c>
+      <c r="G169" t="s">
+        <v>22</v>
+      </c>
+      <c r="H169">
+        <v>2010</v>
+      </c>
+      <c r="I169">
+        <v>2021</v>
+      </c>
+      <c r="J169" t="s">
+        <v>69</v>
+      </c>
+      <c r="K169" t="s">
+        <v>34</v>
+      </c>
+      <c r="L169" t="s">
+        <v>913</v>
+      </c>
+      <c r="M169" t="s">
+        <v>891</v>
+      </c>
+      <c r="N169" t="s">
+        <v>27</v>
+      </c>
+      <c r="O169" t="s">
+        <v>914</v>
+      </c>
+      <c r="P169" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="170" spans="1:16">
+      <c r="A170" t="s">
+        <v>916</v>
+      </c>
+      <c r="B170" t="s">
+        <v>917</v>
+      </c>
+      <c r="C170" t="s">
+        <v>102</v>
+      </c>
+      <c r="D170" t="s">
+        <v>147</v>
+      </c>
+      <c r="E170" t="s">
+        <v>20</v>
+      </c>
+      <c r="F170" t="s">
+        <v>21</v>
+      </c>
+      <c r="G170" t="s">
+        <v>22</v>
+      </c>
+      <c r="H170">
+        <v>2011</v>
+      </c>
+      <c r="I170">
+        <v>2016</v>
+      </c>
+      <c r="J170" t="s">
+        <v>276</v>
+      </c>
+      <c r="K170" t="s">
+        <v>34</v>
+      </c>
+      <c r="L170" t="s">
+        <v>148</v>
+      </c>
+      <c r="M170" t="s">
+        <v>106</v>
+      </c>
+      <c r="N170" t="s">
+        <v>27</v>
+      </c>
+      <c r="O170" t="s">
+        <v>918</v>
+      </c>
+      <c r="P170" t="s">
+        <v>919</v>
+      </c>
+    </row>
+    <row r="171" spans="1:16">
+      <c r="A171" t="s">
+        <v>920</v>
+      </c>
+      <c r="B171" t="s">
+        <v>921</v>
+      </c>
+      <c r="C171" t="s">
+        <v>102</v>
+      </c>
+      <c r="D171" t="s">
+        <v>62</v>
+      </c>
+      <c r="E171" t="s">
+        <v>20</v>
+      </c>
+      <c r="F171" t="s">
+        <v>21</v>
+      </c>
+      <c r="G171" t="s">
+        <v>22</v>
+      </c>
+      <c r="H171">
+        <v>2012</v>
+      </c>
+      <c r="I171">
+        <v>2016</v>
+      </c>
+      <c r="J171" t="s">
+        <v>276</v>
+      </c>
+      <c r="K171" t="s">
+        <v>34</v>
+      </c>
+      <c r="L171" t="s">
+        <v>922</v>
+      </c>
+      <c r="M171" t="s">
+        <v>106</v>
+      </c>
+      <c r="N171" t="s">
+        <v>27</v>
+      </c>
+      <c r="O171" t="s">
+        <v>923</v>
+      </c>
+      <c r="P171" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="172" spans="1:16">
+      <c r="A172" t="s">
+        <v>925</v>
+      </c>
+      <c r="B172" t="s">
+        <v>926</v>
+      </c>
+      <c r="C172" t="s">
+        <v>102</v>
+      </c>
+      <c r="D172" t="s">
+        <v>116</v>
+      </c>
+      <c r="E172" t="s">
+        <v>20</v>
+      </c>
+      <c r="F172" t="s">
+        <v>21</v>
+      </c>
+      <c r="G172" t="s">
+        <v>68</v>
+      </c>
+      <c r="H172">
+        <v>2014</v>
+      </c>
+      <c r="I172"/>
+      <c r="J172" t="s">
+        <v>276</v>
+      </c>
+      <c r="K172" t="s">
+        <v>34</v>
+      </c>
+      <c r="L172" t="s">
+        <v>111</v>
+      </c>
+      <c r="M172" t="s">
+        <v>927</v>
+      </c>
+      <c r="N172" t="s">
         <v>36</v>
       </c>
-      <c r="F132" t="s">
-[...40 lines deleted...]
-      <c r="E133" t="s">
+      <c r="O172" t="s">
+        <v>928</v>
+      </c>
+      <c r="P172" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="173" spans="1:16">
+      <c r="A173" t="s">
+        <v>930</v>
+      </c>
+      <c r="B173" t="s">
+        <v>931</v>
+      </c>
+      <c r="C173" t="s">
+        <v>102</v>
+      </c>
+      <c r="D173" t="s">
+        <v>932</v>
+      </c>
+      <c r="E173" t="s">
+        <v>20</v>
+      </c>
+      <c r="F173" t="s">
+        <v>21</v>
+      </c>
+      <c r="G173" t="s">
+        <v>933</v>
+      </c>
+      <c r="H173" t="s">
+        <v>934</v>
+      </c>
+      <c r="I173">
+        <v>2024</v>
+      </c>
+      <c r="J173" t="s">
+        <v>935</v>
+      </c>
+      <c r="K173" t="s">
+        <v>34</v>
+      </c>
+      <c r="L173"/>
+      <c r="M173" t="s">
+        <v>927</v>
+      </c>
+      <c r="N173" t="s">
         <v>36</v>
       </c>
-      <c r="F133" t="s">
-[...1757 lines deleted...]
-    <row r="174" spans="1:14">
+      <c r="O173" t="s">
+        <v>936</v>
+      </c>
+      <c r="P173" t="s">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="174" spans="1:16">
       <c r="A174" t="s">
-        <v>614</v>
+        <v>938</v>
       </c>
       <c r="B174" t="s">
-        <v>79</v>
+        <v>939</v>
       </c>
       <c r="C174" t="s">
         <v>102</v>
       </c>
       <c r="D174" t="s">
-        <v>17</v>
+        <v>84</v>
       </c>
       <c r="E174" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F174" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="G174">
+        <v>21</v>
+      </c>
+      <c r="G174" t="s">
+        <v>68</v>
+      </c>
+      <c r="H174">
+        <v>2014</v>
+      </c>
+      <c r="I174"/>
+      <c r="J174" t="s">
+        <v>276</v>
+      </c>
+      <c r="K174" t="s">
+        <v>34</v>
+      </c>
+      <c r="L174" t="s">
+        <v>940</v>
+      </c>
+      <c r="M174" t="s">
+        <v>927</v>
+      </c>
+      <c r="N174" t="s">
+        <v>36</v>
+      </c>
+      <c r="O174" t="s">
+        <v>941</v>
+      </c>
+      <c r="P174" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="175" spans="1:16">
+      <c r="A175" t="s">
+        <v>943</v>
+      </c>
+      <c r="B175" t="s">
+        <v>944</v>
+      </c>
+      <c r="C175" t="s">
+        <v>102</v>
+      </c>
+      <c r="D175" t="s">
+        <v>135</v>
+      </c>
+      <c r="E175" t="s">
+        <v>20</v>
+      </c>
+      <c r="F175" t="s">
+        <v>21</v>
+      </c>
+      <c r="G175" t="s">
+        <v>68</v>
+      </c>
+      <c r="H175">
         <v>2016</v>
       </c>
-      <c r="H174"/>
-      <c r="I174" t="s">
+      <c r="I175"/>
+      <c r="J175" t="s">
+        <v>276</v>
+      </c>
+      <c r="K175" t="s">
+        <v>34</v>
+      </c>
+      <c r="L175" t="s">
+        <v>945</v>
+      </c>
+      <c r="M175" t="s">
+        <v>927</v>
+      </c>
+      <c r="N175" t="s">
+        <v>27</v>
+      </c>
+      <c r="O175" t="s">
+        <v>946</v>
+      </c>
+      <c r="P175" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="176" spans="1:16">
+      <c r="A176" t="s">
+        <v>948</v>
+      </c>
+      <c r="B176" t="s">
+        <v>949</v>
+      </c>
+      <c r="C176" t="s">
+        <v>102</v>
+      </c>
+      <c r="D176" t="s">
+        <v>289</v>
+      </c>
+      <c r="E176" t="s">
+        <v>20</v>
+      </c>
+      <c r="F176" t="s">
+        <v>21</v>
+      </c>
+      <c r="G176" t="s">
+        <v>68</v>
+      </c>
+      <c r="H176">
+        <v>2019</v>
+      </c>
+      <c r="I176"/>
+      <c r="J176" t="s">
+        <v>104</v>
+      </c>
+      <c r="K176" t="s">
+        <v>34</v>
+      </c>
+      <c r="L176" t="s">
+        <v>950</v>
+      </c>
+      <c r="M176" t="s">
+        <v>927</v>
+      </c>
+      <c r="N176" t="s">
+        <v>27</v>
+      </c>
+      <c r="O176" t="s">
+        <v>951</v>
+      </c>
+      <c r="P176" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16">
+      <c r="A177" t="s">
+        <v>953</v>
+      </c>
+      <c r="B177" t="s">
+        <v>140</v>
+      </c>
+      <c r="C177" t="s">
+        <v>102</v>
+      </c>
+      <c r="D177" t="s">
+        <v>141</v>
+      </c>
+      <c r="E177" t="s">
+        <v>20</v>
+      </c>
+      <c r="F177" t="s">
+        <v>21</v>
+      </c>
+      <c r="G177" t="s">
+        <v>954</v>
+      </c>
+      <c r="H177">
+        <v>2018</v>
+      </c>
+      <c r="I177"/>
+      <c r="J177" t="s">
+        <v>251</v>
+      </c>
+      <c r="K177" t="s">
+        <v>34</v>
+      </c>
+      <c r="L177" t="s">
+        <v>142</v>
+      </c>
+      <c r="M177" t="s">
+        <v>927</v>
+      </c>
+      <c r="N177" t="s">
+        <v>27</v>
+      </c>
+      <c r="O177" t="s">
+        <v>955</v>
+      </c>
+      <c r="P177" t="s">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="178" spans="1:16">
+      <c r="A178" t="s">
+        <v>957</v>
+      </c>
+      <c r="B178" t="s">
+        <v>958</v>
+      </c>
+      <c r="C178" t="s">
+        <v>102</v>
+      </c>
+      <c r="D178" t="s">
+        <v>141</v>
+      </c>
+      <c r="E178" t="s">
+        <v>20</v>
+      </c>
+      <c r="F178" t="s">
+        <v>21</v>
+      </c>
+      <c r="G178" t="s">
+        <v>22</v>
+      </c>
+      <c r="H178">
+        <v>2018</v>
+      </c>
+      <c r="I178">
+        <v>2024</v>
+      </c>
+      <c r="J178" t="s">
+        <v>251</v>
+      </c>
+      <c r="K178" t="s">
+        <v>34</v>
+      </c>
+      <c r="L178" t="s">
+        <v>959</v>
+      </c>
+      <c r="M178" t="s">
+        <v>960</v>
+      </c>
+      <c r="N178" t="s">
+        <v>27</v>
+      </c>
+      <c r="O178" t="s">
+        <v>961</v>
+      </c>
+      <c r="P178" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="179" spans="1:16">
+      <c r="A179" t="s">
+        <v>963</v>
+      </c>
+      <c r="B179" t="s">
+        <v>964</v>
+      </c>
+      <c r="C179" t="s">
+        <v>102</v>
+      </c>
+      <c r="D179" t="s">
+        <v>141</v>
+      </c>
+      <c r="E179" t="s">
+        <v>20</v>
+      </c>
+      <c r="F179" t="s">
+        <v>21</v>
+      </c>
+      <c r="G179" t="s">
+        <v>68</v>
+      </c>
+      <c r="H179">
+        <v>2020</v>
+      </c>
+      <c r="I179"/>
+      <c r="J179" t="s">
+        <v>104</v>
+      </c>
+      <c r="K179" t="s">
+        <v>34</v>
+      </c>
+      <c r="L179" t="s">
+        <v>965</v>
+      </c>
+      <c r="M179" t="s">
+        <v>927</v>
+      </c>
+      <c r="N179" t="s">
+        <v>36</v>
+      </c>
+      <c r="O179" t="s">
+        <v>966</v>
+      </c>
+      <c r="P179" t="s">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="180" spans="1:16">
+      <c r="A180" t="s">
+        <v>968</v>
+      </c>
+      <c r="B180" t="s">
+        <v>969</v>
+      </c>
+      <c r="C180" t="s">
+        <v>102</v>
+      </c>
+      <c r="D180" t="s">
+        <v>164</v>
+      </c>
+      <c r="E180" t="s">
+        <v>42</v>
+      </c>
+      <c r="F180" t="s">
+        <v>21</v>
+      </c>
+      <c r="G180" t="s">
+        <v>933</v>
+      </c>
+      <c r="H180">
+        <v>2025</v>
+      </c>
+      <c r="I180"/>
+      <c r="J180" t="s">
+        <v>868</v>
+      </c>
+      <c r="K180" t="s">
+        <v>34</v>
+      </c>
+      <c r="L180" t="s">
+        <v>970</v>
+      </c>
+      <c r="M180" t="s">
+        <v>971</v>
+      </c>
+      <c r="N180" t="s">
+        <v>27</v>
+      </c>
+      <c r="O180" t="s">
+        <v>972</v>
+      </c>
+      <c r="P180" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="181" spans="1:16">
+      <c r="A181" t="s">
+        <v>974</v>
+      </c>
+      <c r="B181" t="s">
+        <v>975</v>
+      </c>
+      <c r="C181" t="s">
+        <v>976</v>
+      </c>
+      <c r="D181" t="s">
+        <v>258</v>
+      </c>
+      <c r="E181" t="s">
+        <v>42</v>
+      </c>
+      <c r="F181" t="s">
+        <v>21</v>
+      </c>
+      <c r="G181" t="s">
+        <v>68</v>
+      </c>
+      <c r="H181">
+        <v>1985</v>
+      </c>
+      <c r="I181"/>
+      <c r="J181" t="s">
+        <v>465</v>
+      </c>
+      <c r="K181" t="s">
+        <v>34</v>
+      </c>
+      <c r="L181" t="s">
+        <v>977</v>
+      </c>
+      <c r="M181" t="s">
+        <v>978</v>
+      </c>
+      <c r="N181" t="s">
+        <v>27</v>
+      </c>
+      <c r="O181" t="s">
+        <v>979</v>
+      </c>
+      <c r="P181" t="s">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="182" spans="1:16">
+      <c r="A182" t="s">
+        <v>981</v>
+      </c>
+      <c r="B182" t="s">
+        <v>982</v>
+      </c>
+      <c r="C182" t="s">
+        <v>976</v>
+      </c>
+      <c r="D182" t="s">
+        <v>62</v>
+      </c>
+      <c r="E182" t="s">
+        <v>42</v>
+      </c>
+      <c r="F182" t="s">
+        <v>21</v>
+      </c>
+      <c r="G182" t="s">
+        <v>68</v>
+      </c>
+      <c r="H182">
+        <v>1989</v>
+      </c>
+      <c r="I182"/>
+      <c r="J182" t="s">
+        <v>276</v>
+      </c>
+      <c r="K182" t="s">
+        <v>34</v>
+      </c>
+      <c r="L182"/>
+      <c r="M182" t="s">
+        <v>978</v>
+      </c>
+      <c r="N182" t="s">
+        <v>27</v>
+      </c>
+      <c r="O182" t="s">
+        <v>983</v>
+      </c>
+      <c r="P182" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="183" spans="1:16">
+      <c r="A183" t="s">
+        <v>985</v>
+      </c>
+      <c r="B183" t="s">
+        <v>986</v>
+      </c>
+      <c r="C183" t="s">
+        <v>976</v>
+      </c>
+      <c r="D183" t="s">
+        <v>53</v>
+      </c>
+      <c r="E183" t="s">
+        <v>42</v>
+      </c>
+      <c r="F183" t="s">
+        <v>21</v>
+      </c>
+      <c r="G183" t="s">
+        <v>22</v>
+      </c>
+      <c r="H183">
+        <v>1989</v>
+      </c>
+      <c r="I183">
+        <v>1991</v>
+      </c>
+      <c r="J183" t="s">
+        <v>465</v>
+      </c>
+      <c r="K183" t="s">
+        <v>34</v>
+      </c>
+      <c r="L183"/>
+      <c r="M183" t="s">
+        <v>987</v>
+      </c>
+      <c r="N183" t="s">
+        <v>27</v>
+      </c>
+      <c r="O183" t="s">
+        <v>988</v>
+      </c>
+      <c r="P183" t="s">
+        <v>989</v>
+      </c>
+    </row>
+    <row r="184" spans="1:16">
+      <c r="A184" t="s">
+        <v>990</v>
+      </c>
+      <c r="B184" t="s">
+        <v>991</v>
+      </c>
+      <c r="C184" t="s">
+        <v>976</v>
+      </c>
+      <c r="D184" t="s">
         <v>180</v>
       </c>
-      <c r="J174" t="s">
-[...5 lines deleted...]
-      <c r="L174" t="s">
+      <c r="E184" t="s">
+        <v>42</v>
+      </c>
+      <c r="F184" t="s">
+        <v>21</v>
+      </c>
+      <c r="G184" t="s">
+        <v>22</v>
+      </c>
+      <c r="H184">
+        <v>1989</v>
+      </c>
+      <c r="I184">
+        <v>2015</v>
+      </c>
+      <c r="J184" t="s">
+        <v>992</v>
+      </c>
+      <c r="K184" t="s">
+        <v>34</v>
+      </c>
+      <c r="L184"/>
+      <c r="M184" t="s">
+        <v>978</v>
+      </c>
+      <c r="N184" t="s">
+        <v>27</v>
+      </c>
+      <c r="O184" t="s">
+        <v>993</v>
+      </c>
+      <c r="P184" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="185" spans="1:16">
+      <c r="A185" t="s">
+        <v>995</v>
+      </c>
+      <c r="B185" t="s">
+        <v>996</v>
+      </c>
+      <c r="C185" t="s">
+        <v>976</v>
+      </c>
+      <c r="D185" t="s">
+        <v>180</v>
+      </c>
+      <c r="E185" t="s">
+        <v>42</v>
+      </c>
+      <c r="F185" t="s">
+        <v>21</v>
+      </c>
+      <c r="G185" t="s">
+        <v>68</v>
+      </c>
+      <c r="H185">
+        <v>1989</v>
+      </c>
+      <c r="I185"/>
+      <c r="J185" t="s">
+        <v>465</v>
+      </c>
+      <c r="K185" t="s">
+        <v>34</v>
+      </c>
+      <c r="L185"/>
+      <c r="M185" t="s">
+        <v>978</v>
+      </c>
+      <c r="N185" t="s">
+        <v>27</v>
+      </c>
+      <c r="O185" t="s">
+        <v>997</v>
+      </c>
+      <c r="P185" t="s">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="186" spans="1:16">
+      <c r="A186" t="s">
+        <v>999</v>
+      </c>
+      <c r="B186" t="s">
+        <v>1000</v>
+      </c>
+      <c r="C186" t="s">
+        <v>976</v>
+      </c>
+      <c r="D186" t="s">
         <v>604</v>
       </c>
-      <c r="M174" t="s">
-[...25 lines deleted...]
-      <c r="G175">
+      <c r="E186" t="s">
+        <v>42</v>
+      </c>
+      <c r="F186" t="s">
+        <v>21</v>
+      </c>
+      <c r="G186" t="s">
+        <v>68</v>
+      </c>
+      <c r="H186">
+        <v>1990</v>
+      </c>
+      <c r="I186"/>
+      <c r="J186" t="s">
+        <v>465</v>
+      </c>
+      <c r="K186" t="s">
+        <v>34</v>
+      </c>
+      <c r="L186"/>
+      <c r="M186" t="s">
+        <v>978</v>
+      </c>
+      <c r="N186" t="s">
+        <v>27</v>
+      </c>
+      <c r="O186" t="s">
+        <v>1001</v>
+      </c>
+      <c r="P186" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="187" spans="1:16">
+      <c r="A187" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B187" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C187" t="s">
+        <v>976</v>
+      </c>
+      <c r="D187" t="s">
+        <v>180</v>
+      </c>
+      <c r="E187" t="s">
+        <v>42</v>
+      </c>
+      <c r="F187" t="s">
+        <v>21</v>
+      </c>
+      <c r="G187" t="s">
+        <v>68</v>
+      </c>
+      <c r="H187">
+        <v>1989</v>
+      </c>
+      <c r="I187"/>
+      <c r="J187" t="s">
+        <v>465</v>
+      </c>
+      <c r="K187" t="s">
+        <v>34</v>
+      </c>
+      <c r="L187"/>
+      <c r="M187" t="s">
+        <v>978</v>
+      </c>
+      <c r="N187" t="s">
+        <v>27</v>
+      </c>
+      <c r="O187" t="s">
+        <v>1005</v>
+      </c>
+      <c r="P187" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="188" spans="1:16">
+      <c r="A188" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B188" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C188" t="s">
+        <v>976</v>
+      </c>
+      <c r="D188" t="s">
+        <v>533</v>
+      </c>
+      <c r="E188" t="s">
+        <v>42</v>
+      </c>
+      <c r="F188" t="s">
+        <v>21</v>
+      </c>
+      <c r="G188" t="s">
+        <v>68</v>
+      </c>
+      <c r="H188">
+        <v>1983</v>
+      </c>
+      <c r="I188"/>
+      <c r="J188" t="s">
+        <v>465</v>
+      </c>
+      <c r="K188" t="s">
+        <v>34</v>
+      </c>
+      <c r="L188" t="s">
+        <v>1009</v>
+      </c>
+      <c r="M188" t="s">
+        <v>978</v>
+      </c>
+      <c r="N188" t="s">
+        <v>27</v>
+      </c>
+      <c r="O188" t="s">
+        <v>1010</v>
+      </c>
+      <c r="P188" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="189" spans="1:16">
+      <c r="A189" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B189" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C189" t="s">
+        <v>976</v>
+      </c>
+      <c r="D189" t="s">
+        <v>62</v>
+      </c>
+      <c r="E189" t="s">
+        <v>42</v>
+      </c>
+      <c r="F189" t="s">
+        <v>21</v>
+      </c>
+      <c r="G189" t="s">
+        <v>68</v>
+      </c>
+      <c r="H189">
+        <v>1987</v>
+      </c>
+      <c r="I189"/>
+      <c r="J189" t="s">
+        <v>276</v>
+      </c>
+      <c r="K189" t="s">
+        <v>34</v>
+      </c>
+      <c r="L189"/>
+      <c r="M189" t="s">
+        <v>978</v>
+      </c>
+      <c r="N189" t="s">
+        <v>27</v>
+      </c>
+      <c r="O189" t="s">
+        <v>1014</v>
+      </c>
+      <c r="P189" t="s">
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="190" spans="1:16">
+      <c r="A190" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B190" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C190" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D190" t="s">
+        <v>53</v>
+      </c>
+      <c r="E190" t="s">
+        <v>20</v>
+      </c>
+      <c r="F190" t="s">
+        <v>544</v>
+      </c>
+      <c r="G190" t="s">
+        <v>22</v>
+      </c>
+      <c r="H190">
+        <v>2015</v>
+      </c>
+      <c r="I190">
+        <v>2024</v>
+      </c>
+      <c r="J190" t="s">
+        <v>1019</v>
+      </c>
+      <c r="K190" t="s">
+        <v>34</v>
+      </c>
+      <c r="L190" t="s">
+        <v>1020</v>
+      </c>
+      <c r="M190" t="s">
+        <v>1021</v>
+      </c>
+      <c r="N190" t="s">
+        <v>27</v>
+      </c>
+      <c r="O190" t="s">
+        <v>1022</v>
+      </c>
+      <c r="P190" t="s">
+        <v>1023</v>
+      </c>
+    </row>
+    <row r="191" spans="1:16">
+      <c r="A191" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B191" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C191" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D191" t="s">
+        <v>62</v>
+      </c>
+      <c r="E191" t="s">
+        <v>20</v>
+      </c>
+      <c r="F191" t="s">
+        <v>21</v>
+      </c>
+      <c r="G191" t="s">
+        <v>22</v>
+      </c>
+      <c r="H191">
+        <v>1999</v>
+      </c>
+      <c r="I191">
+        <v>2014</v>
+      </c>
+      <c r="J191" t="s">
+        <v>570</v>
+      </c>
+      <c r="K191" t="s">
+        <v>34</v>
+      </c>
+      <c r="L191" t="s">
+        <v>1027</v>
+      </c>
+      <c r="M191" t="s">
+        <v>1028</v>
+      </c>
+      <c r="N191" t="s">
+        <v>27</v>
+      </c>
+      <c r="O191" t="s">
+        <v>1029</v>
+      </c>
+      <c r="P191" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="192" spans="1:16">
+      <c r="A192" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B192" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C192" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D192" t="s">
+        <v>158</v>
+      </c>
+      <c r="E192" t="s">
+        <v>20</v>
+      </c>
+      <c r="F192" t="s">
+        <v>544</v>
+      </c>
+      <c r="G192" t="s">
+        <v>22</v>
+      </c>
+      <c r="H192">
+        <v>2013</v>
+      </c>
+      <c r="I192">
+        <v>2014</v>
+      </c>
+      <c r="J192" t="s">
+        <v>570</v>
+      </c>
+      <c r="K192" t="s">
+        <v>34</v>
+      </c>
+      <c r="L192" t="s">
+        <v>1032</v>
+      </c>
+      <c r="M192" t="s">
+        <v>1028</v>
+      </c>
+      <c r="N192" t="s">
+        <v>27</v>
+      </c>
+      <c r="O192" t="s">
+        <v>1033</v>
+      </c>
+      <c r="P192" t="s">
+        <v>1034</v>
+      </c>
+    </row>
+    <row r="193" spans="1:16">
+      <c r="A193" t="s">
+        <v>1035</v>
+      </c>
+      <c r="B193" t="s">
+        <v>1036</v>
+      </c>
+      <c r="C193" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D193" t="s">
+        <v>147</v>
+      </c>
+      <c r="E193" t="s">
+        <v>20</v>
+      </c>
+      <c r="F193" t="s">
+        <v>21</v>
+      </c>
+      <c r="G193" t="s">
+        <v>22</v>
+      </c>
+      <c r="H193">
+        <v>2008</v>
+      </c>
+      <c r="I193">
+        <v>2012</v>
+      </c>
+      <c r="J193" t="s">
+        <v>570</v>
+      </c>
+      <c r="K193" t="s">
+        <v>34</v>
+      </c>
+      <c r="L193" t="s">
+        <v>1037</v>
+      </c>
+      <c r="M193" t="s">
+        <v>1028</v>
+      </c>
+      <c r="N193" t="s">
+        <v>27</v>
+      </c>
+      <c r="O193" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P193" t="s">
+        <v>1039</v>
+      </c>
+    </row>
+    <row r="194" spans="1:16">
+      <c r="A194" t="s">
+        <v>1040</v>
+      </c>
+      <c r="B194" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C194" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D194" t="s">
+        <v>214</v>
+      </c>
+      <c r="E194" t="s">
+        <v>20</v>
+      </c>
+      <c r="F194" t="s">
+        <v>21</v>
+      </c>
+      <c r="G194" t="s">
+        <v>22</v>
+      </c>
+      <c r="H194">
+        <v>2005</v>
+      </c>
+      <c r="I194">
+        <v>2014</v>
+      </c>
+      <c r="J194" t="s">
+        <v>1042</v>
+      </c>
+      <c r="K194" t="s">
+        <v>34</v>
+      </c>
+      <c r="L194" t="s">
+        <v>1043</v>
+      </c>
+      <c r="M194" t="s">
+        <v>1028</v>
+      </c>
+      <c r="N194" t="s">
+        <v>27</v>
+      </c>
+      <c r="O194" t="s">
+        <v>1044</v>
+      </c>
+      <c r="P194" t="s">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="195" spans="1:16">
+      <c r="A195" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B195" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C195" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D195" t="s">
+        <v>53</v>
+      </c>
+      <c r="E195" t="s">
+        <v>20</v>
+      </c>
+      <c r="F195" t="s">
+        <v>544</v>
+      </c>
+      <c r="G195" t="s">
+        <v>22</v>
+      </c>
+      <c r="H195">
+        <v>2009</v>
+      </c>
+      <c r="I195">
+        <v>2013</v>
+      </c>
+      <c r="J195" t="s">
+        <v>570</v>
+      </c>
+      <c r="K195" t="s">
+        <v>34</v>
+      </c>
+      <c r="L195" t="s">
+        <v>1048</v>
+      </c>
+      <c r="M195" t="s">
+        <v>1028</v>
+      </c>
+      <c r="N195" t="s">
+        <v>27</v>
+      </c>
+      <c r="O195" t="s">
+        <v>1049</v>
+      </c>
+      <c r="P195" t="s">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="196" spans="1:16">
+      <c r="A196" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B196" t="s">
+        <v>1052</v>
+      </c>
+      <c r="C196" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D196" t="s">
+        <v>84</v>
+      </c>
+      <c r="E196" t="s">
+        <v>20</v>
+      </c>
+      <c r="F196" t="s">
+        <v>21</v>
+      </c>
+      <c r="G196" t="s">
+        <v>22</v>
+      </c>
+      <c r="H196">
+        <v>2001</v>
+      </c>
+      <c r="I196">
         <v>2019</v>
       </c>
-      <c r="H175"/>
-[...351 lines deleted...]
-      <c r="N183" t="s">
+      <c r="J196" t="s">
+        <v>1042</v>
+      </c>
+      <c r="K196" t="s">
+        <v>34</v>
+      </c>
+      <c r="L196" t="s">
+        <v>1053</v>
+      </c>
+      <c r="M196" t="s">
+        <v>1028</v>
+      </c>
+      <c r="N196" t="s">
+        <v>36</v>
+      </c>
+      <c r="O196" t="s">
+        <v>1054</v>
+      </c>
+      <c r="P196" t="s">
+        <v>1055</v>
+      </c>
+    </row>
+    <row r="197" spans="1:16">
+      <c r="A197" t="s">
+        <v>1056</v>
+      </c>
+      <c r="B197" t="s">
+        <v>1057</v>
+      </c>
+      <c r="C197" t="s">
         <v>646</v>
       </c>
-    </row>
-[...36 lines deleted...]
-      <c r="N184" t="s">
+      <c r="D197" t="s">
+        <v>62</v>
+      </c>
+      <c r="E197" t="s">
+        <v>42</v>
+      </c>
+      <c r="F197" t="s">
+        <v>54</v>
+      </c>
+      <c r="G197" t="s">
+        <v>22</v>
+      </c>
+      <c r="H197">
+        <v>2000</v>
+      </c>
+      <c r="I197">
+        <v>2013</v>
+      </c>
+      <c r="J197" t="s">
+        <v>465</v>
+      </c>
+      <c r="K197" t="s">
+        <v>34</v>
+      </c>
+      <c r="L197" t="s">
+        <v>1058</v>
+      </c>
+      <c r="M197" t="s">
         <v>648</v>
       </c>
-    </row>
-[...225 lines deleted...]
-      <c r="G190">
+      <c r="N197" t="s">
+        <v>27</v>
+      </c>
+      <c r="O197" t="s">
+        <v>1059</v>
+      </c>
+      <c r="P197" t="s">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="198" spans="1:16">
+      <c r="A198" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B198" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C198" t="s">
+        <v>646</v>
+      </c>
+      <c r="D198" t="s">
+        <v>62</v>
+      </c>
+      <c r="E198" t="s">
+        <v>42</v>
+      </c>
+      <c r="F198" t="s">
+        <v>54</v>
+      </c>
+      <c r="G198" t="s">
+        <v>22</v>
+      </c>
+      <c r="H198">
+        <v>2000</v>
+      </c>
+      <c r="I198">
         <v>2013</v>
       </c>
-      <c r="H190">
+      <c r="J198" t="s">
+        <v>465</v>
+      </c>
+      <c r="K198" t="s">
+        <v>34</v>
+      </c>
+      <c r="L198"/>
+      <c r="M198" t="s">
+        <v>648</v>
+      </c>
+      <c r="N198" t="s">
+        <v>27</v>
+      </c>
+      <c r="O198" t="s">
+        <v>1063</v>
+      </c>
+      <c r="P198" t="s">
+        <v>1064</v>
+      </c>
+    </row>
+    <row r="199" spans="1:16">
+      <c r="A199" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B199" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C199" t="s">
+        <v>646</v>
+      </c>
+      <c r="D199" t="s">
+        <v>62</v>
+      </c>
+      <c r="E199" t="s">
+        <v>42</v>
+      </c>
+      <c r="F199" t="s">
+        <v>54</v>
+      </c>
+      <c r="G199" t="s">
+        <v>22</v>
+      </c>
+      <c r="H199">
+        <v>2000</v>
+      </c>
+      <c r="I199">
+        <v>2013</v>
+      </c>
+      <c r="J199" t="s">
+        <v>465</v>
+      </c>
+      <c r="K199" t="s">
+        <v>34</v>
+      </c>
+      <c r="L199" t="s">
+        <v>1058</v>
+      </c>
+      <c r="M199" t="s">
+        <v>674</v>
+      </c>
+      <c r="N199" t="s">
+        <v>27</v>
+      </c>
+      <c r="O199" t="s">
+        <v>1067</v>
+      </c>
+      <c r="P199" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="200" spans="1:16">
+      <c r="A200" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B200" t="s">
+        <v>1070</v>
+      </c>
+      <c r="C200" t="s">
+        <v>646</v>
+      </c>
+      <c r="D200" t="s">
+        <v>533</v>
+      </c>
+      <c r="E200" t="s">
+        <v>42</v>
+      </c>
+      <c r="F200" t="s">
+        <v>54</v>
+      </c>
+      <c r="G200" t="s">
+        <v>68</v>
+      </c>
+      <c r="H200">
         <v>2014</v>
       </c>
-      <c r="I190" t="s">
-[...433 lines deleted...]
-      </c>
+      <c r="I200"/>
       <c r="J200" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>465</v>
+      </c>
+      <c r="K200" t="s">
+        <v>34</v>
+      </c>
+      <c r="L200"/>
       <c r="M200" t="s">
-        <v>24</v>
+        <v>648</v>
       </c>
       <c r="N200" t="s">
-        <v>694</v>
-[...2 lines deleted...]
-    <row r="201" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O200" t="s">
+        <v>1071</v>
+      </c>
+      <c r="P200" t="s">
+        <v>1072</v>
+      </c>
+    </row>
+    <row r="201" spans="1:16">
       <c r="A201" t="s">
-        <v>695</v>
+        <v>1073</v>
       </c>
       <c r="B201" t="s">
-        <v>424</v>
+        <v>1074</v>
       </c>
       <c r="C201" t="s">
-        <v>240</v>
+        <v>646</v>
       </c>
       <c r="D201" t="s">
-        <v>35</v>
+        <v>861</v>
       </c>
       <c r="E201" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="F201" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>54</v>
+      </c>
+      <c r="G201" t="s">
+        <v>68</v>
       </c>
       <c r="H201">
         <v>2015</v>
       </c>
-      <c r="I201" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I201"/>
       <c r="J201" t="s">
-        <v>29</v>
+        <v>465</v>
       </c>
       <c r="K201" t="s">
-        <v>695</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L201"/>
       <c r="M201" t="s">
-        <v>24</v>
+        <v>674</v>
       </c>
       <c r="N201" t="s">
-        <v>696</v>
-[...2 lines deleted...]
-    <row r="202" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O201" t="s">
+        <v>1075</v>
+      </c>
+      <c r="P201" t="s">
+        <v>1076</v>
+      </c>
+    </row>
+    <row r="202" spans="1:16">
       <c r="A202" t="s">
-        <v>697</v>
+        <v>1077</v>
       </c>
       <c r="B202" t="s">
-        <v>424</v>
+        <v>1078</v>
       </c>
       <c r="C202" t="s">
-        <v>333</v>
+        <v>646</v>
       </c>
       <c r="D202" t="s">
-        <v>35</v>
+        <v>369</v>
       </c>
       <c r="E202" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="F202" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="G202">
+        <v>54</v>
+      </c>
+      <c r="G202" t="s">
+        <v>22</v>
+      </c>
+      <c r="H202">
+        <v>2015</v>
+      </c>
+      <c r="I202">
+        <v>2015</v>
+      </c>
+      <c r="J202" t="s">
+        <v>465</v>
+      </c>
+      <c r="K202" t="s">
+        <v>34</v>
+      </c>
+      <c r="L202" t="s">
+        <v>1077</v>
+      </c>
+      <c r="M202" t="s">
+        <v>674</v>
+      </c>
+      <c r="N202" t="s">
+        <v>27</v>
+      </c>
+      <c r="O202" t="s">
+        <v>1079</v>
+      </c>
+      <c r="P202" t="s">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="203" spans="1:16">
+      <c r="A203" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B203" t="s">
+        <v>1082</v>
+      </c>
+      <c r="C203" t="s">
+        <v>646</v>
+      </c>
+      <c r="D203" t="s">
+        <v>514</v>
+      </c>
+      <c r="E203" t="s">
+        <v>42</v>
+      </c>
+      <c r="F203" t="s">
+        <v>54</v>
+      </c>
+      <c r="G203" t="s">
+        <v>68</v>
+      </c>
+      <c r="H203">
         <v>2016</v>
       </c>
-      <c r="H202"/>
-[...42 lines deleted...]
-      </c>
+      <c r="I203"/>
       <c r="J203" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>465</v>
+      </c>
+      <c r="K203" t="s">
+        <v>34</v>
+      </c>
+      <c r="L203"/>
       <c r="M203" t="s">
-        <v>24</v>
+        <v>674</v>
       </c>
       <c r="N203" t="s">
-        <v>700</v>
-[...2 lines deleted...]
-    <row r="204" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O203" t="s">
+        <v>1083</v>
+      </c>
+      <c r="P203" t="s">
+        <v>1084</v>
+      </c>
+    </row>
+    <row r="204" spans="1:16">
       <c r="A204" t="s">
-        <v>701</v>
+        <v>1085</v>
       </c>
       <c r="B204" t="s">
-        <v>424</v>
+        <v>1086</v>
       </c>
       <c r="C204" t="s">
-        <v>117</v>
+        <v>646</v>
       </c>
       <c r="D204" t="s">
-        <v>35</v>
+        <v>258</v>
       </c>
       <c r="E204" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="F204" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2000</v>
+        <v>54</v>
+      </c>
+      <c r="G204" t="s">
+        <v>68</v>
       </c>
       <c r="H204">
         <v>2016</v>
       </c>
-      <c r="I204" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I204"/>
       <c r="J204" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>465</v>
+      </c>
+      <c r="K204" t="s">
+        <v>34</v>
+      </c>
+      <c r="L204"/>
       <c r="M204" t="s">
-        <v>24</v>
+        <v>674</v>
       </c>
       <c r="N204" t="s">
-        <v>702</v>
-[...2 lines deleted...]
-    <row r="205" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O204" t="s">
+        <v>1087</v>
+      </c>
+      <c r="P204" t="s">
+        <v>1088</v>
+      </c>
+    </row>
+    <row r="205" spans="1:16">
       <c r="A205" t="s">
-        <v>703</v>
+        <v>1089</v>
       </c>
       <c r="B205" t="s">
-        <v>424</v>
+        <v>1090</v>
       </c>
       <c r="C205" t="s">
-        <v>117</v>
+        <v>646</v>
       </c>
       <c r="D205" t="s">
-        <v>35</v>
+        <v>158</v>
       </c>
       <c r="E205" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="F205" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G205">
+        <v>54</v>
+      </c>
+      <c r="G205" t="s">
+        <v>22</v>
+      </c>
+      <c r="H205">
         <v>2000</v>
       </c>
-      <c r="H205">
+      <c r="I205">
+        <v>2016</v>
+      </c>
+      <c r="J205" t="s">
+        <v>465</v>
+      </c>
+      <c r="K205" t="s">
+        <v>34</v>
+      </c>
+      <c r="L205"/>
+      <c r="M205" t="s">
+        <v>648</v>
+      </c>
+      <c r="N205" t="s">
+        <v>27</v>
+      </c>
+      <c r="O205" t="s">
+        <v>1091</v>
+      </c>
+      <c r="P205" t="s">
+        <v>1092</v>
+      </c>
+    </row>
+    <row r="206" spans="1:16">
+      <c r="A206" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B206" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C206" t="s">
+        <v>646</v>
+      </c>
+      <c r="D206" t="s">
+        <v>158</v>
+      </c>
+      <c r="E206" t="s">
+        <v>42</v>
+      </c>
+      <c r="F206" t="s">
+        <v>54</v>
+      </c>
+      <c r="G206" t="s">
+        <v>22</v>
+      </c>
+      <c r="H206">
+        <v>2000</v>
+      </c>
+      <c r="I206">
         <v>2015</v>
       </c>
-      <c r="I205" t="s">
-[...35 lines deleted...]
-      <c r="G206">
+      <c r="J206" t="s">
+        <v>465</v>
+      </c>
+      <c r="K206" t="s">
+        <v>34</v>
+      </c>
+      <c r="L206"/>
+      <c r="M206" t="s">
+        <v>674</v>
+      </c>
+      <c r="N206" t="s">
+        <v>27</v>
+      </c>
+      <c r="O206" t="s">
+        <v>1095</v>
+      </c>
+      <c r="P206" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="207" spans="1:16">
+      <c r="A207" t="s">
+        <v>1097</v>
+      </c>
+      <c r="B207" t="s">
+        <v>1098</v>
+      </c>
+      <c r="C207" t="s">
+        <v>646</v>
+      </c>
+      <c r="D207" t="s">
+        <v>180</v>
+      </c>
+      <c r="E207" t="s">
+        <v>42</v>
+      </c>
+      <c r="F207" t="s">
+        <v>54</v>
+      </c>
+      <c r="G207" t="s">
+        <v>22</v>
+      </c>
+      <c r="H207">
         <v>2000</v>
       </c>
-      <c r="H206">
+      <c r="I207">
         <v>2013</v>
       </c>
-      <c r="I206" t="s">
-[...37 lines deleted...]
-      <c r="G207">
+      <c r="J207" t="s">
+        <v>465</v>
+      </c>
+      <c r="K207" t="s">
+        <v>34</v>
+      </c>
+      <c r="L207" t="s">
+        <v>1058</v>
+      </c>
+      <c r="M207" t="s">
+        <v>674</v>
+      </c>
+      <c r="N207" t="s">
+        <v>27</v>
+      </c>
+      <c r="O207" t="s">
+        <v>1099</v>
+      </c>
+      <c r="P207" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="208" spans="1:16">
+      <c r="A208" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B208" t="s">
+        <v>1102</v>
+      </c>
+      <c r="C208" t="s">
+        <v>646</v>
+      </c>
+      <c r="D208" t="s">
+        <v>180</v>
+      </c>
+      <c r="E208" t="s">
+        <v>42</v>
+      </c>
+      <c r="F208" t="s">
+        <v>54</v>
+      </c>
+      <c r="G208" t="s">
+        <v>22</v>
+      </c>
+      <c r="H208">
         <v>2000</v>
       </c>
-      <c r="H207">
+      <c r="I208">
         <v>2013</v>
       </c>
-      <c r="I207" t="s">
-[...37 lines deleted...]
-      <c r="G208">
+      <c r="J208" t="s">
+        <v>465</v>
+      </c>
+      <c r="K208" t="s">
+        <v>34</v>
+      </c>
+      <c r="L208" t="s">
+        <v>1103</v>
+      </c>
+      <c r="M208" t="s">
+        <v>648</v>
+      </c>
+      <c r="N208" t="s">
+        <v>27</v>
+      </c>
+      <c r="O208" t="s">
+        <v>1104</v>
+      </c>
+      <c r="P208"/>
+    </row>
+    <row r="209" spans="1:16">
+      <c r="A209" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B209" t="s">
+        <v>1106</v>
+      </c>
+      <c r="C209" t="s">
+        <v>646</v>
+      </c>
+      <c r="D209" t="s">
+        <v>283</v>
+      </c>
+      <c r="E209" t="s">
+        <v>42</v>
+      </c>
+      <c r="F209" t="s">
+        <v>54</v>
+      </c>
+      <c r="G209" t="s">
+        <v>22</v>
+      </c>
+      <c r="H209">
         <v>2011</v>
       </c>
-      <c r="H208">
+      <c r="I209">
         <v>2013</v>
       </c>
-      <c r="I208" t="s">
-[...35 lines deleted...]
-      <c r="G209">
+      <c r="J209" t="s">
+        <v>465</v>
+      </c>
+      <c r="K209" t="s">
+        <v>34</v>
+      </c>
+      <c r="L209"/>
+      <c r="M209" t="s">
+        <v>674</v>
+      </c>
+      <c r="N209" t="s">
+        <v>27</v>
+      </c>
+      <c r="O209" t="s">
+        <v>1107</v>
+      </c>
+      <c r="P209" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="210" spans="1:16">
+      <c r="A210" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B210" t="s">
+        <v>1110</v>
+      </c>
+      <c r="C210" t="s">
+        <v>646</v>
+      </c>
+      <c r="D210" t="s">
+        <v>62</v>
+      </c>
+      <c r="E210" t="s">
+        <v>42</v>
+      </c>
+      <c r="F210" t="s">
+        <v>54</v>
+      </c>
+      <c r="G210" t="s">
+        <v>22</v>
+      </c>
+      <c r="H210">
         <v>2000</v>
       </c>
-      <c r="H209">
+      <c r="I210">
         <v>2015</v>
       </c>
-      <c r="I209" t="s">
-[...35 lines deleted...]
-      <c r="G210">
+      <c r="J210" t="s">
+        <v>465</v>
+      </c>
+      <c r="K210" t="s">
+        <v>34</v>
+      </c>
+      <c r="L210"/>
+      <c r="M210" t="s">
+        <v>648</v>
+      </c>
+      <c r="N210" t="s">
+        <v>27</v>
+      </c>
+      <c r="O210" t="s">
+        <v>1111</v>
+      </c>
+      <c r="P210" t="s">
+        <v>1112</v>
+      </c>
+    </row>
+    <row r="211" spans="1:16">
+      <c r="A211" t="s">
+        <v>1113</v>
+      </c>
+      <c r="B211" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C211" t="s">
+        <v>646</v>
+      </c>
+      <c r="D211" t="s">
+        <v>53</v>
+      </c>
+      <c r="E211" t="s">
+        <v>42</v>
+      </c>
+      <c r="F211" t="s">
+        <v>54</v>
+      </c>
+      <c r="G211" t="s">
+        <v>22</v>
+      </c>
+      <c r="H211">
         <v>2002</v>
       </c>
-      <c r="H210">
+      <c r="I211">
         <v>2013</v>
       </c>
-      <c r="I210" t="s">
-[...37 lines deleted...]
-      <c r="G211">
+      <c r="J211" t="s">
+        <v>465</v>
+      </c>
+      <c r="K211" t="s">
+        <v>34</v>
+      </c>
+      <c r="L211" t="s">
+        <v>1115</v>
+      </c>
+      <c r="M211" t="s">
+        <v>648</v>
+      </c>
+      <c r="N211" t="s">
+        <v>27</v>
+      </c>
+      <c r="O211" t="s">
+        <v>1116</v>
+      </c>
+      <c r="P211" t="s">
+        <v>1117</v>
+      </c>
+    </row>
+    <row r="212" spans="1:16">
+      <c r="A212" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B212" t="s">
+        <v>1119</v>
+      </c>
+      <c r="C212" t="s">
+        <v>646</v>
+      </c>
+      <c r="D212" t="s">
+        <v>62</v>
+      </c>
+      <c r="E212" t="s">
+        <v>42</v>
+      </c>
+      <c r="F212" t="s">
+        <v>54</v>
+      </c>
+      <c r="G212" t="s">
+        <v>22</v>
+      </c>
+      <c r="H212">
         <v>2000</v>
       </c>
-      <c r="H211">
+      <c r="I212">
         <v>2015</v>
       </c>
-      <c r="I211" t="s">
-[...35 lines deleted...]
-      <c r="G212">
+      <c r="J212" t="s">
+        <v>465</v>
+      </c>
+      <c r="K212" t="s">
+        <v>34</v>
+      </c>
+      <c r="L212"/>
+      <c r="M212" t="s">
+        <v>674</v>
+      </c>
+      <c r="N212" t="s">
+        <v>27</v>
+      </c>
+      <c r="O212" t="s">
+        <v>1120</v>
+      </c>
+      <c r="P212" t="s">
+        <v>1121</v>
+      </c>
+    </row>
+    <row r="213" spans="1:16">
+      <c r="A213" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B213" t="s">
+        <v>1123</v>
+      </c>
+      <c r="C213" t="s">
+        <v>646</v>
+      </c>
+      <c r="D213" t="s">
+        <v>658</v>
+      </c>
+      <c r="E213" t="s">
+        <v>42</v>
+      </c>
+      <c r="F213" t="s">
+        <v>54</v>
+      </c>
+      <c r="G213" t="s">
+        <v>22</v>
+      </c>
+      <c r="H213">
         <v>2001</v>
       </c>
-      <c r="H212">
+      <c r="I213">
         <v>2013</v>
       </c>
-      <c r="I212" t="s">
-[...35 lines deleted...]
-      <c r="G213">
+      <c r="J213" t="s">
+        <v>465</v>
+      </c>
+      <c r="K213" t="s">
+        <v>34</v>
+      </c>
+      <c r="L213"/>
+      <c r="M213" t="s">
+        <v>648</v>
+      </c>
+      <c r="N213" t="s">
+        <v>27</v>
+      </c>
+      <c r="O213" t="s">
+        <v>1124</v>
+      </c>
+      <c r="P213" t="s">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="214" spans="1:16">
+      <c r="A214" t="s">
+        <v>1126</v>
+      </c>
+      <c r="B214" t="s">
+        <v>1127</v>
+      </c>
+      <c r="C214" t="s">
+        <v>646</v>
+      </c>
+      <c r="D214" t="s">
+        <v>180</v>
+      </c>
+      <c r="E214" t="s">
+        <v>42</v>
+      </c>
+      <c r="F214" t="s">
+        <v>54</v>
+      </c>
+      <c r="G214" t="s">
+        <v>22</v>
+      </c>
+      <c r="H214">
         <v>2000</v>
       </c>
-      <c r="H213">
+      <c r="I214">
         <v>2013</v>
       </c>
-      <c r="I213" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="J214" t="s">
-        <v>29</v>
+        <v>465</v>
       </c>
       <c r="K214" t="s">
-        <v>723</v>
+        <v>34</v>
       </c>
       <c r="L214" t="s">
-        <v>426</v>
+        <v>781</v>
       </c>
       <c r="M214" t="s">
-        <v>24</v>
+        <v>648</v>
       </c>
       <c r="N214" t="s">
-        <v>724</v>
-[...2 lines deleted...]
-    <row r="215" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O214" t="s">
+        <v>1128</v>
+      </c>
+      <c r="P214" t="s">
+        <v>1129</v>
+      </c>
+    </row>
+    <row r="215" spans="1:16">
       <c r="A215" t="s">
-        <v>725</v>
+        <v>1130</v>
       </c>
       <c r="B215" t="s">
-        <v>424</v>
+        <v>1131</v>
       </c>
       <c r="C215" t="s">
-        <v>131</v>
+        <v>646</v>
       </c>
       <c r="D215" t="s">
-        <v>35</v>
+        <v>135</v>
       </c>
       <c r="E215" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="F215" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2000</v>
+        <v>54</v>
+      </c>
+      <c r="G215" t="s">
+        <v>68</v>
       </c>
       <c r="H215">
         <v>2014</v>
       </c>
-      <c r="I215" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I215"/>
       <c r="J215" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K215"/>
+        <v>465</v>
+      </c>
+      <c r="K215" t="s">
+        <v>34</v>
+      </c>
       <c r="L215" t="s">
-        <v>442</v>
+        <v>1130</v>
       </c>
       <c r="M215" t="s">
-        <v>24</v>
+        <v>648</v>
       </c>
       <c r="N215" t="s">
-        <v>726</v>
-[...2 lines deleted...]
-    <row r="216" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O215" t="s">
+        <v>1132</v>
+      </c>
+      <c r="P215" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="216" spans="1:16">
       <c r="A216" t="s">
-        <v>727</v>
+        <v>1134</v>
       </c>
       <c r="B216" t="s">
-        <v>728</v>
+        <v>1135</v>
       </c>
       <c r="C216" t="s">
-        <v>44</v>
+        <v>646</v>
       </c>
       <c r="D216" t="s">
-        <v>17</v>
+        <v>180</v>
       </c>
       <c r="E216" t="s">
-        <v>351</v>
+        <v>42</v>
       </c>
       <c r="F216" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G216">
+        <v>54</v>
+      </c>
+      <c r="G216" t="s">
+        <v>22</v>
+      </c>
+      <c r="H216">
+        <v>2000</v>
+      </c>
+      <c r="I216">
+        <v>2014</v>
+      </c>
+      <c r="J216" t="s">
+        <v>465</v>
+      </c>
+      <c r="K216" t="s">
+        <v>34</v>
+      </c>
+      <c r="L216"/>
+      <c r="M216" t="s">
+        <v>674</v>
+      </c>
+      <c r="N216" t="s">
+        <v>27</v>
+      </c>
+      <c r="O216" t="s">
+        <v>1136</v>
+      </c>
+      <c r="P216" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="217" spans="1:16">
+      <c r="A217" t="s">
+        <v>1138</v>
+      </c>
+      <c r="B217" t="s">
+        <v>1139</v>
+      </c>
+      <c r="C217" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D217" t="s">
+        <v>53</v>
+      </c>
+      <c r="E217" t="s">
+        <v>20</v>
+      </c>
+      <c r="F217" t="s">
+        <v>544</v>
+      </c>
+      <c r="G217" t="s">
+        <v>1141</v>
+      </c>
+      <c r="H217">
         <v>2015</v>
       </c>
-      <c r="H216">
+      <c r="I217">
         <v>2019</v>
       </c>
-      <c r="I216" t="s">
-[...37 lines deleted...]
-      <c r="G217">
+      <c r="J217" t="s">
+        <v>509</v>
+      </c>
+      <c r="K217" t="s">
+        <v>34</v>
+      </c>
+      <c r="L217" t="s">
+        <v>1142</v>
+      </c>
+      <c r="M217" t="s">
+        <v>1021</v>
+      </c>
+      <c r="N217" t="s">
+        <v>27</v>
+      </c>
+      <c r="O217" t="s">
+        <v>1143</v>
+      </c>
+      <c r="P217" t="s">
+        <v>1144</v>
+      </c>
+    </row>
+    <row r="218" spans="1:16">
+      <c r="A218" t="s">
+        <v>1145</v>
+      </c>
+      <c r="B218" t="s">
+        <v>1146</v>
+      </c>
+      <c r="C218" t="s">
+        <v>718</v>
+      </c>
+      <c r="D218" t="s">
+        <v>1147</v>
+      </c>
+      <c r="E218" t="s">
+        <v>42</v>
+      </c>
+      <c r="F218" t="s">
+        <v>43</v>
+      </c>
+      <c r="G218" t="s">
+        <v>68</v>
+      </c>
+      <c r="H218">
         <v>2022</v>
       </c>
-      <c r="H217"/>
-[...38 lines deleted...]
-      <c r="G218">
+      <c r="I218"/>
+      <c r="J218" t="s">
+        <v>1148</v>
+      </c>
+      <c r="K218" t="s">
+        <v>34</v>
+      </c>
+      <c r="L218" t="s">
+        <v>1149</v>
+      </c>
+      <c r="M218" t="s">
+        <v>1150</v>
+      </c>
+      <c r="N218" t="s">
+        <v>27</v>
+      </c>
+      <c r="O218" t="s">
+        <v>1151</v>
+      </c>
+      <c r="P218" t="s">
+        <v>1152</v>
+      </c>
+    </row>
+    <row r="219" spans="1:16">
+      <c r="A219" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B219" t="s">
+        <v>1154</v>
+      </c>
+      <c r="C219" t="s">
+        <v>718</v>
+      </c>
+      <c r="D219" t="s">
+        <v>1155</v>
+      </c>
+      <c r="E219" t="s">
+        <v>42</v>
+      </c>
+      <c r="F219" t="s">
+        <v>43</v>
+      </c>
+      <c r="G219" t="s">
+        <v>68</v>
+      </c>
+      <c r="H219">
         <v>2022</v>
       </c>
-      <c r="H218"/>
-[...38 lines deleted...]
-      <c r="G219">
+      <c r="I219"/>
+      <c r="J219" t="s">
+        <v>1148</v>
+      </c>
+      <c r="K219" t="s">
+        <v>34</v>
+      </c>
+      <c r="L219" t="s">
+        <v>1156</v>
+      </c>
+      <c r="M219" t="s">
+        <v>1150</v>
+      </c>
+      <c r="N219" t="s">
+        <v>27</v>
+      </c>
+      <c r="O219" t="s">
+        <v>1157</v>
+      </c>
+      <c r="P219" t="s">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="220" spans="1:16">
+      <c r="A220" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B220" t="s">
+        <v>1160</v>
+      </c>
+      <c r="C220" t="s">
+        <v>718</v>
+      </c>
+      <c r="D220" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E220" t="s">
+        <v>42</v>
+      </c>
+      <c r="F220" t="s">
+        <v>43</v>
+      </c>
+      <c r="G220" t="s">
+        <v>68</v>
+      </c>
+      <c r="H220">
         <v>2022</v>
       </c>
-      <c r="H219"/>
-[...26 lines deleted...]
-      <c r="C220" t="s">
+      <c r="I220"/>
+      <c r="J220" t="s">
+        <v>1148</v>
+      </c>
+      <c r="K220" t="s">
+        <v>34</v>
+      </c>
+      <c r="L220" t="s">
+        <v>1162</v>
+      </c>
+      <c r="M220" t="s">
+        <v>1150</v>
+      </c>
+      <c r="N220" t="s">
+        <v>27</v>
+      </c>
+      <c r="O220" t="s">
+        <v>1163</v>
+      </c>
+      <c r="P220" t="s">
+        <v>1164</v>
+      </c>
+    </row>
+    <row r="221" spans="1:16">
+      <c r="A221" t="s">
+        <v>1165</v>
+      </c>
+      <c r="B221" t="s">
+        <v>1166</v>
+      </c>
+      <c r="C221" t="s">
+        <v>581</v>
+      </c>
+      <c r="D221" t="s">
+        <v>569</v>
+      </c>
+      <c r="E221" t="s">
+        <v>42</v>
+      </c>
+      <c r="F221" t="s">
+        <v>54</v>
+      </c>
+      <c r="G221" t="s">
+        <v>22</v>
+      </c>
+      <c r="H221">
+        <v>1996</v>
+      </c>
+      <c r="I221">
+        <v>2012</v>
+      </c>
+      <c r="J221" t="s">
+        <v>582</v>
+      </c>
+      <c r="K221" t="s">
+        <v>34</v>
+      </c>
+      <c r="L221"/>
+      <c r="M221" t="s">
+        <v>583</v>
+      </c>
+      <c r="N221" t="s">
+        <v>27</v>
+      </c>
+      <c r="O221" t="s">
+        <v>1167</v>
+      </c>
+      <c r="P221" t="s">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="222" spans="1:16">
+      <c r="A222" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B222" t="s">
+        <v>1170</v>
+      </c>
+      <c r="C222" t="s">
+        <v>581</v>
+      </c>
+      <c r="D222" t="s">
+        <v>84</v>
+      </c>
+      <c r="E222" t="s">
+        <v>42</v>
+      </c>
+      <c r="F222" t="s">
+        <v>54</v>
+      </c>
+      <c r="G222" t="s">
+        <v>22</v>
+      </c>
+      <c r="H222">
+        <v>1996</v>
+      </c>
+      <c r="I222">
+        <v>2010</v>
+      </c>
+      <c r="J222" t="s">
+        <v>582</v>
+      </c>
+      <c r="K222" t="s">
+        <v>34</v>
+      </c>
+      <c r="L222"/>
+      <c r="M222" t="s">
+        <v>583</v>
+      </c>
+      <c r="N222" t="s">
+        <v>27</v>
+      </c>
+      <c r="O222" t="s">
+        <v>1171</v>
+      </c>
+      <c r="P222" t="s">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="223" spans="1:16">
+      <c r="A223" t="s">
+        <v>1172</v>
+      </c>
+      <c r="B223" t="s">
+        <v>1173</v>
+      </c>
+      <c r="C223" t="s">
+        <v>581</v>
+      </c>
+      <c r="D223" t="s">
+        <v>396</v>
+      </c>
+      <c r="E223" t="s">
+        <v>42</v>
+      </c>
+      <c r="F223" t="s">
+        <v>54</v>
+      </c>
+      <c r="G223" t="s">
+        <v>22</v>
+      </c>
+      <c r="H223">
+        <v>1996</v>
+      </c>
+      <c r="I223">
+        <v>2010</v>
+      </c>
+      <c r="J223" t="s">
+        <v>582</v>
+      </c>
+      <c r="K223" t="s">
+        <v>34</v>
+      </c>
+      <c r="L223"/>
+      <c r="M223" t="s">
+        <v>583</v>
+      </c>
+      <c r="N223" t="s">
+        <v>27</v>
+      </c>
+      <c r="O223" t="s">
+        <v>1174</v>
+      </c>
+      <c r="P223" t="s">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="224" spans="1:16">
+      <c r="A224" t="s">
+        <v>1175</v>
+      </c>
+      <c r="B224" t="s">
+        <v>1176</v>
+      </c>
+      <c r="C224" t="s">
+        <v>581</v>
+      </c>
+      <c r="D224" t="s">
         <v>369</v>
       </c>
-      <c r="D220" t="s">
-[...8 lines deleted...]
-      <c r="G220">
+      <c r="E224" t="s">
+        <v>42</v>
+      </c>
+      <c r="F224" t="s">
+        <v>54</v>
+      </c>
+      <c r="G224" t="s">
+        <v>22</v>
+      </c>
+      <c r="H224">
         <v>1996</v>
       </c>
-      <c r="H220">
-[...41 lines deleted...]
-      <c r="H221">
+      <c r="I224">
         <v>2010</v>
       </c>
-      <c r="I221" t="s">
-[...125 lines deleted...]
-      </c>
       <c r="J224" t="s">
-        <v>29</v>
+        <v>582</v>
       </c>
       <c r="K224" t="s">
-        <v>755</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L224"/>
       <c r="M224" t="s">
-        <v>24</v>
+        <v>583</v>
       </c>
       <c r="N224" t="s">
-        <v>756</v>
-[...2 lines deleted...]
-    <row r="225" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O224" t="s">
+        <v>1177</v>
+      </c>
+      <c r="P224" t="s">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="225" spans="1:16">
       <c r="A225" t="s">
-        <v>757</v>
+        <v>1178</v>
       </c>
       <c r="B225" t="s">
-        <v>320</v>
+        <v>1179</v>
       </c>
       <c r="C225" t="s">
-        <v>44</v>
+        <v>495</v>
       </c>
       <c r="D225" t="s">
-        <v>17</v>
+        <v>158</v>
       </c>
       <c r="E225" t="s">
-        <v>351</v>
+        <v>20</v>
       </c>
       <c r="F225" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>2021</v>
+        <v>544</v>
+      </c>
+      <c r="G225" t="s">
+        <v>68</v>
       </c>
       <c r="H225">
         <v>2024</v>
       </c>
-      <c r="I225" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I225"/>
       <c r="J225" t="s">
-        <v>29</v>
+        <v>1180</v>
       </c>
       <c r="K225" t="s">
-        <v>758</v>
+        <v>34</v>
       </c>
       <c r="L225" t="s">
-        <v>322</v>
+        <v>1181</v>
       </c>
       <c r="M225" t="s">
-        <v>24</v>
+        <v>497</v>
       </c>
       <c r="N225" t="s">
-        <v>759</v>
-[...2 lines deleted...]
-    <row r="226" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O225" t="s">
+        <v>1182</v>
+      </c>
+      <c r="P225" t="s">
+        <v>1183</v>
+      </c>
+    </row>
+    <row r="226" spans="1:16">
       <c r="A226" t="s">
-        <v>760</v>
+        <v>1184</v>
       </c>
       <c r="B226" t="s">
-        <v>761</v>
+        <v>1185</v>
       </c>
       <c r="C226" t="s">
-        <v>67</v>
+        <v>495</v>
       </c>
       <c r="D226" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="E226" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F226" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="G226">
+        <v>544</v>
+      </c>
+      <c r="G226" t="s">
+        <v>68</v>
+      </c>
+      <c r="H226">
         <v>2021</v>
       </c>
-      <c r="H226"/>
-[...1 lines deleted...]
-        <v>762</v>
+      <c r="I226">
+        <v>2024</v>
       </c>
       <c r="J226" t="s">
-        <v>29</v>
+        <v>1180</v>
       </c>
       <c r="K226" t="s">
-        <v>763</v>
+        <v>34</v>
       </c>
       <c r="L226" t="s">
-        <v>764</v>
+        <v>1186</v>
       </c>
       <c r="M226" t="s">
-        <v>24</v>
+        <v>497</v>
       </c>
       <c r="N226" t="s">
-        <v>765</v>
-[...2 lines deleted...]
-    <row r="227" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O226" t="s">
+        <v>1187</v>
+      </c>
+      <c r="P226" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="227" spans="1:16">
       <c r="A227" t="s">
-        <v>766</v>
+        <v>1189</v>
       </c>
       <c r="B227" t="s">
-        <v>761</v>
+        <v>1190</v>
       </c>
       <c r="C227" t="s">
-        <v>44</v>
+        <v>1191</v>
       </c>
       <c r="D227" t="s">
-        <v>17</v>
+        <v>84</v>
       </c>
       <c r="E227" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F227" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2009</v>
+        <v>43</v>
+      </c>
+      <c r="G227" t="s">
+        <v>68</v>
       </c>
       <c r="H227">
         <v>2021</v>
       </c>
-      <c r="I227" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I227"/>
       <c r="J227" t="s">
-        <v>29</v>
+        <v>1192</v>
       </c>
       <c r="K227" t="s">
-        <v>767</v>
+        <v>34</v>
       </c>
       <c r="L227" t="s">
-        <v>764</v>
+        <v>1193</v>
       </c>
       <c r="M227" t="s">
-        <v>24</v>
+        <v>1194</v>
       </c>
       <c r="N227" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-    <row r="228" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O227" t="s">
+        <v>1195</v>
+      </c>
+      <c r="P227" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="228" spans="1:16">
       <c r="A228" t="s">
-        <v>769</v>
+        <v>1197</v>
       </c>
       <c r="B228" t="s">
-        <v>770</v>
+        <v>1198</v>
       </c>
       <c r="C228" t="s">
-        <v>67</v>
+        <v>1191</v>
       </c>
       <c r="D228" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="E228" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F228" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G228">
+        <v>43</v>
+      </c>
+      <c r="G228" t="s">
+        <v>22</v>
+      </c>
+      <c r="H228">
+        <v>2009</v>
+      </c>
+      <c r="I228">
+        <v>2021</v>
+      </c>
+      <c r="J228" t="s">
+        <v>1192</v>
+      </c>
+      <c r="K228" t="s">
+        <v>34</v>
+      </c>
+      <c r="L228" t="s">
+        <v>1199</v>
+      </c>
+      <c r="M228" t="s">
+        <v>1194</v>
+      </c>
+      <c r="N228" t="s">
+        <v>27</v>
+      </c>
+      <c r="O228" t="s">
+        <v>1200</v>
+      </c>
+      <c r="P228" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="229" spans="1:16">
+      <c r="A229" t="s">
+        <v>1202</v>
+      </c>
+      <c r="B229" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C229" t="s">
+        <v>1204</v>
+      </c>
+      <c r="D229" t="s">
+        <v>84</v>
+      </c>
+      <c r="E229" t="s">
+        <v>20</v>
+      </c>
+      <c r="F229" t="s">
+        <v>21</v>
+      </c>
+      <c r="G229" t="s">
+        <v>22</v>
+      </c>
+      <c r="H229">
         <v>1996</v>
       </c>
-      <c r="H228">
+      <c r="I229">
         <v>2017</v>
       </c>
-      <c r="I228" t="s">
-[...29 lines deleted...]
-      <c r="E229" t="s">
+      <c r="J229" t="s">
+        <v>855</v>
+      </c>
+      <c r="K229" t="s">
+        <v>34</v>
+      </c>
+      <c r="L229"/>
+      <c r="M229" t="s">
+        <v>1205</v>
+      </c>
+      <c r="N229" t="s">
         <v>36</v>
       </c>
-      <c r="F229" t="s">
-[...2 lines deleted...]
-      <c r="G229">
+      <c r="O229" t="s">
+        <v>1206</v>
+      </c>
+      <c r="P229" t="s">
+        <v>1207</v>
+      </c>
+    </row>
+    <row r="230" spans="1:16">
+      <c r="A230" t="s">
+        <v>1208</v>
+      </c>
+      <c r="B230" t="s">
+        <v>1209</v>
+      </c>
+      <c r="C230" t="s">
+        <v>1204</v>
+      </c>
+      <c r="D230" t="s">
+        <v>84</v>
+      </c>
+      <c r="E230" t="s">
+        <v>20</v>
+      </c>
+      <c r="F230" t="s">
+        <v>43</v>
+      </c>
+      <c r="G230" t="s">
+        <v>22</v>
+      </c>
+      <c r="H230">
         <v>1996</v>
       </c>
-      <c r="H229">
+      <c r="I230">
         <v>2018</v>
       </c>
-      <c r="I229" t="s">
-[...35 lines deleted...]
-      <c r="G230">
+      <c r="J230" t="s">
+        <v>855</v>
+      </c>
+      <c r="K230" t="s">
+        <v>34</v>
+      </c>
+      <c r="L230"/>
+      <c r="M230" t="s">
+        <v>1205</v>
+      </c>
+      <c r="N230" t="s">
+        <v>36</v>
+      </c>
+      <c r="O230" t="s">
+        <v>1210</v>
+      </c>
+      <c r="P230" t="s">
+        <v>1211</v>
+      </c>
+    </row>
+    <row r="231" spans="1:16">
+      <c r="A231" t="s">
+        <v>1212</v>
+      </c>
+      <c r="B231" t="s">
+        <v>1213</v>
+      </c>
+      <c r="C231" t="s">
+        <v>1214</v>
+      </c>
+      <c r="D231" t="s">
+        <v>289</v>
+      </c>
+      <c r="E231" t="s">
+        <v>20</v>
+      </c>
+      <c r="F231" t="s">
+        <v>544</v>
+      </c>
+      <c r="G231" t="s">
+        <v>68</v>
+      </c>
+      <c r="H231">
         <v>2013</v>
       </c>
-      <c r="H230"/>
-[...38 lines deleted...]
-      <c r="G231">
+      <c r="I231"/>
+      <c r="J231" t="s">
+        <v>582</v>
+      </c>
+      <c r="K231" t="s">
+        <v>34</v>
+      </c>
+      <c r="L231" t="s">
+        <v>1215</v>
+      </c>
+      <c r="M231" t="s">
+        <v>1216</v>
+      </c>
+      <c r="N231" t="s">
+        <v>27</v>
+      </c>
+      <c r="O231" t="s">
+        <v>1217</v>
+      </c>
+      <c r="P231" t="s">
+        <v>1218</v>
+      </c>
+    </row>
+    <row r="232" spans="1:16">
+      <c r="A232" t="s">
+        <v>1219</v>
+      </c>
+      <c r="B232" t="s">
+        <v>1220</v>
+      </c>
+      <c r="C232" t="s">
+        <v>1214</v>
+      </c>
+      <c r="D232" t="s">
+        <v>180</v>
+      </c>
+      <c r="E232" t="s">
+        <v>20</v>
+      </c>
+      <c r="F232" t="s">
+        <v>544</v>
+      </c>
+      <c r="G232" t="s">
+        <v>22</v>
+      </c>
+      <c r="H232">
         <v>2012</v>
       </c>
-      <c r="H231">
+      <c r="I232">
         <v>2010</v>
       </c>
-      <c r="I231" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="J232" t="s">
-        <v>29</v>
+        <v>582</v>
       </c>
       <c r="K232" t="s">
-        <v>784</v>
+        <v>34</v>
       </c>
       <c r="L232" t="s">
-        <v>778</v>
+        <v>1221</v>
       </c>
       <c r="M232" t="s">
-        <v>24</v>
+        <v>1216</v>
       </c>
       <c r="N232" t="s">
-        <v>785</v>
-[...2 lines deleted...]
-    <row r="233" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O232" t="s">
+        <v>1222</v>
+      </c>
+      <c r="P232" t="s">
+        <v>1218</v>
+      </c>
+    </row>
+    <row r="233" spans="1:16">
       <c r="A233" t="s">
-        <v>786</v>
+        <v>1223</v>
       </c>
       <c r="B233" t="s">
-        <v>776</v>
+        <v>1224</v>
       </c>
       <c r="C233" t="s">
-        <v>369</v>
+        <v>1214</v>
       </c>
       <c r="D233" t="s">
-        <v>17</v>
+        <v>258</v>
       </c>
       <c r="E233" t="s">
-        <v>351</v>
+        <v>20</v>
       </c>
       <c r="F233" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>544</v>
+      </c>
+      <c r="G233" t="s">
+        <v>22</v>
       </c>
       <c r="H233">
         <v>2012</v>
       </c>
-      <c r="I233" t="s">
-        <v>379</v>
+      <c r="I233">
+        <v>2014</v>
       </c>
       <c r="J233" t="s">
-        <v>29</v>
+        <v>582</v>
       </c>
       <c r="K233" t="s">
-        <v>787</v>
+        <v>34</v>
       </c>
       <c r="L233" t="s">
-        <v>778</v>
+        <v>1225</v>
       </c>
       <c r="M233" t="s">
-        <v>24</v>
+        <v>1216</v>
       </c>
       <c r="N233" t="s">
-        <v>788</v>
-[...2 lines deleted...]
-    <row r="234" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O233" t="s">
+        <v>1226</v>
+      </c>
+      <c r="P233" t="s">
+        <v>1218</v>
+      </c>
+    </row>
+    <row r="234" spans="1:16">
       <c r="A234" t="s">
-        <v>789</v>
+        <v>1227</v>
       </c>
       <c r="B234" t="s">
-        <v>776</v>
+        <v>1228</v>
       </c>
       <c r="C234" t="s">
-        <v>67</v>
+        <v>1214</v>
       </c>
       <c r="D234" t="s">
-        <v>17</v>
+        <v>569</v>
       </c>
       <c r="E234" t="s">
-        <v>351</v>
+        <v>20</v>
       </c>
       <c r="F234" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>544</v>
+      </c>
+      <c r="G234" t="s">
+        <v>22</v>
       </c>
       <c r="H234">
         <v>2012</v>
       </c>
-      <c r="I234" t="s">
-        <v>379</v>
+      <c r="I234">
+        <v>2012</v>
       </c>
       <c r="J234" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K234"/>
+        <v>582</v>
+      </c>
+      <c r="K234" t="s">
+        <v>34</v>
+      </c>
       <c r="L234" t="s">
-        <v>778</v>
+        <v>1229</v>
       </c>
       <c r="M234" t="s">
-        <v>24</v>
+        <v>1216</v>
       </c>
       <c r="N234" t="s">
-        <v>790</v>
-[...2 lines deleted...]
-    <row r="235" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O234" t="s">
+        <v>1230</v>
+      </c>
+      <c r="P234" t="s">
+        <v>1218</v>
+      </c>
+    </row>
+    <row r="235" spans="1:16">
       <c r="A235" t="s">
-        <v>791</v>
+        <v>1231</v>
       </c>
       <c r="B235" t="s">
-        <v>792</v>
+        <v>1232</v>
       </c>
       <c r="C235" t="s">
-        <v>67</v>
+        <v>1214</v>
       </c>
       <c r="D235" t="s">
-        <v>17</v>
+        <v>84</v>
       </c>
       <c r="E235" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F235" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G235">
+        <v>544</v>
+      </c>
+      <c r="G235" t="s">
+        <v>22</v>
+      </c>
+      <c r="H235">
+        <v>2012</v>
+      </c>
+      <c r="I235">
+        <v>2012</v>
+      </c>
+      <c r="J235" t="s">
+        <v>582</v>
+      </c>
+      <c r="K235" t="s">
+        <v>34</v>
+      </c>
+      <c r="L235"/>
+      <c r="M235" t="s">
+        <v>1216</v>
+      </c>
+      <c r="N235" t="s">
+        <v>27</v>
+      </c>
+      <c r="O235" t="s">
+        <v>1233</v>
+      </c>
+      <c r="P235" t="s">
+        <v>1218</v>
+      </c>
+    </row>
+    <row r="236" spans="1:16">
+      <c r="A236" t="s">
+        <v>1234</v>
+      </c>
+      <c r="B236" t="s">
+        <v>1235</v>
+      </c>
+      <c r="C236" t="s">
+        <v>1236</v>
+      </c>
+      <c r="D236" t="s">
+        <v>84</v>
+      </c>
+      <c r="E236" t="s">
+        <v>20</v>
+      </c>
+      <c r="F236" t="s">
+        <v>21</v>
+      </c>
+      <c r="G236" t="s">
+        <v>22</v>
+      </c>
+      <c r="H236">
         <v>2013</v>
       </c>
-      <c r="H235">
+      <c r="I236">
         <v>2014</v>
       </c>
-      <c r="I235" t="s">
-[...37 lines deleted...]
-      <c r="G236">
+      <c r="J236" t="s">
+        <v>276</v>
+      </c>
+      <c r="K236" t="s">
+        <v>34</v>
+      </c>
+      <c r="L236" t="s">
+        <v>1237</v>
+      </c>
+      <c r="M236" t="s">
+        <v>1238</v>
+      </c>
+      <c r="N236" t="s">
+        <v>27</v>
+      </c>
+      <c r="O236" t="s">
+        <v>1239</v>
+      </c>
+      <c r="P236" t="s">
+        <v>1240</v>
+      </c>
+    </row>
+    <row r="237" spans="1:16">
+      <c r="A237" t="s">
+        <v>1241</v>
+      </c>
+      <c r="B237" t="s">
+        <v>1242</v>
+      </c>
+      <c r="C237" t="s">
+        <v>1236</v>
+      </c>
+      <c r="D237" t="s">
+        <v>191</v>
+      </c>
+      <c r="E237" t="s">
+        <v>20</v>
+      </c>
+      <c r="F237" t="s">
+        <v>43</v>
+      </c>
+      <c r="G237" t="s">
+        <v>22</v>
+      </c>
+      <c r="H237">
         <v>2013</v>
       </c>
-      <c r="H236">
+      <c r="I237">
         <v>2014</v>
       </c>
-      <c r="I236" t="s">
-[...37 lines deleted...]
-      <c r="G237">
+      <c r="J237" t="s">
+        <v>276</v>
+      </c>
+      <c r="K237" t="s">
+        <v>34</v>
+      </c>
+      <c r="L237" t="s">
+        <v>1243</v>
+      </c>
+      <c r="M237" t="s">
+        <v>1238</v>
+      </c>
+      <c r="N237" t="s">
+        <v>27</v>
+      </c>
+      <c r="O237" t="s">
+        <v>1244</v>
+      </c>
+      <c r="P237" t="s">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="238" spans="1:16">
+      <c r="A238" t="s">
+        <v>1246</v>
+      </c>
+      <c r="B238" t="s">
+        <v>1247</v>
+      </c>
+      <c r="C238" t="s">
+        <v>1236</v>
+      </c>
+      <c r="D238" t="s">
+        <v>191</v>
+      </c>
+      <c r="E238" t="s">
+        <v>20</v>
+      </c>
+      <c r="F238" t="s">
+        <v>21</v>
+      </c>
+      <c r="G238" t="s">
+        <v>22</v>
+      </c>
+      <c r="H238">
         <v>2013</v>
       </c>
-      <c r="H237">
+      <c r="I238">
         <v>2014</v>
       </c>
-      <c r="I237" t="s">
-[...37 lines deleted...]
-      <c r="G238">
+      <c r="J238" t="s">
+        <v>276</v>
+      </c>
+      <c r="K238" t="s">
+        <v>34</v>
+      </c>
+      <c r="L238" t="s">
+        <v>1248</v>
+      </c>
+      <c r="M238" t="s">
+        <v>1238</v>
+      </c>
+      <c r="N238" t="s">
+        <v>27</v>
+      </c>
+      <c r="O238" t="s">
+        <v>1249</v>
+      </c>
+      <c r="P238" t="s">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="239" spans="1:16">
+      <c r="A239" t="s">
+        <v>1251</v>
+      </c>
+      <c r="B239" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C239" t="s">
+        <v>1236</v>
+      </c>
+      <c r="D239" t="s">
+        <v>147</v>
+      </c>
+      <c r="E239" t="s">
+        <v>20</v>
+      </c>
+      <c r="F239" t="s">
+        <v>21</v>
+      </c>
+      <c r="G239" t="s">
+        <v>22</v>
+      </c>
+      <c r="H239">
         <v>2013</v>
       </c>
-      <c r="H238">
+      <c r="I239">
         <v>2014</v>
       </c>
-      <c r="I238" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="J239" t="s">
-        <v>29</v>
+        <v>276</v>
       </c>
       <c r="K239" t="s">
-        <v>806</v>
+        <v>34</v>
       </c>
       <c r="L239" t="s">
-        <v>794</v>
+        <v>1253</v>
       </c>
       <c r="M239" t="s">
-        <v>24</v>
+        <v>1238</v>
       </c>
       <c r="N239" t="s">
-        <v>807</v>
-[...2 lines deleted...]
-    <row r="240" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O239" t="s">
+        <v>1254</v>
+      </c>
+      <c r="P239" t="s">
+        <v>1255</v>
+      </c>
+    </row>
+    <row r="240" spans="1:16">
       <c r="A240" t="s">
-        <v>808</v>
+        <v>1256</v>
       </c>
       <c r="B240" t="s">
-        <v>792</v>
+        <v>1257</v>
       </c>
       <c r="C240" t="s">
-        <v>177</v>
+        <v>1236</v>
       </c>
       <c r="D240" t="s">
-        <v>17</v>
+        <v>214</v>
       </c>
       <c r="E240" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F240" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G240" t="s">
+        <v>22</v>
       </c>
       <c r="H240">
         <v>2013</v>
       </c>
-      <c r="I240" t="s">
+      <c r="I240">
+        <v>2014</v>
+      </c>
+      <c r="J240" t="s">
+        <v>276</v>
+      </c>
+      <c r="K240" t="s">
+        <v>34</v>
+      </c>
+      <c r="L240" t="s">
+        <v>1258</v>
+      </c>
+      <c r="M240" t="s">
+        <v>1238</v>
+      </c>
+      <c r="N240" t="s">
+        <v>27</v>
+      </c>
+      <c r="O240" t="s">
+        <v>1259</v>
+      </c>
+      <c r="P240" t="s">
+        <v>1260</v>
+      </c>
+    </row>
+    <row r="241" spans="1:16">
+      <c r="A241" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B241" t="s">
+        <v>1262</v>
+      </c>
+      <c r="C241" t="s">
+        <v>1236</v>
+      </c>
+      <c r="D241" t="s">
+        <v>271</v>
+      </c>
+      <c r="E241" t="s">
+        <v>20</v>
+      </c>
+      <c r="F241" t="s">
+        <v>21</v>
+      </c>
+      <c r="G241" t="s">
+        <v>22</v>
+      </c>
+      <c r="H241">
+        <v>2012</v>
+      </c>
+      <c r="I241">
+        <v>2013</v>
+      </c>
+      <c r="J241" t="s">
+        <v>276</v>
+      </c>
+      <c r="K241" t="s">
+        <v>34</v>
+      </c>
+      <c r="L241" t="s">
+        <v>1263</v>
+      </c>
+      <c r="M241" t="s">
+        <v>1238</v>
+      </c>
+      <c r="N241" t="s">
+        <v>27</v>
+      </c>
+      <c r="O241" t="s">
+        <v>1264</v>
+      </c>
+      <c r="P241" t="s">
+        <v>1265</v>
+      </c>
+    </row>
+    <row r="242" spans="1:16">
+      <c r="A242" t="s">
+        <v>1266</v>
+      </c>
+      <c r="B242" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C242" t="s">
+        <v>1268</v>
+      </c>
+      <c r="D242" t="s">
+        <v>62</v>
+      </c>
+      <c r="E242" t="s">
+        <v>20</v>
+      </c>
+      <c r="F242" t="s">
+        <v>21</v>
+      </c>
+      <c r="G242" t="s">
+        <v>68</v>
+      </c>
+      <c r="H242">
+        <v>2022</v>
+      </c>
+      <c r="I242"/>
+      <c r="J242" t="s">
+        <v>1269</v>
+      </c>
+      <c r="K242" t="s">
+        <v>34</v>
+      </c>
+      <c r="L242"/>
+      <c r="M242" t="s">
+        <v>1270</v>
+      </c>
+      <c r="N242" t="s">
+        <v>27</v>
+      </c>
+      <c r="O242" t="s">
+        <v>1271</v>
+      </c>
+      <c r="P242" t="s">
+        <v>1272</v>
+      </c>
+    </row>
+    <row r="243" spans="1:16">
+      <c r="A243" t="s">
+        <v>1273</v>
+      </c>
+      <c r="B243" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C243" t="s">
+        <v>1268</v>
+      </c>
+      <c r="D243" t="s">
+        <v>337</v>
+      </c>
+      <c r="E243" t="s">
+        <v>20</v>
+      </c>
+      <c r="F243" t="s">
+        <v>21</v>
+      </c>
+      <c r="G243" t="s">
+        <v>68</v>
+      </c>
+      <c r="H243"/>
+      <c r="I243"/>
+      <c r="J243" t="s">
+        <v>756</v>
+      </c>
+      <c r="K243" t="s">
+        <v>34</v>
+      </c>
+      <c r="L243"/>
+      <c r="M243" t="s">
+        <v>1270</v>
+      </c>
+      <c r="N243" t="s">
+        <v>27</v>
+      </c>
+      <c r="O243" t="s">
+        <v>1275</v>
+      </c>
+      <c r="P243" t="s">
+        <v>1272</v>
+      </c>
+    </row>
+    <row r="244" spans="1:16">
+      <c r="A244" t="s">
+        <v>1276</v>
+      </c>
+      <c r="B244" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C244" t="s">
+        <v>1268</v>
+      </c>
+      <c r="D244" t="s">
+        <v>1278</v>
+      </c>
+      <c r="E244" t="s">
+        <v>20</v>
+      </c>
+      <c r="F244" t="s">
+        <v>21</v>
+      </c>
+      <c r="G244" t="s">
+        <v>68</v>
+      </c>
+      <c r="H244">
+        <v>2022</v>
+      </c>
+      <c r="I244"/>
+      <c r="J244" t="s">
+        <v>1269</v>
+      </c>
+      <c r="K244" t="s">
+        <v>34</v>
+      </c>
+      <c r="L244"/>
+      <c r="M244" t="s">
+        <v>1270</v>
+      </c>
+      <c r="N244" t="s">
+        <v>27</v>
+      </c>
+      <c r="O244" t="s">
+        <v>1279</v>
+      </c>
+      <c r="P244" t="s">
+        <v>1272</v>
+      </c>
+    </row>
+    <row r="245" spans="1:16">
+      <c r="A245" t="s">
+        <v>1280</v>
+      </c>
+      <c r="B245" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C245" t="s">
+        <v>1268</v>
+      </c>
+      <c r="D245" t="s">
+        <v>53</v>
+      </c>
+      <c r="E245" t="s">
+        <v>20</v>
+      </c>
+      <c r="F245" t="s">
+        <v>21</v>
+      </c>
+      <c r="G245" t="s">
+        <v>68</v>
+      </c>
+      <c r="H245">
+        <v>2022</v>
+      </c>
+      <c r="I245"/>
+      <c r="J245" t="s">
+        <v>1269</v>
+      </c>
+      <c r="K245" t="s">
+        <v>34</v>
+      </c>
+      <c r="L245"/>
+      <c r="M245" t="s">
+        <v>1270</v>
+      </c>
+      <c r="N245" t="s">
+        <v>27</v>
+      </c>
+      <c r="O245" t="s">
+        <v>1282</v>
+      </c>
+      <c r="P245" t="s">
+        <v>1272</v>
+      </c>
+    </row>
+    <row r="246" spans="1:16">
+      <c r="A246" t="s">
+        <v>1283</v>
+      </c>
+      <c r="B246" t="s">
+        <v>1284</v>
+      </c>
+      <c r="C246" t="s">
+        <v>1268</v>
+      </c>
+      <c r="D246" t="s">
+        <v>632</v>
+      </c>
+      <c r="E246" t="s">
+        <v>20</v>
+      </c>
+      <c r="F246" t="s">
+        <v>21</v>
+      </c>
+      <c r="G246" t="s">
+        <v>68</v>
+      </c>
+      <c r="H246">
+        <v>2022</v>
+      </c>
+      <c r="I246"/>
+      <c r="J246" t="s">
+        <v>1269</v>
+      </c>
+      <c r="K246" t="s">
+        <v>34</v>
+      </c>
+      <c r="L246"/>
+      <c r="M246" t="s">
+        <v>1270</v>
+      </c>
+      <c r="N246" t="s">
+        <v>36</v>
+      </c>
+      <c r="O246" t="s">
+        <v>1285</v>
+      </c>
+      <c r="P246" t="s">
+        <v>1272</v>
+      </c>
+    </row>
+    <row r="247" spans="1:16">
+      <c r="A247" t="s">
+        <v>1286</v>
+      </c>
+      <c r="B247" t="s">
+        <v>1287</v>
+      </c>
+      <c r="C247" t="s">
+        <v>1268</v>
+      </c>
+      <c r="D247" t="s">
+        <v>300</v>
+      </c>
+      <c r="E247" t="s">
+        <v>42</v>
+      </c>
+      <c r="F247" t="s">
+        <v>21</v>
+      </c>
+      <c r="G247" t="s">
+        <v>68</v>
+      </c>
+      <c r="H247">
+        <v>2022</v>
+      </c>
+      <c r="I247"/>
+      <c r="J247" t="s">
+        <v>1269</v>
+      </c>
+      <c r="K247" t="s">
+        <v>1288</v>
+      </c>
+      <c r="L247"/>
+      <c r="M247" t="s">
+        <v>1270</v>
+      </c>
+      <c r="N247" t="s">
+        <v>1289</v>
+      </c>
+      <c r="O247" t="s">
+        <v>1290</v>
+      </c>
+      <c r="P247" t="s">
+        <v>1272</v>
+      </c>
+    </row>
+    <row r="248" spans="1:16">
+      <c r="A248" t="s">
+        <v>1291</v>
+      </c>
+      <c r="B248" t="s">
+        <v>1292</v>
+      </c>
+      <c r="C248" t="s">
+        <v>646</v>
+      </c>
+      <c r="D248" t="s">
+        <v>569</v>
+      </c>
+      <c r="E248" t="s">
+        <v>42</v>
+      </c>
+      <c r="F248" t="s">
+        <v>21</v>
+      </c>
+      <c r="G248" t="s">
+        <v>22</v>
+      </c>
+      <c r="H248">
+        <v>1981</v>
+      </c>
+      <c r="I248">
+        <v>2002</v>
+      </c>
+      <c r="J248" t="s">
+        <v>465</v>
+      </c>
+      <c r="K248" t="s">
+        <v>34</v>
+      </c>
+      <c r="L248"/>
+      <c r="M248" t="s">
+        <v>674</v>
+      </c>
+      <c r="N248" t="s">
+        <v>36</v>
+      </c>
+      <c r="O248" t="s">
+        <v>1293</v>
+      </c>
+      <c r="P248" t="s">
+        <v>1294</v>
+      </c>
+    </row>
+    <row r="249" spans="1:16">
+      <c r="A249" t="s">
+        <v>1295</v>
+      </c>
+      <c r="B249" t="s">
+        <v>1296</v>
+      </c>
+      <c r="C249" t="s">
+        <v>731</v>
+      </c>
+      <c r="D249" t="s">
+        <v>1297</v>
+      </c>
+      <c r="E249" t="s">
+        <v>20</v>
+      </c>
+      <c r="F249" t="s">
+        <v>544</v>
+      </c>
+      <c r="G249" t="s">
+        <v>22</v>
+      </c>
+      <c r="H249">
+        <v>2008</v>
+      </c>
+      <c r="I249">
+        <v>2020</v>
+      </c>
+      <c r="J249" t="s">
+        <v>44</v>
+      </c>
+      <c r="K249" t="s">
+        <v>34</v>
+      </c>
+      <c r="L249" t="s">
+        <v>1298</v>
+      </c>
+      <c r="M249" t="s">
+        <v>1299</v>
+      </c>
+      <c r="N249" t="s">
+        <v>36</v>
+      </c>
+      <c r="O249" t="s">
+        <v>1300</v>
+      </c>
+      <c r="P249" t="s">
+        <v>1301</v>
+      </c>
+    </row>
+    <row r="250" spans="1:16">
+      <c r="A250" t="s">
+        <v>1302</v>
+      </c>
+      <c r="B250" t="s">
+        <v>1303</v>
+      </c>
+      <c r="C250" t="s">
+        <v>638</v>
+      </c>
+      <c r="D250" t="s">
+        <v>53</v>
+      </c>
+      <c r="E250" t="s">
+        <v>20</v>
+      </c>
+      <c r="F250" t="s">
+        <v>43</v>
+      </c>
+      <c r="G250" t="s">
+        <v>933</v>
+      </c>
+      <c r="H250">
+        <v>2014</v>
+      </c>
+      <c r="I250"/>
+      <c r="J250" t="s">
+        <v>570</v>
+      </c>
+      <c r="K250" t="s">
+        <v>34</v>
+      </c>
+      <c r="L250" t="s">
+        <v>1304</v>
+      </c>
+      <c r="M250" t="s">
+        <v>1305</v>
+      </c>
+      <c r="N250" t="s">
+        <v>27</v>
+      </c>
+      <c r="O250" t="s">
+        <v>1306</v>
+      </c>
+      <c r="P250" t="s">
+        <v>1307</v>
+      </c>
+    </row>
+    <row r="251" spans="1:16">
+      <c r="A251" t="s">
+        <v>1308</v>
+      </c>
+      <c r="B251" t="s">
+        <v>1309</v>
+      </c>
+      <c r="C251" t="s">
+        <v>646</v>
+      </c>
+      <c r="D251" t="s">
+        <v>283</v>
+      </c>
+      <c r="E251" t="s">
+        <v>42</v>
+      </c>
+      <c r="F251" t="s">
+        <v>21</v>
+      </c>
+      <c r="G251" t="s">
+        <v>68</v>
+      </c>
+      <c r="H251">
+        <v>2011</v>
+      </c>
+      <c r="I251"/>
+      <c r="J251" t="s">
+        <v>465</v>
+      </c>
+      <c r="K251" t="s">
+        <v>34</v>
+      </c>
+      <c r="L251" t="s">
+        <v>679</v>
+      </c>
+      <c r="M251" t="s">
+        <v>648</v>
+      </c>
+      <c r="N251" t="s">
+        <v>27</v>
+      </c>
+      <c r="O251" t="s">
+        <v>1310</v>
+      </c>
+      <c r="P251" t="s">
+        <v>1294</v>
+      </c>
+    </row>
+    <row r="252" spans="1:16">
+      <c r="A252" t="s">
+        <v>1311</v>
+      </c>
+      <c r="B252" t="s">
+        <v>1312</v>
+      </c>
+      <c r="C252" t="s">
+        <v>1313</v>
+      </c>
+      <c r="D252" t="s">
+        <v>158</v>
+      </c>
+      <c r="E252" t="s">
+        <v>20</v>
+      </c>
+      <c r="F252" t="s">
+        <v>544</v>
+      </c>
+      <c r="G252" t="s">
+        <v>68</v>
+      </c>
+      <c r="H252">
+        <v>2013</v>
+      </c>
+      <c r="I252"/>
+      <c r="J252" t="s">
+        <v>465</v>
+      </c>
+      <c r="K252" t="s">
+        <v>34</v>
+      </c>
+      <c r="L252" t="s">
+        <v>1314</v>
+      </c>
+      <c r="M252" t="s">
+        <v>1315</v>
+      </c>
+      <c r="N252" t="s">
+        <v>27</v>
+      </c>
+      <c r="O252" t="s">
+        <v>1316</v>
+      </c>
+      <c r="P252" t="s">
+        <v>1317</v>
+      </c>
+    </row>
+    <row r="253" spans="1:16">
+      <c r="A253" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B253" t="s">
+        <v>1319</v>
+      </c>
+      <c r="C253" t="s">
+        <v>1313</v>
+      </c>
+      <c r="D253" t="s">
+        <v>53</v>
+      </c>
+      <c r="E253" t="s">
+        <v>20</v>
+      </c>
+      <c r="F253" t="s">
+        <v>544</v>
+      </c>
+      <c r="G253" t="s">
+        <v>22</v>
+      </c>
+      <c r="H253">
+        <v>2012</v>
+      </c>
+      <c r="I253">
+        <v>2017</v>
+      </c>
+      <c r="J253" t="s">
+        <v>465</v>
+      </c>
+      <c r="K253" t="s">
+        <v>34</v>
+      </c>
+      <c r="L253" t="s">
+        <v>1320</v>
+      </c>
+      <c r="M253" t="s">
+        <v>1315</v>
+      </c>
+      <c r="N253" t="s">
+        <v>27</v>
+      </c>
+      <c r="O253" t="s">
+        <v>1321</v>
+      </c>
+      <c r="P253" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="254" spans="1:16">
+      <c r="A254" t="s">
+        <v>1323</v>
+      </c>
+      <c r="B254" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C254" t="s">
+        <v>581</v>
+      </c>
+      <c r="D254" t="s">
+        <v>84</v>
+      </c>
+      <c r="E254" t="s">
+        <v>20</v>
+      </c>
+      <c r="F254" t="s">
+        <v>21</v>
+      </c>
+      <c r="G254" t="s">
+        <v>22</v>
+      </c>
+      <c r="H254">
+        <v>2008</v>
+      </c>
+      <c r="I254">
+        <v>2016</v>
+      </c>
+      <c r="J254" t="s">
+        <v>582</v>
+      </c>
+      <c r="K254" t="s">
+        <v>34</v>
+      </c>
+      <c r="L254"/>
+      <c r="M254" t="s">
+        <v>583</v>
+      </c>
+      <c r="N254" t="s">
+        <v>27</v>
+      </c>
+      <c r="O254" t="s">
+        <v>1325</v>
+      </c>
+      <c r="P254" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="255" spans="1:16">
+      <c r="A255" t="s">
+        <v>1326</v>
+      </c>
+      <c r="B255" t="s">
+        <v>1327</v>
+      </c>
+      <c r="C255" t="s">
+        <v>581</v>
+      </c>
+      <c r="D255" t="s">
+        <v>1278</v>
+      </c>
+      <c r="E255" t="s">
+        <v>20</v>
+      </c>
+      <c r="F255" t="s">
+        <v>21</v>
+      </c>
+      <c r="G255" t="s">
+        <v>68</v>
+      </c>
+      <c r="H255">
+        <v>2012</v>
+      </c>
+      <c r="I255"/>
+      <c r="J255" t="s">
+        <v>582</v>
+      </c>
+      <c r="K255" t="s">
+        <v>34</v>
+      </c>
+      <c r="L255"/>
+      <c r="M255" t="s">
+        <v>583</v>
+      </c>
+      <c r="N255" t="s">
+        <v>27</v>
+      </c>
+      <c r="O255" t="s">
+        <v>1328</v>
+      </c>
+      <c r="P255" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="256" spans="1:16">
+      <c r="A256" t="s">
+        <v>1329</v>
+      </c>
+      <c r="B256" t="s">
+        <v>1330</v>
+      </c>
+      <c r="C256" t="s">
+        <v>581</v>
+      </c>
+      <c r="D256" t="s">
+        <v>214</v>
+      </c>
+      <c r="E256" t="s">
+        <v>20</v>
+      </c>
+      <c r="F256" t="s">
+        <v>21</v>
+      </c>
+      <c r="G256" t="s">
+        <v>68</v>
+      </c>
+      <c r="H256">
+        <v>2009</v>
+      </c>
+      <c r="I256"/>
+      <c r="J256" t="s">
+        <v>582</v>
+      </c>
+      <c r="K256" t="s">
+        <v>34</v>
+      </c>
+      <c r="L256"/>
+      <c r="M256" t="s">
+        <v>583</v>
+      </c>
+      <c r="N256" t="s">
+        <v>27</v>
+      </c>
+      <c r="O256" t="s">
+        <v>1331</v>
+      </c>
+      <c r="P256" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="257" spans="1:16">
+      <c r="A257" t="s">
+        <v>1332</v>
+      </c>
+      <c r="B257" t="s">
+        <v>708</v>
+      </c>
+      <c r="C257" t="s">
+        <v>581</v>
+      </c>
+      <c r="D257" t="s">
+        <v>141</v>
+      </c>
+      <c r="E257" t="s">
+        <v>20</v>
+      </c>
+      <c r="F257" t="s">
+        <v>21</v>
+      </c>
+      <c r="G257" t="s">
+        <v>22</v>
+      </c>
+      <c r="H257">
+        <v>2011</v>
+      </c>
+      <c r="I257">
+        <v>2011</v>
+      </c>
+      <c r="J257" t="s">
+        <v>582</v>
+      </c>
+      <c r="K257" t="s">
+        <v>34</v>
+      </c>
+      <c r="L257" t="s">
+        <v>709</v>
+      </c>
+      <c r="M257" t="s">
+        <v>583</v>
+      </c>
+      <c r="N257" t="s">
+        <v>27</v>
+      </c>
+      <c r="O257" t="s">
+        <v>1333</v>
+      </c>
+      <c r="P257" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="258" spans="1:16">
+      <c r="A258" t="s">
+        <v>1334</v>
+      </c>
+      <c r="B258" t="s">
+        <v>1335</v>
+      </c>
+      <c r="C258" t="s">
+        <v>1313</v>
+      </c>
+      <c r="D258" t="s">
+        <v>62</v>
+      </c>
+      <c r="E258" t="s">
+        <v>20</v>
+      </c>
+      <c r="F258" t="s">
+        <v>21</v>
+      </c>
+      <c r="G258" t="s">
+        <v>68</v>
+      </c>
+      <c r="H258">
+        <v>2013</v>
+      </c>
+      <c r="I258"/>
+      <c r="J258" t="s">
+        <v>465</v>
+      </c>
+      <c r="K258" t="s">
+        <v>34</v>
+      </c>
+      <c r="L258" t="s">
+        <v>1336</v>
+      </c>
+      <c r="M258" t="s">
+        <v>1315</v>
+      </c>
+      <c r="N258" t="s">
+        <v>27</v>
+      </c>
+      <c r="O258" t="s">
+        <v>1337</v>
+      </c>
+      <c r="P258" t="s">
+        <v>1338</v>
+      </c>
+    </row>
+    <row r="259" spans="1:16">
+      <c r="A259" t="s">
+        <v>1339</v>
+      </c>
+      <c r="B259" t="s">
+        <v>701</v>
+      </c>
+      <c r="C259" t="s">
+        <v>581</v>
+      </c>
+      <c r="D259" t="s">
+        <v>283</v>
+      </c>
+      <c r="E259" t="s">
+        <v>20</v>
+      </c>
+      <c r="F259" t="s">
+        <v>21</v>
+      </c>
+      <c r="G259" t="s">
+        <v>22</v>
+      </c>
+      <c r="H259">
+        <v>2012</v>
+      </c>
+      <c r="I259">
+        <v>2012</v>
+      </c>
+      <c r="J259" t="s">
+        <v>582</v>
+      </c>
+      <c r="K259" t="s">
+        <v>34</v>
+      </c>
+      <c r="L259"/>
+      <c r="M259" t="s">
+        <v>583</v>
+      </c>
+      <c r="N259" t="s">
+        <v>27</v>
+      </c>
+      <c r="O259" t="s">
+        <v>1340</v>
+      </c>
+      <c r="P259" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="260" spans="1:16">
+      <c r="A260" t="s">
+        <v>1341</v>
+      </c>
+      <c r="B260" t="s">
+        <v>1342</v>
+      </c>
+      <c r="C260" t="s">
+        <v>1313</v>
+      </c>
+      <c r="D260" t="s">
+        <v>147</v>
+      </c>
+      <c r="E260" t="s">
+        <v>20</v>
+      </c>
+      <c r="F260" t="s">
+        <v>21</v>
+      </c>
+      <c r="G260" t="s">
+        <v>68</v>
+      </c>
+      <c r="H260">
+        <v>2008</v>
+      </c>
+      <c r="I260"/>
+      <c r="J260" t="s">
+        <v>465</v>
+      </c>
+      <c r="K260" t="s">
+        <v>34</v>
+      </c>
+      <c r="L260" t="s">
+        <v>1343</v>
+      </c>
+      <c r="M260" t="s">
+        <v>1315</v>
+      </c>
+      <c r="N260" t="s">
+        <v>27</v>
+      </c>
+      <c r="O260" t="s">
+        <v>1344</v>
+      </c>
+      <c r="P260" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="261" spans="1:16">
+      <c r="A261" t="s">
+        <v>1346</v>
+      </c>
+      <c r="B261" t="s">
+        <v>1347</v>
+      </c>
+      <c r="C261" t="s">
+        <v>581</v>
+      </c>
+      <c r="D261" t="s">
+        <v>147</v>
+      </c>
+      <c r="E261" t="s">
+        <v>20</v>
+      </c>
+      <c r="F261" t="s">
+        <v>21</v>
+      </c>
+      <c r="G261" t="s">
+        <v>22</v>
+      </c>
+      <c r="H261">
+        <v>2015</v>
+      </c>
+      <c r="I261">
+        <v>2019</v>
+      </c>
+      <c r="J261" t="s">
+        <v>69</v>
+      </c>
+      <c r="K261" t="s">
+        <v>34</v>
+      </c>
+      <c r="L261"/>
+      <c r="M261" t="s">
+        <v>1348</v>
+      </c>
+      <c r="N261" t="s">
+        <v>27</v>
+      </c>
+      <c r="O261" t="s">
+        <v>1349</v>
+      </c>
+      <c r="P261" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="262" spans="1:16">
+      <c r="A262" t="s">
+        <v>1351</v>
+      </c>
+      <c r="B262" t="s">
+        <v>625</v>
+      </c>
+      <c r="C262" t="s">
+        <v>581</v>
+      </c>
+      <c r="D262" t="s">
+        <v>147</v>
+      </c>
+      <c r="E262" t="s">
+        <v>20</v>
+      </c>
+      <c r="F262" t="s">
+        <v>21</v>
+      </c>
+      <c r="G262" t="s">
+        <v>68</v>
+      </c>
+      <c r="H262">
+        <v>2015</v>
+      </c>
+      <c r="I262"/>
+      <c r="J262" t="s">
+        <v>582</v>
+      </c>
+      <c r="K262" t="s">
+        <v>34</v>
+      </c>
+      <c r="L262"/>
+      <c r="M262" t="s">
+        <v>583</v>
+      </c>
+      <c r="N262" t="s">
+        <v>27</v>
+      </c>
+      <c r="O262" t="s">
+        <v>1352</v>
+      </c>
+      <c r="P262" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="263" spans="1:16">
+      <c r="A263" t="s">
+        <v>1353</v>
+      </c>
+      <c r="B263" t="s">
+        <v>1354</v>
+      </c>
+      <c r="C263" t="s">
+        <v>581</v>
+      </c>
+      <c r="D263" t="s">
+        <v>53</v>
+      </c>
+      <c r="E263" t="s">
+        <v>20</v>
+      </c>
+      <c r="F263" t="s">
+        <v>21</v>
+      </c>
+      <c r="G263" t="s">
+        <v>22</v>
+      </c>
+      <c r="H263">
+        <v>2012</v>
+      </c>
+      <c r="I263">
+        <v>2012</v>
+      </c>
+      <c r="J263" t="s">
+        <v>582</v>
+      </c>
+      <c r="K263" t="s">
+        <v>34</v>
+      </c>
+      <c r="L263"/>
+      <c r="M263" t="s">
+        <v>583</v>
+      </c>
+      <c r="N263" t="s">
+        <v>27</v>
+      </c>
+      <c r="O263" t="s">
+        <v>1355</v>
+      </c>
+      <c r="P263" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="264" spans="1:16">
+      <c r="A264" t="s">
+        <v>1356</v>
+      </c>
+      <c r="B264" t="s">
+        <v>1357</v>
+      </c>
+      <c r="C264" t="s">
+        <v>638</v>
+      </c>
+      <c r="D264" t="s">
+        <v>53</v>
+      </c>
+      <c r="E264" t="s">
+        <v>20</v>
+      </c>
+      <c r="F264" t="s">
+        <v>21</v>
+      </c>
+      <c r="G264" t="s">
+        <v>68</v>
+      </c>
+      <c r="H264"/>
+      <c r="I264"/>
+      <c r="J264" t="s">
+        <v>1358</v>
+      </c>
+      <c r="K264" t="s">
+        <v>34</v>
+      </c>
+      <c r="L264"/>
+      <c r="M264" t="s">
+        <v>1305</v>
+      </c>
+      <c r="N264" t="s">
+        <v>27</v>
+      </c>
+      <c r="O264" t="s">
+        <v>1359</v>
+      </c>
+      <c r="P264" t="s">
+        <v>1360</v>
+      </c>
+    </row>
+    <row r="265" spans="1:16">
+      <c r="A265" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B265" t="s">
+        <v>1362</v>
+      </c>
+      <c r="C265" t="s">
+        <v>638</v>
+      </c>
+      <c r="D265" t="s">
+        <v>84</v>
+      </c>
+      <c r="E265" t="s">
+        <v>20</v>
+      </c>
+      <c r="F265" t="s">
+        <v>21</v>
+      </c>
+      <c r="G265" t="s">
+        <v>933</v>
+      </c>
+      <c r="H265">
+        <v>2018</v>
+      </c>
+      <c r="I265"/>
+      <c r="J265" t="s">
+        <v>570</v>
+      </c>
+      <c r="K265" t="s">
+        <v>34</v>
+      </c>
+      <c r="L265" t="s">
+        <v>1363</v>
+      </c>
+      <c r="M265" t="s">
+        <v>1305</v>
+      </c>
+      <c r="N265" t="s">
+        <v>36</v>
+      </c>
+      <c r="O265" t="s">
+        <v>1364</v>
+      </c>
+      <c r="P265" t="s">
+        <v>1360</v>
+      </c>
+    </row>
+    <row r="266" spans="1:16">
+      <c r="A266" t="s">
+        <v>1365</v>
+      </c>
+      <c r="B266" t="s">
+        <v>1366</v>
+      </c>
+      <c r="C266" t="s">
+        <v>581</v>
+      </c>
+      <c r="D266" t="s">
+        <v>258</v>
+      </c>
+      <c r="E266" t="s">
+        <v>20</v>
+      </c>
+      <c r="F266" t="s">
+        <v>21</v>
+      </c>
+      <c r="G266" t="s">
+        <v>68</v>
+      </c>
+      <c r="H266">
+        <v>2009</v>
+      </c>
+      <c r="I266"/>
+      <c r="J266" t="s">
+        <v>582</v>
+      </c>
+      <c r="K266" t="s">
+        <v>34</v>
+      </c>
+      <c r="L266" t="s">
+        <v>714</v>
+      </c>
+      <c r="M266" t="s">
+        <v>583</v>
+      </c>
+      <c r="N266" t="s">
+        <v>27</v>
+      </c>
+      <c r="O266" t="s">
+        <v>1367</v>
+      </c>
+      <c r="P266" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="267" spans="1:16">
+      <c r="A267" t="s">
+        <v>1368</v>
+      </c>
+      <c r="B267" t="s">
+        <v>1369</v>
+      </c>
+      <c r="C267" t="s">
+        <v>1313</v>
+      </c>
+      <c r="D267" t="s">
+        <v>84</v>
+      </c>
+      <c r="E267" t="s">
+        <v>20</v>
+      </c>
+      <c r="F267" t="s">
+        <v>21</v>
+      </c>
+      <c r="G267" t="s">
+        <v>22</v>
+      </c>
+      <c r="H267">
+        <v>2002</v>
+      </c>
+      <c r="I267">
+        <v>2006</v>
+      </c>
+      <c r="J267" t="s">
+        <v>465</v>
+      </c>
+      <c r="K267" t="s">
+        <v>34</v>
+      </c>
+      <c r="L267" t="s">
+        <v>1370</v>
+      </c>
+      <c r="M267" t="s">
+        <v>1315</v>
+      </c>
+      <c r="N267" t="s">
+        <v>27</v>
+      </c>
+      <c r="O267" t="s">
+        <v>1371</v>
+      </c>
+      <c r="P267" t="s">
+        <v>1372</v>
+      </c>
+    </row>
+    <row r="268" spans="1:16">
+      <c r="A268" t="s">
+        <v>1373</v>
+      </c>
+      <c r="B268" t="s">
+        <v>1374</v>
+      </c>
+      <c r="C268" t="s">
+        <v>631</v>
+      </c>
+      <c r="D268" t="s">
+        <v>53</v>
+      </c>
+      <c r="E268" t="s">
+        <v>42</v>
+      </c>
+      <c r="F268" t="s">
+        <v>1375</v>
+      </c>
+      <c r="G268" t="s">
+        <v>68</v>
+      </c>
+      <c r="H268">
+        <v>2017</v>
+      </c>
+      <c r="I268"/>
+      <c r="J268" t="s">
+        <v>489</v>
+      </c>
+      <c r="K268" t="s">
+        <v>34</v>
+      </c>
+      <c r="L268" t="s">
+        <v>1376</v>
+      </c>
+      <c r="M268" t="s">
+        <v>633</v>
+      </c>
+      <c r="N268" t="s">
+        <v>27</v>
+      </c>
+      <c r="O268" t="s">
+        <v>1377</v>
+      </c>
+      <c r="P268" t="s">
+        <v>1378</v>
+      </c>
+    </row>
+    <row r="269" spans="1:16">
+      <c r="A269" t="s">
+        <v>1379</v>
+      </c>
+      <c r="B269"/>
+      <c r="C269" t="s">
+        <v>646</v>
+      </c>
+      <c r="D269" t="s">
+        <v>164</v>
+      </c>
+      <c r="E269" t="s">
+        <v>20</v>
+      </c>
+      <c r="F269" t="s">
+        <v>21</v>
+      </c>
+      <c r="G269" t="s">
+        <v>68</v>
+      </c>
+      <c r="H269">
+        <v>2021</v>
+      </c>
+      <c r="I269"/>
+      <c r="J269" t="s">
+        <v>69</v>
+      </c>
+      <c r="K269" t="s">
+        <v>34</v>
+      </c>
+      <c r="L269"/>
+      <c r="M269" t="s">
+        <v>648</v>
+      </c>
+      <c r="N269" t="s">
+        <v>27</v>
+      </c>
+      <c r="O269" t="s">
+        <v>1380</v>
+      </c>
+      <c r="P269" t="s">
+        <v>1381</v>
+      </c>
+    </row>
+    <row r="270" spans="1:16">
+      <c r="A270" t="s">
+        <v>1382</v>
+      </c>
+      <c r="B270"/>
+      <c r="C270" t="s">
+        <v>646</v>
+      </c>
+      <c r="D270" t="s">
+        <v>283</v>
+      </c>
+      <c r="E270" t="s">
+        <v>20</v>
+      </c>
+      <c r="F270" t="s">
+        <v>21</v>
+      </c>
+      <c r="G270" t="s">
+        <v>22</v>
+      </c>
+      <c r="H270">
+        <v>2011</v>
+      </c>
+      <c r="I270">
+        <v>2018</v>
+      </c>
+      <c r="J270" t="s">
+        <v>69</v>
+      </c>
+      <c r="K270" t="s">
+        <v>34</v>
+      </c>
+      <c r="L270"/>
+      <c r="M270" t="s">
+        <v>1383</v>
+      </c>
+      <c r="N270" t="s">
+        <v>27</v>
+      </c>
+      <c r="O270" t="s">
+        <v>1384</v>
+      </c>
+      <c r="P270" t="s">
+        <v>1381</v>
+      </c>
+    </row>
+    <row r="271" spans="1:16">
+      <c r="A271" t="s">
+        <v>1385</v>
+      </c>
+      <c r="B271" t="s">
+        <v>1386</v>
+      </c>
+      <c r="C271" t="s">
+        <v>646</v>
+      </c>
+      <c r="D271" t="s">
+        <v>569</v>
+      </c>
+      <c r="E271" t="s">
+        <v>20</v>
+      </c>
+      <c r="F271" t="s">
+        <v>21</v>
+      </c>
+      <c r="G271" t="s">
+        <v>68</v>
+      </c>
+      <c r="H271">
+        <v>2002</v>
+      </c>
+      <c r="I271"/>
+      <c r="J271" t="s">
+        <v>69</v>
+      </c>
+      <c r="K271" t="s">
+        <v>34</v>
+      </c>
+      <c r="L271"/>
+      <c r="M271" t="s">
+        <v>648</v>
+      </c>
+      <c r="N271" t="s">
+        <v>27</v>
+      </c>
+      <c r="O271" t="s">
+        <v>1387</v>
+      </c>
+      <c r="P271"/>
+    </row>
+    <row r="272" spans="1:16">
+      <c r="A272" t="s">
+        <v>1388</v>
+      </c>
+      <c r="B272" t="s">
+        <v>1389</v>
+      </c>
+      <c r="C272" t="s">
+        <v>646</v>
+      </c>
+      <c r="D272" t="s">
+        <v>84</v>
+      </c>
+      <c r="E272" t="s">
+        <v>20</v>
+      </c>
+      <c r="F272" t="s">
+        <v>21</v>
+      </c>
+      <c r="G272" t="s">
+        <v>22</v>
+      </c>
+      <c r="H272">
+        <v>2002</v>
+      </c>
+      <c r="I272">
+        <v>2016</v>
+      </c>
+      <c r="J272" t="s">
+        <v>69</v>
+      </c>
+      <c r="K272" t="s">
+        <v>34</v>
+      </c>
+      <c r="L272"/>
+      <c r="M272" t="s">
+        <v>648</v>
+      </c>
+      <c r="N272" t="s">
+        <v>27</v>
+      </c>
+      <c r="O272" t="s">
+        <v>1390</v>
+      </c>
+      <c r="P272" t="s">
+        <v>1381</v>
+      </c>
+    </row>
+    <row r="273" spans="1:16">
+      <c r="A273" t="s">
+        <v>1391</v>
+      </c>
+      <c r="B273" t="s">
+        <v>1392</v>
+      </c>
+      <c r="C273" t="s">
+        <v>1313</v>
+      </c>
+      <c r="D273" t="s">
+        <v>214</v>
+      </c>
+      <c r="E273" t="s">
+        <v>20</v>
+      </c>
+      <c r="F273" t="s">
+        <v>21</v>
+      </c>
+      <c r="G273" t="s">
+        <v>22</v>
+      </c>
+      <c r="H273">
+        <v>2005</v>
+      </c>
+      <c r="I273">
+        <v>2011</v>
+      </c>
+      <c r="J273" t="s">
+        <v>465</v>
+      </c>
+      <c r="K273" t="s">
+        <v>34</v>
+      </c>
+      <c r="L273" t="s">
+        <v>1393</v>
+      </c>
+      <c r="M273" t="s">
+        <v>1315</v>
+      </c>
+      <c r="N273" t="s">
+        <v>27</v>
+      </c>
+      <c r="O273" t="s">
+        <v>1394</v>
+      </c>
+      <c r="P273" t="s">
+        <v>1395</v>
+      </c>
+    </row>
+    <row r="274" spans="1:16">
+      <c r="A274" t="s">
+        <v>1396</v>
+      </c>
+      <c r="B274" t="s">
+        <v>1397</v>
+      </c>
+      <c r="C274" t="s">
+        <v>718</v>
+      </c>
+      <c r="D274" t="s">
+        <v>1398</v>
+      </c>
+      <c r="E274" t="s">
+        <v>42</v>
+      </c>
+      <c r="F274" t="s">
+        <v>1399</v>
+      </c>
+      <c r="G274" t="s">
+        <v>68</v>
+      </c>
+      <c r="H274">
+        <v>2015</v>
+      </c>
+      <c r="I274"/>
+      <c r="J274" t="s">
+        <v>1148</v>
+      </c>
+      <c r="K274" t="s">
+        <v>34</v>
+      </c>
+      <c r="L274"/>
+      <c r="M274" t="s">
+        <v>1150</v>
+      </c>
+      <c r="N274" t="s">
+        <v>27</v>
+      </c>
+      <c r="O274" t="s">
+        <v>1400</v>
+      </c>
+      <c r="P274" t="s">
+        <v>1401</v>
+      </c>
+    </row>
+    <row r="275" spans="1:16">
+      <c r="A275" t="s">
+        <v>1402</v>
+      </c>
+      <c r="B275" t="s">
+        <v>1403</v>
+      </c>
+      <c r="C275" t="s">
+        <v>718</v>
+      </c>
+      <c r="D275" t="s">
+        <v>1404</v>
+      </c>
+      <c r="E275" t="s">
+        <v>42</v>
+      </c>
+      <c r="F275" t="s">
+        <v>1399</v>
+      </c>
+      <c r="G275" t="s">
+        <v>68</v>
+      </c>
+      <c r="H275">
+        <v>2015</v>
+      </c>
+      <c r="I275"/>
+      <c r="J275" t="s">
+        <v>1148</v>
+      </c>
+      <c r="K275" t="s">
+        <v>34</v>
+      </c>
+      <c r="L275"/>
+      <c r="M275" t="s">
+        <v>1150</v>
+      </c>
+      <c r="N275" t="s">
+        <v>27</v>
+      </c>
+      <c r="O275" t="s">
+        <v>1405</v>
+      </c>
+      <c r="P275" t="s">
+        <v>1406</v>
+      </c>
+    </row>
+    <row r="276" spans="1:16">
+      <c r="A276" t="s">
+        <v>1407</v>
+      </c>
+      <c r="B276" t="s">
+        <v>1408</v>
+      </c>
+      <c r="C276" t="s">
+        <v>718</v>
+      </c>
+      <c r="D276" t="s">
+        <v>1409</v>
+      </c>
+      <c r="E276" t="s">
+        <v>42</v>
+      </c>
+      <c r="F276" t="s">
+        <v>1399</v>
+      </c>
+      <c r="G276" t="s">
+        <v>68</v>
+      </c>
+      <c r="H276">
+        <v>2015</v>
+      </c>
+      <c r="I276"/>
+      <c r="J276" t="s">
+        <v>1148</v>
+      </c>
+      <c r="K276" t="s">
+        <v>34</v>
+      </c>
+      <c r="L276"/>
+      <c r="M276" t="s">
+        <v>1150</v>
+      </c>
+      <c r="N276" t="s">
+        <v>27</v>
+      </c>
+      <c r="O276" t="s">
+        <v>1410</v>
+      </c>
+      <c r="P276" t="s">
+        <v>1411</v>
+      </c>
+    </row>
+    <row r="277" spans="1:16">
+      <c r="A277" t="s">
+        <v>1412</v>
+      </c>
+      <c r="B277" t="s">
+        <v>1413</v>
+      </c>
+      <c r="C277" t="s">
+        <v>718</v>
+      </c>
+      <c r="D277" t="s">
+        <v>84</v>
+      </c>
+      <c r="E277" t="s">
+        <v>42</v>
+      </c>
+      <c r="F277" t="s">
+        <v>1399</v>
+      </c>
+      <c r="G277" t="s">
+        <v>68</v>
+      </c>
+      <c r="H277">
+        <v>2015</v>
+      </c>
+      <c r="I277"/>
+      <c r="J277" t="s">
+        <v>1148</v>
+      </c>
+      <c r="K277" t="s">
+        <v>34</v>
+      </c>
+      <c r="L277"/>
+      <c r="M277" t="s">
+        <v>1150</v>
+      </c>
+      <c r="N277" t="s">
+        <v>27</v>
+      </c>
+      <c r="O277" t="s">
+        <v>1414</v>
+      </c>
+      <c r="P277" t="s">
+        <v>1415</v>
+      </c>
+    </row>
+    <row r="278" spans="1:16">
+      <c r="A278" t="s">
+        <v>1416</v>
+      </c>
+      <c r="B278" t="s">
+        <v>1417</v>
+      </c>
+      <c r="C278" t="s">
+        <v>718</v>
+      </c>
+      <c r="D278" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E278" t="s">
+        <v>42</v>
+      </c>
+      <c r="F278" t="s">
+        <v>1399</v>
+      </c>
+      <c r="G278" t="s">
+        <v>68</v>
+      </c>
+      <c r="H278">
+        <v>2015</v>
+      </c>
+      <c r="I278"/>
+      <c r="J278" t="s">
+        <v>1148</v>
+      </c>
+      <c r="K278" t="s">
+        <v>34</v>
+      </c>
+      <c r="L278"/>
+      <c r="M278" t="s">
+        <v>1150</v>
+      </c>
+      <c r="N278" t="s">
+        <v>27</v>
+      </c>
+      <c r="O278" t="s">
+        <v>1418</v>
+      </c>
+      <c r="P278" t="s">
+        <v>1419</v>
+      </c>
+    </row>
+    <row r="279" spans="1:16">
+      <c r="A279" t="s">
+        <v>1420</v>
+      </c>
+      <c r="B279" t="s">
+        <v>1421</v>
+      </c>
+      <c r="C279" t="s">
+        <v>718</v>
+      </c>
+      <c r="D279" t="s">
+        <v>1422</v>
+      </c>
+      <c r="E279" t="s">
+        <v>42</v>
+      </c>
+      <c r="F279" t="s">
+        <v>1399</v>
+      </c>
+      <c r="G279" t="s">
+        <v>68</v>
+      </c>
+      <c r="H279">
+        <v>2015</v>
+      </c>
+      <c r="I279"/>
+      <c r="J279" t="s">
+        <v>1148</v>
+      </c>
+      <c r="K279" t="s">
+        <v>34</v>
+      </c>
+      <c r="L279"/>
+      <c r="M279" t="s">
+        <v>1150</v>
+      </c>
+      <c r="N279" t="s">
+        <v>27</v>
+      </c>
+      <c r="O279" t="s">
+        <v>1423</v>
+      </c>
+      <c r="P279" t="s">
+        <v>1424</v>
+      </c>
+    </row>
+    <row r="280" spans="1:16">
+      <c r="A280" t="s">
+        <v>1425</v>
+      </c>
+      <c r="B280" t="s">
+        <v>1426</v>
+      </c>
+      <c r="C280" t="s">
+        <v>718</v>
+      </c>
+      <c r="D280" t="s">
+        <v>1427</v>
+      </c>
+      <c r="E280" t="s">
+        <v>42</v>
+      </c>
+      <c r="F280" t="s">
+        <v>21</v>
+      </c>
+      <c r="G280" t="s">
+        <v>68</v>
+      </c>
+      <c r="H280">
+        <v>2015</v>
+      </c>
+      <c r="I280"/>
+      <c r="J280" t="s">
+        <v>1148</v>
+      </c>
+      <c r="K280" t="s">
+        <v>34</v>
+      </c>
+      <c r="L280"/>
+      <c r="M280" t="s">
+        <v>1150</v>
+      </c>
+      <c r="N280" t="s">
+        <v>27</v>
+      </c>
+      <c r="O280" t="s">
+        <v>1428</v>
+      </c>
+      <c r="P280" t="s">
+        <v>1429</v>
+      </c>
+    </row>
+    <row r="281" spans="1:16">
+      <c r="A281" t="s">
+        <v>1430</v>
+      </c>
+      <c r="B281" t="s">
+        <v>1431</v>
+      </c>
+      <c r="C281" t="s">
+        <v>718</v>
+      </c>
+      <c r="D281" t="s">
+        <v>1404</v>
+      </c>
+      <c r="E281" t="s">
+        <v>543</v>
+      </c>
+      <c r="F281" t="s">
+        <v>1399</v>
+      </c>
+      <c r="G281" t="s">
+        <v>68</v>
+      </c>
+      <c r="H281">
+        <v>2015</v>
+      </c>
+      <c r="I281"/>
+      <c r="J281" t="s">
+        <v>1148</v>
+      </c>
+      <c r="K281" t="s">
+        <v>34</v>
+      </c>
+      <c r="L281"/>
+      <c r="M281" t="s">
+        <v>1150</v>
+      </c>
+      <c r="N281" t="s">
+        <v>27</v>
+      </c>
+      <c r="O281" t="s">
+        <v>1432</v>
+      </c>
+      <c r="P281" t="s">
+        <v>1433</v>
+      </c>
+    </row>
+    <row r="282" spans="1:16">
+      <c r="A282" t="s">
+        <v>1434</v>
+      </c>
+      <c r="B282" t="s">
+        <v>1435</v>
+      </c>
+      <c r="C282" t="s">
+        <v>718</v>
+      </c>
+      <c r="D282" t="s">
+        <v>1404</v>
+      </c>
+      <c r="E282" t="s">
+        <v>42</v>
+      </c>
+      <c r="F282" t="s">
+        <v>1399</v>
+      </c>
+      <c r="G282" t="s">
+        <v>68</v>
+      </c>
+      <c r="H282">
+        <v>2015</v>
+      </c>
+      <c r="I282"/>
+      <c r="J282" t="s">
+        <v>1148</v>
+      </c>
+      <c r="K282" t="s">
+        <v>34</v>
+      </c>
+      <c r="L282"/>
+      <c r="M282" t="s">
+        <v>1150</v>
+      </c>
+      <c r="N282" t="s">
+        <v>27</v>
+      </c>
+      <c r="O282" t="s">
+        <v>1436</v>
+      </c>
+      <c r="P282" t="s">
+        <v>1437</v>
+      </c>
+    </row>
+    <row r="283" spans="1:16">
+      <c r="A283" t="s">
+        <v>1438</v>
+      </c>
+      <c r="B283" t="s">
+        <v>1439</v>
+      </c>
+      <c r="C283" t="s">
+        <v>976</v>
+      </c>
+      <c r="D283" t="s">
+        <v>1440</v>
+      </c>
+      <c r="E283" t="s">
+        <v>42</v>
+      </c>
+      <c r="F283" t="s">
+        <v>43</v>
+      </c>
+      <c r="G283" t="s">
+        <v>68</v>
+      </c>
+      <c r="H283">
+        <v>2012</v>
+      </c>
+      <c r="I283"/>
+      <c r="J283" t="s">
+        <v>465</v>
+      </c>
+      <c r="K283" t="s">
+        <v>24</v>
+      </c>
+      <c r="L283" t="s">
+        <v>1441</v>
+      </c>
+      <c r="M283" t="s">
+        <v>1442</v>
+      </c>
+      <c r="N283" t="s">
+        <v>27</v>
+      </c>
+      <c r="O283" t="s">
+        <v>1443</v>
+      </c>
+      <c r="P283" t="s">
+        <v>1444</v>
+      </c>
+    </row>
+    <row r="284" spans="1:16">
+      <c r="A284" t="s">
+        <v>1445</v>
+      </c>
+      <c r="B284" t="s">
+        <v>1446</v>
+      </c>
+      <c r="C284" t="s">
+        <v>1191</v>
+      </c>
+      <c r="D284" t="s">
+        <v>84</v>
+      </c>
+      <c r="E284" t="s">
+        <v>20</v>
+      </c>
+      <c r="F284" t="s">
+        <v>21</v>
+      </c>
+      <c r="G284" t="s">
+        <v>22</v>
+      </c>
+      <c r="H284">
+        <v>2002</v>
+      </c>
+      <c r="I284">
+        <v>2017</v>
+      </c>
+      <c r="J284" t="s">
+        <v>1192</v>
+      </c>
+      <c r="K284" t="s">
+        <v>34</v>
+      </c>
+      <c r="L284" t="s">
+        <v>1447</v>
+      </c>
+      <c r="M284" t="s">
+        <v>1448</v>
+      </c>
+      <c r="N284" t="s">
+        <v>27</v>
+      </c>
+      <c r="O284" t="s">
+        <v>1449</v>
+      </c>
+      <c r="P284" t="s">
+        <v>1450</v>
+      </c>
+    </row>
+    <row r="285" spans="1:16">
+      <c r="A285" t="s">
+        <v>1451</v>
+      </c>
+      <c r="B285" t="s">
+        <v>1452</v>
+      </c>
+      <c r="C285" t="s">
+        <v>1453</v>
+      </c>
+      <c r="D285" t="s">
+        <v>53</v>
+      </c>
+      <c r="E285" t="s">
+        <v>42</v>
+      </c>
+      <c r="F285" t="s">
+        <v>21</v>
+      </c>
+      <c r="G285" t="s">
+        <v>68</v>
+      </c>
+      <c r="H285">
+        <v>2012</v>
+      </c>
+      <c r="I285"/>
+      <c r="J285" t="s">
+        <v>44</v>
+      </c>
+      <c r="K285" t="s">
+        <v>34</v>
+      </c>
+      <c r="L285" t="s">
+        <v>1454</v>
+      </c>
+      <c r="M285" t="s">
+        <v>1455</v>
+      </c>
+      <c r="N285" t="s">
+        <v>27</v>
+      </c>
+      <c r="O285" t="s">
+        <v>1456</v>
+      </c>
+      <c r="P285" t="s">
+        <v>1457</v>
+      </c>
+    </row>
+    <row r="286" spans="1:16">
+      <c r="A286" t="s">
+        <v>1458</v>
+      </c>
+      <c r="B286" t="s">
+        <v>1459</v>
+      </c>
+      <c r="C286" t="s">
+        <v>1453</v>
+      </c>
+      <c r="D286" t="s">
+        <v>258</v>
+      </c>
+      <c r="E286" t="s">
+        <v>42</v>
+      </c>
+      <c r="F286" t="s">
+        <v>21</v>
+      </c>
+      <c r="G286" t="s">
+        <v>68</v>
+      </c>
+      <c r="H286">
+        <v>2015</v>
+      </c>
+      <c r="I286"/>
+      <c r="J286" t="s">
+        <v>44</v>
+      </c>
+      <c r="K286" t="s">
+        <v>34</v>
+      </c>
+      <c r="L286" t="s">
+        <v>1460</v>
+      </c>
+      <c r="M286" t="s">
+        <v>1455</v>
+      </c>
+      <c r="N286" t="s">
+        <v>27</v>
+      </c>
+      <c r="O286" t="s">
+        <v>1461</v>
+      </c>
+      <c r="P286" t="s">
+        <v>1462</v>
+      </c>
+    </row>
+    <row r="287" spans="1:16">
+      <c r="A287" t="s">
+        <v>1463</v>
+      </c>
+      <c r="B287" t="s">
+        <v>1464</v>
+      </c>
+      <c r="C287" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D287" t="s">
+        <v>932</v>
+      </c>
+      <c r="E287" t="s">
+        <v>20</v>
+      </c>
+      <c r="F287" t="s">
+        <v>21</v>
+      </c>
+      <c r="G287" t="s">
+        <v>933</v>
+      </c>
+      <c r="H287">
+        <v>2024</v>
+      </c>
+      <c r="I287"/>
+      <c r="J287" t="s">
+        <v>1466</v>
+      </c>
+      <c r="K287" t="s">
+        <v>34</v>
+      </c>
+      <c r="L287" t="s">
+        <v>1467</v>
+      </c>
+      <c r="M287" t="s">
+        <v>1468</v>
+      </c>
+      <c r="N287" t="s">
+        <v>27</v>
+      </c>
+      <c r="O287" t="s">
+        <v>1469</v>
+      </c>
+      <c r="P287" t="s">
+        <v>1470</v>
+      </c>
+    </row>
+    <row r="288" spans="1:16">
+      <c r="A288" t="s">
+        <v>1471</v>
+      </c>
+      <c r="B288" t="s">
+        <v>1472</v>
+      </c>
+      <c r="C288" t="s">
+        <v>568</v>
+      </c>
+      <c r="D288" t="s">
+        <v>289</v>
+      </c>
+      <c r="E288" t="s">
+        <v>20</v>
+      </c>
+      <c r="F288" t="s">
+        <v>544</v>
+      </c>
+      <c r="G288" t="s">
+        <v>68</v>
+      </c>
+      <c r="H288">
+        <v>2020</v>
+      </c>
+      <c r="I288"/>
+      <c r="J288" t="s">
+        <v>1358</v>
+      </c>
+      <c r="K288" t="s">
+        <v>34</v>
+      </c>
+      <c r="L288" t="s">
+        <v>1473</v>
+      </c>
+      <c r="M288" t="s">
+        <v>1474</v>
+      </c>
+      <c r="N288" t="s">
+        <v>27</v>
+      </c>
+      <c r="O288" t="s">
+        <v>1475</v>
+      </c>
+      <c r="P288" t="s">
+        <v>1476</v>
+      </c>
+    </row>
+    <row r="289" spans="1:16">
+      <c r="A289" t="s">
+        <v>1477</v>
+      </c>
+      <c r="B289" t="s">
+        <v>1478</v>
+      </c>
+      <c r="C289" t="s">
+        <v>568</v>
+      </c>
+      <c r="D289" t="s">
+        <v>569</v>
+      </c>
+      <c r="E289" t="s">
+        <v>20</v>
+      </c>
+      <c r="F289" t="s">
+        <v>21</v>
+      </c>
+      <c r="G289" t="s">
+        <v>1479</v>
+      </c>
+      <c r="H289">
+        <v>1997</v>
+      </c>
+      <c r="I289">
+        <v>2005</v>
+      </c>
+      <c r="J289" t="s">
+        <v>570</v>
+      </c>
+      <c r="K289" t="s">
+        <v>34</v>
+      </c>
+      <c r="L289"/>
+      <c r="M289" t="s">
+        <v>1474</v>
+      </c>
+      <c r="N289" t="s">
+        <v>36</v>
+      </c>
+      <c r="O289" t="s">
+        <v>1480</v>
+      </c>
+      <c r="P289" t="s">
+        <v>1481</v>
+      </c>
+    </row>
+    <row r="290" spans="1:16">
+      <c r="A290" t="s">
+        <v>1482</v>
+      </c>
+      <c r="B290" t="s">
+        <v>1483</v>
+      </c>
+      <c r="C290" t="s">
+        <v>568</v>
+      </c>
+      <c r="D290" t="s">
+        <v>569</v>
+      </c>
+      <c r="E290" t="s">
+        <v>20</v>
+      </c>
+      <c r="F290" t="s">
+        <v>21</v>
+      </c>
+      <c r="G290" t="s">
+        <v>22</v>
+      </c>
+      <c r="H290">
+        <v>2004</v>
+      </c>
+      <c r="I290">
+        <v>2025</v>
+      </c>
+      <c r="J290" t="s">
+        <v>1358</v>
+      </c>
+      <c r="K290" t="s">
+        <v>34</v>
+      </c>
+      <c r="L290" t="s">
+        <v>1484</v>
+      </c>
+      <c r="M290" t="s">
+        <v>1474</v>
+      </c>
+      <c r="N290" t="s">
+        <v>27</v>
+      </c>
+      <c r="O290" t="s">
+        <v>1485</v>
+      </c>
+      <c r="P290" t="s">
+        <v>1486</v>
+      </c>
+    </row>
+    <row r="291" spans="1:16">
+      <c r="A291" t="s">
+        <v>1487</v>
+      </c>
+      <c r="B291" t="s">
+        <v>1488</v>
+      </c>
+      <c r="C291" t="s">
+        <v>568</v>
+      </c>
+      <c r="D291" t="s">
+        <v>84</v>
+      </c>
+      <c r="E291" t="s">
+        <v>20</v>
+      </c>
+      <c r="F291" t="s">
+        <v>21</v>
+      </c>
+      <c r="G291" t="s">
+        <v>8</v>
+      </c>
+      <c r="H291">
+        <v>2016</v>
+      </c>
+      <c r="I291">
+        <v>2025</v>
+      </c>
+      <c r="J291" t="s">
+        <v>1358</v>
+      </c>
+      <c r="K291" t="s">
+        <v>34</v>
+      </c>
+      <c r="L291" t="s">
+        <v>1489</v>
+      </c>
+      <c r="M291" t="s">
+        <v>1474</v>
+      </c>
+      <c r="N291" t="s">
+        <v>27</v>
+      </c>
+      <c r="O291" t="s">
+        <v>1490</v>
+      </c>
+      <c r="P291" t="s">
+        <v>1491</v>
+      </c>
+    </row>
+    <row r="292" spans="1:16">
+      <c r="A292" t="s">
+        <v>1492</v>
+      </c>
+      <c r="B292" t="s">
+        <v>1493</v>
+      </c>
+      <c r="C292" t="s">
+        <v>568</v>
+      </c>
+      <c r="D292" t="s">
+        <v>214</v>
+      </c>
+      <c r="E292" t="s">
+        <v>20</v>
+      </c>
+      <c r="F292" t="s">
+        <v>21</v>
+      </c>
+      <c r="G292" t="s">
+        <v>933</v>
+      </c>
+      <c r="H292">
+        <v>2017</v>
+      </c>
+      <c r="I292"/>
+      <c r="J292" t="s">
+        <v>1358</v>
+      </c>
+      <c r="K292" t="s">
+        <v>34</v>
+      </c>
+      <c r="L292" t="s">
+        <v>1494</v>
+      </c>
+      <c r="M292" t="s">
+        <v>1474</v>
+      </c>
+      <c r="N292" t="s">
+        <v>27</v>
+      </c>
+      <c r="O292" t="s">
+        <v>1495</v>
+      </c>
+      <c r="P292" t="s">
+        <v>1496</v>
+      </c>
+    </row>
+    <row r="293" spans="1:16">
+      <c r="A293" t="s">
+        <v>1497</v>
+      </c>
+      <c r="B293" t="s">
+        <v>1498</v>
+      </c>
+      <c r="C293" t="s">
+        <v>568</v>
+      </c>
+      <c r="D293" t="s">
+        <v>569</v>
+      </c>
+      <c r="E293" t="s">
+        <v>20</v>
+      </c>
+      <c r="F293" t="s">
+        <v>21</v>
+      </c>
+      <c r="G293" t="s">
+        <v>68</v>
+      </c>
+      <c r="H293">
+        <v>2021</v>
+      </c>
+      <c r="I293"/>
+      <c r="J293" t="s">
+        <v>570</v>
+      </c>
+      <c r="K293" t="s">
+        <v>34</v>
+      </c>
+      <c r="L293"/>
+      <c r="M293" t="s">
+        <v>1499</v>
+      </c>
+      <c r="N293" t="s">
+        <v>36</v>
+      </c>
+      <c r="O293" t="s">
+        <v>1500</v>
+      </c>
+      <c r="P293" t="s">
+        <v>1501</v>
+      </c>
+    </row>
+    <row r="294" spans="1:16">
+      <c r="A294" t="s">
+        <v>1502</v>
+      </c>
+      <c r="B294" t="s">
+        <v>1503</v>
+      </c>
+      <c r="C294" t="s">
+        <v>1504</v>
+      </c>
+      <c r="D294" t="s">
         <v>180</v>
       </c>
-      <c r="J240" t="s">
-[...8 lines deleted...]
-      <c r="M240" t="s">
+      <c r="E294" t="s">
+        <v>42</v>
+      </c>
+      <c r="F294" t="s">
+        <v>54</v>
+      </c>
+      <c r="G294" t="s">
+        <v>22</v>
+      </c>
+      <c r="H294">
+        <v>2006</v>
+      </c>
+      <c r="I294">
+        <v>2015</v>
+      </c>
+      <c r="J294" t="s">
+        <v>562</v>
+      </c>
+      <c r="K294" t="s">
+        <v>34</v>
+      </c>
+      <c r="L294" t="s">
+        <v>1505</v>
+      </c>
+      <c r="M294" t="s">
+        <v>1506</v>
+      </c>
+      <c r="N294" t="s">
+        <v>27</v>
+      </c>
+      <c r="O294" t="s">
+        <v>1507</v>
+      </c>
+      <c r="P294" t="s">
+        <v>1508</v>
+      </c>
+    </row>
+    <row r="295" spans="1:16">
+      <c r="A295" t="s">
+        <v>1509</v>
+      </c>
+      <c r="B295" t="s">
+        <v>1510</v>
+      </c>
+      <c r="C295" t="s">
+        <v>1504</v>
+      </c>
+      <c r="D295" t="s">
+        <v>1511</v>
+      </c>
+      <c r="E295" t="s">
+        <v>42</v>
+      </c>
+      <c r="F295" t="s">
+        <v>54</v>
+      </c>
+      <c r="G295" t="s">
+        <v>68</v>
+      </c>
+      <c r="H295">
+        <v>2014</v>
+      </c>
+      <c r="I295"/>
+      <c r="J295" t="s">
+        <v>562</v>
+      </c>
+      <c r="K295" t="s">
+        <v>1512</v>
+      </c>
+      <c r="L295" t="s">
+        <v>1513</v>
+      </c>
+      <c r="M295" t="s">
+        <v>1506</v>
+      </c>
+      <c r="N295" t="s">
+        <v>27</v>
+      </c>
+      <c r="O295" t="s">
+        <v>1514</v>
+      </c>
+      <c r="P295" t="s">
+        <v>1515</v>
+      </c>
+    </row>
+    <row r="296" spans="1:16">
+      <c r="A296" t="s">
+        <v>1516</v>
+      </c>
+      <c r="B296" t="s">
+        <v>1516</v>
+      </c>
+      <c r="C296" t="s">
+        <v>1504</v>
+      </c>
+      <c r="D296" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E296" t="s">
+        <v>42</v>
+      </c>
+      <c r="F296" t="s">
+        <v>54</v>
+      </c>
+      <c r="G296" t="s">
+        <v>68</v>
+      </c>
+      <c r="H296">
+        <v>2015</v>
+      </c>
+      <c r="I296"/>
+      <c r="J296" t="s">
+        <v>562</v>
+      </c>
+      <c r="K296" t="s">
+        <v>34</v>
+      </c>
+      <c r="L296" t="s">
+        <v>1518</v>
+      </c>
+      <c r="M296" t="s">
+        <v>1506</v>
+      </c>
+      <c r="N296" t="s">
+        <v>27</v>
+      </c>
+      <c r="O296" t="s">
+        <v>1519</v>
+      </c>
+      <c r="P296" t="s">
+        <v>1520</v>
+      </c>
+    </row>
+    <row r="297" spans="1:16">
+      <c r="A297" t="s">
+        <v>1521</v>
+      </c>
+      <c r="B297" t="s">
+        <v>1522</v>
+      </c>
+      <c r="C297" t="s">
+        <v>1504</v>
+      </c>
+      <c r="D297" t="s">
+        <v>1523</v>
+      </c>
+      <c r="E297" t="s">
+        <v>42</v>
+      </c>
+      <c r="F297" t="s">
+        <v>54</v>
+      </c>
+      <c r="G297" t="s">
+        <v>68</v>
+      </c>
+      <c r="H297">
+        <v>2015</v>
+      </c>
+      <c r="I297"/>
+      <c r="J297" t="s">
+        <v>562</v>
+      </c>
+      <c r="K297" t="s">
+        <v>34</v>
+      </c>
+      <c r="L297" t="s">
+        <v>1524</v>
+      </c>
+      <c r="M297" t="s">
+        <v>1506</v>
+      </c>
+      <c r="N297" t="s">
+        <v>27</v>
+      </c>
+      <c r="O297" t="s">
+        <v>1525</v>
+      </c>
+      <c r="P297" t="s">
+        <v>1526</v>
+      </c>
+    </row>
+    <row r="298" spans="1:16">
+      <c r="A298" t="s">
+        <v>1527</v>
+      </c>
+      <c r="B298" t="s">
+        <v>1528</v>
+      </c>
+      <c r="C298" t="s">
+        <v>1529</v>
+      </c>
+      <c r="D298" t="s">
+        <v>84</v>
+      </c>
+      <c r="E298" t="s">
+        <v>20</v>
+      </c>
+      <c r="F298" t="s">
+        <v>21</v>
+      </c>
+      <c r="G298" t="s">
+        <v>68</v>
+      </c>
+      <c r="H298">
+        <v>2010</v>
+      </c>
+      <c r="I298"/>
+      <c r="J298" t="s">
+        <v>1530</v>
+      </c>
+      <c r="K298" t="s">
+        <v>34</v>
+      </c>
+      <c r="L298"/>
+      <c r="M298" t="s">
+        <v>1531</v>
+      </c>
+      <c r="N298" t="s">
+        <v>27</v>
+      </c>
+      <c r="O298" t="s">
+        <v>1532</v>
+      </c>
+      <c r="P298" t="s">
+        <v>1533</v>
+      </c>
+    </row>
+    <row r="299" spans="1:16">
+      <c r="A299" t="s">
+        <v>1534</v>
+      </c>
+      <c r="B299" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C299" t="s">
+        <v>631</v>
+      </c>
+      <c r="D299" t="s">
+        <v>632</v>
+      </c>
+      <c r="E299" t="s">
+        <v>20</v>
+      </c>
+      <c r="F299" t="s">
+        <v>544</v>
+      </c>
+      <c r="G299" t="s">
+        <v>68</v>
+      </c>
+      <c r="H299">
+        <v>2014</v>
+      </c>
+      <c r="I299">
+        <v>2024</v>
+      </c>
+      <c r="J299" t="s">
+        <v>1180</v>
+      </c>
+      <c r="K299" t="s">
+        <v>34</v>
+      </c>
+      <c r="L299" t="s">
+        <v>1536</v>
+      </c>
+      <c r="M299" t="s">
+        <v>633</v>
+      </c>
+      <c r="N299" t="s">
+        <v>27</v>
+      </c>
+      <c r="O299" t="s">
+        <v>1537</v>
+      </c>
+      <c r="P299" t="s">
+        <v>1538</v>
+      </c>
+    </row>
+    <row r="300" spans="1:16">
+      <c r="A300" t="s">
+        <v>1539</v>
+      </c>
+      <c r="B300" t="s">
+        <v>1540</v>
+      </c>
+      <c r="C300" t="s">
+        <v>495</v>
+      </c>
+      <c r="D300" t="s">
+        <v>53</v>
+      </c>
+      <c r="E300" t="s">
+        <v>20</v>
+      </c>
+      <c r="F300" t="s">
+        <v>43</v>
+      </c>
+      <c r="G300" t="s">
+        <v>68</v>
+      </c>
+      <c r="H300">
+        <v>2013</v>
+      </c>
+      <c r="I300"/>
+      <c r="J300" t="s">
+        <v>1541</v>
+      </c>
+      <c r="K300" t="s">
+        <v>34</v>
+      </c>
+      <c r="L300" t="s">
+        <v>1542</v>
+      </c>
+      <c r="M300" t="s">
+        <v>497</v>
+      </c>
+      <c r="N300" t="s">
+        <v>27</v>
+      </c>
+      <c r="O300" t="s">
+        <v>1543</v>
+      </c>
+      <c r="P300" t="s">
+        <v>1544</v>
+      </c>
+    </row>
+    <row r="301" spans="1:16">
+      <c r="A301" t="s">
+        <v>1545</v>
+      </c>
+      <c r="B301" t="s">
+        <v>1546</v>
+      </c>
+      <c r="C301" t="s">
+        <v>1191</v>
+      </c>
+      <c r="D301" t="s">
+        <v>84</v>
+      </c>
+      <c r="E301" t="s">
+        <v>42</v>
+      </c>
+      <c r="F301" t="s">
+        <v>54</v>
+      </c>
+      <c r="G301" t="s">
+        <v>22</v>
+      </c>
+      <c r="H301">
+        <v>1995</v>
+      </c>
+      <c r="I301">
+        <v>2019</v>
+      </c>
+      <c r="J301" t="s">
+        <v>1192</v>
+      </c>
+      <c r="K301" t="s">
+        <v>34</v>
+      </c>
+      <c r="L301" t="s">
+        <v>1547</v>
+      </c>
+      <c r="M301" t="s">
+        <v>1548</v>
+      </c>
+      <c r="N301" t="s">
+        <v>27</v>
+      </c>
+      <c r="O301" t="s">
+        <v>1549</v>
+      </c>
+      <c r="P301" t="s">
+        <v>1550</v>
+      </c>
+    </row>
+    <row r="302" spans="1:16">
+      <c r="A302" t="s">
+        <v>1551</v>
+      </c>
+      <c r="B302" t="s">
+        <v>1552</v>
+      </c>
+      <c r="C302" t="s">
+        <v>1191</v>
+      </c>
+      <c r="D302" t="s">
+        <v>53</v>
+      </c>
+      <c r="E302" t="s">
+        <v>42</v>
+      </c>
+      <c r="F302" t="s">
+        <v>54</v>
+      </c>
+      <c r="G302" t="s">
+        <v>22</v>
+      </c>
+      <c r="H302">
+        <v>2010</v>
+      </c>
+      <c r="I302">
+        <v>2017</v>
+      </c>
+      <c r="J302" t="s">
+        <v>1192</v>
+      </c>
+      <c r="K302" t="s">
+        <v>34</v>
+      </c>
+      <c r="L302" t="s">
+        <v>1553</v>
+      </c>
+      <c r="M302" t="s">
+        <v>1548</v>
+      </c>
+      <c r="N302" t="s">
+        <v>27</v>
+      </c>
+      <c r="O302" t="s">
+        <v>1554</v>
+      </c>
+      <c r="P302" t="s">
+        <v>1550</v>
+      </c>
+    </row>
+    <row r="303" spans="1:16">
+      <c r="A303" t="s">
+        <v>1555</v>
+      </c>
+      <c r="B303" t="s">
+        <v>1556</v>
+      </c>
+      <c r="C303" t="s">
+        <v>1557</v>
+      </c>
+      <c r="D303" t="s">
+        <v>53</v>
+      </c>
+      <c r="E303" t="s">
+        <v>20</v>
+      </c>
+      <c r="F303" t="s">
+        <v>43</v>
+      </c>
+      <c r="G303" t="s">
+        <v>68</v>
+      </c>
+      <c r="H303">
+        <v>2015</v>
+      </c>
+      <c r="I303"/>
+      <c r="J303" t="s">
+        <v>1192</v>
+      </c>
+      <c r="K303" t="s">
+        <v>34</v>
+      </c>
+      <c r="L303" t="s">
+        <v>1558</v>
+      </c>
+      <c r="M303" t="s">
+        <v>1559</v>
+      </c>
+      <c r="N303" t="s">
+        <v>27</v>
+      </c>
+      <c r="O303" t="s">
+        <v>1560</v>
+      </c>
+      <c r="P303" t="s">
+        <v>1561</v>
+      </c>
+    </row>
+    <row r="304" spans="1:16">
+      <c r="A304" t="s">
+        <v>1562</v>
+      </c>
+      <c r="B304" t="s">
+        <v>1563</v>
+      </c>
+      <c r="C304" t="s">
+        <v>1557</v>
+      </c>
+      <c r="D304" t="s">
+        <v>632</v>
+      </c>
+      <c r="E304" t="s">
+        <v>20</v>
+      </c>
+      <c r="F304" t="s">
+        <v>43</v>
+      </c>
+      <c r="G304" t="s">
+        <v>68</v>
+      </c>
+      <c r="H304">
+        <v>2015</v>
+      </c>
+      <c r="I304"/>
+      <c r="J304" t="s">
+        <v>1192</v>
+      </c>
+      <c r="K304" t="s">
+        <v>34</v>
+      </c>
+      <c r="L304" t="s">
+        <v>1564</v>
+      </c>
+      <c r="M304" t="s">
+        <v>1559</v>
+      </c>
+      <c r="N304" t="s">
+        <v>27</v>
+      </c>
+      <c r="O304" t="s">
+        <v>1565</v>
+      </c>
+      <c r="P304" t="s">
+        <v>1566</v>
+      </c>
+    </row>
+    <row r="305" spans="1:16">
+      <c r="A305" t="s">
+        <v>1567</v>
+      </c>
+      <c r="B305" t="s">
+        <v>53</v>
+      </c>
+      <c r="C305" t="s">
+        <v>581</v>
+      </c>
+      <c r="D305" t="s">
+        <v>53</v>
+      </c>
+      <c r="E305" t="s">
+        <v>42</v>
+      </c>
+      <c r="F305" t="s">
+        <v>54</v>
+      </c>
+      <c r="G305" t="s">
+        <v>22</v>
+      </c>
+      <c r="H305">
+        <v>2012</v>
+      </c>
+      <c r="I305">
+        <v>2012</v>
+      </c>
+      <c r="J305" t="s">
+        <v>582</v>
+      </c>
+      <c r="K305" t="s">
+        <v>34</v>
+      </c>
+      <c r="L305"/>
+      <c r="M305" t="s">
+        <v>583</v>
+      </c>
+      <c r="N305" t="s">
+        <v>27</v>
+      </c>
+      <c r="O305" t="s">
+        <v>1568</v>
+      </c>
+      <c r="P305" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="306" spans="1:16">
+      <c r="A306" t="s">
+        <v>1569</v>
+      </c>
+      <c r="B306" t="s">
+        <v>1570</v>
+      </c>
+      <c r="C306" t="s">
+        <v>1571</v>
+      </c>
+      <c r="D306" t="s">
+        <v>1572</v>
+      </c>
+      <c r="E306" t="s">
+        <v>20</v>
+      </c>
+      <c r="F306" t="s">
+        <v>544</v>
+      </c>
+      <c r="G306" t="s">
+        <v>22</v>
+      </c>
+      <c r="H306">
+        <v>2017</v>
+      </c>
+      <c r="I306">
+        <v>2021</v>
+      </c>
+      <c r="J306" t="s">
+        <v>509</v>
+      </c>
+      <c r="K306" t="s">
+        <v>1573</v>
+      </c>
+      <c r="L306" t="s">
+        <v>1574</v>
+      </c>
+      <c r="M306" t="s">
+        <v>1575</v>
+      </c>
+      <c r="N306" t="s">
+        <v>36</v>
+      </c>
+      <c r="O306" t="s">
+        <v>1576</v>
+      </c>
+      <c r="P306" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="307" spans="1:16">
+      <c r="A307" t="s">
+        <v>1578</v>
+      </c>
+      <c r="B307" t="s">
+        <v>1579</v>
+      </c>
+      <c r="C307" t="s">
+        <v>1580</v>
+      </c>
+      <c r="D307" t="s">
+        <v>448</v>
+      </c>
+      <c r="E307" t="s">
+        <v>20</v>
+      </c>
+      <c r="F307" t="s">
+        <v>544</v>
+      </c>
+      <c r="G307" t="s">
+        <v>933</v>
+      </c>
+      <c r="H307">
+        <v>2024</v>
+      </c>
+      <c r="I307"/>
+      <c r="J307" t="s">
+        <v>889</v>
+      </c>
+      <c r="K307" t="s">
+        <v>34</v>
+      </c>
+      <c r="L307" t="s">
+        <v>1581</v>
+      </c>
+      <c r="M307" t="s">
+        <v>1582</v>
+      </c>
+      <c r="N307" t="s">
+        <v>27</v>
+      </c>
+      <c r="O307" t="s">
+        <v>1583</v>
+      </c>
+      <c r="P307" t="s">
+        <v>1584</v>
+      </c>
+    </row>
+    <row r="308" spans="1:16">
+      <c r="A308" t="s">
+        <v>1585</v>
+      </c>
+      <c r="B308" t="s">
+        <v>1586</v>
+      </c>
+      <c r="C308" t="s">
+        <v>646</v>
+      </c>
+      <c r="D308" t="s">
+        <v>84</v>
+      </c>
+      <c r="E308" t="s">
+        <v>42</v>
+      </c>
+      <c r="F308" t="s">
+        <v>43</v>
+      </c>
+      <c r="G308" t="s">
+        <v>22</v>
+      </c>
+      <c r="H308">
+        <v>2012</v>
+      </c>
+      <c r="I308">
+        <v>2015</v>
+      </c>
+      <c r="J308" t="s">
+        <v>465</v>
+      </c>
+      <c r="K308" t="s">
+        <v>34</v>
+      </c>
+      <c r="L308"/>
+      <c r="M308" t="s">
+        <v>648</v>
+      </c>
+      <c r="N308" t="s">
+        <v>36</v>
+      </c>
+      <c r="O308" t="s">
+        <v>1587</v>
+      </c>
+      <c r="P308" t="s">
+        <v>1588</v>
+      </c>
+    </row>
+    <row r="309" spans="1:16">
+      <c r="A309" t="s">
+        <v>1589</v>
+      </c>
+      <c r="B309" t="s">
+        <v>1590</v>
+      </c>
+      <c r="C309" t="s">
+        <v>1591</v>
+      </c>
+      <c r="D309" t="s">
+        <v>1592</v>
+      </c>
+      <c r="E309" t="s">
+        <v>42</v>
+      </c>
+      <c r="F309" t="s">
+        <v>43</v>
+      </c>
+      <c r="G309" t="s">
+        <v>22</v>
+      </c>
+      <c r="H309">
+        <v>2015</v>
+      </c>
+      <c r="I309">
+        <v>2018</v>
+      </c>
+      <c r="J309" t="s">
+        <v>855</v>
+      </c>
+      <c r="K309" t="s">
         <v>24</v>
       </c>
-      <c r="N240" t="s">
-[...248 lines deleted...]
-      <c r="C247" t="s">
+      <c r="L309"/>
+      <c r="M309" t="s">
+        <v>1593</v>
+      </c>
+      <c r="N309" t="s">
+        <v>27</v>
+      </c>
+      <c r="O309" t="s">
+        <v>1594</v>
+      </c>
+      <c r="P309" t="s">
+        <v>1595</v>
+      </c>
+    </row>
+    <row r="310" spans="1:16">
+      <c r="A310" t="s">
+        <v>1596</v>
+      </c>
+      <c r="B310" t="s">
+        <v>1597</v>
+      </c>
+      <c r="C310" t="s">
+        <v>1598</v>
+      </c>
+      <c r="D310" t="s">
+        <v>271</v>
+      </c>
+      <c r="E310" t="s">
+        <v>20</v>
+      </c>
+      <c r="F310" t="s">
+        <v>43</v>
+      </c>
+      <c r="G310" t="s">
+        <v>68</v>
+      </c>
+      <c r="H310">
+        <v>2011</v>
+      </c>
+      <c r="I310"/>
+      <c r="J310" t="s">
+        <v>1192</v>
+      </c>
+      <c r="K310" t="s">
+        <v>34</v>
+      </c>
+      <c r="L310" t="s">
+        <v>1599</v>
+      </c>
+      <c r="M310" t="s">
+        <v>1600</v>
+      </c>
+      <c r="N310" t="s">
+        <v>27</v>
+      </c>
+      <c r="O310" t="s">
+        <v>1601</v>
+      </c>
+      <c r="P310" t="s">
+        <v>1602</v>
+      </c>
+    </row>
+    <row r="311" spans="1:16">
+      <c r="A311" t="s">
+        <v>1603</v>
+      </c>
+      <c r="B311" t="s">
+        <v>1604</v>
+      </c>
+      <c r="C311" t="s">
+        <v>1598</v>
+      </c>
+      <c r="D311" t="s">
+        <v>53</v>
+      </c>
+      <c r="E311" t="s">
+        <v>20</v>
+      </c>
+      <c r="F311" t="s">
+        <v>43</v>
+      </c>
+      <c r="G311" t="s">
+        <v>68</v>
+      </c>
+      <c r="H311">
+        <v>2017</v>
+      </c>
+      <c r="I311"/>
+      <c r="J311" t="s">
+        <v>1192</v>
+      </c>
+      <c r="K311" t="s">
+        <v>34</v>
+      </c>
+      <c r="L311" t="s">
+        <v>56</v>
+      </c>
+      <c r="M311" t="s">
+        <v>1600</v>
+      </c>
+      <c r="N311" t="s">
+        <v>27</v>
+      </c>
+      <c r="O311" t="s">
+        <v>1605</v>
+      </c>
+      <c r="P311" t="s">
+        <v>1606</v>
+      </c>
+    </row>
+    <row r="312" spans="1:16">
+      <c r="A312" t="s">
+        <v>1607</v>
+      </c>
+      <c r="B312" t="s">
+        <v>1608</v>
+      </c>
+      <c r="C312" t="s">
+        <v>646</v>
+      </c>
+      <c r="D312" t="s">
+        <v>283</v>
+      </c>
+      <c r="E312" t="s">
+        <v>42</v>
+      </c>
+      <c r="F312" t="s">
+        <v>43</v>
+      </c>
+      <c r="G312" t="s">
+        <v>22</v>
+      </c>
+      <c r="H312">
+        <v>2011</v>
+      </c>
+      <c r="I312">
+        <v>2011</v>
+      </c>
+      <c r="J312" t="s">
+        <v>465</v>
+      </c>
+      <c r="K312" t="s">
+        <v>34</v>
+      </c>
+      <c r="L312" t="s">
+        <v>679</v>
+      </c>
+      <c r="M312" t="s">
+        <v>648</v>
+      </c>
+      <c r="N312" t="s">
+        <v>27</v>
+      </c>
+      <c r="O312" t="s">
+        <v>1609</v>
+      </c>
+      <c r="P312" t="s">
+        <v>1610</v>
+      </c>
+    </row>
+    <row r="313" spans="1:16">
+      <c r="A313" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B313" t="s">
+        <v>1612</v>
+      </c>
+      <c r="C313" t="s">
+        <v>1613</v>
+      </c>
+      <c r="D313" t="s">
+        <v>84</v>
+      </c>
+      <c r="E313" t="s">
+        <v>20</v>
+      </c>
+      <c r="F313" t="s">
+        <v>544</v>
+      </c>
+      <c r="G313" t="s">
+        <v>68</v>
+      </c>
+      <c r="H313">
+        <v>2019</v>
+      </c>
+      <c r="I313"/>
+      <c r="J313" t="s">
+        <v>1614</v>
+      </c>
+      <c r="K313" t="s">
+        <v>34</v>
+      </c>
+      <c r="L313"/>
+      <c r="M313" t="s">
+        <v>1615</v>
+      </c>
+      <c r="N313" t="s">
+        <v>27</v>
+      </c>
+      <c r="O313" t="s">
+        <v>1616</v>
+      </c>
+      <c r="P313" t="s">
+        <v>1617</v>
+      </c>
+    </row>
+    <row r="314" spans="1:16">
+      <c r="A314" t="s">
+        <v>1618</v>
+      </c>
+      <c r="B314" t="s">
+        <v>1619</v>
+      </c>
+      <c r="C314" t="s">
+        <v>1620</v>
+      </c>
+      <c r="D314" t="s">
+        <v>84</v>
+      </c>
+      <c r="E314" t="s">
+        <v>20</v>
+      </c>
+      <c r="F314" t="s">
+        <v>21</v>
+      </c>
+      <c r="G314" t="s">
+        <v>68</v>
+      </c>
+      <c r="H314">
+        <v>2016</v>
+      </c>
+      <c r="I314"/>
+      <c r="J314" t="s">
+        <v>582</v>
+      </c>
+      <c r="K314" t="s">
+        <v>34</v>
+      </c>
+      <c r="L314" t="s">
+        <v>1621</v>
+      </c>
+      <c r="M314" t="s">
+        <v>1622</v>
+      </c>
+      <c r="N314" t="s">
+        <v>27</v>
+      </c>
+      <c r="O314" t="s">
+        <v>1623</v>
+      </c>
+      <c r="P314" t="s">
+        <v>1624</v>
+      </c>
+    </row>
+    <row r="315" spans="1:16">
+      <c r="A315" t="s">
+        <v>1625</v>
+      </c>
+      <c r="B315" t="s">
+        <v>1626</v>
+      </c>
+      <c r="C315" t="s">
+        <v>749</v>
+      </c>
+      <c r="D315" t="s">
+        <v>62</v>
+      </c>
+      <c r="E315" t="s">
+        <v>42</v>
+      </c>
+      <c r="F315" t="s">
+        <v>54</v>
+      </c>
+      <c r="G315" t="s">
+        <v>68</v>
+      </c>
+      <c r="H315">
+        <v>2011</v>
+      </c>
+      <c r="I315"/>
+      <c r="J315" t="s">
+        <v>69</v>
+      </c>
+      <c r="K315" t="s">
+        <v>34</v>
+      </c>
+      <c r="L315" t="s">
+        <v>1627</v>
+      </c>
+      <c r="M315" t="s">
+        <v>751</v>
+      </c>
+      <c r="N315" t="s">
+        <v>27</v>
+      </c>
+      <c r="O315" t="s">
+        <v>1628</v>
+      </c>
+      <c r="P315" t="s">
+        <v>1629</v>
+      </c>
+    </row>
+    <row r="316" spans="1:16">
+      <c r="A316" t="s">
+        <v>1630</v>
+      </c>
+      <c r="B316" t="s">
+        <v>1631</v>
+      </c>
+      <c r="C316" t="s">
+        <v>749</v>
+      </c>
+      <c r="D316" t="s">
+        <v>180</v>
+      </c>
+      <c r="E316" t="s">
+        <v>42</v>
+      </c>
+      <c r="F316" t="s">
+        <v>54</v>
+      </c>
+      <c r="G316" t="s">
+        <v>68</v>
+      </c>
+      <c r="H316">
+        <v>2014</v>
+      </c>
+      <c r="I316"/>
+      <c r="J316" t="s">
+        <v>69</v>
+      </c>
+      <c r="K316" t="s">
+        <v>34</v>
+      </c>
+      <c r="L316" t="s">
+        <v>1632</v>
+      </c>
+      <c r="M316" t="s">
+        <v>751</v>
+      </c>
+      <c r="N316" t="s">
+        <v>27</v>
+      </c>
+      <c r="O316" t="s">
+        <v>1633</v>
+      </c>
+      <c r="P316" t="s">
+        <v>1634</v>
+      </c>
+    </row>
+    <row r="317" spans="1:16">
+      <c r="A317" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B317" t="s">
+        <v>1636</v>
+      </c>
+      <c r="C317" t="s">
+        <v>749</v>
+      </c>
+      <c r="D317" t="s">
+        <v>300</v>
+      </c>
+      <c r="E317" t="s">
+        <v>42</v>
+      </c>
+      <c r="F317" t="s">
+        <v>544</v>
+      </c>
+      <c r="G317" t="s">
+        <v>68</v>
+      </c>
+      <c r="H317">
+        <v>2013</v>
+      </c>
+      <c r="I317"/>
+      <c r="J317" t="s">
+        <v>69</v>
+      </c>
+      <c r="K317" t="s">
+        <v>34</v>
+      </c>
+      <c r="L317" t="s">
+        <v>1637</v>
+      </c>
+      <c r="M317" t="s">
+        <v>751</v>
+      </c>
+      <c r="N317" t="s">
+        <v>1289</v>
+      </c>
+      <c r="O317" t="s">
+        <v>1638</v>
+      </c>
+      <c r="P317" t="s">
+        <v>1639</v>
+      </c>
+    </row>
+    <row r="318" spans="1:16">
+      <c r="A318" t="s">
+        <v>1640</v>
+      </c>
+      <c r="B318" t="s">
+        <v>1641</v>
+      </c>
+      <c r="C318" t="s">
+        <v>749</v>
+      </c>
+      <c r="D318" t="s">
+        <v>214</v>
+      </c>
+      <c r="E318" t="s">
+        <v>42</v>
+      </c>
+      <c r="F318" t="s">
+        <v>544</v>
+      </c>
+      <c r="G318" t="s">
+        <v>22</v>
+      </c>
+      <c r="H318">
+        <v>2014</v>
+      </c>
+      <c r="I318">
+        <v>2016</v>
+      </c>
+      <c r="J318" t="s">
+        <v>69</v>
+      </c>
+      <c r="K318" t="s">
+        <v>1642</v>
+      </c>
+      <c r="L318" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M318" t="s">
+        <v>751</v>
+      </c>
+      <c r="N318" t="s">
+        <v>27</v>
+      </c>
+      <c r="O318" t="s">
+        <v>1644</v>
+      </c>
+      <c r="P318" t="s">
+        <v>1645</v>
+      </c>
+    </row>
+    <row r="319" spans="1:16">
+      <c r="A319" t="s">
+        <v>1646</v>
+      </c>
+      <c r="B319" t="s">
+        <v>1647</v>
+      </c>
+      <c r="C319" t="s">
+        <v>749</v>
+      </c>
+      <c r="D319" t="s">
+        <v>53</v>
+      </c>
+      <c r="E319" t="s">
+        <v>42</v>
+      </c>
+      <c r="F319" t="s">
+        <v>544</v>
+      </c>
+      <c r="G319" t="s">
+        <v>68</v>
+      </c>
+      <c r="H319">
+        <v>2021</v>
+      </c>
+      <c r="I319"/>
+      <c r="J319" t="s">
+        <v>69</v>
+      </c>
+      <c r="K319" t="s">
+        <v>34</v>
+      </c>
+      <c r="L319" t="s">
+        <v>1648</v>
+      </c>
+      <c r="M319" t="s">
+        <v>751</v>
+      </c>
+      <c r="N319" t="s">
+        <v>27</v>
+      </c>
+      <c r="O319" t="s">
+        <v>1649</v>
+      </c>
+      <c r="P319" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="320" spans="1:16">
+      <c r="A320" t="s">
+        <v>1650</v>
+      </c>
+      <c r="B320" t="s">
+        <v>1651</v>
+      </c>
+      <c r="C320" t="s">
+        <v>749</v>
+      </c>
+      <c r="D320" t="s">
+        <v>1652</v>
+      </c>
+      <c r="E320" t="s">
+        <v>42</v>
+      </c>
+      <c r="F320" t="s">
+        <v>544</v>
+      </c>
+      <c r="G320" t="s">
+        <v>68</v>
+      </c>
+      <c r="H320">
+        <v>2021</v>
+      </c>
+      <c r="I320"/>
+      <c r="J320" t="s">
+        <v>69</v>
+      </c>
+      <c r="K320" t="s">
+        <v>34</v>
+      </c>
+      <c r="L320" t="s">
+        <v>1653</v>
+      </c>
+      <c r="M320" t="s">
+        <v>751</v>
+      </c>
+      <c r="N320" t="s">
+        <v>36</v>
+      </c>
+      <c r="O320" t="s">
+        <v>1654</v>
+      </c>
+      <c r="P320" t="s">
+        <v>1655</v>
+      </c>
+    </row>
+    <row r="321" spans="1:16">
+      <c r="A321" t="s">
+        <v>1656</v>
+      </c>
+      <c r="B321" t="s">
+        <v>1657</v>
+      </c>
+      <c r="C321" t="s">
+        <v>749</v>
+      </c>
+      <c r="D321" t="s">
+        <v>1652</v>
+      </c>
+      <c r="E321" t="s">
+        <v>42</v>
+      </c>
+      <c r="F321" t="s">
+        <v>544</v>
+      </c>
+      <c r="G321" t="s">
+        <v>68</v>
+      </c>
+      <c r="H321">
+        <v>2021</v>
+      </c>
+      <c r="I321"/>
+      <c r="J321" t="s">
+        <v>69</v>
+      </c>
+      <c r="K321" t="s">
+        <v>34</v>
+      </c>
+      <c r="L321" t="s">
+        <v>1658</v>
+      </c>
+      <c r="M321" t="s">
+        <v>751</v>
+      </c>
+      <c r="N321" t="s">
+        <v>27</v>
+      </c>
+      <c r="O321" t="s">
+        <v>1659</v>
+      </c>
+      <c r="P321" t="s">
+        <v>1660</v>
+      </c>
+    </row>
+    <row r="322" spans="1:16">
+      <c r="A322" t="s">
+        <v>1661</v>
+      </c>
+      <c r="B322" t="s">
+        <v>1662</v>
+      </c>
+      <c r="C322" t="s">
+        <v>749</v>
+      </c>
+      <c r="D322" t="s">
+        <v>84</v>
+      </c>
+      <c r="E322" t="s">
+        <v>42</v>
+      </c>
+      <c r="F322" t="s">
+        <v>544</v>
+      </c>
+      <c r="G322" t="s">
+        <v>68</v>
+      </c>
+      <c r="H322">
+        <v>2010</v>
+      </c>
+      <c r="I322"/>
+      <c r="J322" t="s">
+        <v>69</v>
+      </c>
+      <c r="K322" t="s">
+        <v>34</v>
+      </c>
+      <c r="L322" t="s">
+        <v>1663</v>
+      </c>
+      <c r="M322" t="s">
+        <v>751</v>
+      </c>
+      <c r="N322" t="s">
+        <v>27</v>
+      </c>
+      <c r="O322" t="s">
+        <v>1664</v>
+      </c>
+      <c r="P322" t="s">
+        <v>1665</v>
+      </c>
+    </row>
+    <row r="323" spans="1:16">
+      <c r="A323" t="s">
+        <v>1666</v>
+      </c>
+      <c r="B323" t="s">
+        <v>1667</v>
+      </c>
+      <c r="C323" t="s">
+        <v>568</v>
+      </c>
+      <c r="D323" t="s">
+        <v>84</v>
+      </c>
+      <c r="E323" t="s">
+        <v>42</v>
+      </c>
+      <c r="F323" t="s">
+        <v>54</v>
+      </c>
+      <c r="G323" t="s">
+        <v>22</v>
+      </c>
+      <c r="H323">
+        <v>1994</v>
+      </c>
+      <c r="I323">
+        <v>2012</v>
+      </c>
+      <c r="J323" t="s">
+        <v>1192</v>
+      </c>
+      <c r="K323" t="s">
+        <v>34</v>
+      </c>
+      <c r="L323" t="s">
+        <v>1668</v>
+      </c>
+      <c r="M323" t="s">
+        <v>1669</v>
+      </c>
+      <c r="N323" t="s">
+        <v>36</v>
+      </c>
+      <c r="O323" t="s">
+        <v>1670</v>
+      </c>
+      <c r="P323" t="s">
+        <v>1671</v>
+      </c>
+    </row>
+    <row r="324" spans="1:16">
+      <c r="A324" t="s">
+        <v>1672</v>
+      </c>
+      <c r="B324" t="s">
+        <v>1673</v>
+      </c>
+      <c r="C324" t="s">
+        <v>568</v>
+      </c>
+      <c r="D324" t="s">
+        <v>569</v>
+      </c>
+      <c r="E324" t="s">
+        <v>42</v>
+      </c>
+      <c r="F324" t="s">
+        <v>54</v>
+      </c>
+      <c r="G324" t="s">
+        <v>22</v>
+      </c>
+      <c r="H324">
+        <v>1999</v>
+      </c>
+      <c r="I324">
+        <v>2012</v>
+      </c>
+      <c r="J324" t="s">
+        <v>1192</v>
+      </c>
+      <c r="K324" t="s">
+        <v>34</v>
+      </c>
+      <c r="L324" t="s">
+        <v>1674</v>
+      </c>
+      <c r="M324" t="s">
+        <v>1669</v>
+      </c>
+      <c r="N324" t="s">
+        <v>27</v>
+      </c>
+      <c r="O324" t="s">
+        <v>1675</v>
+      </c>
+      <c r="P324" t="s">
+        <v>1676</v>
+      </c>
+    </row>
+    <row r="325" spans="1:16">
+      <c r="A325" t="s">
+        <v>1677</v>
+      </c>
+      <c r="B325" t="s">
+        <v>1678</v>
+      </c>
+      <c r="C325" t="s">
+        <v>568</v>
+      </c>
+      <c r="D325" t="s">
+        <v>147</v>
+      </c>
+      <c r="E325" t="s">
+        <v>42</v>
+      </c>
+      <c r="F325" t="s">
+        <v>54</v>
+      </c>
+      <c r="G325" t="s">
+        <v>22</v>
+      </c>
+      <c r="H325">
+        <v>2003</v>
+      </c>
+      <c r="I325">
+        <v>2012</v>
+      </c>
+      <c r="J325" t="s">
+        <v>1192</v>
+      </c>
+      <c r="K325" t="s">
+        <v>34</v>
+      </c>
+      <c r="L325" t="s">
+        <v>1679</v>
+      </c>
+      <c r="M325" t="s">
+        <v>1669</v>
+      </c>
+      <c r="N325" t="s">
+        <v>27</v>
+      </c>
+      <c r="O325" t="s">
+        <v>1680</v>
+      </c>
+      <c r="P325" t="s">
+        <v>1681</v>
+      </c>
+    </row>
+    <row r="326" spans="1:16">
+      <c r="A326" t="s">
+        <v>1682</v>
+      </c>
+      <c r="B326" t="s">
+        <v>1683</v>
+      </c>
+      <c r="C326" t="s">
+        <v>568</v>
+      </c>
+      <c r="D326" t="s">
+        <v>164</v>
+      </c>
+      <c r="E326" t="s">
+        <v>42</v>
+      </c>
+      <c r="F326" t="s">
+        <v>54</v>
+      </c>
+      <c r="G326" t="s">
+        <v>22</v>
+      </c>
+      <c r="H326">
+        <v>2008</v>
+      </c>
+      <c r="I326">
+        <v>2012</v>
+      </c>
+      <c r="J326" t="s">
+        <v>1192</v>
+      </c>
+      <c r="K326" t="s">
+        <v>34</v>
+      </c>
+      <c r="L326" t="s">
+        <v>1684</v>
+      </c>
+      <c r="M326" t="s">
+        <v>1669</v>
+      </c>
+      <c r="N326" t="s">
+        <v>36</v>
+      </c>
+      <c r="O326" t="s">
+        <v>1685</v>
+      </c>
+      <c r="P326" t="s">
+        <v>1686</v>
+      </c>
+    </row>
+    <row r="327" spans="1:16">
+      <c r="A327" t="s">
+        <v>1687</v>
+      </c>
+      <c r="B327" t="s">
+        <v>1688</v>
+      </c>
+      <c r="C327" t="s">
+        <v>568</v>
+      </c>
+      <c r="D327" t="s">
+        <v>1689</v>
+      </c>
+      <c r="E327" t="s">
+        <v>42</v>
+      </c>
+      <c r="F327" t="s">
+        <v>54</v>
+      </c>
+      <c r="G327" t="s">
+        <v>22</v>
+      </c>
+      <c r="H327">
+        <v>2008</v>
+      </c>
+      <c r="I327">
+        <v>2009</v>
+      </c>
+      <c r="J327" t="s">
+        <v>1192</v>
+      </c>
+      <c r="K327" t="s">
+        <v>34</v>
+      </c>
+      <c r="L327" t="s">
+        <v>1690</v>
+      </c>
+      <c r="M327" t="s">
+        <v>1669</v>
+      </c>
+      <c r="N327" t="s">
+        <v>27</v>
+      </c>
+      <c r="O327" t="s">
+        <v>1691</v>
+      </c>
+      <c r="P327" t="s">
+        <v>1692</v>
+      </c>
+    </row>
+    <row r="328" spans="1:16">
+      <c r="A328" t="s">
+        <v>1693</v>
+      </c>
+      <c r="B328" t="s">
+        <v>1694</v>
+      </c>
+      <c r="C328" t="s">
+        <v>568</v>
+      </c>
+      <c r="D328" t="s">
+        <v>84</v>
+      </c>
+      <c r="E328" t="s">
+        <v>42</v>
+      </c>
+      <c r="F328" t="s">
+        <v>54</v>
+      </c>
+      <c r="G328" t="s">
+        <v>22</v>
+      </c>
+      <c r="H328">
+        <v>1994</v>
+      </c>
+      <c r="I328">
+        <v>2012</v>
+      </c>
+      <c r="J328" t="s">
+        <v>582</v>
+      </c>
+      <c r="K328" t="s">
+        <v>34</v>
+      </c>
+      <c r="L328" t="s">
+        <v>1695</v>
+      </c>
+      <c r="M328" t="s">
+        <v>1696</v>
+      </c>
+      <c r="N328" t="s">
+        <v>27</v>
+      </c>
+      <c r="O328" t="s">
+        <v>1697</v>
+      </c>
+      <c r="P328" t="s">
+        <v>1698</v>
+      </c>
+    </row>
+    <row r="329" spans="1:16">
+      <c r="A329" t="s">
+        <v>1699</v>
+      </c>
+      <c r="B329" t="s">
+        <v>1700</v>
+      </c>
+      <c r="C329" t="s">
+        <v>568</v>
+      </c>
+      <c r="D329" t="s">
+        <v>84</v>
+      </c>
+      <c r="E329" t="s">
+        <v>42</v>
+      </c>
+      <c r="F329" t="s">
+        <v>54</v>
+      </c>
+      <c r="G329" t="s">
+        <v>22</v>
+      </c>
+      <c r="H329">
+        <v>2009</v>
+      </c>
+      <c r="I329">
+        <v>2012</v>
+      </c>
+      <c r="J329" t="s">
+        <v>1192</v>
+      </c>
+      <c r="K329" t="s">
+        <v>34</v>
+      </c>
+      <c r="L329" t="s">
+        <v>1701</v>
+      </c>
+      <c r="M329" t="s">
+        <v>1669</v>
+      </c>
+      <c r="N329" t="s">
+        <v>27</v>
+      </c>
+      <c r="O329" t="s">
+        <v>1702</v>
+      </c>
+      <c r="P329" t="s">
+        <v>1703</v>
+      </c>
+    </row>
+    <row r="330" spans="1:16">
+      <c r="A330" t="s">
+        <v>1704</v>
+      </c>
+      <c r="B330" t="s">
+        <v>1705</v>
+      </c>
+      <c r="C330" t="s">
+        <v>568</v>
+      </c>
+      <c r="D330" t="s">
+        <v>1706</v>
+      </c>
+      <c r="E330" t="s">
+        <v>42</v>
+      </c>
+      <c r="F330" t="s">
+        <v>54</v>
+      </c>
+      <c r="G330" t="s">
+        <v>68</v>
+      </c>
+      <c r="H330">
+        <v>2011</v>
+      </c>
+      <c r="I330"/>
+      <c r="J330" t="s">
+        <v>1192</v>
+      </c>
+      <c r="K330" t="s">
+        <v>34</v>
+      </c>
+      <c r="L330" t="s">
+        <v>1707</v>
+      </c>
+      <c r="M330" t="s">
+        <v>1669</v>
+      </c>
+      <c r="N330" t="s">
+        <v>27</v>
+      </c>
+      <c r="O330" t="s">
+        <v>1708</v>
+      </c>
+      <c r="P330" t="s">
+        <v>1709</v>
+      </c>
+    </row>
+    <row r="331" spans="1:16">
+      <c r="A331" t="s">
+        <v>1710</v>
+      </c>
+      <c r="B331" t="s">
+        <v>1711</v>
+      </c>
+      <c r="C331" t="s">
+        <v>568</v>
+      </c>
+      <c r="D331" t="s">
         <v>369</v>
       </c>
-      <c r="D247" t="s">
-[...14 lines deleted...]
-      <c r="I247" t="s">
+      <c r="E331" t="s">
+        <v>42</v>
+      </c>
+      <c r="F331" t="s">
+        <v>54</v>
+      </c>
+      <c r="G331" t="s">
+        <v>22</v>
+      </c>
+      <c r="H331">
+        <v>2010</v>
+      </c>
+      <c r="I331">
+        <v>2012</v>
+      </c>
+      <c r="J331" t="s">
+        <v>1192</v>
+      </c>
+      <c r="K331" t="s">
+        <v>34</v>
+      </c>
+      <c r="L331" t="s">
+        <v>1712</v>
+      </c>
+      <c r="M331" t="s">
+        <v>1669</v>
+      </c>
+      <c r="N331" t="s">
+        <v>27</v>
+      </c>
+      <c r="O331" t="s">
+        <v>1713</v>
+      </c>
+      <c r="P331" t="s">
+        <v>1714</v>
+      </c>
+    </row>
+    <row r="332" spans="1:16">
+      <c r="A332" t="s">
+        <v>1715</v>
+      </c>
+      <c r="B332" t="s">
+        <v>1716</v>
+      </c>
+      <c r="C332" t="s">
+        <v>568</v>
+      </c>
+      <c r="D332" t="s">
+        <v>569</v>
+      </c>
+      <c r="E332" t="s">
+        <v>42</v>
+      </c>
+      <c r="F332" t="s">
+        <v>54</v>
+      </c>
+      <c r="G332" t="s">
+        <v>22</v>
+      </c>
+      <c r="H332">
+        <v>2010</v>
+      </c>
+      <c r="I332">
+        <v>2012</v>
+      </c>
+      <c r="J332" t="s">
+        <v>1192</v>
+      </c>
+      <c r="K332" t="s">
+        <v>34</v>
+      </c>
+      <c r="L332" t="s">
+        <v>1717</v>
+      </c>
+      <c r="M332" t="s">
+        <v>1669</v>
+      </c>
+      <c r="N332" t="s">
+        <v>27</v>
+      </c>
+      <c r="O332" t="s">
+        <v>1718</v>
+      </c>
+      <c r="P332" t="s">
+        <v>1719</v>
+      </c>
+    </row>
+    <row r="333" spans="1:16">
+      <c r="A333" t="s">
+        <v>1720</v>
+      </c>
+      <c r="B333" t="s">
+        <v>1721</v>
+      </c>
+      <c r="C333" t="s">
+        <v>568</v>
+      </c>
+      <c r="D333" t="s">
         <v>300</v>
       </c>
-      <c r="J247" t="s">
-[...3607 lines deleted...]
-      </c>
       <c r="E333" t="s">
-        <v>351</v>
+        <v>42</v>
       </c>
       <c r="F333" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2007</v>
+        <v>54</v>
+      </c>
+      <c r="G333" t="s">
+        <v>22</v>
       </c>
       <c r="H333">
         <v>2011</v>
       </c>
-      <c r="I333" t="s">
-        <v>56</v>
+      <c r="I333">
+        <v>2022</v>
       </c>
       <c r="J333" t="s">
-        <v>29</v>
+        <v>1192</v>
       </c>
       <c r="K333" t="s">
-        <v>1115</v>
+        <v>1288</v>
       </c>
       <c r="L333" t="s">
-        <v>1116</v>
+        <v>1722</v>
       </c>
       <c r="M333" t="s">
+        <v>1669</v>
+      </c>
+      <c r="N333" t="s">
+        <v>1289</v>
+      </c>
+      <c r="O333" t="s">
+        <v>1723</v>
+      </c>
+      <c r="P333" t="s">
+        <v>1724</v>
+      </c>
+    </row>
+    <row r="334" spans="1:16">
+      <c r="A334" t="s">
+        <v>1725</v>
+      </c>
+      <c r="B334" t="s">
+        <v>1726</v>
+      </c>
+      <c r="C334" t="s">
+        <v>773</v>
+      </c>
+      <c r="D334" t="s">
+        <v>214</v>
+      </c>
+      <c r="E334" t="s">
+        <v>20</v>
+      </c>
+      <c r="F334" t="s">
+        <v>544</v>
+      </c>
+      <c r="G334" t="s">
+        <v>22</v>
+      </c>
+      <c r="H334">
+        <v>2007</v>
+      </c>
+      <c r="I334">
+        <v>2011</v>
+      </c>
+      <c r="J334" t="s">
+        <v>69</v>
+      </c>
+      <c r="K334" t="s">
+        <v>34</v>
+      </c>
+      <c r="L334" t="s">
+        <v>1727</v>
+      </c>
+      <c r="M334" t="s">
+        <v>1728</v>
+      </c>
+      <c r="N334" t="s">
+        <v>27</v>
+      </c>
+      <c r="O334" t="s">
+        <v>1729</v>
+      </c>
+      <c r="P334" t="s">
+        <v>1730</v>
+      </c>
+    </row>
+    <row r="335" spans="1:16">
+      <c r="A335" t="s">
+        <v>1731</v>
+      </c>
+      <c r="B335" t="s">
+        <v>1732</v>
+      </c>
+      <c r="C335" t="s">
+        <v>773</v>
+      </c>
+      <c r="D335" t="s">
+        <v>271</v>
+      </c>
+      <c r="E335" t="s">
+        <v>20</v>
+      </c>
+      <c r="F335" t="s">
+        <v>21</v>
+      </c>
+      <c r="G335" t="s">
+        <v>22</v>
+      </c>
+      <c r="H335">
+        <v>2012</v>
+      </c>
+      <c r="I335">
+        <v>2013</v>
+      </c>
+      <c r="J335" t="s">
+        <v>69</v>
+      </c>
+      <c r="K335" t="s">
+        <v>34</v>
+      </c>
+      <c r="L335" t="s">
+        <v>668</v>
+      </c>
+      <c r="M335" t="s">
+        <v>1728</v>
+      </c>
+      <c r="N335" t="s">
+        <v>27</v>
+      </c>
+      <c r="O335" t="s">
+        <v>1733</v>
+      </c>
+      <c r="P335" t="s">
+        <v>1734</v>
+      </c>
+    </row>
+    <row r="336" spans="1:16">
+      <c r="A336" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B336" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C336" t="s">
+        <v>638</v>
+      </c>
+      <c r="D336" t="s">
+        <v>1737</v>
+      </c>
+      <c r="E336" t="s">
+        <v>42</v>
+      </c>
+      <c r="F336" t="s">
+        <v>54</v>
+      </c>
+      <c r="G336" t="s">
+        <v>1738</v>
+      </c>
+      <c r="H336"/>
+      <c r="I336"/>
+      <c r="J336" t="s">
+        <v>69</v>
+      </c>
+      <c r="K336" t="s">
+        <v>34</v>
+      </c>
+      <c r="L336"/>
+      <c r="M336" t="s">
+        <v>1739</v>
+      </c>
+      <c r="N336" t="s">
+        <v>27</v>
+      </c>
+      <c r="O336" t="s">
+        <v>1740</v>
+      </c>
+      <c r="P336" t="s">
+        <v>1741</v>
+      </c>
+    </row>
+    <row r="337" spans="1:16">
+      <c r="A337" t="s">
+        <v>1742</v>
+      </c>
+      <c r="B337" t="s">
+        <v>1743</v>
+      </c>
+      <c r="C337" t="s">
+        <v>638</v>
+      </c>
+      <c r="D337" t="s">
+        <v>1744</v>
+      </c>
+      <c r="E337" t="s">
+        <v>42</v>
+      </c>
+      <c r="F337" t="s">
+        <v>54</v>
+      </c>
+      <c r="G337" t="s">
+        <v>1738</v>
+      </c>
+      <c r="H337"/>
+      <c r="I337"/>
+      <c r="J337" t="s">
+        <v>69</v>
+      </c>
+      <c r="K337" t="s">
+        <v>34</v>
+      </c>
+      <c r="L337"/>
+      <c r="M337" t="s">
+        <v>1739</v>
+      </c>
+      <c r="N337" t="s">
+        <v>27</v>
+      </c>
+      <c r="O337" t="s">
+        <v>1745</v>
+      </c>
+      <c r="P337" t="s">
+        <v>1746</v>
+      </c>
+    </row>
+    <row r="338" spans="1:16">
+      <c r="A338" t="s">
+        <v>1747</v>
+      </c>
+      <c r="B338" t="s">
+        <v>1748</v>
+      </c>
+      <c r="C338" t="s">
+        <v>638</v>
+      </c>
+      <c r="D338" t="s">
+        <v>53</v>
+      </c>
+      <c r="E338" t="s">
+        <v>42</v>
+      </c>
+      <c r="F338" t="s">
+        <v>54</v>
+      </c>
+      <c r="G338" t="s">
+        <v>22</v>
+      </c>
+      <c r="H338">
+        <v>2012</v>
+      </c>
+      <c r="I338">
+        <v>2012</v>
+      </c>
+      <c r="J338" t="s">
+        <v>582</v>
+      </c>
+      <c r="K338" t="s">
+        <v>34</v>
+      </c>
+      <c r="L338"/>
+      <c r="M338" t="s">
+        <v>1739</v>
+      </c>
+      <c r="N338" t="s">
+        <v>27</v>
+      </c>
+      <c r="O338" t="s">
+        <v>1749</v>
+      </c>
+      <c r="P338" t="s">
+        <v>1750</v>
+      </c>
+    </row>
+    <row r="339" spans="1:16">
+      <c r="A339" t="s">
+        <v>1751</v>
+      </c>
+      <c r="B339" t="s">
+        <v>1752</v>
+      </c>
+      <c r="C339" t="s">
+        <v>638</v>
+      </c>
+      <c r="D339" t="s">
+        <v>1753</v>
+      </c>
+      <c r="E339" t="s">
+        <v>42</v>
+      </c>
+      <c r="F339" t="s">
+        <v>54</v>
+      </c>
+      <c r="G339" t="s">
+        <v>68</v>
+      </c>
+      <c r="H339">
+        <v>2017</v>
+      </c>
+      <c r="I339"/>
+      <c r="J339" t="s">
+        <v>44</v>
+      </c>
+      <c r="K339" t="s">
+        <v>301</v>
+      </c>
+      <c r="L339"/>
+      <c r="M339" t="s">
+        <v>1739</v>
+      </c>
+      <c r="N339" t="s">
+        <v>27</v>
+      </c>
+      <c r="O339" t="s">
+        <v>1754</v>
+      </c>
+      <c r="P339" t="s">
+        <v>1755</v>
+      </c>
+    </row>
+    <row r="340" spans="1:16">
+      <c r="A340" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B340" t="s">
+        <v>1757</v>
+      </c>
+      <c r="C340" t="s">
+        <v>638</v>
+      </c>
+      <c r="D340" t="s">
+        <v>1758</v>
+      </c>
+      <c r="E340" t="s">
+        <v>42</v>
+      </c>
+      <c r="F340" t="s">
+        <v>54</v>
+      </c>
+      <c r="G340" t="s">
+        <v>68</v>
+      </c>
+      <c r="H340">
+        <v>2017</v>
+      </c>
+      <c r="I340"/>
+      <c r="J340" t="s">
+        <v>44</v>
+      </c>
+      <c r="K340" t="s">
+        <v>301</v>
+      </c>
+      <c r="L340"/>
+      <c r="M340" t="s">
+        <v>1739</v>
+      </c>
+      <c r="N340" t="s">
+        <v>27</v>
+      </c>
+      <c r="O340" t="s">
+        <v>1759</v>
+      </c>
+      <c r="P340" t="s">
+        <v>1760</v>
+      </c>
+    </row>
+    <row r="341" spans="1:16">
+      <c r="A341" t="s">
+        <v>1761</v>
+      </c>
+      <c r="B341" t="s">
+        <v>1761</v>
+      </c>
+      <c r="C341" t="s">
+        <v>1762</v>
+      </c>
+      <c r="D341" t="s">
+        <v>62</v>
+      </c>
+      <c r="E341" t="s">
+        <v>42</v>
+      </c>
+      <c r="F341" t="s">
+        <v>544</v>
+      </c>
+      <c r="G341" t="s">
+        <v>68</v>
+      </c>
+      <c r="H341">
+        <v>2018</v>
+      </c>
+      <c r="I341"/>
+      <c r="J341" t="s">
+        <v>509</v>
+      </c>
+      <c r="K341" t="s">
+        <v>34</v>
+      </c>
+      <c r="L341"/>
+      <c r="M341" t="s">
+        <v>1763</v>
+      </c>
+      <c r="N341" t="s">
+        <v>27</v>
+      </c>
+      <c r="O341" t="s">
+        <v>1764</v>
+      </c>
+      <c r="P341" t="s">
+        <v>1765</v>
+      </c>
+    </row>
+    <row r="342" spans="1:16">
+      <c r="A342" t="s">
+        <v>1766</v>
+      </c>
+      <c r="B342" t="s">
+        <v>1767</v>
+      </c>
+      <c r="C342" t="s">
+        <v>631</v>
+      </c>
+      <c r="D342" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E342" t="s">
+        <v>20</v>
+      </c>
+      <c r="F342" t="s">
+        <v>21</v>
+      </c>
+      <c r="G342" t="s">
+        <v>68</v>
+      </c>
+      <c r="H342">
+        <v>2019</v>
+      </c>
+      <c r="I342"/>
+      <c r="J342" t="s">
+        <v>1614</v>
+      </c>
+      <c r="K342" t="s">
+        <v>301</v>
+      </c>
+      <c r="L342"/>
+      <c r="M342" t="s">
+        <v>633</v>
+      </c>
+      <c r="N342" t="s">
+        <v>1769</v>
+      </c>
+      <c r="O342" t="s">
+        <v>1770</v>
+      </c>
+      <c r="P342" t="s">
+        <v>1771</v>
+      </c>
+    </row>
+    <row r="343" spans="1:16">
+      <c r="A343" t="s">
+        <v>1772</v>
+      </c>
+      <c r="B343" t="s">
+        <v>1773</v>
+      </c>
+      <c r="C343" t="s">
+        <v>568</v>
+      </c>
+      <c r="D343" t="s">
+        <v>84</v>
+      </c>
+      <c r="E343" t="s">
+        <v>20</v>
+      </c>
+      <c r="F343" t="s">
+        <v>21</v>
+      </c>
+      <c r="G343" t="s">
+        <v>217</v>
+      </c>
+      <c r="H343">
+        <v>2010</v>
+      </c>
+      <c r="I343">
+        <v>2016</v>
+      </c>
+      <c r="J343" t="s">
+        <v>570</v>
+      </c>
+      <c r="K343" t="s">
+        <v>34</v>
+      </c>
+      <c r="L343" t="s">
+        <v>1774</v>
+      </c>
+      <c r="M343" t="s">
+        <v>1474</v>
+      </c>
+      <c r="N343" t="s">
+        <v>36</v>
+      </c>
+      <c r="O343" t="s">
+        <v>1775</v>
+      </c>
+      <c r="P343" t="s">
+        <v>1776</v>
+      </c>
+    </row>
+    <row r="344" spans="1:16">
+      <c r="A344" t="s">
+        <v>1777</v>
+      </c>
+      <c r="B344" t="s">
+        <v>1778</v>
+      </c>
+      <c r="C344" t="s">
+        <v>568</v>
+      </c>
+      <c r="D344" t="s">
+        <v>271</v>
+      </c>
+      <c r="E344" t="s">
+        <v>20</v>
+      </c>
+      <c r="F344" t="s">
+        <v>544</v>
+      </c>
+      <c r="G344" t="s">
+        <v>68</v>
+      </c>
+      <c r="H344">
+        <v>2014</v>
+      </c>
+      <c r="I344"/>
+      <c r="J344" t="s">
+        <v>1192</v>
+      </c>
+      <c r="K344" t="s">
+        <v>34</v>
+      </c>
+      <c r="L344" t="s">
+        <v>1779</v>
+      </c>
+      <c r="M344" t="s">
+        <v>1474</v>
+      </c>
+      <c r="N344" t="s">
+        <v>27</v>
+      </c>
+      <c r="O344" t="s">
+        <v>1780</v>
+      </c>
+      <c r="P344" t="s">
+        <v>1781</v>
+      </c>
+    </row>
+    <row r="345" spans="1:16">
+      <c r="A345" t="s">
+        <v>1782</v>
+      </c>
+      <c r="B345" t="s">
+        <v>1783</v>
+      </c>
+      <c r="C345" t="s">
+        <v>1784</v>
+      </c>
+      <c r="D345" t="s">
+        <v>1785</v>
+      </c>
+      <c r="E345" t="s">
+        <v>20</v>
+      </c>
+      <c r="F345" t="s">
+        <v>21</v>
+      </c>
+      <c r="G345" t="s">
+        <v>68</v>
+      </c>
+      <c r="H345">
+        <v>2016</v>
+      </c>
+      <c r="I345"/>
+      <c r="J345" t="s">
+        <v>69</v>
+      </c>
+      <c r="K345" t="s">
+        <v>34</v>
+      </c>
+      <c r="L345"/>
+      <c r="M345" t="s">
+        <v>1786</v>
+      </c>
+      <c r="N345" t="s">
+        <v>27</v>
+      </c>
+      <c r="O345" t="s">
+        <v>1787</v>
+      </c>
+      <c r="P345" t="s">
+        <v>1788</v>
+      </c>
+    </row>
+    <row r="346" spans="1:16">
+      <c r="A346" t="s">
+        <v>1789</v>
+      </c>
+      <c r="B346" t="s">
+        <v>1790</v>
+      </c>
+      <c r="C346" t="s">
+        <v>486</v>
+      </c>
+      <c r="D346" t="s">
+        <v>62</v>
+      </c>
+      <c r="E346" t="s">
+        <v>20</v>
+      </c>
+      <c r="F346" t="s">
+        <v>21</v>
+      </c>
+      <c r="G346" t="s">
+        <v>22</v>
+      </c>
+      <c r="H346">
+        <v>2017</v>
+      </c>
+      <c r="I346">
+        <v>2021</v>
+      </c>
+      <c r="J346" t="s">
+        <v>489</v>
+      </c>
+      <c r="K346" t="s">
+        <v>34</v>
+      </c>
+      <c r="L346" t="s">
+        <v>1791</v>
+      </c>
+      <c r="M346" t="s">
+        <v>490</v>
+      </c>
+      <c r="N346" t="s">
+        <v>27</v>
+      </c>
+      <c r="O346" t="s">
+        <v>1792</v>
+      </c>
+      <c r="P346" t="s">
+        <v>1793</v>
+      </c>
+    </row>
+    <row r="347" spans="1:16">
+      <c r="A347" t="s">
+        <v>1794</v>
+      </c>
+      <c r="B347" t="s">
+        <v>1795</v>
+      </c>
+      <c r="C347" t="s">
+        <v>486</v>
+      </c>
+      <c r="D347" t="s">
+        <v>62</v>
+      </c>
+      <c r="E347" t="s">
+        <v>20</v>
+      </c>
+      <c r="F347" t="s">
+        <v>21</v>
+      </c>
+      <c r="G347" t="s">
+        <v>22</v>
+      </c>
+      <c r="H347">
+        <v>2017</v>
+      </c>
+      <c r="I347">
+        <v>2021</v>
+      </c>
+      <c r="J347" t="s">
+        <v>489</v>
+      </c>
+      <c r="K347" t="s">
+        <v>34</v>
+      </c>
+      <c r="L347" t="s">
+        <v>1791</v>
+      </c>
+      <c r="M347" t="s">
+        <v>490</v>
+      </c>
+      <c r="N347" t="s">
+        <v>27</v>
+      </c>
+      <c r="O347" t="s">
+        <v>1796</v>
+      </c>
+      <c r="P347" t="s">
+        <v>1797</v>
+      </c>
+    </row>
+    <row r="348" spans="1:16">
+      <c r="A348" t="s">
+        <v>1798</v>
+      </c>
+      <c r="B348" t="s">
+        <v>1799</v>
+      </c>
+      <c r="C348" t="s">
+        <v>486</v>
+      </c>
+      <c r="D348" t="s">
+        <v>84</v>
+      </c>
+      <c r="E348" t="s">
+        <v>20</v>
+      </c>
+      <c r="F348" t="s">
+        <v>21</v>
+      </c>
+      <c r="G348" t="s">
+        <v>22</v>
+      </c>
+      <c r="H348">
+        <v>2005</v>
+      </c>
+      <c r="I348">
+        <v>2015</v>
+      </c>
+      <c r="J348" t="s">
+        <v>489</v>
+      </c>
+      <c r="K348" t="s">
+        <v>34</v>
+      </c>
+      <c r="L348" t="s">
+        <v>1800</v>
+      </c>
+      <c r="M348" t="s">
+        <v>490</v>
+      </c>
+      <c r="N348" t="s">
+        <v>36</v>
+      </c>
+      <c r="O348" t="s">
+        <v>1801</v>
+      </c>
+      <c r="P348" t="s">
+        <v>1802</v>
+      </c>
+    </row>
+    <row r="349" spans="1:16">
+      <c r="A349" t="s">
+        <v>1803</v>
+      </c>
+      <c r="B349" t="s">
+        <v>1804</v>
+      </c>
+      <c r="C349" t="s">
+        <v>486</v>
+      </c>
+      <c r="D349" t="s">
+        <v>158</v>
+      </c>
+      <c r="E349" t="s">
+        <v>20</v>
+      </c>
+      <c r="F349" t="s">
+        <v>21</v>
+      </c>
+      <c r="G349" t="s">
+        <v>22</v>
+      </c>
+      <c r="H349">
+        <v>2012</v>
+      </c>
+      <c r="I349">
+        <v>2015</v>
+      </c>
+      <c r="J349" t="s">
+        <v>489</v>
+      </c>
+      <c r="K349" t="s">
+        <v>34</v>
+      </c>
+      <c r="L349" t="s">
+        <v>1632</v>
+      </c>
+      <c r="M349" t="s">
+        <v>490</v>
+      </c>
+      <c r="N349" t="s">
+        <v>27</v>
+      </c>
+      <c r="O349" t="s">
+        <v>1805</v>
+      </c>
+      <c r="P349" t="s">
+        <v>1806</v>
+      </c>
+    </row>
+    <row r="350" spans="1:16">
+      <c r="A350" t="s">
+        <v>1807</v>
+      </c>
+      <c r="B350" t="s">
+        <v>1808</v>
+      </c>
+      <c r="C350" t="s">
+        <v>486</v>
+      </c>
+      <c r="D350" t="s">
+        <v>180</v>
+      </c>
+      <c r="E350" t="s">
+        <v>20</v>
+      </c>
+      <c r="F350" t="s">
+        <v>21</v>
+      </c>
+      <c r="G350" t="s">
+        <v>22</v>
+      </c>
+      <c r="H350">
+        <v>2012</v>
+      </c>
+      <c r="I350">
+        <v>2015</v>
+      </c>
+      <c r="J350" t="s">
+        <v>489</v>
+      </c>
+      <c r="K350" t="s">
+        <v>34</v>
+      </c>
+      <c r="L350" t="s">
+        <v>1632</v>
+      </c>
+      <c r="M350" t="s">
+        <v>490</v>
+      </c>
+      <c r="N350" t="s">
+        <v>27</v>
+      </c>
+      <c r="O350" t="s">
+        <v>1809</v>
+      </c>
+      <c r="P350" t="s">
+        <v>1810</v>
+      </c>
+    </row>
+    <row r="351" spans="1:16">
+      <c r="A351" t="s">
+        <v>1811</v>
+      </c>
+      <c r="B351" t="s">
+        <v>1812</v>
+      </c>
+      <c r="C351" t="s">
+        <v>486</v>
+      </c>
+      <c r="D351" t="s">
+        <v>180</v>
+      </c>
+      <c r="E351" t="s">
+        <v>20</v>
+      </c>
+      <c r="F351" t="s">
+        <v>21</v>
+      </c>
+      <c r="G351" t="s">
+        <v>68</v>
+      </c>
+      <c r="H351">
+        <v>2012</v>
+      </c>
+      <c r="I351"/>
+      <c r="J351" t="s">
+        <v>489</v>
+      </c>
+      <c r="K351" t="s">
+        <v>34</v>
+      </c>
+      <c r="L351" t="s">
+        <v>1632</v>
+      </c>
+      <c r="M351" t="s">
+        <v>490</v>
+      </c>
+      <c r="N351" t="s">
+        <v>27</v>
+      </c>
+      <c r="O351" t="s">
+        <v>1813</v>
+      </c>
+      <c r="P351" t="s">
+        <v>1814</v>
+      </c>
+    </row>
+    <row r="352" spans="1:16">
+      <c r="A352" t="s">
+        <v>1815</v>
+      </c>
+      <c r="B352" t="s">
+        <v>1816</v>
+      </c>
+      <c r="C352" t="s">
+        <v>486</v>
+      </c>
+      <c r="D352" t="s">
+        <v>53</v>
+      </c>
+      <c r="E352" t="s">
+        <v>20</v>
+      </c>
+      <c r="F352" t="s">
+        <v>21</v>
+      </c>
+      <c r="G352" t="s">
+        <v>22</v>
+      </c>
+      <c r="H352">
+        <v>2012</v>
+      </c>
+      <c r="I352">
+        <v>2021</v>
+      </c>
+      <c r="J352" t="s">
+        <v>868</v>
+      </c>
+      <c r="K352" t="s">
+        <v>34</v>
+      </c>
+      <c r="L352"/>
+      <c r="M352" t="s">
+        <v>490</v>
+      </c>
+      <c r="N352" t="s">
+        <v>27</v>
+      </c>
+      <c r="O352" t="s">
+        <v>1817</v>
+      </c>
+      <c r="P352" t="s">
+        <v>1818</v>
+      </c>
+    </row>
+    <row r="353" spans="1:16">
+      <c r="A353" t="s">
+        <v>1819</v>
+      </c>
+      <c r="B353" t="s">
+        <v>1820</v>
+      </c>
+      <c r="C353" t="s">
+        <v>486</v>
+      </c>
+      <c r="D353" t="s">
+        <v>53</v>
+      </c>
+      <c r="E353" t="s">
+        <v>20</v>
+      </c>
+      <c r="F353" t="s">
+        <v>21</v>
+      </c>
+      <c r="G353" t="s">
+        <v>954</v>
+      </c>
+      <c r="H353">
+        <v>2012</v>
+      </c>
+      <c r="I353">
+        <v>2015</v>
+      </c>
+      <c r="J353" t="s">
+        <v>1541</v>
+      </c>
+      <c r="K353" t="s">
+        <v>34</v>
+      </c>
+      <c r="L353"/>
+      <c r="M353" t="s">
+        <v>490</v>
+      </c>
+      <c r="N353" t="s">
+        <v>27</v>
+      </c>
+      <c r="O353" t="s">
+        <v>1821</v>
+      </c>
+      <c r="P353" t="s">
+        <v>1822</v>
+      </c>
+    </row>
+    <row r="354" spans="1:16">
+      <c r="A354" t="s">
+        <v>1823</v>
+      </c>
+      <c r="B354" t="s">
+        <v>1824</v>
+      </c>
+      <c r="C354" t="s">
+        <v>486</v>
+      </c>
+      <c r="D354" t="s">
+        <v>53</v>
+      </c>
+      <c r="E354" t="s">
+        <v>20</v>
+      </c>
+      <c r="F354" t="s">
+        <v>21</v>
+      </c>
+      <c r="G354" t="s">
+        <v>68</v>
+      </c>
+      <c r="H354">
+        <v>2012</v>
+      </c>
+      <c r="I354"/>
+      <c r="J354" t="s">
+        <v>489</v>
+      </c>
+      <c r="K354" t="s">
+        <v>34</v>
+      </c>
+      <c r="L354"/>
+      <c r="M354" t="s">
+        <v>490</v>
+      </c>
+      <c r="N354" t="s">
+        <v>27</v>
+      </c>
+      <c r="O354" t="s">
+        <v>1825</v>
+      </c>
+      <c r="P354" t="s">
+        <v>1826</v>
+      </c>
+    </row>
+    <row r="355" spans="1:16">
+      <c r="A355" t="s">
+        <v>1827</v>
+      </c>
+      <c r="B355" t="s">
+        <v>1828</v>
+      </c>
+      <c r="C355" t="s">
+        <v>1829</v>
+      </c>
+      <c r="D355" t="s">
+        <v>1830</v>
+      </c>
+      <c r="E355" t="s">
+        <v>20</v>
+      </c>
+      <c r="F355" t="s">
+        <v>43</v>
+      </c>
+      <c r="G355" t="s">
+        <v>22</v>
+      </c>
+      <c r="H355">
+        <v>2009</v>
+      </c>
+      <c r="I355">
+        <v>2016</v>
+      </c>
+      <c r="J355" t="s">
+        <v>33</v>
+      </c>
+      <c r="K355" t="s">
         <v>24</v>
       </c>
-      <c r="N333" t="s">
-[...22 lines deleted...]
-      <c r="G334">
+      <c r="L355"/>
+      <c r="M355" t="s">
+        <v>1831</v>
+      </c>
+      <c r="N355" t="s">
+        <v>27</v>
+      </c>
+      <c r="O355" t="s">
+        <v>1832</v>
+      </c>
+      <c r="P355" t="s">
+        <v>1833</v>
+      </c>
+    </row>
+    <row r="356" spans="1:16">
+      <c r="A356" t="s">
+        <v>1834</v>
+      </c>
+      <c r="B356" t="s">
+        <v>1835</v>
+      </c>
+      <c r="C356" t="s">
+        <v>718</v>
+      </c>
+      <c r="D356" t="s">
+        <v>1836</v>
+      </c>
+      <c r="E356" t="s">
+        <v>42</v>
+      </c>
+      <c r="F356" t="s">
+        <v>54</v>
+      </c>
+      <c r="G356" t="s">
+        <v>68</v>
+      </c>
+      <c r="H356">
+        <v>2014</v>
+      </c>
+      <c r="I356"/>
+      <c r="J356" t="s">
+        <v>1148</v>
+      </c>
+      <c r="K356" t="s">
+        <v>34</v>
+      </c>
+      <c r="L356" t="s">
+        <v>1837</v>
+      </c>
+      <c r="M356" t="s">
+        <v>1838</v>
+      </c>
+      <c r="N356" t="s">
+        <v>27</v>
+      </c>
+      <c r="O356" t="s">
+        <v>1839</v>
+      </c>
+      <c r="P356" t="s">
+        <v>1840</v>
+      </c>
+    </row>
+    <row r="357" spans="1:16">
+      <c r="A357" t="s">
+        <v>1841</v>
+      </c>
+      <c r="B357" t="s">
+        <v>1842</v>
+      </c>
+      <c r="C357" t="s">
+        <v>718</v>
+      </c>
+      <c r="D357" t="s">
+        <v>62</v>
+      </c>
+      <c r="E357" t="s">
+        <v>42</v>
+      </c>
+      <c r="F357" t="s">
+        <v>54</v>
+      </c>
+      <c r="G357" t="s">
+        <v>22</v>
+      </c>
+      <c r="H357">
+        <v>1997</v>
+      </c>
+      <c r="I357">
+        <v>2015</v>
+      </c>
+      <c r="J357" t="s">
+        <v>33</v>
+      </c>
+      <c r="K357" t="s">
+        <v>34</v>
+      </c>
+      <c r="L357" t="s">
+        <v>1843</v>
+      </c>
+      <c r="M357" t="s">
+        <v>1838</v>
+      </c>
+      <c r="N357" t="s">
+        <v>27</v>
+      </c>
+      <c r="O357" t="s">
+        <v>1844</v>
+      </c>
+      <c r="P357" t="s">
+        <v>1845</v>
+      </c>
+    </row>
+    <row r="358" spans="1:16">
+      <c r="A358" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B358" t="s">
+        <v>1847</v>
+      </c>
+      <c r="C358" t="s">
+        <v>718</v>
+      </c>
+      <c r="D358" t="s">
+        <v>135</v>
+      </c>
+      <c r="E358" t="s">
+        <v>42</v>
+      </c>
+      <c r="F358" t="s">
+        <v>54</v>
+      </c>
+      <c r="G358" t="s">
+        <v>22</v>
+      </c>
+      <c r="H358">
+        <v>2013</v>
+      </c>
+      <c r="I358">
+        <v>2018</v>
+      </c>
+      <c r="J358" t="s">
+        <v>719</v>
+      </c>
+      <c r="K358" t="s">
+        <v>34</v>
+      </c>
+      <c r="L358" t="s">
+        <v>1848</v>
+      </c>
+      <c r="M358" t="s">
+        <v>1838</v>
+      </c>
+      <c r="N358" t="s">
+        <v>27</v>
+      </c>
+      <c r="O358" t="s">
+        <v>1849</v>
+      </c>
+      <c r="P358" t="s">
+        <v>1850</v>
+      </c>
+    </row>
+    <row r="359" spans="1:16">
+      <c r="A359" t="s">
+        <v>1851</v>
+      </c>
+      <c r="B359" t="s">
+        <v>1852</v>
+      </c>
+      <c r="C359" t="s">
+        <v>718</v>
+      </c>
+      <c r="D359" t="s">
+        <v>180</v>
+      </c>
+      <c r="E359" t="s">
+        <v>42</v>
+      </c>
+      <c r="F359" t="s">
+        <v>54</v>
+      </c>
+      <c r="G359" t="s">
+        <v>22</v>
+      </c>
+      <c r="H359">
+        <v>2003</v>
+      </c>
+      <c r="I359">
         <v>2012</v>
       </c>
-      <c r="H334">
+      <c r="J359" t="s">
+        <v>719</v>
+      </c>
+      <c r="K359" t="s">
+        <v>34</v>
+      </c>
+      <c r="L359" t="s">
+        <v>1853</v>
+      </c>
+      <c r="M359" t="s">
+        <v>1838</v>
+      </c>
+      <c r="N359" t="s">
+        <v>27</v>
+      </c>
+      <c r="O359" t="s">
+        <v>1854</v>
+      </c>
+      <c r="P359" t="s">
+        <v>1855</v>
+      </c>
+    </row>
+    <row r="360" spans="1:16">
+      <c r="A360" t="s">
+        <v>1856</v>
+      </c>
+      <c r="B360" t="s">
+        <v>1857</v>
+      </c>
+      <c r="C360" t="s">
+        <v>718</v>
+      </c>
+      <c r="D360" t="s">
+        <v>658</v>
+      </c>
+      <c r="E360" t="s">
+        <v>42</v>
+      </c>
+      <c r="F360" t="s">
+        <v>54</v>
+      </c>
+      <c r="G360" t="s">
+        <v>68</v>
+      </c>
+      <c r="H360">
         <v>2013</v>
       </c>
-      <c r="I334" t="s">
-[...113 lines deleted...]
-      <c r="G337">
+      <c r="I360"/>
+      <c r="J360" t="s">
+        <v>1858</v>
+      </c>
+      <c r="K360" t="s">
+        <v>34</v>
+      </c>
+      <c r="L360" t="s">
+        <v>1859</v>
+      </c>
+      <c r="M360" t="s">
+        <v>1838</v>
+      </c>
+      <c r="N360" t="s">
+        <v>27</v>
+      </c>
+      <c r="O360" t="s">
+        <v>1860</v>
+      </c>
+      <c r="P360" t="s">
+        <v>1861</v>
+      </c>
+    </row>
+    <row r="361" spans="1:16">
+      <c r="A361" t="s">
+        <v>1862</v>
+      </c>
+      <c r="B361" t="s">
+        <v>1863</v>
+      </c>
+      <c r="C361" t="s">
+        <v>718</v>
+      </c>
+      <c r="D361" t="s">
+        <v>533</v>
+      </c>
+      <c r="E361" t="s">
+        <v>42</v>
+      </c>
+      <c r="F361" t="s">
+        <v>54</v>
+      </c>
+      <c r="G361" t="s">
+        <v>68</v>
+      </c>
+      <c r="H361">
         <v>2012</v>
       </c>
-      <c r="H337">
-[...118 lines deleted...]
-      <c r="G340">
+      <c r="I361"/>
+      <c r="J361" t="s">
+        <v>719</v>
+      </c>
+      <c r="K361" t="s">
+        <v>34</v>
+      </c>
+      <c r="L361" t="s">
+        <v>1864</v>
+      </c>
+      <c r="M361" t="s">
+        <v>1838</v>
+      </c>
+      <c r="N361" t="s">
+        <v>27</v>
+      </c>
+      <c r="O361" t="s">
+        <v>1865</v>
+      </c>
+      <c r="P361" t="s">
+        <v>1866</v>
+      </c>
+    </row>
+    <row r="362" spans="1:16">
+      <c r="A362" t="s">
+        <v>1867</v>
+      </c>
+      <c r="B362" t="s">
+        <v>1868</v>
+      </c>
+      <c r="C362" t="s">
+        <v>718</v>
+      </c>
+      <c r="D362" t="s">
+        <v>84</v>
+      </c>
+      <c r="E362" t="s">
+        <v>42</v>
+      </c>
+      <c r="F362" t="s">
+        <v>54</v>
+      </c>
+      <c r="G362" t="s">
+        <v>68</v>
+      </c>
+      <c r="H362">
+        <v>1998</v>
+      </c>
+      <c r="I362"/>
+      <c r="J362" t="s">
+        <v>719</v>
+      </c>
+      <c r="K362" t="s">
+        <v>34</v>
+      </c>
+      <c r="L362" t="s">
+        <v>1869</v>
+      </c>
+      <c r="M362" t="s">
+        <v>1838</v>
+      </c>
+      <c r="N362" t="s">
+        <v>36</v>
+      </c>
+      <c r="O362" t="s">
+        <v>1870</v>
+      </c>
+      <c r="P362" t="s">
+        <v>1871</v>
+      </c>
+    </row>
+    <row r="363" spans="1:16">
+      <c r="A363" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B363" t="s">
+        <v>1873</v>
+      </c>
+      <c r="C363" t="s">
+        <v>718</v>
+      </c>
+      <c r="D363" t="s">
+        <v>180</v>
+      </c>
+      <c r="E363" t="s">
+        <v>42</v>
+      </c>
+      <c r="F363" t="s">
+        <v>54</v>
+      </c>
+      <c r="G363" t="s">
+        <v>68</v>
+      </c>
+      <c r="H363">
         <v>2018</v>
       </c>
-      <c r="H340"/>
-[...719 lines deleted...]
-      <c r="H357">
+      <c r="I363"/>
+      <c r="J363" t="s">
+        <v>719</v>
+      </c>
+      <c r="K363" t="s">
+        <v>34</v>
+      </c>
+      <c r="L363" t="s">
+        <v>1874</v>
+      </c>
+      <c r="M363" t="s">
+        <v>1838</v>
+      </c>
+      <c r="N363" t="s">
+        <v>27</v>
+      </c>
+      <c r="O363" t="s">
+        <v>1875</v>
+      </c>
+      <c r="P363" t="s">
+        <v>1876</v>
+      </c>
+    </row>
+    <row r="364" spans="1:16">
+      <c r="A364" t="s">
+        <v>1877</v>
+      </c>
+      <c r="B364" t="s">
+        <v>1878</v>
+      </c>
+      <c r="C364" t="s">
+        <v>718</v>
+      </c>
+      <c r="D364" t="s">
+        <v>180</v>
+      </c>
+      <c r="E364" t="s">
+        <v>42</v>
+      </c>
+      <c r="F364" t="s">
+        <v>54</v>
+      </c>
+      <c r="G364" t="s">
+        <v>68</v>
+      </c>
+      <c r="H364">
         <v>2018</v>
       </c>
-      <c r="I357" t="s">
-[...297 lines deleted...]
-      </c>
+      <c r="I364"/>
       <c r="J364" t="s">
-        <v>29</v>
+        <v>719</v>
       </c>
       <c r="K364" t="s">
-        <v>1211</v>
+        <v>34</v>
       </c>
       <c r="L364" t="s">
-        <v>1183</v>
+        <v>1879</v>
       </c>
       <c r="M364" t="s">
-        <v>24</v>
+        <v>1838</v>
       </c>
       <c r="N364" t="s">
-        <v>1212</v>
-[...2 lines deleted...]
-    <row r="365" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O364" t="s">
+        <v>1880</v>
+      </c>
+      <c r="P364" t="s">
+        <v>1881</v>
+      </c>
+    </row>
+    <row r="365" spans="1:16">
       <c r="A365" t="s">
-        <v>1213</v>
+        <v>1882</v>
       </c>
       <c r="B365" t="s">
-        <v>468</v>
+        <v>1883</v>
       </c>
       <c r="C365" t="s">
-        <v>44</v>
+        <v>718</v>
       </c>
       <c r="D365" t="s">
-        <v>35</v>
+        <v>214</v>
       </c>
       <c r="E365" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="F365" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2004</v>
+        <v>54</v>
+      </c>
+      <c r="G365" t="s">
+        <v>68</v>
       </c>
       <c r="H365">
         <v>2012</v>
       </c>
-      <c r="I365" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I365"/>
       <c r="J365" t="s">
-        <v>29</v>
+        <v>719</v>
       </c>
       <c r="K365" t="s">
-        <v>1214</v>
+        <v>34</v>
       </c>
       <c r="L365" t="s">
-        <v>1183</v>
+        <v>1884</v>
       </c>
       <c r="M365" t="s">
-        <v>24</v>
+        <v>1838</v>
       </c>
       <c r="N365" t="s">
-        <v>1215</v>
-[...2 lines deleted...]
-    <row r="366" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O365" t="s">
+        <v>1885</v>
+      </c>
+      <c r="P365" t="s">
+        <v>1886</v>
+      </c>
+    </row>
+    <row r="366" spans="1:16">
       <c r="A366" t="s">
-        <v>1216</v>
+        <v>1887</v>
       </c>
       <c r="B366" t="s">
-        <v>468</v>
+        <v>1888</v>
       </c>
       <c r="C366" t="s">
-        <v>240</v>
+        <v>718</v>
       </c>
       <c r="D366" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="E366" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="F366" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="G366">
+        <v>54</v>
+      </c>
+      <c r="G366" t="s">
+        <v>22</v>
+      </c>
+      <c r="H366">
+        <v>2004</v>
+      </c>
+      <c r="I366">
+        <v>2012</v>
+      </c>
+      <c r="J366" t="s">
+        <v>719</v>
+      </c>
+      <c r="K366" t="s">
+        <v>34</v>
+      </c>
+      <c r="L366" t="s">
+        <v>1889</v>
+      </c>
+      <c r="M366" t="s">
+        <v>1838</v>
+      </c>
+      <c r="N366" t="s">
+        <v>27</v>
+      </c>
+      <c r="O366" t="s">
+        <v>1890</v>
+      </c>
+      <c r="P366" t="s">
+        <v>1891</v>
+      </c>
+    </row>
+    <row r="367" spans="1:16">
+      <c r="A367" t="s">
+        <v>1892</v>
+      </c>
+      <c r="B367" t="s">
+        <v>1893</v>
+      </c>
+      <c r="C367" t="s">
+        <v>718</v>
+      </c>
+      <c r="D367" t="s">
+        <v>369</v>
+      </c>
+      <c r="E367" t="s">
+        <v>42</v>
+      </c>
+      <c r="F367" t="s">
+        <v>54</v>
+      </c>
+      <c r="G367" t="s">
+        <v>68</v>
+      </c>
+      <c r="H367">
         <v>2015</v>
       </c>
-      <c r="H366"/>
-[...38 lines deleted...]
-      <c r="G367">
+      <c r="I367"/>
+      <c r="J367" t="s">
+        <v>719</v>
+      </c>
+      <c r="K367" t="s">
+        <v>34</v>
+      </c>
+      <c r="L367" t="s">
+        <v>1894</v>
+      </c>
+      <c r="M367" t="s">
+        <v>1838</v>
+      </c>
+      <c r="N367" t="s">
+        <v>27</v>
+      </c>
+      <c r="O367" t="s">
+        <v>1895</v>
+      </c>
+      <c r="P367" t="s">
+        <v>1896</v>
+      </c>
+    </row>
+    <row r="368" spans="1:16">
+      <c r="A368" t="s">
+        <v>1897</v>
+      </c>
+      <c r="B368" t="s">
+        <v>1898</v>
+      </c>
+      <c r="C368" t="s">
+        <v>718</v>
+      </c>
+      <c r="D368" t="s">
+        <v>258</v>
+      </c>
+      <c r="E368" t="s">
+        <v>42</v>
+      </c>
+      <c r="F368" t="s">
+        <v>54</v>
+      </c>
+      <c r="G368" t="s">
+        <v>68</v>
+      </c>
+      <c r="H368">
         <v>2012</v>
       </c>
-      <c r="H367"/>
-[...38 lines deleted...]
-      <c r="G368">
+      <c r="I368"/>
+      <c r="J368" t="s">
+        <v>719</v>
+      </c>
+      <c r="K368" t="s">
+        <v>34</v>
+      </c>
+      <c r="L368" t="s">
+        <v>1899</v>
+      </c>
+      <c r="M368" t="s">
+        <v>1838</v>
+      </c>
+      <c r="N368" t="s">
+        <v>27</v>
+      </c>
+      <c r="O368" t="s">
+        <v>1900</v>
+      </c>
+      <c r="P368" t="s">
+        <v>1901</v>
+      </c>
+    </row>
+    <row r="369" spans="1:16">
+      <c r="A369" t="s">
+        <v>1902</v>
+      </c>
+      <c r="B369" t="s">
+        <v>1903</v>
+      </c>
+      <c r="C369" t="s">
+        <v>718</v>
+      </c>
+      <c r="D369" t="s">
+        <v>594</v>
+      </c>
+      <c r="E369" t="s">
+        <v>42</v>
+      </c>
+      <c r="F369" t="s">
+        <v>54</v>
+      </c>
+      <c r="G369" t="s">
+        <v>68</v>
+      </c>
+      <c r="H369">
         <v>2004</v>
       </c>
-      <c r="H368"/>
-[...32 lines deleted...]
-      <c r="E369" t="s">
+      <c r="I369"/>
+      <c r="J369" t="s">
+        <v>719</v>
+      </c>
+      <c r="K369" t="s">
+        <v>34</v>
+      </c>
+      <c r="L369" t="s">
+        <v>1904</v>
+      </c>
+      <c r="M369" t="s">
+        <v>1838</v>
+      </c>
+      <c r="N369" t="s">
+        <v>27</v>
+      </c>
+      <c r="O369" t="s">
+        <v>1905</v>
+      </c>
+      <c r="P369" t="s">
+        <v>1906</v>
+      </c>
+    </row>
+    <row r="370" spans="1:16">
+      <c r="A370" t="s">
+        <v>1907</v>
+      </c>
+      <c r="B370" t="s">
+        <v>1908</v>
+      </c>
+      <c r="C370" t="s">
+        <v>197</v>
+      </c>
+      <c r="D370" t="s">
+        <v>1909</v>
+      </c>
+      <c r="E370" t="s">
+        <v>20</v>
+      </c>
+      <c r="F370" t="s">
+        <v>21</v>
+      </c>
+      <c r="G370" t="s">
+        <v>68</v>
+      </c>
+      <c r="H370">
+        <v>2021</v>
+      </c>
+      <c r="I370"/>
+      <c r="J370" t="s">
+        <v>198</v>
+      </c>
+      <c r="K370" t="s">
+        <v>34</v>
+      </c>
+      <c r="L370"/>
+      <c r="M370"/>
+      <c r="N370" t="s">
+        <v>27</v>
+      </c>
+      <c r="O370" t="s">
+        <v>1910</v>
+      </c>
+      <c r="P370" t="s">
+        <v>1911</v>
+      </c>
+    </row>
+    <row r="371" spans="1:16">
+      <c r="A371" t="s">
+        <v>1912</v>
+      </c>
+      <c r="B371" t="s">
+        <v>1913</v>
+      </c>
+      <c r="C371" t="s">
+        <v>197</v>
+      </c>
+      <c r="D371" t="s">
+        <v>116</v>
+      </c>
+      <c r="E371" t="s">
+        <v>20</v>
+      </c>
+      <c r="F371" t="s">
+        <v>21</v>
+      </c>
+      <c r="G371" t="s">
+        <v>68</v>
+      </c>
+      <c r="H371">
+        <v>2021</v>
+      </c>
+      <c r="I371"/>
+      <c r="J371" t="s">
+        <v>198</v>
+      </c>
+      <c r="K371" t="s">
+        <v>34</v>
+      </c>
+      <c r="L371"/>
+      <c r="M371"/>
+      <c r="N371" t="s">
+        <v>36</v>
+      </c>
+      <c r="O371" t="s">
+        <v>1914</v>
+      </c>
+      <c r="P371" t="s">
+        <v>1911</v>
+      </c>
+    </row>
+    <row r="372" spans="1:16">
+      <c r="A372" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B372" t="s">
+        <v>1916</v>
+      </c>
+      <c r="C372" t="s">
+        <v>1917</v>
+      </c>
+      <c r="D372" t="s">
+        <v>1918</v>
+      </c>
+      <c r="E372" t="s">
+        <v>20</v>
+      </c>
+      <c r="F372" t="s">
+        <v>544</v>
+      </c>
+      <c r="G372" t="s">
+        <v>68</v>
+      </c>
+      <c r="H372">
+        <v>2016</v>
+      </c>
+      <c r="I372"/>
+      <c r="J372" t="s">
+        <v>1919</v>
+      </c>
+      <c r="K372" t="s">
+        <v>34</v>
+      </c>
+      <c r="L372"/>
+      <c r="M372" t="s">
+        <v>1920</v>
+      </c>
+      <c r="N372" t="s">
+        <v>36</v>
+      </c>
+      <c r="O372" t="s">
+        <v>1921</v>
+      </c>
+      <c r="P372" t="s">
+        <v>1922</v>
+      </c>
+    </row>
+    <row r="373" spans="1:16">
+      <c r="A373" t="s">
+        <v>1923</v>
+      </c>
+      <c r="B373" t="s">
+        <v>1924</v>
+      </c>
+      <c r="C373" t="s">
+        <v>718</v>
+      </c>
+      <c r="D373" t="s">
+        <v>141</v>
+      </c>
+      <c r="E373" t="s">
+        <v>42</v>
+      </c>
+      <c r="F373" t="s">
+        <v>43</v>
+      </c>
+      <c r="G373" t="s">
+        <v>933</v>
+      </c>
+      <c r="H373">
+        <v>2021</v>
+      </c>
+      <c r="I373"/>
+      <c r="J373" t="s">
+        <v>570</v>
+      </c>
+      <c r="K373" t="s">
+        <v>34</v>
+      </c>
+      <c r="L373" t="s">
+        <v>1925</v>
+      </c>
+      <c r="M373" t="s">
+        <v>1926</v>
+      </c>
+      <c r="N373" t="s">
+        <v>27</v>
+      </c>
+      <c r="O373" t="s">
+        <v>1927</v>
+      </c>
+      <c r="P373" t="s">
+        <v>1928</v>
+      </c>
+    </row>
+    <row r="374" spans="1:16">
+      <c r="A374" t="s">
+        <v>1929</v>
+      </c>
+      <c r="B374" t="s">
+        <v>854</v>
+      </c>
+      <c r="C374" t="s">
+        <v>773</v>
+      </c>
+      <c r="D374" t="s">
+        <v>147</v>
+      </c>
+      <c r="E374" t="s">
+        <v>20</v>
+      </c>
+      <c r="F374" t="s">
+        <v>21</v>
+      </c>
+      <c r="G374" t="s">
+        <v>22</v>
+      </c>
+      <c r="H374">
+        <v>2011</v>
+      </c>
+      <c r="I374">
+        <v>2011</v>
+      </c>
+      <c r="J374" t="s">
+        <v>69</v>
+      </c>
+      <c r="K374" t="s">
+        <v>34</v>
+      </c>
+      <c r="L374" t="s">
+        <v>1930</v>
+      </c>
+      <c r="M374" t="s">
+        <v>1728</v>
+      </c>
+      <c r="N374" t="s">
+        <v>27</v>
+      </c>
+      <c r="O374" t="s">
+        <v>1931</v>
+      </c>
+      <c r="P374" t="s">
+        <v>1932</v>
+      </c>
+    </row>
+    <row r="375" spans="1:16">
+      <c r="A375" t="s">
+        <v>1933</v>
+      </c>
+      <c r="B375" t="s">
+        <v>1934</v>
+      </c>
+      <c r="C375" t="s">
+        <v>731</v>
+      </c>
+      <c r="D375" t="s">
+        <v>62</v>
+      </c>
+      <c r="E375" t="s">
+        <v>42</v>
+      </c>
+      <c r="F375" t="s">
+        <v>54</v>
+      </c>
+      <c r="G375" t="s">
+        <v>22</v>
+      </c>
+      <c r="H375">
+        <v>2004</v>
+      </c>
+      <c r="I375">
+        <v>2020</v>
+      </c>
+      <c r="J375" t="s">
+        <v>44</v>
+      </c>
+      <c r="K375" t="s">
+        <v>34</v>
+      </c>
+      <c r="L375" t="s">
+        <v>1058</v>
+      </c>
+      <c r="M375" t="s">
+        <v>1935</v>
+      </c>
+      <c r="N375" t="s">
+        <v>27</v>
+      </c>
+      <c r="O375" t="s">
+        <v>1936</v>
+      </c>
+      <c r="P375" t="s">
+        <v>1937</v>
+      </c>
+    </row>
+    <row r="376" spans="1:16">
+      <c r="A376" t="s">
+        <v>1938</v>
+      </c>
+      <c r="B376" t="s">
+        <v>1939</v>
+      </c>
+      <c r="C376" t="s">
+        <v>731</v>
+      </c>
+      <c r="D376" t="s">
+        <v>283</v>
+      </c>
+      <c r="E376" t="s">
+        <v>42</v>
+      </c>
+      <c r="F376" t="s">
+        <v>54</v>
+      </c>
+      <c r="G376" t="s">
+        <v>22</v>
+      </c>
+      <c r="H376">
+        <v>2013</v>
+      </c>
+      <c r="I376">
+        <v>2020</v>
+      </c>
+      <c r="J376" t="s">
+        <v>33</v>
+      </c>
+      <c r="K376" t="s">
+        <v>34</v>
+      </c>
+      <c r="L376" t="s">
+        <v>1940</v>
+      </c>
+      <c r="M376" t="s">
+        <v>1941</v>
+      </c>
+      <c r="N376" t="s">
+        <v>27</v>
+      </c>
+      <c r="O376" t="s">
+        <v>1942</v>
+      </c>
+      <c r="P376" t="s">
+        <v>1943</v>
+      </c>
+    </row>
+    <row r="377" spans="1:16">
+      <c r="A377" t="s">
+        <v>1944</v>
+      </c>
+      <c r="B377" t="s">
+        <v>1945</v>
+      </c>
+      <c r="C377" t="s">
+        <v>731</v>
+      </c>
+      <c r="D377" t="s">
+        <v>180</v>
+      </c>
+      <c r="E377" t="s">
+        <v>42</v>
+      </c>
+      <c r="F377" t="s">
+        <v>54</v>
+      </c>
+      <c r="G377" t="s">
+        <v>22</v>
+      </c>
+      <c r="H377">
+        <v>2006</v>
+      </c>
+      <c r="I377">
+        <v>2020</v>
+      </c>
+      <c r="J377" t="s">
+        <v>33</v>
+      </c>
+      <c r="K377" t="s">
+        <v>34</v>
+      </c>
+      <c r="L377" t="s">
+        <v>1058</v>
+      </c>
+      <c r="M377" t="s">
+        <v>1935</v>
+      </c>
+      <c r="N377" t="s">
+        <v>27</v>
+      </c>
+      <c r="O377" t="s">
+        <v>1946</v>
+      </c>
+      <c r="P377" t="s">
+        <v>1947</v>
+      </c>
+    </row>
+    <row r="378" spans="1:16">
+      <c r="A378" t="s">
+        <v>1948</v>
+      </c>
+      <c r="B378" t="s">
+        <v>1949</v>
+      </c>
+      <c r="C378" t="s">
+        <v>731</v>
+      </c>
+      <c r="D378" t="s">
+        <v>158</v>
+      </c>
+      <c r="E378" t="s">
+        <v>42</v>
+      </c>
+      <c r="F378" t="s">
+        <v>54</v>
+      </c>
+      <c r="G378" t="s">
+        <v>22</v>
+      </c>
+      <c r="H378">
+        <v>2003</v>
+      </c>
+      <c r="I378">
+        <v>2020</v>
+      </c>
+      <c r="J378" t="s">
+        <v>33</v>
+      </c>
+      <c r="K378" t="s">
+        <v>34</v>
+      </c>
+      <c r="L378"/>
+      <c r="M378" t="s">
+        <v>1935</v>
+      </c>
+      <c r="N378" t="s">
+        <v>27</v>
+      </c>
+      <c r="O378" t="s">
+        <v>1950</v>
+      </c>
+      <c r="P378" t="s">
+        <v>1951</v>
+      </c>
+    </row>
+    <row r="379" spans="1:16">
+      <c r="A379" t="s">
+        <v>1952</v>
+      </c>
+      <c r="B379" t="s">
+        <v>1953</v>
+      </c>
+      <c r="C379" t="s">
+        <v>731</v>
+      </c>
+      <c r="D379" t="s">
+        <v>180</v>
+      </c>
+      <c r="E379" t="s">
+        <v>42</v>
+      </c>
+      <c r="F379" t="s">
+        <v>54</v>
+      </c>
+      <c r="G379" t="s">
+        <v>22</v>
+      </c>
+      <c r="H379">
+        <v>2001</v>
+      </c>
+      <c r="I379">
+        <v>2020</v>
+      </c>
+      <c r="J379" t="s">
+        <v>33</v>
+      </c>
+      <c r="K379" t="s">
+        <v>34</v>
+      </c>
+      <c r="L379" t="s">
+        <v>1058</v>
+      </c>
+      <c r="M379" t="s">
+        <v>1935</v>
+      </c>
+      <c r="N379" t="s">
+        <v>27</v>
+      </c>
+      <c r="O379" t="s">
+        <v>1954</v>
+      </c>
+      <c r="P379" t="s">
+        <v>1955</v>
+      </c>
+    </row>
+    <row r="380" spans="1:16">
+      <c r="A380" t="s">
+        <v>1956</v>
+      </c>
+      <c r="B380" t="s">
+        <v>1957</v>
+      </c>
+      <c r="C380" t="s">
+        <v>731</v>
+      </c>
+      <c r="D380" t="s">
+        <v>180</v>
+      </c>
+      <c r="E380" t="s">
+        <v>42</v>
+      </c>
+      <c r="F380" t="s">
+        <v>54</v>
+      </c>
+      <c r="G380" t="s">
+        <v>22</v>
+      </c>
+      <c r="H380">
+        <v>2000</v>
+      </c>
+      <c r="I380">
+        <v>2020</v>
+      </c>
+      <c r="J380" t="s">
+        <v>33</v>
+      </c>
+      <c r="K380" t="s">
+        <v>34</v>
+      </c>
+      <c r="L380" t="s">
+        <v>1058</v>
+      </c>
+      <c r="M380" t="s">
+        <v>1935</v>
+      </c>
+      <c r="N380" t="s">
+        <v>27</v>
+      </c>
+      <c r="O380" t="s">
+        <v>1958</v>
+      </c>
+      <c r="P380" t="s">
+        <v>1959</v>
+      </c>
+    </row>
+    <row r="381" spans="1:16">
+      <c r="A381" t="s">
+        <v>1960</v>
+      </c>
+      <c r="B381" t="s">
+        <v>1961</v>
+      </c>
+      <c r="C381" t="s">
+        <v>731</v>
+      </c>
+      <c r="D381" t="s">
+        <v>180</v>
+      </c>
+      <c r="E381" t="s">
+        <v>42</v>
+      </c>
+      <c r="F381" t="s">
+        <v>54</v>
+      </c>
+      <c r="G381" t="s">
+        <v>22</v>
+      </c>
+      <c r="H381">
+        <v>2002</v>
+      </c>
+      <c r="I381">
+        <v>2020</v>
+      </c>
+      <c r="J381" t="s">
+        <v>33</v>
+      </c>
+      <c r="K381" t="s">
+        <v>34</v>
+      </c>
+      <c r="L381" t="s">
+        <v>1058</v>
+      </c>
+      <c r="M381" t="s">
+        <v>1935</v>
+      </c>
+      <c r="N381" t="s">
+        <v>27</v>
+      </c>
+      <c r="O381" t="s">
+        <v>1962</v>
+      </c>
+      <c r="P381" t="s">
+        <v>1963</v>
+      </c>
+    </row>
+    <row r="382" spans="1:16">
+      <c r="A382" t="s">
+        <v>1964</v>
+      </c>
+      <c r="B382" t="s">
+        <v>1965</v>
+      </c>
+      <c r="C382" t="s">
         <v>18</v>
       </c>
-      <c r="F369" t="s">
-[...2 lines deleted...]
-      <c r="G369">
+      <c r="D382" t="s">
+        <v>1966</v>
+      </c>
+      <c r="E382" t="s">
+        <v>42</v>
+      </c>
+      <c r="F382" t="s">
+        <v>54</v>
+      </c>
+      <c r="G382" t="s">
+        <v>68</v>
+      </c>
+      <c r="H382">
+        <v>2013</v>
+      </c>
+      <c r="I382"/>
+      <c r="J382" t="s">
+        <v>276</v>
+      </c>
+      <c r="K382" t="s">
+        <v>34</v>
+      </c>
+      <c r="L382" t="s">
+        <v>1967</v>
+      </c>
+      <c r="M382" t="s">
+        <v>1968</v>
+      </c>
+      <c r="N382" t="s">
+        <v>27</v>
+      </c>
+      <c r="O382" t="s">
+        <v>1969</v>
+      </c>
+      <c r="P382" t="s">
+        <v>1970</v>
+      </c>
+    </row>
+    <row r="383" spans="1:16">
+      <c r="A383" t="s">
+        <v>1971</v>
+      </c>
+      <c r="B383" t="s">
+        <v>1972</v>
+      </c>
+      <c r="C383" t="s">
+        <v>718</v>
+      </c>
+      <c r="D383" t="s">
+        <v>1973</v>
+      </c>
+      <c r="E383" t="s">
+        <v>42</v>
+      </c>
+      <c r="F383" t="s">
+        <v>21</v>
+      </c>
+      <c r="G383" t="s">
+        <v>68</v>
+      </c>
+      <c r="H383">
+        <v>2012</v>
+      </c>
+      <c r="I383"/>
+      <c r="J383" t="s">
+        <v>1148</v>
+      </c>
+      <c r="K383" t="s">
+        <v>34</v>
+      </c>
+      <c r="L383"/>
+      <c r="M383" t="s">
+        <v>1974</v>
+      </c>
+      <c r="N383" t="s">
+        <v>27</v>
+      </c>
+      <c r="O383" t="s">
+        <v>1975</v>
+      </c>
+      <c r="P383" t="s">
+        <v>1976</v>
+      </c>
+    </row>
+    <row r="384" spans="1:16">
+      <c r="A384" t="s">
+        <v>1977</v>
+      </c>
+      <c r="B384" t="s">
+        <v>1978</v>
+      </c>
+      <c r="C384" t="s">
+        <v>718</v>
+      </c>
+      <c r="D384" t="s">
+        <v>1155</v>
+      </c>
+      <c r="E384" t="s">
+        <v>42</v>
+      </c>
+      <c r="F384" t="s">
+        <v>21</v>
+      </c>
+      <c r="G384" t="s">
+        <v>68</v>
+      </c>
+      <c r="H384">
+        <v>2007</v>
+      </c>
+      <c r="I384"/>
+      <c r="J384" t="s">
+        <v>1148</v>
+      </c>
+      <c r="K384" t="s">
+        <v>34</v>
+      </c>
+      <c r="L384"/>
+      <c r="M384" t="s">
+        <v>1974</v>
+      </c>
+      <c r="N384" t="s">
+        <v>27</v>
+      </c>
+      <c r="O384" t="s">
+        <v>1979</v>
+      </c>
+      <c r="P384" t="s">
+        <v>1980</v>
+      </c>
+    </row>
+    <row r="385" spans="1:16">
+      <c r="A385" t="s">
+        <v>1981</v>
+      </c>
+      <c r="B385" t="s">
+        <v>1982</v>
+      </c>
+      <c r="C385" t="s">
+        <v>1983</v>
+      </c>
+      <c r="D385" t="s">
+        <v>307</v>
+      </c>
+      <c r="E385" t="s">
+        <v>42</v>
+      </c>
+      <c r="F385" t="s">
+        <v>21</v>
+      </c>
+      <c r="G385" t="s">
+        <v>68</v>
+      </c>
+      <c r="H385">
         <v>2021</v>
       </c>
-      <c r="H369"/>
-[...34 lines deleted...]
-      <c r="G370">
+      <c r="I385"/>
+      <c r="J385" t="s">
+        <v>570</v>
+      </c>
+      <c r="K385" t="s">
+        <v>34</v>
+      </c>
+      <c r="L385" t="s">
+        <v>1984</v>
+      </c>
+      <c r="M385" t="s">
+        <v>1985</v>
+      </c>
+      <c r="N385" t="s">
+        <v>27</v>
+      </c>
+      <c r="O385" t="s">
+        <v>1986</v>
+      </c>
+      <c r="P385"/>
+    </row>
+    <row r="386" spans="1:16">
+      <c r="A386" t="s">
+        <v>1987</v>
+      </c>
+      <c r="B386" t="s">
+        <v>1988</v>
+      </c>
+      <c r="C386" t="s">
+        <v>1983</v>
+      </c>
+      <c r="D386" t="s">
+        <v>258</v>
+      </c>
+      <c r="E386" t="s">
+        <v>42</v>
+      </c>
+      <c r="F386" t="s">
+        <v>21</v>
+      </c>
+      <c r="G386" t="s">
+        <v>68</v>
+      </c>
+      <c r="H386">
+        <v>2015</v>
+      </c>
+      <c r="I386"/>
+      <c r="J386" t="s">
+        <v>570</v>
+      </c>
+      <c r="K386" t="s">
+        <v>34</v>
+      </c>
+      <c r="L386" t="s">
+        <v>1989</v>
+      </c>
+      <c r="M386" t="s">
+        <v>1985</v>
+      </c>
+      <c r="N386" t="s">
+        <v>27</v>
+      </c>
+      <c r="O386" t="s">
+        <v>1990</v>
+      </c>
+      <c r="P386" t="s">
+        <v>1991</v>
+      </c>
+    </row>
+    <row r="387" spans="1:16">
+      <c r="A387" t="s">
+        <v>1992</v>
+      </c>
+      <c r="B387" t="s">
+        <v>1993</v>
+      </c>
+      <c r="C387" t="s">
+        <v>1983</v>
+      </c>
+      <c r="D387" t="s">
+        <v>258</v>
+      </c>
+      <c r="E387" t="s">
+        <v>42</v>
+      </c>
+      <c r="F387" t="s">
+        <v>43</v>
+      </c>
+      <c r="G387" t="s">
+        <v>68</v>
+      </c>
+      <c r="H387">
+        <v>2015</v>
+      </c>
+      <c r="I387"/>
+      <c r="J387" t="s">
+        <v>855</v>
+      </c>
+      <c r="K387" t="s">
+        <v>34</v>
+      </c>
+      <c r="L387" t="s">
+        <v>1994</v>
+      </c>
+      <c r="M387" t="s">
+        <v>1985</v>
+      </c>
+      <c r="N387" t="s">
+        <v>27</v>
+      </c>
+      <c r="O387" t="s">
+        <v>1995</v>
+      </c>
+      <c r="P387" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="388" spans="1:16">
+      <c r="A388" t="s">
+        <v>1997</v>
+      </c>
+      <c r="B388" t="s">
+        <v>1998</v>
+      </c>
+      <c r="C388" t="s">
+        <v>1983</v>
+      </c>
+      <c r="D388" t="s">
+        <v>158</v>
+      </c>
+      <c r="E388" t="s">
+        <v>42</v>
+      </c>
+      <c r="F388" t="s">
+        <v>43</v>
+      </c>
+      <c r="G388" t="s">
+        <v>1738</v>
+      </c>
+      <c r="H388">
         <v>2021</v>
       </c>
-      <c r="H370"/>
-[...28 lines deleted...]
-      <c r="E371" t="s">
+      <c r="I388"/>
+      <c r="J388" t="s">
+        <v>570</v>
+      </c>
+      <c r="K388" t="s">
+        <v>34</v>
+      </c>
+      <c r="L388" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M388" t="s">
+        <v>1985</v>
+      </c>
+      <c r="N388" t="s">
+        <v>27</v>
+      </c>
+      <c r="O388" t="s">
+        <v>2000</v>
+      </c>
+      <c r="P388" t="s">
+        <v>2001</v>
+      </c>
+    </row>
+    <row r="389" spans="1:16">
+      <c r="A389" t="s">
+        <v>2002</v>
+      </c>
+      <c r="B389" t="s">
+        <v>2003</v>
+      </c>
+      <c r="C389" t="s">
+        <v>1983</v>
+      </c>
+      <c r="D389" t="s">
+        <v>158</v>
+      </c>
+      <c r="E389" t="s">
+        <v>42</v>
+      </c>
+      <c r="F389" t="s">
+        <v>1399</v>
+      </c>
+      <c r="G389" t="s">
+        <v>68</v>
+      </c>
+      <c r="H389">
+        <v>2021</v>
+      </c>
+      <c r="I389"/>
+      <c r="J389" t="s">
+        <v>570</v>
+      </c>
+      <c r="K389" t="s">
+        <v>34</v>
+      </c>
+      <c r="L389" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M389" t="s">
+        <v>1985</v>
+      </c>
+      <c r="N389" t="s">
+        <v>27</v>
+      </c>
+      <c r="O389" t="s">
+        <v>2004</v>
+      </c>
+      <c r="P389" t="s">
+        <v>2005</v>
+      </c>
+    </row>
+    <row r="390" spans="1:16">
+      <c r="A390" t="s">
+        <v>2006</v>
+      </c>
+      <c r="B390" t="s">
+        <v>2007</v>
+      </c>
+      <c r="C390" t="s">
+        <v>1983</v>
+      </c>
+      <c r="D390" t="s">
+        <v>53</v>
+      </c>
+      <c r="E390" t="s">
+        <v>42</v>
+      </c>
+      <c r="F390" t="s">
+        <v>43</v>
+      </c>
+      <c r="G390" t="s">
+        <v>22</v>
+      </c>
+      <c r="H390">
+        <v>2012</v>
+      </c>
+      <c r="I390">
+        <v>2015</v>
+      </c>
+      <c r="J390" t="s">
+        <v>855</v>
+      </c>
+      <c r="K390" t="s">
+        <v>34</v>
+      </c>
+      <c r="L390" t="s">
+        <v>2008</v>
+      </c>
+      <c r="M390" t="s">
+        <v>1985</v>
+      </c>
+      <c r="N390" t="s">
+        <v>27</v>
+      </c>
+      <c r="O390" t="s">
+        <v>2009</v>
+      </c>
+      <c r="P390" t="s">
+        <v>2010</v>
+      </c>
+    </row>
+    <row r="391" spans="1:16">
+      <c r="A391" t="s">
+        <v>2011</v>
+      </c>
+      <c r="B391" t="s">
+        <v>2012</v>
+      </c>
+      <c r="C391" t="s">
+        <v>2013</v>
+      </c>
+      <c r="D391" t="s">
+        <v>53</v>
+      </c>
+      <c r="E391" t="s">
+        <v>20</v>
+      </c>
+      <c r="F391" t="s">
+        <v>544</v>
+      </c>
+      <c r="G391" t="s">
+        <v>22</v>
+      </c>
+      <c r="H391">
+        <v>2016</v>
+      </c>
+      <c r="I391">
+        <v>2019</v>
+      </c>
+      <c r="J391" t="s">
+        <v>1541</v>
+      </c>
+      <c r="K391" t="s">
+        <v>34</v>
+      </c>
+      <c r="L391"/>
+      <c r="M391" t="s">
+        <v>2014</v>
+      </c>
+      <c r="N391" t="s">
+        <v>27</v>
+      </c>
+      <c r="O391" t="s">
+        <v>2015</v>
+      </c>
+      <c r="P391" t="s">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="392" spans="1:16">
+      <c r="A392" t="s">
+        <v>2017</v>
+      </c>
+      <c r="B392" t="s">
+        <v>2018</v>
+      </c>
+      <c r="C392" t="s">
+        <v>2019</v>
+      </c>
+      <c r="D392" t="s">
+        <v>84</v>
+      </c>
+      <c r="E392" t="s">
+        <v>20</v>
+      </c>
+      <c r="F392" t="s">
+        <v>21</v>
+      </c>
+      <c r="G392" t="s">
+        <v>68</v>
+      </c>
+      <c r="H392">
+        <v>2011</v>
+      </c>
+      <c r="I392"/>
+      <c r="J392" t="s">
+        <v>44</v>
+      </c>
+      <c r="K392" t="s">
+        <v>34</v>
+      </c>
+      <c r="L392"/>
+      <c r="M392" t="s">
+        <v>2020</v>
+      </c>
+      <c r="N392" t="s">
         <v>36</v>
       </c>
-      <c r="F371" t="s">
-[...44 lines deleted...]
-      <c r="G372">
+      <c r="O392" t="s">
         <v>2021</v>
       </c>
-      <c r="H372"/>
-[...126 lines deleted...]
-      <c r="G375">
+      <c r="P392" t="s">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="393" spans="1:16">
+      <c r="A393" t="s">
+        <v>2023</v>
+      </c>
+      <c r="B393" t="s">
+        <v>2024</v>
+      </c>
+      <c r="C393" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D393" t="s">
+        <v>2025</v>
+      </c>
+      <c r="E393" t="s">
+        <v>20</v>
+      </c>
+      <c r="F393" t="s">
+        <v>544</v>
+      </c>
+      <c r="G393" t="s">
+        <v>22</v>
+      </c>
+      <c r="H393">
+        <v>2012</v>
+      </c>
+      <c r="I393">
+        <v>2014</v>
+      </c>
+      <c r="J393" t="s">
+        <v>1192</v>
+      </c>
+      <c r="K393" t="s">
+        <v>34</v>
+      </c>
+      <c r="L393" t="s">
+        <v>2026</v>
+      </c>
+      <c r="M393" t="s">
+        <v>1468</v>
+      </c>
+      <c r="N393" t="s">
+        <v>27</v>
+      </c>
+      <c r="O393" t="s">
+        <v>2027</v>
+      </c>
+      <c r="P393" t="s">
+        <v>2028</v>
+      </c>
+    </row>
+    <row r="394" spans="1:16">
+      <c r="A394" t="s">
+        <v>2029</v>
+      </c>
+      <c r="B394" t="s">
+        <v>2030</v>
+      </c>
+      <c r="C394" t="s">
+        <v>52</v>
+      </c>
+      <c r="D394" t="s">
+        <v>1744</v>
+      </c>
+      <c r="E394" t="s">
+        <v>42</v>
+      </c>
+      <c r="F394" t="s">
+        <v>21</v>
+      </c>
+      <c r="G394" t="s">
+        <v>68</v>
+      </c>
+      <c r="H394">
+        <v>2014</v>
+      </c>
+      <c r="I394"/>
+      <c r="J394" t="s">
+        <v>186</v>
+      </c>
+      <c r="K394" t="s">
+        <v>34</v>
+      </c>
+      <c r="L394"/>
+      <c r="M394"/>
+      <c r="N394" t="s">
+        <v>27</v>
+      </c>
+      <c r="O394" t="s">
+        <v>2031</v>
+      </c>
+      <c r="P394" t="s">
+        <v>2032</v>
+      </c>
+    </row>
+    <row r="395" spans="1:16">
+      <c r="A395" t="s">
+        <v>2033</v>
+      </c>
+      <c r="B395" t="s">
+        <v>2034</v>
+      </c>
+      <c r="C395" t="s">
+        <v>203</v>
+      </c>
+      <c r="D395" t="s">
+        <v>180</v>
+      </c>
+      <c r="E395" t="s">
+        <v>42</v>
+      </c>
+      <c r="F395" t="s">
+        <v>21</v>
+      </c>
+      <c r="G395" t="s">
+        <v>68</v>
+      </c>
+      <c r="H395">
         <v>2013</v>
       </c>
-      <c r="H375">
-[...814 lines deleted...]
-        <v>1304</v>
+      <c r="I395"/>
+      <c r="J395" t="s">
+        <v>186</v>
+      </c>
+      <c r="K395" t="s">
+        <v>34</v>
+      </c>
+      <c r="L395"/>
+      <c r="M395"/>
+      <c r="N395" t="s">
+        <v>27</v>
+      </c>
+      <c r="O395" t="s">
+        <v>2035</v>
+      </c>
+      <c r="P395" t="s">
+        <v>2036</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>