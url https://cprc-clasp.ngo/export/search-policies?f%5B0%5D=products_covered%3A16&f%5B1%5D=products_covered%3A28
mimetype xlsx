--- v1 (2025-12-12)
+++ v2 (2026-01-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2037">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2039">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -218,51 +218,51 @@
   <si>
     <t>2011-330-EU: Commission Decision of 6 June 2011 on establishing the ecological criteria for the award of the EU Ecolabel for notebook computers</t>
   </si>
   <si>
     <t>The product group 'notebook computers' shall comprise devices which have the following characteristics:  A. they perform logical operations and process data and are designed specifically for portability and to be operated for extended periods of time either with or without a direct connection to an AC power source;   B. they utilise an integrated computer display and are capable of operation off an integrated battery or other portable power source. If a notebook computer is delivered with an external power supply this power supply is considered part of the notebook computer.  For the purpose of this Decision; tablet personal computers; which may use touch-sensitive screens along with or instead of other input devices shall be considered notebook computers. Digital picture frames shall not be considered notebook computers for the purpose of this Decision.</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2011-330-eu-commission-decision-6-june-2011-establishing-ecological-criteria-award-eu</t>
   </si>
   <si>
     <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32011D0330</t>
   </si>
   <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14349</t>
   </si>
   <si>
     <t>Act on the Rational Use of Energy</t>
   </si>
   <si>
     <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
@@ -287,50 +287,53 @@
     <t>This standard covers three-phase induction motors for voltages up to and including 11000 V and</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-11391986</t>
   </si>
   <si>
     <t>https://www.bstibds.com/single_product/4919</t>
   </si>
   <si>
     <t>BDS 563:1965 Electrical performance of power transformers</t>
   </si>
   <si>
     <t>Covers power transformers</t>
   </si>
   <si>
     <t>Internal Power Supply</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-5631965-electrical-performance-power-transformers</t>
   </si>
   <si>
     <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
   </si>
   <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
     <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
@@ -777,60 +780,61 @@
     <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
   </si>
   <si>
     <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 666/2013 of 8 July 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for vacuum cleaners</t>
   </si>
   <si>
     <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.</t>
   </si>
   <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-0</t>
   </si>
@@ -2744,78 +2748,81 @@
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF578CC8E05397BE0A0A829B</t>
   </si>
   <si>
     <t>GB 19153-2019 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Displacement Air Compressors</t>
   </si>
   <si>
     <t>The following types of air compressors are covered: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
   </si>
   <si>
     <t>GB/T 3853; GB/T 4975; GB/T 13279; GB/T 13928; GB/T26967; JB/T 4253; JB/T 6430; JB/T 7662; JB/T 8933; JB/T 8934; JB/T 9107; JB/T 10972; JB/T 11423; JB/T 13345</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19153-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
   </si>
   <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20943-2025  Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for AC-DC and AC-AC Power Supplies</t>
   </si>
   <si>
     <t>This revised policy substantially expands its regulatory scope through the inclusion of additional product categories and extended power capacity ranges, while integrating embedded power supplies into its framework for the first time. Aligned with the European Union’s latest minimum energy efficiency requirements of power supplies, GB 20943-2025 introduces a globally pioneering specification for Grade 1 no-load power consumption, establishing a stringent threshold of 0.05W to 0.075W.</t>
   </si>
   <si>
     <t>Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>GB 20943-2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
-    <t>https://openstd.samr.gov.cn/bzgk/std/newGbInfo?hcno=8105E9E58B8B8BDB5DF9D96119B1C60A</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=2D9BC7B2DA386BF6E06397BE0A0A4ED1</t>
   </si>
   <si>
     <t>GB 21518-2008 Minimum allowable values of energy efficiency and energy efficiency grades for AC contactors</t>
   </si>
   <si>
     <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does NOT apply to AC contactors with external power saving device or semi-conductor type -solid type contactor</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21518-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D773ECD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 21520-2015 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Computer Monitors</t>
   </si>
   <si>
     <t>Applies to LCD monitors for computers working under normal electricity grid voltage, and those displays with tuners and or receivers mainly used as computer monitors.</t>
   </si>
   <si>
     <t>GB/T 8170; GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21520-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
@@ -2959,51 +2966,51 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32028-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80950D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 35971-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for hermetic motor-compressor in room air conditioners</t>
   </si>
   <si>
     <t>This policy covers hermetic motor-compressors in room air conditioners.</t>
   </si>
   <si>
     <t>GB/T 5773; GB/T 15765-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-35971-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D82889D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 36893-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for air cleaners</t>
   </si>
   <si>
-    <t>Superseded</t>
+    <t>November 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-36893-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=7AC3075CD358B4B1E05397BE0A0AC4DE</t>
   </si>
   <si>
     <t>GB 36893-2024 Minimum allowable values of energy efficiency and energy efficiency grades for air cleaner</t>
   </si>
   <si>
     <t>This standard revised minimum energy performance standards and grades for air cleaners:
  — Air cleaners with a single-phase rated voltage greater than 5 V and not exceeding 250 V, and other rated voltages not exceeding 480 V;
 — Air cleaners with functions for removing particulate matter and gaseous pollutants;
 — Humidifying purifiers and purifying fans with an independent air purification function mode.</t>
   </si>
   <si>
     <t>GB/T 18801—2022</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-36893-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
@@ -4208,62 +4215,62 @@
   <si>
     <t>MEPS for Television</t>
   </si>
   <si>
     <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency percent shall be measured by KS C IEC 62087.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-television</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-televisions-20242025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
   </si>
   <si>
     <t>MEPS for Vacuum Cleaners</t>
   </si>
   <si>
     <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable, dry only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-vacuum-cleaners</t>
   </si>
   <si>
     <t>Minimum energy performance requirements for three phase electric motors</t>
   </si>
   <si>
     <t>The minimum energy performance standards apply to new motors and motors incorporated into machines:
 i) with rated output less than or equal to 0.73kW and less than 185kW; 
 ii) in 2- 4- 6- and 8-pole configurations; and 
 iii) with voltages rated up to 1100 V AC</t>
   </si>
   <si>
     <t>AS/NZS 1359.5:2004; AS 1359.101; AS 1359.102.1; AS/NZS 1359.102.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-requirements-three-phase-electric-motors</t>
   </si>
@@ -7173,18626 +7180,18626 @@
       </c>
       <c r="P9" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>88</v>
       </c>
       <c r="B10" t="s">
         <v>89</v>
       </c>
       <c r="C10" t="s">
         <v>83</v>
       </c>
       <c r="D10" t="s">
         <v>90</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H10">
         <v>2012</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
         <v>33</v>
       </c>
       <c r="K10" t="s">
         <v>34</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>85</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="P10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B11" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C11" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D11" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>43</v>
       </c>
       <c r="G11" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H11">
         <v>2013</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>44</v>
       </c>
       <c r="K11" t="s">
         <v>34</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="P11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B12" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C12" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>43</v>
       </c>
       <c r="G12" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H12">
         <v>2010</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K12" t="s">
         <v>34</v>
       </c>
       <c r="L12" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="M12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="N12" t="s">
         <v>36</v>
       </c>
       <c r="O12" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="P12" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B13" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C13" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D13" t="s">
         <v>84</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>43</v>
       </c>
       <c r="G13" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H13">
         <v>2014</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K13" t="s">
         <v>34</v>
       </c>
       <c r="L13" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="M13" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="P13" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B14" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C14" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D14" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>43</v>
       </c>
       <c r="G14" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H14">
         <v>2014</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K14" t="s">
         <v>34</v>
       </c>
       <c r="L14" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="M14" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="P14" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C15" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D15" t="s">
         <v>53</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>43</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2011</v>
       </c>
       <c r="I15">
         <v>2021</v>
       </c>
       <c r="J15" t="s">
         <v>69</v>
       </c>
       <c r="K15" t="s">
         <v>34</v>
       </c>
       <c r="L15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="M15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="P15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B16" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C16" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D16" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>43</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2016</v>
       </c>
       <c r="I16">
         <v>2021</v>
       </c>
       <c r="J16" t="s">
         <v>69</v>
       </c>
       <c r="K16" t="s">
         <v>34</v>
       </c>
       <c r="L16" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="M16" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="P16" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B17" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C17" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D17" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>43</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2016</v>
       </c>
       <c r="I17">
         <v>2021</v>
       </c>
       <c r="J17" t="s">
         <v>69</v>
       </c>
       <c r="K17" t="s">
         <v>34</v>
       </c>
       <c r="L17" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="M17" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="P17"/>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B18" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C18" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D18" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>43</v>
       </c>
       <c r="G18" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H18">
         <v>2015</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
         <v>69</v>
       </c>
       <c r="K18" t="s">
         <v>34</v>
       </c>
       <c r="L18" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="M18" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="P18" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B19" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C19" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D19" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>43</v>
       </c>
       <c r="G19" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H19">
         <v>2019</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K19" t="s">
         <v>34</v>
       </c>
       <c r="L19" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="M19" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="P19" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B20" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C20" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D20" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>43</v>
       </c>
       <c r="G20" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H20">
         <v>2011</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K20" t="s">
         <v>34</v>
       </c>
       <c r="L20" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="M20" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="P20" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B21" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C21" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D21" t="s">
         <v>84</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>43</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2008</v>
       </c>
       <c r="I21">
         <v>2012</v>
       </c>
       <c r="J21" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K21" t="s">
         <v>34</v>
       </c>
       <c r="L21" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="M21" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="P21" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B22" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C22" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D22" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>43</v>
       </c>
       <c r="G22" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H22">
         <v>2009</v>
       </c>
       <c r="I22">
         <v>2015</v>
       </c>
       <c r="J22" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K22" t="s">
         <v>34</v>
       </c>
       <c r="L22" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="M22" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="P22" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B23" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C23" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D23" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>43</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2010</v>
       </c>
       <c r="I23">
         <v>2019</v>
       </c>
       <c r="J23" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K23" t="s">
         <v>34</v>
       </c>
       <c r="L23" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="M23" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="P23" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B24" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C24" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D24" t="s">
         <v>53</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>43</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2011</v>
       </c>
       <c r="I24">
         <v>2013</v>
       </c>
       <c r="J24" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K24" t="s">
         <v>34</v>
       </c>
       <c r="L24" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="M24" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="P24" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B25" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C25" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D25" t="s">
         <v>62</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>43</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2012</v>
       </c>
       <c r="I25">
         <v>2013</v>
       </c>
       <c r="J25" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K25" t="s">
         <v>34</v>
       </c>
       <c r="L25" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="M25" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="P25" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B26" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C26" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D26" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>43</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2009</v>
       </c>
       <c r="I26">
         <v>2015</v>
       </c>
       <c r="J26" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K26" t="s">
         <v>34</v>
       </c>
       <c r="L26" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="M26" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="P26" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B27" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C27" t="s">
         <v>52</v>
       </c>
       <c r="D27" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E27" t="s">
         <v>42</v>
       </c>
       <c r="F27" t="s">
         <v>54</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2003</v>
       </c>
       <c r="I27">
         <v>2013</v>
       </c>
       <c r="J27" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="K27" t="s">
         <v>34</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
         <v>57</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="P27" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B28" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C28" t="s">
         <v>52</v>
       </c>
       <c r="D28" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>43</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2010</v>
       </c>
       <c r="I28">
         <v>2019</v>
       </c>
       <c r="J28" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="K28" t="s">
         <v>34</v>
       </c>
       <c r="L28" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="M28" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="P28" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B29" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C29" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D29" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>43</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2010</v>
       </c>
       <c r="I29">
         <v>2019</v>
       </c>
       <c r="J29" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="K29" t="s">
         <v>34</v>
       </c>
       <c r="L29" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="M29"/>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="P29" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B30" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C30" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D30" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>43</v>
       </c>
       <c r="G30" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H30">
         <v>2023</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="K30" t="s">
         <v>34</v>
       </c>
       <c r="L30"/>
       <c r="M30"/>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="P30" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B31" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C31" t="s">
         <v>52</v>
       </c>
       <c r="D31" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2009</v>
       </c>
       <c r="I31">
         <v>2019</v>
       </c>
       <c r="J31" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="K31" t="s">
         <v>34</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="N31" t="s">
         <v>36</v>
       </c>
       <c r="O31" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="P31" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B32" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C32" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D32" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2009</v>
       </c>
       <c r="I32">
         <v>2019</v>
       </c>
       <c r="J32" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="K32" t="s">
         <v>34</v>
       </c>
       <c r="L32"/>
       <c r="M32"/>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="P32" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B33" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C33" t="s">
         <v>52</v>
       </c>
       <c r="D33" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="H33">
         <v>2009</v>
       </c>
       <c r="I33">
         <v>2019</v>
       </c>
       <c r="J33" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="K33" t="s">
         <v>34</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="P33" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B34" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C34" t="s">
         <v>52</v>
       </c>
       <c r="D34" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2009</v>
       </c>
       <c r="I34">
         <v>2019</v>
       </c>
       <c r="J34" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="K34" t="s">
         <v>34</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="P34" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B35" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C35" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D35" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H35">
         <v>2014</v>
       </c>
       <c r="I35">
         <v>2019</v>
       </c>
       <c r="J35" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="K35" t="s">
         <v>34</v>
       </c>
       <c r="L35"/>
       <c r="M35"/>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="P35" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B36" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C36" t="s">
         <v>52</v>
       </c>
       <c r="D36" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2014</v>
       </c>
       <c r="I36">
         <v>2019</v>
       </c>
       <c r="J36" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="K36" t="s">
         <v>34</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="P36" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B37" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C37" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D37" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2014</v>
       </c>
       <c r="I37">
         <v>2019</v>
       </c>
       <c r="J37" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="K37" t="s">
         <v>34</v>
       </c>
       <c r="L37"/>
       <c r="M37"/>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="P37" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B38" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C38" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D38" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H38">
         <v>2023</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="K38" t="s">
         <v>34</v>
       </c>
       <c r="L38"/>
       <c r="M38"/>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="P38" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B39" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C39" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D39" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H39">
         <v>2013</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="K39" t="s">
         <v>34</v>
       </c>
       <c r="L39"/>
       <c r="M39"/>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="P39" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B40" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C40" t="s">
         <v>52</v>
       </c>
       <c r="D40" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2013</v>
       </c>
       <c r="I40">
         <v>2023</v>
       </c>
       <c r="J40" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="K40" t="s">
         <v>34</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="P40" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B41" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C41" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D41" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="H41">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I41"/>
       <c r="J41" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="K41" t="s">
         <v>34</v>
       </c>
       <c r="L41" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="M41" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="P41" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B42" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C42" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D42" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>21</v>
       </c>
       <c r="G42" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H42">
         <v>2013</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="K42" t="s">
         <v>34</v>
       </c>
       <c r="L42"/>
       <c r="M42"/>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="P42" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B43" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C43" t="s">
         <v>52</v>
       </c>
       <c r="D43" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>21</v>
       </c>
       <c r="G43" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H43">
         <v>2013</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="K43" t="s">
         <v>34</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="P43" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B44" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C44" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D44" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>21</v>
       </c>
       <c r="G44" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H44">
         <v>2009</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="K44" t="s">
         <v>34</v>
       </c>
       <c r="L44"/>
       <c r="M44"/>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="P44" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B45" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C45" t="s">
         <v>52</v>
       </c>
       <c r="D45" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>21</v>
       </c>
       <c r="G45" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H45">
         <v>2013</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
         <v>55</v>
       </c>
       <c r="K45" t="s">
         <v>34</v>
       </c>
       <c r="L45"/>
       <c r="M45" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="P45" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B46" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C46" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D46" t="s">
         <v>62</v>
       </c>
       <c r="E46" t="s">
         <v>42</v>
       </c>
       <c r="F46" t="s">
         <v>54</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>2003</v>
       </c>
       <c r="I46">
         <v>2012</v>
       </c>
       <c r="J46" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K46" t="s">
         <v>34</v>
       </c>
       <c r="L46" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="M46" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="P46" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B47" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C47" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D47" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="E47" t="s">
         <v>42</v>
       </c>
       <c r="F47" t="s">
         <v>54</v>
       </c>
       <c r="G47" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H47">
         <v>2014</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K47" t="s">
         <v>34</v>
       </c>
       <c r="L47" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="M47" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="P47" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B48" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C48" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D48" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="E48" t="s">
         <v>42</v>
       </c>
       <c r="F48" t="s">
         <v>54</v>
       </c>
       <c r="G48" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H48">
         <v>2009</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K48" t="s">
         <v>34</v>
       </c>
       <c r="L48" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="M48" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="P48" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B49" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C49" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D49" t="s">
         <v>90</v>
       </c>
       <c r="E49" t="s">
         <v>42</v>
       </c>
       <c r="F49" t="s">
         <v>54</v>
       </c>
       <c r="G49" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H49">
         <v>2020</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K49" t="s">
         <v>34</v>
       </c>
       <c r="L49" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="M49" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N49" t="s">
         <v>36</v>
       </c>
       <c r="O49" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="P49" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B50" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C50" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D50" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="E50" t="s">
         <v>42</v>
       </c>
       <c r="F50" t="s">
         <v>54</v>
       </c>
       <c r="G50" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H50">
         <v>2013</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K50" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="L50" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="M50" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="P50" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B51" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C51" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D51" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="E51" t="s">
         <v>42</v>
       </c>
       <c r="F51" t="s">
         <v>54</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
         <v>2011</v>
       </c>
       <c r="I51">
         <v>2011</v>
       </c>
       <c r="J51" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K51" t="s">
         <v>34</v>
       </c>
       <c r="L51" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="M51" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="P51" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B52" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C52" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D52" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="E52" t="s">
         <v>42</v>
       </c>
       <c r="F52" t="s">
         <v>54</v>
       </c>
       <c r="G52" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H52">
         <v>2013</v>
       </c>
       <c r="I52">
         <v>2019</v>
       </c>
       <c r="J52" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K52" t="s">
         <v>34</v>
       </c>
       <c r="L52" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="M52" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="P52" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B53" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C53" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D53" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E53" t="s">
         <v>42</v>
       </c>
       <c r="F53" t="s">
         <v>54</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
         <v>2003</v>
       </c>
       <c r="I53">
         <v>2011</v>
       </c>
       <c r="J53" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K53" t="s">
         <v>34</v>
       </c>
       <c r="L53" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="M53" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="P53" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="B54" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C54" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D54" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E54" t="s">
         <v>42</v>
       </c>
       <c r="F54" t="s">
         <v>54</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>2003</v>
       </c>
       <c r="I54">
         <v>2015</v>
       </c>
       <c r="J54" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K54" t="s">
         <v>34</v>
       </c>
       <c r="L54" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="M54" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="P54" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B55" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C55" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D55" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E55" t="s">
         <v>42</v>
       </c>
       <c r="F55" t="s">
         <v>54</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
         <v>2003</v>
       </c>
       <c r="I55">
         <v>2016</v>
       </c>
       <c r="J55" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K55" t="s">
         <v>34</v>
       </c>
       <c r="L55" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="M55" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="P55" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B56" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C56" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D56" t="s">
         <v>53</v>
       </c>
       <c r="E56" t="s">
         <v>42</v>
       </c>
       <c r="F56" t="s">
         <v>54</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
         <v>2002</v>
       </c>
       <c r="I56">
         <v>2013</v>
       </c>
       <c r="J56" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K56" t="s">
         <v>34</v>
       </c>
       <c r="L56" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="M56" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="P56" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B57" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C57" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D57" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="E57" t="s">
         <v>42</v>
       </c>
       <c r="F57" t="s">
         <v>54</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
         <v>2002</v>
       </c>
       <c r="I57">
         <v>2021</v>
       </c>
       <c r="J57" t="s">
         <v>69</v>
       </c>
       <c r="K57" t="s">
         <v>34</v>
       </c>
       <c r="L57" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="M57" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="P57" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="B58" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C58" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D58" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E58" t="s">
         <v>42</v>
       </c>
       <c r="F58" t="s">
         <v>54</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
         <v>2003</v>
       </c>
       <c r="I58">
         <v>2016</v>
       </c>
       <c r="J58" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K58" t="s">
         <v>34</v>
       </c>
       <c r="L58" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="M58" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="P58" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B59" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C59" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D59" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E59" t="s">
         <v>42</v>
       </c>
       <c r="F59" t="s">
         <v>54</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
         <v>2003</v>
       </c>
       <c r="I59">
         <v>2017</v>
       </c>
       <c r="J59" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K59" t="s">
         <v>34</v>
       </c>
       <c r="L59" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="M59" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="P59" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="B60" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C60" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D60" t="s">
         <v>84</v>
       </c>
       <c r="E60" t="s">
         <v>42</v>
       </c>
       <c r="F60" t="s">
         <v>54</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
         <v>2001</v>
       </c>
       <c r="I60">
         <v>2021</v>
       </c>
       <c r="J60" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K60" t="s">
         <v>34</v>
       </c>
       <c r="L60" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="M60" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="P60" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B61" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C61" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D61" t="s">
         <v>84</v>
       </c>
       <c r="E61" t="s">
         <v>42</v>
       </c>
       <c r="F61" t="s">
         <v>54</v>
       </c>
       <c r="G61" t="s">
         <v>22</v>
       </c>
       <c r="H61">
         <v>2001</v>
       </c>
       <c r="I61">
         <v>2014</v>
       </c>
       <c r="J61" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K61" t="s">
         <v>34</v>
       </c>
       <c r="L61" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="M61" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="P61" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B62" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C62" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D62" t="s">
         <v>84</v>
       </c>
       <c r="E62" t="s">
         <v>42</v>
       </c>
       <c r="F62" t="s">
         <v>54</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
         <v>2001</v>
       </c>
       <c r="I62">
         <v>2018</v>
       </c>
       <c r="J62" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K62" t="s">
         <v>34</v>
       </c>
       <c r="L62" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="M62" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="P62" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B63" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C63" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D63" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="E63" t="s">
         <v>42</v>
       </c>
       <c r="F63" t="s">
         <v>54</v>
       </c>
       <c r="G63" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H63">
         <v>2009</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K63" t="s">
         <v>34</v>
       </c>
       <c r="L63" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="M63" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="P63" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B64" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C64" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D64" t="s">
         <v>90</v>
       </c>
       <c r="E64" t="s">
         <v>42</v>
       </c>
       <c r="F64" t="s">
         <v>54</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
         <v>2005</v>
       </c>
       <c r="I64">
         <v>2014</v>
       </c>
       <c r="J64" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K64" t="s">
         <v>34</v>
       </c>
       <c r="L64" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="M64" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="P64" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B65" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C65" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D65" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E65" t="s">
         <v>42</v>
       </c>
       <c r="F65" t="s">
         <v>54</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
         <v>2005</v>
       </c>
       <c r="I65">
         <v>2014</v>
       </c>
       <c r="J65" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K65" t="s">
         <v>34</v>
       </c>
       <c r="L65" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="M65" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="P65" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B66" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C66" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D66" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E66" t="s">
         <v>42</v>
       </c>
       <c r="F66" t="s">
         <v>54</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
         <v>2002</v>
       </c>
       <c r="I66">
         <v>2009</v>
       </c>
       <c r="J66" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K66" t="s">
         <v>34</v>
       </c>
       <c r="L66" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="M66" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="P66" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="B67" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C67" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D67" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="E67" t="s">
         <v>42</v>
       </c>
       <c r="F67" t="s">
         <v>54</v>
       </c>
       <c r="G67" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H67">
         <v>2021</v>
       </c>
       <c r="I67"/>
       <c r="J67" t="s">
         <v>69</v>
       </c>
       <c r="K67" t="s">
         <v>34</v>
       </c>
       <c r="L67" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="M67" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="P67" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B68" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C68" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D68" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="E68" t="s">
         <v>42</v>
       </c>
       <c r="F68" t="s">
         <v>54</v>
       </c>
       <c r="G68" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H68">
         <v>2009</v>
       </c>
       <c r="I68"/>
       <c r="J68" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K68" t="s">
         <v>34</v>
       </c>
       <c r="L68" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="M68" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N68" t="s">
         <v>36</v>
       </c>
       <c r="O68" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="P68" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B69" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C69" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D69" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="E69" t="s">
         <v>42</v>
       </c>
       <c r="F69" t="s">
         <v>54</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
         <v>2009</v>
       </c>
       <c r="I69">
         <v>2021</v>
       </c>
       <c r="J69" t="s">
         <v>69</v>
       </c>
       <c r="K69" t="s">
         <v>34</v>
       </c>
       <c r="L69" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="M69" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="P69" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B70" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C70" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D70" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="E70" t="s">
         <v>42</v>
       </c>
       <c r="F70" t="s">
         <v>54</v>
       </c>
       <c r="G70" t="s">
         <v>22</v>
       </c>
       <c r="H70">
         <v>2010</v>
       </c>
       <c r="I70">
         <v>2010</v>
       </c>
       <c r="J70" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K70" t="s">
         <v>34</v>
       </c>
       <c r="L70" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="M70" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="P70" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B71" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C71" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D71" t="s">
         <v>90</v>
       </c>
       <c r="E71" t="s">
         <v>42</v>
       </c>
       <c r="F71" t="s">
         <v>54</v>
       </c>
       <c r="G71" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H71">
         <v>2015</v>
       </c>
       <c r="I71"/>
       <c r="J71" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K71" t="s">
         <v>34</v>
       </c>
       <c r="L71" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="M71" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="P71" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="B72" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="C72" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D72" t="s">
         <v>90</v>
       </c>
       <c r="E72" t="s">
         <v>42</v>
       </c>
       <c r="F72" t="s">
         <v>54</v>
       </c>
       <c r="G72" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H72">
         <v>2021</v>
       </c>
       <c r="I72"/>
       <c r="J72" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K72" t="s">
         <v>34</v>
       </c>
       <c r="L72" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="M72" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="P72" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="B73" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C73" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D73" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E73" t="s">
         <v>42</v>
       </c>
       <c r="F73" t="s">
         <v>54</v>
       </c>
       <c r="G73" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H73">
         <v>2018</v>
       </c>
       <c r="I73"/>
       <c r="J73" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K73" t="s">
         <v>34</v>
       </c>
       <c r="L73" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="M73" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="P73" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B74" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C74" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D74" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="E74" t="s">
         <v>42</v>
       </c>
       <c r="F74" t="s">
         <v>54</v>
       </c>
       <c r="G74" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H74">
         <v>2014</v>
       </c>
       <c r="I74"/>
       <c r="J74" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K74" t="s">
         <v>34</v>
       </c>
       <c r="L74" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="M74" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="P74" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="B75" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C75" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D75" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="E75" t="s">
         <v>42</v>
       </c>
       <c r="F75" t="s">
         <v>54</v>
       </c>
       <c r="G75" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H75">
         <v>2017</v>
       </c>
       <c r="I75"/>
       <c r="J75" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K75" t="s">
         <v>34</v>
       </c>
       <c r="L75" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="M75" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="P75" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="B76" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="C76" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D76" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="E76" t="s">
         <v>42</v>
       </c>
       <c r="F76" t="s">
         <v>54</v>
       </c>
       <c r="G76" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H76">
         <v>2017</v>
       </c>
       <c r="I76"/>
       <c r="J76" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K76" t="s">
         <v>34</v>
       </c>
       <c r="L76" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="M76" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="P76" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="B77" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="C77" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D77" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="E77" t="s">
         <v>42</v>
       </c>
       <c r="F77" t="s">
         <v>54</v>
       </c>
       <c r="G77" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H77">
         <v>2018</v>
       </c>
       <c r="I77"/>
       <c r="J77" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K77" t="s">
         <v>34</v>
       </c>
       <c r="L77" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="M77" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="P77" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B78" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="C78" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D78" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="E78" t="s">
         <v>42</v>
       </c>
       <c r="F78" t="s">
         <v>54</v>
       </c>
       <c r="G78" t="s">
         <v>22</v>
       </c>
       <c r="H78">
         <v>2011</v>
       </c>
       <c r="I78">
         <v>2017</v>
       </c>
       <c r="J78" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K78" t="s">
         <v>34</v>
       </c>
       <c r="L78" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="M78" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="P78" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="B79" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C79" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D79" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="E79" t="s">
         <v>42</v>
       </c>
       <c r="F79" t="s">
         <v>54</v>
       </c>
       <c r="G79" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H79">
         <v>2013</v>
       </c>
       <c r="I79"/>
       <c r="J79" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K79" t="s">
         <v>34</v>
       </c>
       <c r="L79" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="M79" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N79" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="O79" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="P79" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="B80" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="C80" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D80" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E80" t="s">
         <v>42</v>
       </c>
       <c r="F80" t="s">
         <v>54</v>
       </c>
       <c r="G80" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H80">
         <v>2009</v>
       </c>
       <c r="I80">
         <v>2016</v>
       </c>
       <c r="J80" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K80" t="s">
         <v>34</v>
       </c>
       <c r="L80" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="M80" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="P80" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="B81" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="C81" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D81" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E81" t="s">
         <v>42</v>
       </c>
       <c r="F81" t="s">
         <v>54</v>
       </c>
       <c r="G81" t="s">
         <v>22</v>
       </c>
       <c r="H81">
         <v>2014</v>
       </c>
       <c r="I81">
         <v>2017</v>
       </c>
       <c r="J81" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K81" t="s">
         <v>34</v>
       </c>
       <c r="L81" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="M81" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N81" t="s">
         <v>27</v>
       </c>
       <c r="O81" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="P81" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="B82" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="C82" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D82" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="E82" t="s">
         <v>42</v>
       </c>
       <c r="F82" t="s">
         <v>54</v>
       </c>
       <c r="G82" t="s">
         <v>22</v>
       </c>
       <c r="H82">
         <v>2014</v>
       </c>
       <c r="I82">
         <v>2018</v>
       </c>
       <c r="J82" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K82" t="s">
         <v>34</v>
       </c>
       <c r="L82" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="M82" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N82" t="s">
         <v>27</v>
       </c>
       <c r="O82" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="P82" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="B83" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="C83" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D83" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E83" t="s">
         <v>42</v>
       </c>
       <c r="F83" t="s">
         <v>54</v>
       </c>
       <c r="G83" t="s">
         <v>22</v>
       </c>
       <c r="H83">
         <v>2014</v>
       </c>
       <c r="I83">
         <v>2015</v>
       </c>
       <c r="J83" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K83" t="s">
         <v>34</v>
       </c>
       <c r="L83" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="M83" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="P83" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="B84" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="C84" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D84" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="E84" t="s">
         <v>42</v>
       </c>
       <c r="F84" t="s">
         <v>54</v>
       </c>
       <c r="G84" t="s">
         <v>22</v>
       </c>
       <c r="H84">
         <v>2008</v>
       </c>
       <c r="I84">
         <v>2018</v>
       </c>
       <c r="J84" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K84" t="s">
         <v>34</v>
       </c>
       <c r="L84" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="M84" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="P84" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="B85" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="C85" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="D85" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="G85" t="s">
         <v>22</v>
       </c>
       <c r="H85">
         <v>2011</v>
       </c>
       <c r="I85">
         <v>2023</v>
       </c>
       <c r="J85" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="K85" t="s">
         <v>34</v>
       </c>
       <c r="L85"/>
       <c r="M85" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="P85" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="B86" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="C86" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="D86" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
         <v>21</v>
       </c>
       <c r="G86" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H86">
         <v>2020</v>
       </c>
       <c r="I86"/>
       <c r="J86" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="K86" t="s">
         <v>34</v>
       </c>
       <c r="L86"/>
       <c r="M86" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="P86" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="B87" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C87" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="D87" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="E87" t="s">
         <v>42</v>
       </c>
       <c r="F87" t="s">
         <v>54</v>
       </c>
       <c r="G87" t="s">
         <v>22</v>
       </c>
       <c r="H87">
         <v>2012</v>
       </c>
       <c r="I87">
         <v>2020</v>
       </c>
       <c r="J87" t="s">
         <v>44</v>
       </c>
       <c r="K87" t="s">
         <v>34</v>
       </c>
       <c r="L87" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="M87" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="N87" t="s">
         <v>27</v>
       </c>
       <c r="O87" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="P87" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="B88" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="C88" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="D88" t="s">
         <v>62</v>
       </c>
       <c r="E88" t="s">
         <v>42</v>
       </c>
       <c r="F88" t="s">
         <v>54</v>
       </c>
       <c r="G88" t="s">
         <v>22</v>
       </c>
       <c r="H88">
         <v>2017</v>
       </c>
       <c r="I88">
         <v>2021</v>
       </c>
       <c r="J88" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="K88" t="s">
         <v>34</v>
       </c>
       <c r="L88"/>
       <c r="M88" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="P88" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="B89" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="C89" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="D89" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="E89" t="s">
         <v>42</v>
       </c>
       <c r="F89" t="s">
         <v>54</v>
       </c>
       <c r="G89" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H89">
         <v>2018</v>
       </c>
       <c r="I89"/>
       <c r="J89" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="K89" t="s">
         <v>34</v>
       </c>
       <c r="L89"/>
       <c r="M89" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="P89" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B90" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="C90" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="D90" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="E90" t="s">
         <v>42</v>
       </c>
       <c r="F90" t="s">
         <v>54</v>
       </c>
       <c r="G90" t="s">
         <v>22</v>
       </c>
       <c r="H90">
         <v>2010</v>
       </c>
       <c r="I90">
         <v>2014</v>
       </c>
       <c r="J90" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="K90" t="s">
         <v>34</v>
       </c>
       <c r="L90"/>
       <c r="M90" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="P90" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B91" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C91" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="D91" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E91" t="s">
         <v>42</v>
       </c>
       <c r="F91" t="s">
         <v>54</v>
       </c>
       <c r="G91" t="s">
         <v>22</v>
       </c>
       <c r="H91">
         <v>2014</v>
       </c>
       <c r="I91">
         <v>2020</v>
       </c>
       <c r="J91" t="s">
         <v>44</v>
       </c>
       <c r="K91" t="s">
         <v>34</v>
       </c>
       <c r="L91"/>
       <c r="M91" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="P91" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="B92" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="C92" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="D92" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="E92" t="s">
         <v>42</v>
       </c>
       <c r="F92" t="s">
         <v>54</v>
       </c>
       <c r="G92" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H92">
         <v>2019</v>
       </c>
       <c r="I92"/>
       <c r="J92" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="K92" t="s">
         <v>34</v>
       </c>
       <c r="L92"/>
       <c r="M92" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="N92" t="s">
         <v>27</v>
       </c>
       <c r="O92" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="P92" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="B93" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="C93" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="D93" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="E93" t="s">
         <v>42</v>
       </c>
       <c r="F93" t="s">
         <v>54</v>
       </c>
       <c r="G93" t="s">
         <v>22</v>
       </c>
       <c r="H93">
         <v>2014</v>
       </c>
       <c r="I93">
         <v>2020</v>
       </c>
       <c r="J93" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="K93" t="s">
         <v>34</v>
       </c>
       <c r="L93"/>
       <c r="M93" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="P93" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="B94" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="C94" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="D94" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E94" t="s">
         <v>42</v>
       </c>
       <c r="F94" t="s">
         <v>54</v>
       </c>
       <c r="G94" t="s">
         <v>22</v>
       </c>
       <c r="H94">
         <v>2017</v>
       </c>
       <c r="I94">
         <v>2020</v>
       </c>
       <c r="J94" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="K94" t="s">
         <v>34</v>
       </c>
       <c r="L94"/>
       <c r="M94" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="P94" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="B95" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C95" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="D95" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E95" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="F95" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="G95" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="H95"/>
       <c r="I95"/>
       <c r="J95" t="s">
         <v>69</v>
       </c>
       <c r="K95" t="s">
         <v>34</v>
       </c>
       <c r="L95"/>
       <c r="M95" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="P95" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="B96" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="C96" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="D96" t="s">
         <v>53</v>
       </c>
       <c r="E96" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="F96" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="G96" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="H96"/>
       <c r="I96"/>
       <c r="J96" t="s">
         <v>69</v>
       </c>
       <c r="K96" t="s">
         <v>34</v>
       </c>
       <c r="L96" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="M96" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="P96" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="B97" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="C97" t="s">
         <v>83</v>
       </c>
       <c r="D97" t="s">
         <v>84</v>
       </c>
       <c r="E97" t="s">
         <v>42</v>
       </c>
       <c r="F97" t="s">
         <v>43</v>
       </c>
       <c r="G97" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="H97"/>
       <c r="I97"/>
       <c r="J97" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="K97" t="s">
         <v>34</v>
       </c>
       <c r="L97" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="M97" t="s">
         <v>85</v>
       </c>
       <c r="N97" t="s">
         <v>27</v>
       </c>
       <c r="O97" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="P97" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="B98" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="C98" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="D98" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="E98" t="s">
         <v>42</v>
       </c>
       <c r="F98" t="s">
         <v>43</v>
       </c>
       <c r="G98" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="H98"/>
       <c r="I98"/>
       <c r="J98" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="K98" t="s">
         <v>34</v>
       </c>
       <c r="L98"/>
       <c r="M98" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="P98" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="B99" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="C99" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="D99" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="E99" t="s">
         <v>20</v>
       </c>
       <c r="F99" t="s">
         <v>21</v>
       </c>
       <c r="G99" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="H99"/>
       <c r="I99"/>
       <c r="J99" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="K99" t="s">
         <v>34</v>
       </c>
       <c r="L99"/>
       <c r="M99" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="N99" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="O99" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="P99" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="B100" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="C100" t="s">
         <v>83</v>
       </c>
       <c r="D100" t="s">
         <v>53</v>
       </c>
       <c r="E100" t="s">
         <v>42</v>
       </c>
       <c r="F100" t="s">
         <v>43</v>
       </c>
       <c r="G100" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="H100"/>
       <c r="I100"/>
       <c r="J100" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="K100" t="s">
         <v>34</v>
       </c>
       <c r="L100" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="M100" t="s">
         <v>85</v>
       </c>
       <c r="N100" t="s">
         <v>27</v>
       </c>
       <c r="O100" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="P100" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="B101" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C101" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D101" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="E101" t="s">
         <v>42</v>
       </c>
       <c r="F101" t="s">
         <v>54</v>
       </c>
       <c r="G101" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H101">
         <v>2010</v>
       </c>
       <c r="I101"/>
       <c r="J101" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="K101" t="s">
         <v>34</v>
       </c>
       <c r="L101"/>
       <c r="M101" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="N101" t="s">
         <v>27</v>
       </c>
       <c r="O101" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="P101" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="B102" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="C102" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D102" t="s">
         <v>62</v>
       </c>
       <c r="E102" t="s">
         <v>42</v>
       </c>
       <c r="F102" t="s">
         <v>54</v>
       </c>
       <c r="G102" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H102">
         <v>2009</v>
       </c>
       <c r="I102"/>
       <c r="J102" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="K102" t="s">
         <v>34</v>
       </c>
       <c r="L102"/>
       <c r="M102" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="N102" t="s">
         <v>27</v>
       </c>
       <c r="O102" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="P102" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="B103" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="C103" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D103" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="E103" t="s">
         <v>42</v>
       </c>
       <c r="F103" t="s">
         <v>54</v>
       </c>
       <c r="G103" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H103">
         <v>2010</v>
       </c>
       <c r="I103"/>
       <c r="J103" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="K103" t="s">
         <v>34</v>
       </c>
       <c r="L103"/>
       <c r="M103" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="N103" t="s">
         <v>27</v>
       </c>
       <c r="O103" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="P103" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="B104" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="C104" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D104" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="E104" t="s">
         <v>42</v>
       </c>
       <c r="F104" t="s">
         <v>54</v>
       </c>
       <c r="G104" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H104">
         <v>2010</v>
       </c>
       <c r="I104"/>
       <c r="J104" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="K104" t="s">
         <v>34</v>
       </c>
       <c r="L104"/>
       <c r="M104" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="N104" t="s">
         <v>27</v>
       </c>
       <c r="O104" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="P104" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="B105" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="C105" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D105" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="E105" t="s">
         <v>42</v>
       </c>
       <c r="F105" t="s">
         <v>54</v>
       </c>
       <c r="G105" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H105">
         <v>2009</v>
       </c>
       <c r="I105"/>
       <c r="J105" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="K105" t="s">
         <v>34</v>
       </c>
       <c r="L105"/>
       <c r="M105" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="N105" t="s">
         <v>27</v>
       </c>
       <c r="O105" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="P105" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="B106" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C106" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D106" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E106" t="s">
         <v>42</v>
       </c>
       <c r="F106" t="s">
         <v>54</v>
       </c>
       <c r="G106" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H106">
         <v>2010</v>
       </c>
       <c r="I106"/>
       <c r="J106" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="K106" t="s">
         <v>34</v>
       </c>
       <c r="L106"/>
       <c r="M106" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="N106" t="s">
         <v>27</v>
       </c>
       <c r="O106" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="P106" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="B107" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="C107" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D107" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="E107" t="s">
         <v>42</v>
       </c>
       <c r="F107" t="s">
         <v>54</v>
       </c>
       <c r="G107" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H107">
         <v>2010</v>
       </c>
       <c r="I107"/>
       <c r="J107" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="K107" t="s">
         <v>34</v>
       </c>
       <c r="L107"/>
       <c r="M107" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="N107" t="s">
         <v>27</v>
       </c>
       <c r="O107" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="P107" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="B108" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="C108" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D108" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="E108" t="s">
         <v>42</v>
       </c>
       <c r="F108" t="s">
         <v>54</v>
       </c>
       <c r="G108" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H108">
         <v>2010</v>
       </c>
       <c r="I108"/>
       <c r="J108" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="K108" t="s">
         <v>34</v>
       </c>
       <c r="L108"/>
       <c r="M108" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="N108" t="s">
         <v>27</v>
       </c>
       <c r="O108" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="P108" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="B109" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="C109" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D109" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="E109" t="s">
         <v>42</v>
       </c>
       <c r="F109" t="s">
         <v>54</v>
       </c>
       <c r="G109" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H109">
         <v>2010</v>
       </c>
       <c r="I109"/>
       <c r="J109" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="K109" t="s">
         <v>34</v>
       </c>
       <c r="L109"/>
       <c r="M109" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="N109" t="s">
         <v>27</v>
       </c>
       <c r="O109" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="P109" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="B110" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="C110" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D110" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E110" t="s">
         <v>42</v>
       </c>
       <c r="F110" t="s">
         <v>54</v>
       </c>
       <c r="G110" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H110">
         <v>2009</v>
       </c>
       <c r="I110"/>
       <c r="J110" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="K110" t="s">
         <v>34</v>
       </c>
       <c r="L110"/>
       <c r="M110" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="N110" t="s">
         <v>27</v>
       </c>
       <c r="O110" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="P110" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="B111" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="C111" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D111" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E111" t="s">
         <v>42</v>
       </c>
       <c r="F111" t="s">
         <v>54</v>
       </c>
       <c r="G111" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H111">
         <v>2009</v>
       </c>
       <c r="I111"/>
       <c r="J111" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="K111" t="s">
         <v>34</v>
       </c>
       <c r="L111"/>
       <c r="M111" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="N111" t="s">
         <v>27</v>
       </c>
       <c r="O111" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="P111" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="B112" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="C112" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D112" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E112" t="s">
         <v>42</v>
       </c>
       <c r="F112" t="s">
         <v>54</v>
       </c>
       <c r="G112" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H112">
         <v>2009</v>
       </c>
       <c r="I112"/>
       <c r="J112" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="K112" t="s">
         <v>34</v>
       </c>
       <c r="L112"/>
       <c r="M112" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="N112" t="s">
         <v>27</v>
       </c>
       <c r="O112" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="P112" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="B113" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="C113" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D113" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E113" t="s">
         <v>42</v>
       </c>
       <c r="F113" t="s">
         <v>54</v>
       </c>
       <c r="G113" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H113">
         <v>2010</v>
       </c>
       <c r="I113"/>
       <c r="J113" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="K113" t="s">
         <v>34</v>
       </c>
       <c r="L113"/>
       <c r="M113" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="N113" t="s">
         <v>27</v>
       </c>
       <c r="O113" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="P113" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="B114" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="C114" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D114" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E114" t="s">
         <v>42</v>
       </c>
       <c r="F114" t="s">
         <v>54</v>
       </c>
       <c r="G114" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H114">
         <v>2010</v>
       </c>
       <c r="I114"/>
       <c r="J114" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="K114" t="s">
         <v>34</v>
       </c>
       <c r="L114"/>
       <c r="M114" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="N114" t="s">
         <v>27</v>
       </c>
       <c r="O114" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="P114" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="B115" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="C115" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D115" t="s">
         <v>53</v>
       </c>
       <c r="E115" t="s">
         <v>42</v>
       </c>
       <c r="F115" t="s">
         <v>54</v>
       </c>
       <c r="G115" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H115">
         <v>2008</v>
       </c>
       <c r="I115"/>
       <c r="J115" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="K115" t="s">
         <v>34</v>
       </c>
       <c r="L115"/>
       <c r="M115" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="N115" t="s">
         <v>27</v>
       </c>
       <c r="O115" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="P115" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="B116" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="C116" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="D116" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="E116" t="s">
         <v>20</v>
       </c>
       <c r="F116" t="s">
         <v>21</v>
       </c>
       <c r="G116" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H116">
         <v>2020</v>
       </c>
       <c r="I116"/>
       <c r="J116" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="K116" t="s">
         <v>34</v>
       </c>
       <c r="L116"/>
       <c r="M116" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="N116" t="s">
         <v>27</v>
       </c>
       <c r="O116" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="P116" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="B117" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="C117" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="D117" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="E117" t="s">
         <v>20</v>
       </c>
       <c r="F117" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="G117" t="s">
         <v>22</v>
       </c>
       <c r="H117"/>
       <c r="I117"/>
       <c r="J117" t="s">
         <v>69</v>
       </c>
       <c r="K117" t="s">
         <v>34</v>
       </c>
       <c r="L117" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="M117" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="N117" t="s">
         <v>27</v>
       </c>
       <c r="O117" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="P117" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="B118" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="C118" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D118" t="s">
         <v>53</v>
       </c>
       <c r="E118" t="s">
         <v>42</v>
       </c>
       <c r="F118" t="s">
         <v>54</v>
       </c>
       <c r="G118" t="s">
         <v>22</v>
       </c>
       <c r="H118">
         <v>2002</v>
       </c>
       <c r="I118">
         <v>2015</v>
       </c>
       <c r="J118" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K118" t="s">
         <v>34</v>
       </c>
       <c r="L118" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="M118" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="N118" t="s">
         <v>27</v>
       </c>
       <c r="O118" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="P118" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="B119" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="C119" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D119" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="E119" t="s">
         <v>42</v>
       </c>
       <c r="F119" t="s">
         <v>54</v>
       </c>
       <c r="G119" t="s">
         <v>22</v>
       </c>
       <c r="H119">
         <v>2007</v>
       </c>
       <c r="I119">
         <v>2007</v>
       </c>
       <c r="J119" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K119" t="s">
         <v>34</v>
       </c>
       <c r="L119" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="M119" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="N119" t="s">
         <v>27</v>
       </c>
       <c r="O119" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="P119" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="B120" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="C120" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D120" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="E120" t="s">
         <v>42</v>
       </c>
       <c r="F120" t="s">
         <v>54</v>
       </c>
       <c r="G120" t="s">
         <v>22</v>
       </c>
       <c r="H120">
         <v>2003</v>
       </c>
       <c r="I120">
         <v>2013</v>
       </c>
       <c r="J120" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K120" t="s">
         <v>34</v>
       </c>
       <c r="L120" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="M120" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="N120" t="s">
         <v>27</v>
       </c>
       <c r="O120" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="P120" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="B121" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="C121" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D121" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="E121" t="s">
         <v>42</v>
       </c>
       <c r="F121" t="s">
         <v>54</v>
       </c>
       <c r="G121" t="s">
         <v>22</v>
       </c>
       <c r="H121">
         <v>2013</v>
       </c>
       <c r="I121">
         <v>2003</v>
       </c>
       <c r="J121" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K121" t="s">
         <v>34</v>
       </c>
       <c r="L121"/>
       <c r="M121" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="N121" t="s">
         <v>27</v>
       </c>
       <c r="O121" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="P121" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="B122" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="C122" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D122" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="E122" t="s">
         <v>42</v>
       </c>
       <c r="F122" t="s">
         <v>54</v>
       </c>
       <c r="G122" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H122">
         <v>2008</v>
       </c>
       <c r="I122"/>
       <c r="J122" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K122" t="s">
         <v>34</v>
       </c>
       <c r="L122" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="M122" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="N122" t="s">
         <v>27</v>
       </c>
       <c r="O122" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="P122" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="B123" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="C123" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D123" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E123" t="s">
         <v>42</v>
       </c>
       <c r="F123" t="s">
         <v>54</v>
       </c>
       <c r="G123" t="s">
         <v>22</v>
       </c>
       <c r="H123">
         <v>2011</v>
       </c>
       <c r="I123">
         <v>2011</v>
       </c>
       <c r="J123" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K123" t="s">
         <v>34</v>
       </c>
       <c r="L123" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="M123" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="N123" t="s">
         <v>27</v>
       </c>
       <c r="O123" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="P123" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="B124" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="C124" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D124" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="E124" t="s">
         <v>42</v>
       </c>
       <c r="F124" t="s">
         <v>54</v>
       </c>
       <c r="G124" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H124">
         <v>2010</v>
       </c>
       <c r="I124"/>
       <c r="J124" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K124" t="s">
         <v>34</v>
       </c>
       <c r="L124" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="M124" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="N124" t="s">
         <v>27</v>
       </c>
       <c r="O124" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="P124" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B125" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="C125" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D125" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E125" t="s">
         <v>42</v>
       </c>
       <c r="F125" t="s">
         <v>54</v>
       </c>
       <c r="G125" t="s">
         <v>22</v>
       </c>
       <c r="H125">
         <v>2000</v>
       </c>
       <c r="I125">
         <v>2015</v>
       </c>
       <c r="J125" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K125" t="s">
         <v>34</v>
       </c>
       <c r="L125" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="M125" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="N125" t="s">
         <v>27</v>
       </c>
       <c r="O125" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="P125" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="B126" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="C126" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D126" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E126" t="s">
         <v>42</v>
       </c>
       <c r="F126" t="s">
         <v>54</v>
       </c>
       <c r="G126" t="s">
         <v>22</v>
       </c>
       <c r="H126">
         <v>2000</v>
       </c>
       <c r="I126">
         <v>2015</v>
       </c>
       <c r="J126" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K126" t="s">
         <v>34</v>
       </c>
       <c r="L126" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="M126" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="N126" t="s">
         <v>27</v>
       </c>
       <c r="O126" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="P126" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="B127" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="C127" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D127" t="s">
         <v>62</v>
       </c>
       <c r="E127" t="s">
         <v>42</v>
       </c>
       <c r="F127" t="s">
         <v>54</v>
       </c>
       <c r="G127" t="s">
         <v>22</v>
       </c>
       <c r="H127">
         <v>2000</v>
       </c>
       <c r="I127">
         <v>2012</v>
       </c>
       <c r="J127" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K127" t="s">
         <v>34</v>
       </c>
       <c r="L127" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="M127" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="N127" t="s">
         <v>27</v>
       </c>
       <c r="O127" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="P127" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="B128" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="C128" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D128" t="s">
         <v>62</v>
       </c>
       <c r="E128" t="s">
         <v>42</v>
       </c>
       <c r="F128" t="s">
         <v>54</v>
       </c>
       <c r="G128" t="s">
         <v>22</v>
       </c>
       <c r="H128">
         <v>2000</v>
       </c>
       <c r="I128">
         <v>2012</v>
       </c>
       <c r="J128" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K128" t="s">
         <v>34</v>
       </c>
       <c r="L128" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="M128" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="N128" t="s">
         <v>27</v>
       </c>
       <c r="O128" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="P128" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="B129" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="C129" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D129" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="E129" t="s">
         <v>20</v>
       </c>
       <c r="F129" t="s">
         <v>43</v>
       </c>
       <c r="G129" t="s">
         <v>22</v>
       </c>
       <c r="H129">
         <v>2012</v>
       </c>
       <c r="I129">
         <v>2012</v>
       </c>
       <c r="J129" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="K129" t="s">
         <v>34</v>
       </c>
       <c r="L129"/>
       <c r="M129" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="N129" t="s">
         <v>27</v>
       </c>
       <c r="O129" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="P129" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="B130" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="C130" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D130" t="s">
         <v>53</v>
       </c>
       <c r="E130" t="s">
         <v>20</v>
       </c>
       <c r="F130" t="s">
         <v>43</v>
       </c>
       <c r="G130" t="s">
         <v>22</v>
       </c>
       <c r="H130">
         <v>2012</v>
       </c>
       <c r="I130">
         <v>2012</v>
       </c>
       <c r="J130" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="K130" t="s">
         <v>34</v>
       </c>
       <c r="L130"/>
       <c r="M130" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="N130" t="s">
         <v>27</v>
       </c>
       <c r="O130" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="P130" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="B131" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="C131" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D131" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E131" t="s">
         <v>20</v>
       </c>
       <c r="F131" t="s">
         <v>43</v>
       </c>
       <c r="G131" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H131">
         <v>2009</v>
       </c>
       <c r="I131"/>
       <c r="J131" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="K131" t="s">
         <v>34</v>
       </c>
       <c r="L131" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="M131" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="N131" t="s">
         <v>27</v>
       </c>
       <c r="O131" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="P131" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="B132" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="C132" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D132" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="E132" t="s">
         <v>20</v>
       </c>
       <c r="F132" t="s">
         <v>43</v>
       </c>
       <c r="G132" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H132">
         <v>2009</v>
       </c>
       <c r="I132"/>
       <c r="J132" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="K132" t="s">
         <v>34</v>
       </c>
       <c r="L132" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="M132" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="N132" t="s">
         <v>27</v>
       </c>
       <c r="O132" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="P132" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B133" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="C133" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="D133" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E133" t="s">
         <v>42</v>
       </c>
       <c r="F133" t="s">
         <v>43</v>
       </c>
       <c r="G133" t="s">
         <v>22</v>
       </c>
       <c r="H133">
         <v>2021</v>
       </c>
       <c r="I133">
         <v>2019</v>
       </c>
       <c r="J133" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="K133" t="s">
         <v>34</v>
       </c>
       <c r="L133" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="M133" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="N133" t="s">
         <v>27</v>
       </c>
       <c r="O133" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="P133" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="B134" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="C134" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="D134" t="s">
         <v>53</v>
       </c>
       <c r="E134" t="s">
         <v>42</v>
       </c>
       <c r="F134" t="s">
         <v>43</v>
       </c>
       <c r="G134" t="s">
         <v>22</v>
       </c>
       <c r="H134">
         <v>2014</v>
       </c>
       <c r="I134">
         <v>2019</v>
       </c>
       <c r="J134" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="K134" t="s">
         <v>34</v>
       </c>
       <c r="L134" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="M134" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="N134" t="s">
         <v>27</v>
       </c>
       <c r="O134" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="P134" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="B135" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="C135" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="D135" t="s">
         <v>53</v>
       </c>
       <c r="E135" t="s">
         <v>42</v>
       </c>
       <c r="F135" t="s">
         <v>54</v>
       </c>
       <c r="G135" t="s">
         <v>22</v>
       </c>
       <c r="H135">
         <v>2003</v>
       </c>
       <c r="I135">
         <v>2022</v>
       </c>
       <c r="J135" t="s">
         <v>69</v>
       </c>
       <c r="K135" t="s">
         <v>34</v>
       </c>
       <c r="L135" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="M135" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="N135" t="s">
         <v>27</v>
       </c>
       <c r="O135" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="P135" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="B136" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="C136" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D136" t="s">
         <v>84</v>
       </c>
       <c r="E136" t="s">
         <v>20</v>
       </c>
       <c r="F136" t="s">
         <v>21</v>
       </c>
       <c r="G136" t="s">
         <v>22</v>
       </c>
       <c r="H136">
         <v>2018</v>
       </c>
       <c r="I136">
         <v>2024</v>
       </c>
       <c r="J136" t="s">
         <v>23</v>
       </c>
       <c r="K136" t="s">
         <v>34</v>
       </c>
       <c r="L136"/>
       <c r="M136" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N136" t="s">
         <v>36</v>
       </c>
       <c r="O136" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="P136" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="B137" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="C137" t="s">
         <v>67</v>
       </c>
       <c r="D137" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="E137" t="s">
         <v>20</v>
       </c>
       <c r="F137" t="s">
         <v>21</v>
       </c>
       <c r="G137" t="s">
         <v>68</v>
       </c>
       <c r="H137">
         <v>2017</v>
       </c>
       <c r="I137"/>
       <c r="J137" t="s">
         <v>69</v>
       </c>
       <c r="K137" t="s">
         <v>34</v>
       </c>
       <c r="L137" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="M137" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="N137" t="s">
         <v>27</v>
       </c>
       <c r="O137" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="P137" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="B138" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="C138" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="D138" t="s">
         <v>53</v>
       </c>
       <c r="E138" t="s">
         <v>20</v>
       </c>
       <c r="F138" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="G138" t="s">
         <v>22</v>
       </c>
       <c r="H138">
         <v>2009</v>
       </c>
       <c r="I138">
         <v>2024</v>
       </c>
       <c r="J138" t="s">
         <v>23</v>
       </c>
       <c r="K138" t="s">
         <v>34</v>
       </c>
       <c r="L138" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="M138" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="N138" t="s">
         <v>27</v>
       </c>
       <c r="O138" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="P138" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="B139" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="C139" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="D139" t="s">
         <v>53</v>
       </c>
       <c r="E139" t="s">
         <v>20</v>
       </c>
       <c r="F139" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="G139" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H139">
         <v>2023</v>
       </c>
       <c r="I139"/>
       <c r="J139" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="K139" t="s">
         <v>34</v>
       </c>
       <c r="L139" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="M139" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="N139" t="s">
         <v>27</v>
       </c>
       <c r="O139" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="P139" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="B140" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="C140" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="D140" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="E140" t="s">
         <v>20</v>
       </c>
       <c r="F140" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="G140" t="s">
         <v>22</v>
       </c>
       <c r="H140">
         <v>2016</v>
       </c>
       <c r="I140">
         <v>2019</v>
       </c>
       <c r="J140" t="s">
         <v>69</v>
       </c>
       <c r="K140" t="s">
         <v>45</v>
       </c>
       <c r="L140"/>
       <c r="M140" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="N140" t="s">
         <v>27</v>
       </c>
       <c r="O140" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="P140" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="B141" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="C141" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D141" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E141" t="s">
         <v>42</v>
       </c>
       <c r="F141" t="s">
         <v>54</v>
       </c>
       <c r="G141" t="s">
         <v>22</v>
       </c>
       <c r="H141">
         <v>2000</v>
       </c>
       <c r="I141">
         <v>2015</v>
       </c>
       <c r="J141" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K141" t="s">
         <v>34</v>
       </c>
       <c r="L141" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="M141" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="N141" t="s">
         <v>27</v>
       </c>
       <c r="O141" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="P141" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="B142" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="C142" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="D142" t="s">
         <v>84</v>
       </c>
       <c r="E142" t="s">
         <v>20</v>
       </c>
       <c r="F142" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="G142" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H142">
         <v>2006</v>
       </c>
       <c r="I142"/>
       <c r="J142" t="s">
         <v>69</v>
       </c>
       <c r="K142" t="s">
         <v>34</v>
       </c>
       <c r="L142"/>
       <c r="M142" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="N142" t="s">
         <v>27</v>
       </c>
       <c r="O142" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="P142" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="B143" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="C143" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="D143" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="E143" t="s">
         <v>42</v>
       </c>
       <c r="F143" t="s">
         <v>54</v>
       </c>
       <c r="G143" t="s">
         <v>22</v>
       </c>
       <c r="H143">
         <v>2002</v>
       </c>
       <c r="I143">
         <v>2014</v>
       </c>
       <c r="J143" t="s">
         <v>69</v>
       </c>
       <c r="K143" t="s">
         <v>34</v>
       </c>
       <c r="L143" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="M143" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="N143" t="s">
         <v>27</v>
       </c>
       <c r="O143" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="P143" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="B144" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="C144" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="D144" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="E144" t="s">
         <v>42</v>
       </c>
       <c r="F144" t="s">
         <v>54</v>
       </c>
       <c r="G144" t="s">
         <v>22</v>
       </c>
       <c r="H144">
         <v>2013</v>
       </c>
       <c r="I144">
         <v>2020</v>
       </c>
       <c r="J144" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K144" t="s">
         <v>34</v>
       </c>
       <c r="L144" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="M144" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="N144" t="s">
         <v>27</v>
       </c>
       <c r="O144" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="P144" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="B145" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="C145" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="D145" t="s">
         <v>62</v>
       </c>
       <c r="E145" t="s">
         <v>42</v>
       </c>
       <c r="F145" t="s">
         <v>54</v>
       </c>
       <c r="G145" t="s">
         <v>22</v>
       </c>
       <c r="H145">
         <v>1994</v>
       </c>
       <c r="I145">
         <v>2020</v>
       </c>
       <c r="J145" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K145" t="s">
         <v>34</v>
       </c>
       <c r="L145" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="M145" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="N145" t="s">
         <v>27</v>
       </c>
       <c r="O145" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="P145" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="B146" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="C146" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="D146" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="E146" t="s">
         <v>42</v>
       </c>
       <c r="F146" t="s">
         <v>54</v>
       </c>
       <c r="G146" t="s">
         <v>22</v>
       </c>
       <c r="H146">
         <v>2009</v>
       </c>
       <c r="I146">
         <v>2018</v>
       </c>
       <c r="J146" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K146" t="s">
         <v>34</v>
       </c>
       <c r="L146" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="M146" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="N146" t="s">
         <v>27</v>
       </c>
       <c r="O146" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="P146" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
     </row>
     <row r="147" spans="1:16">
       <c r="A147" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="B147" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="C147" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="D147" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="E147" t="s">
         <v>42</v>
       </c>
       <c r="F147" t="s">
         <v>54</v>
       </c>
       <c r="G147" t="s">
         <v>22</v>
       </c>
       <c r="H147">
         <v>2012</v>
       </c>
       <c r="I147">
         <v>2019</v>
       </c>
       <c r="J147" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K147" t="s">
         <v>34</v>
       </c>
       <c r="L147" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="M147" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="N147" t="s">
         <v>27</v>
       </c>
       <c r="O147" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="P147" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="B148" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="C148" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="D148" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E148" t="s">
         <v>42</v>
       </c>
       <c r="F148" t="s">
         <v>54</v>
       </c>
       <c r="G148" t="s">
         <v>22</v>
       </c>
       <c r="H148">
         <v>1992</v>
       </c>
       <c r="I148">
         <v>2020</v>
       </c>
       <c r="J148" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K148" t="s">
         <v>34</v>
       </c>
       <c r="L148" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="M148" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="N148" t="s">
         <v>27</v>
       </c>
       <c r="O148" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="P148" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
     </row>
     <row r="149" spans="1:16">
       <c r="A149" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="B149" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="C149" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="D149" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E149" t="s">
         <v>42</v>
       </c>
       <c r="F149" t="s">
         <v>54</v>
       </c>
       <c r="G149" t="s">
         <v>22</v>
       </c>
       <c r="H149">
         <v>2001</v>
       </c>
       <c r="I149">
         <v>2019</v>
       </c>
       <c r="J149" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K149" t="s">
         <v>34</v>
       </c>
       <c r="L149" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="M149" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="N149" t="s">
         <v>27</v>
       </c>
       <c r="O149" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="P149" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
     </row>
     <row r="150" spans="1:16">
       <c r="A150" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="B150" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="C150" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="D150" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="E150" t="s">
         <v>42</v>
       </c>
       <c r="F150" t="s">
         <v>54</v>
       </c>
       <c r="G150" t="s">
         <v>22</v>
       </c>
       <c r="H150">
         <v>2016</v>
       </c>
       <c r="I150">
         <v>2016</v>
       </c>
       <c r="J150" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K150" t="s">
         <v>34</v>
       </c>
       <c r="L150" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="M150" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="N150" t="s">
         <v>27</v>
       </c>
       <c r="O150" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="P150" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
     </row>
     <row r="151" spans="1:16">
       <c r="A151" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="B151" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="C151" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="D151" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E151" t="s">
         <v>42</v>
       </c>
       <c r="F151" t="s">
         <v>54</v>
       </c>
       <c r="G151" t="s">
         <v>22</v>
       </c>
       <c r="H151">
         <v>2004</v>
       </c>
       <c r="I151">
         <v>2020</v>
       </c>
       <c r="J151" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K151" t="s">
         <v>34</v>
       </c>
       <c r="L151" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="M151" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="N151" t="s">
         <v>27</v>
       </c>
       <c r="O151" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="P151" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
     </row>
     <row r="152" spans="1:16">
       <c r="A152" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="B152" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="C152" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="D152" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E152" t="s">
         <v>42</v>
       </c>
       <c r="F152" t="s">
         <v>54</v>
       </c>
       <c r="G152" t="s">
         <v>22</v>
       </c>
       <c r="H152">
         <v>2001</v>
       </c>
       <c r="I152">
         <v>2018</v>
       </c>
       <c r="J152" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K152" t="s">
         <v>34</v>
       </c>
       <c r="L152" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="M152" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="N152" t="s">
         <v>27</v>
       </c>
       <c r="O152" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="P152" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
     </row>
     <row r="153" spans="1:16">
       <c r="A153" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="B153" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="C153" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="D153" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="E153" t="s">
         <v>42</v>
       </c>
       <c r="F153" t="s">
         <v>54</v>
       </c>
       <c r="G153" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H153">
         <v>2013</v>
       </c>
       <c r="I153"/>
       <c r="J153" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K153" t="s">
         <v>34</v>
       </c>
       <c r="L153" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="M153" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="N153" t="s">
         <v>27</v>
       </c>
       <c r="O153" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="P153" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
     </row>
     <row r="154" spans="1:16">
       <c r="A154" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="B154" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="C154" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="D154" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="E154" t="s">
         <v>42</v>
       </c>
       <c r="F154" t="s">
         <v>54</v>
       </c>
       <c r="G154" t="s">
         <v>22</v>
       </c>
       <c r="H154">
         <v>2004</v>
       </c>
       <c r="I154">
         <v>2014</v>
       </c>
       <c r="J154" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K154" t="s">
         <v>34</v>
       </c>
       <c r="L154" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="M154" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="N154" t="s">
         <v>27</v>
       </c>
       <c r="O154" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="P154" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
     </row>
     <row r="155" spans="1:16">
       <c r="A155" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="B155" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="C155" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="D155" t="s">
         <v>53</v>
       </c>
       <c r="E155" t="s">
         <v>42</v>
       </c>
       <c r="F155" t="s">
         <v>54</v>
       </c>
       <c r="G155" t="s">
         <v>22</v>
       </c>
       <c r="H155">
         <v>1998</v>
       </c>
       <c r="I155">
         <v>2019</v>
       </c>
       <c r="J155" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K155" t="s">
         <v>34</v>
       </c>
       <c r="L155" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="M155" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="N155" t="s">
         <v>27</v>
       </c>
       <c r="O155" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="P155" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
     </row>
     <row r="156" spans="1:16">
       <c r="A156" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="B156" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="C156" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="D156" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="E156" t="s">
         <v>42</v>
       </c>
       <c r="F156" t="s">
         <v>54</v>
       </c>
       <c r="G156" t="s">
         <v>22</v>
       </c>
       <c r="H156">
         <v>2012</v>
       </c>
       <c r="I156">
         <v>2019</v>
       </c>
       <c r="J156" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K156" t="s">
         <v>34</v>
       </c>
       <c r="L156" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="M156" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="N156" t="s">
         <v>27</v>
       </c>
       <c r="O156" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="P156" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
     </row>
     <row r="157" spans="1:16">
       <c r="A157" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="B157" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="C157" t="s">
         <v>75</v>
       </c>
       <c r="D157" t="s">
         <v>62</v>
       </c>
       <c r="E157" t="s">
         <v>42</v>
       </c>
       <c r="F157" t="s">
         <v>43</v>
       </c>
       <c r="G157" t="s">
         <v>22</v>
       </c>
       <c r="H157">
         <v>2004</v>
       </c>
       <c r="I157">
         <v>2011</v>
       </c>
       <c r="J157" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="K157" t="s">
         <v>34</v>
       </c>
       <c r="L157"/>
       <c r="M157" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="N157" t="s">
         <v>27</v>
       </c>
       <c r="O157" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="P157" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
     </row>
     <row r="158" spans="1:16">
       <c r="A158" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="B158" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="C158" t="s">
         <v>75</v>
       </c>
       <c r="D158" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="E158" t="s">
         <v>42</v>
       </c>
       <c r="F158" t="s">
         <v>43</v>
       </c>
       <c r="G158" t="s">
         <v>22</v>
       </c>
       <c r="H158">
         <v>2009</v>
       </c>
       <c r="I158">
         <v>2011</v>
       </c>
       <c r="J158" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="K158" t="s">
         <v>34</v>
       </c>
       <c r="L158"/>
       <c r="M158" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="N158" t="s">
         <v>27</v>
       </c>
       <c r="O158" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="P158" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
     </row>
     <row r="159" spans="1:16">
       <c r="A159" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="B159" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="C159" t="s">
         <v>75</v>
       </c>
       <c r="D159" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="E159" t="s">
         <v>42</v>
       </c>
       <c r="F159" t="s">
         <v>43</v>
       </c>
       <c r="G159" t="s">
         <v>22</v>
       </c>
       <c r="H159">
         <v>2008</v>
       </c>
       <c r="I159">
         <v>2010</v>
       </c>
       <c r="J159" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="K159" t="s">
         <v>34</v>
       </c>
       <c r="L159"/>
       <c r="M159" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="N159" t="s">
         <v>27</v>
       </c>
       <c r="O159" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="P159" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
     </row>
     <row r="160" spans="1:16">
       <c r="A160" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="B160" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="C160" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="D160" t="s">
         <v>53</v>
       </c>
       <c r="E160" t="s">
         <v>20</v>
       </c>
       <c r="F160" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="G160" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H160">
         <v>2023</v>
       </c>
       <c r="I160"/>
       <c r="J160" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="K160" t="s">
         <v>34</v>
       </c>
       <c r="L160"/>
       <c r="M160" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="N160" t="s">
         <v>27</v>
       </c>
       <c r="O160" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="P160" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
     </row>
     <row r="161" spans="1:16">
       <c r="A161" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="B161" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="C161" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D161" t="s">
         <v>84</v>
       </c>
       <c r="E161" t="s">
         <v>20</v>
       </c>
       <c r="F161" t="s">
         <v>21</v>
       </c>
       <c r="G161" t="s">
         <v>22</v>
       </c>
       <c r="H161">
         <v>2002</v>
       </c>
       <c r="I161">
         <v>2021</v>
       </c>
       <c r="J161" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K161" t="s">
         <v>34</v>
       </c>
       <c r="L161" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="M161" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="N161" t="s">
         <v>36</v>
       </c>
       <c r="O161" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="P161" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
     </row>
     <row r="162" spans="1:16">
       <c r="A162" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="B162" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="C162" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D162" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E162" t="s">
         <v>20</v>
       </c>
       <c r="F162" t="s">
         <v>21</v>
       </c>
       <c r="G162" t="s">
         <v>22</v>
       </c>
       <c r="H162">
         <v>2009</v>
       </c>
       <c r="I162">
         <v>2020</v>
       </c>
       <c r="J162" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K162" t="s">
         <v>34</v>
       </c>
       <c r="L162" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="M162" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="N162" t="s">
         <v>36</v>
       </c>
       <c r="O162" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="P162" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
     </row>
     <row r="163" spans="1:16">
       <c r="A163" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="B163" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="C163" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D163" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E163" t="s">
         <v>20</v>
       </c>
       <c r="F163" t="s">
         <v>21</v>
       </c>
       <c r="G163" t="s">
-        <v>22</v>
+        <v>885</v>
       </c>
       <c r="H163">
         <v>2007</v>
       </c>
       <c r="I163">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J163" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K163" t="s">
         <v>34</v>
       </c>
       <c r="L163" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="M163" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="N163" t="s">
         <v>36</v>
       </c>
       <c r="O163" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="P163" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
     </row>
     <row r="164" spans="1:16">
       <c r="A164" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="B164" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="C164" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D164" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="E164" t="s">
         <v>20</v>
       </c>
       <c r="F164" t="s">
         <v>21</v>
       </c>
       <c r="G164" t="s">
         <v>8</v>
       </c>
       <c r="H164">
         <v>2007</v>
       </c>
       <c r="I164">
         <v>2025</v>
       </c>
       <c r="J164" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="K164" t="s">
         <v>34</v>
       </c>
       <c r="L164" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="M164" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="N164" t="s">
         <v>27</v>
       </c>
       <c r="O164" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="P164" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
     </row>
     <row r="165" spans="1:16">
       <c r="A165" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
       <c r="B165" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
       <c r="C165" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D165" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E165" t="s">
         <v>20</v>
       </c>
       <c r="F165" t="s">
         <v>21</v>
       </c>
       <c r="G165" t="s">
         <v>22</v>
       </c>
       <c r="H165">
         <v>2008</v>
       </c>
       <c r="I165">
         <v>2008</v>
       </c>
       <c r="J165" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K165" t="s">
         <v>34</v>
       </c>
       <c r="L165" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="M165" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="N165" t="s">
         <v>36</v>
       </c>
       <c r="O165" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="P165" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
     </row>
     <row r="166" spans="1:16">
       <c r="A166" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
       <c r="B166" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="C166" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D166" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E166" t="s">
         <v>20</v>
       </c>
       <c r="F166" t="s">
         <v>21</v>
       </c>
       <c r="G166" t="s">
         <v>22</v>
       </c>
       <c r="H166">
         <v>2008</v>
       </c>
       <c r="I166">
         <v>2016</v>
       </c>
       <c r="J166" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K166" t="s">
         <v>34</v>
       </c>
       <c r="L166" t="s">
-        <v>900</v>
+        <v>902</v>
       </c>
       <c r="M166" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="N166" t="s">
         <v>27</v>
       </c>
       <c r="O166" t="s">
-        <v>901</v>
+        <v>903</v>
       </c>
       <c r="P166" t="s">
-        <v>902</v>
+        <v>904</v>
       </c>
     </row>
     <row r="167" spans="1:16">
       <c r="A167" t="s">
-        <v>903</v>
+        <v>905</v>
       </c>
       <c r="B167" t="s">
-        <v>903</v>
+        <v>905</v>
       </c>
       <c r="C167" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D167" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E167" t="s">
         <v>20</v>
       </c>
       <c r="F167" t="s">
         <v>21</v>
       </c>
       <c r="G167" t="s">
         <v>22</v>
       </c>
       <c r="H167">
         <v>2010</v>
       </c>
       <c r="I167">
         <v>2015</v>
       </c>
       <c r="J167" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K167" t="s">
         <v>34</v>
       </c>
       <c r="L167" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="M167" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="N167" t="s">
         <v>27</v>
       </c>
       <c r="O167" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
       <c r="P167" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
     </row>
     <row r="168" spans="1:16">
       <c r="A168" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="B168" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
       <c r="C168" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D168" t="s">
         <v>53</v>
       </c>
       <c r="E168" t="s">
         <v>20</v>
       </c>
       <c r="F168" t="s">
         <v>21</v>
       </c>
       <c r="G168" t="s">
         <v>22</v>
       </c>
       <c r="H168">
         <v>1989</v>
       </c>
       <c r="I168">
         <v>2016</v>
       </c>
       <c r="J168" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K168" t="s">
         <v>34</v>
       </c>
       <c r="L168" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="M168" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="N168" t="s">
         <v>27</v>
       </c>
       <c r="O168" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="P168" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
     </row>
     <row r="169" spans="1:16">
       <c r="A169" t="s">
-        <v>910</v>
+        <v>912</v>
       </c>
       <c r="B169" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
       <c r="C169" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D169" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
       <c r="E169" t="s">
         <v>20</v>
       </c>
       <c r="F169" t="s">
         <v>21</v>
       </c>
       <c r="G169" t="s">
         <v>22</v>
       </c>
       <c r="H169">
         <v>2010</v>
       </c>
       <c r="I169">
         <v>2021</v>
       </c>
       <c r="J169" t="s">
         <v>69</v>
       </c>
       <c r="K169" t="s">
         <v>34</v>
       </c>
       <c r="L169" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
       <c r="M169" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="N169" t="s">
         <v>27</v>
       </c>
       <c r="O169" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="P169" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
     </row>
     <row r="170" spans="1:16">
       <c r="A170" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="B170" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="C170" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D170" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E170" t="s">
         <v>20</v>
       </c>
       <c r="F170" t="s">
         <v>21</v>
       </c>
       <c r="G170" t="s">
         <v>22</v>
       </c>
       <c r="H170">
         <v>2011</v>
       </c>
       <c r="I170">
         <v>2016</v>
       </c>
       <c r="J170" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K170" t="s">
         <v>34</v>
       </c>
       <c r="L170" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="M170" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="N170" t="s">
         <v>27</v>
       </c>
       <c r="O170" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="P170" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
     </row>
     <row r="171" spans="1:16">
       <c r="A171" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="B171" t="s">
-        <v>921</v>
+        <v>923</v>
       </c>
       <c r="C171" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D171" t="s">
         <v>62</v>
       </c>
       <c r="E171" t="s">
         <v>20</v>
       </c>
       <c r="F171" t="s">
         <v>21</v>
       </c>
       <c r="G171" t="s">
         <v>22</v>
       </c>
       <c r="H171">
         <v>2012</v>
       </c>
       <c r="I171">
         <v>2016</v>
       </c>
       <c r="J171" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K171" t="s">
         <v>34</v>
       </c>
       <c r="L171" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
       <c r="M171" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="N171" t="s">
         <v>27</v>
       </c>
       <c r="O171" t="s">
-        <v>923</v>
+        <v>925</v>
       </c>
       <c r="P171" t="s">
-        <v>924</v>
+        <v>926</v>
       </c>
     </row>
     <row r="172" spans="1:16">
       <c r="A172" t="s">
-        <v>925</v>
+        <v>927</v>
       </c>
       <c r="B172" t="s">
-        <v>926</v>
+        <v>928</v>
       </c>
       <c r="C172" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D172" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E172" t="s">
         <v>20</v>
       </c>
       <c r="F172" t="s">
         <v>21</v>
       </c>
       <c r="G172" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H172">
         <v>2014</v>
       </c>
       <c r="I172"/>
       <c r="J172" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K172" t="s">
         <v>34</v>
       </c>
       <c r="L172" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="M172" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="N172" t="s">
         <v>36</v>
       </c>
       <c r="O172" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="P172" t="s">
-        <v>929</v>
+        <v>931</v>
       </c>
     </row>
     <row r="173" spans="1:16">
       <c r="A173" t="s">
-        <v>930</v>
+        <v>932</v>
       </c>
       <c r="B173" t="s">
-        <v>931</v>
+        <v>933</v>
       </c>
       <c r="C173" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D173" t="s">
-        <v>932</v>
+        <v>934</v>
       </c>
       <c r="E173" t="s">
         <v>20</v>
       </c>
       <c r="F173" t="s">
         <v>21</v>
       </c>
       <c r="G173" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
       <c r="H173" t="s">
-        <v>934</v>
+        <v>936</v>
       </c>
       <c r="I173">
         <v>2024</v>
       </c>
       <c r="J173" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="K173" t="s">
         <v>34</v>
       </c>
       <c r="L173"/>
       <c r="M173" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="N173" t="s">
         <v>36</v>
       </c>
       <c r="O173" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
       <c r="P173" t="s">
-        <v>937</v>
+        <v>939</v>
       </c>
     </row>
     <row r="174" spans="1:16">
       <c r="A174" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
       <c r="B174" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
       <c r="C174" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D174" t="s">
         <v>84</v>
       </c>
       <c r="E174" t="s">
         <v>20</v>
       </c>
       <c r="F174" t="s">
         <v>21</v>
       </c>
       <c r="G174" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H174">
         <v>2014</v>
       </c>
       <c r="I174"/>
       <c r="J174" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K174" t="s">
         <v>34</v>
       </c>
       <c r="L174" t="s">
-        <v>940</v>
+        <v>942</v>
       </c>
       <c r="M174" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="N174" t="s">
         <v>36</v>
       </c>
       <c r="O174" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
       <c r="P174" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
     </row>
     <row r="175" spans="1:16">
       <c r="A175" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
       <c r="B175" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
       <c r="C175" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D175" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E175" t="s">
         <v>20</v>
       </c>
       <c r="F175" t="s">
         <v>21</v>
       </c>
       <c r="G175" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H175">
         <v>2016</v>
       </c>
       <c r="I175"/>
       <c r="J175" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K175" t="s">
         <v>34</v>
       </c>
       <c r="L175" t="s">
-        <v>945</v>
+        <v>947</v>
       </c>
       <c r="M175" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="N175" t="s">
         <v>27</v>
       </c>
       <c r="O175" t="s">
-        <v>946</v>
+        <v>948</v>
       </c>
       <c r="P175" t="s">
-        <v>947</v>
+        <v>949</v>
       </c>
     </row>
     <row r="176" spans="1:16">
       <c r="A176" t="s">
-        <v>948</v>
+        <v>950</v>
       </c>
       <c r="B176" t="s">
-        <v>949</v>
+        <v>951</v>
       </c>
       <c r="C176" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D176" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="E176" t="s">
         <v>20</v>
       </c>
       <c r="F176" t="s">
         <v>21</v>
       </c>
       <c r="G176" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H176">
         <v>2019</v>
       </c>
       <c r="I176"/>
       <c r="J176" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K176" t="s">
         <v>34</v>
       </c>
       <c r="L176" t="s">
-        <v>950</v>
+        <v>952</v>
       </c>
       <c r="M176" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="N176" t="s">
         <v>27</v>
       </c>
       <c r="O176" t="s">
-        <v>951</v>
+        <v>953</v>
       </c>
       <c r="P176" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
     </row>
     <row r="177" spans="1:16">
       <c r="A177" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="B177" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C177" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D177" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E177" t="s">
         <v>20</v>
       </c>
       <c r="F177" t="s">
         <v>21</v>
       </c>
       <c r="G177" t="s">
-        <v>954</v>
+        <v>68</v>
       </c>
       <c r="H177">
         <v>2018</v>
       </c>
       <c r="I177"/>
       <c r="J177" t="s">
-        <v>251</v>
+        <v>956</v>
       </c>
       <c r="K177" t="s">
         <v>34</v>
       </c>
       <c r="L177" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="M177" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="N177" t="s">
         <v>27</v>
       </c>
       <c r="O177" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
       <c r="P177" t="s">
-        <v>956</v>
+        <v>958</v>
       </c>
     </row>
     <row r="178" spans="1:16">
       <c r="A178" t="s">
-        <v>957</v>
+        <v>959</v>
       </c>
       <c r="B178" t="s">
-        <v>958</v>
+        <v>960</v>
       </c>
       <c r="C178" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D178" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E178" t="s">
         <v>20</v>
       </c>
       <c r="F178" t="s">
         <v>21</v>
       </c>
       <c r="G178" t="s">
         <v>22</v>
       </c>
       <c r="H178">
         <v>2018</v>
       </c>
       <c r="I178">
         <v>2024</v>
       </c>
       <c r="J178" t="s">
-        <v>251</v>
+        <v>956</v>
       </c>
       <c r="K178" t="s">
         <v>34</v>
       </c>
       <c r="L178" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="M178" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
       <c r="N178" t="s">
         <v>27</v>
       </c>
       <c r="O178" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
       <c r="P178" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
     </row>
     <row r="179" spans="1:16">
       <c r="A179" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="B179" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
       <c r="C179" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D179" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E179" t="s">
         <v>20</v>
       </c>
       <c r="F179" t="s">
         <v>21</v>
       </c>
       <c r="G179" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H179">
         <v>2020</v>
       </c>
       <c r="I179"/>
       <c r="J179" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K179" t="s">
         <v>34</v>
       </c>
       <c r="L179" t="s">
-        <v>965</v>
+        <v>967</v>
       </c>
       <c r="M179" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="N179" t="s">
         <v>36</v>
       </c>
       <c r="O179" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="P179" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
     </row>
     <row r="180" spans="1:16">
       <c r="A180" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="B180" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
       <c r="C180" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D180" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E180" t="s">
         <v>42</v>
       </c>
       <c r="F180" t="s">
         <v>21</v>
       </c>
       <c r="G180" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
       <c r="H180">
         <v>2025</v>
       </c>
       <c r="I180"/>
       <c r="J180" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="K180" t="s">
         <v>34</v>
       </c>
       <c r="L180" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
       <c r="M180" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="N180" t="s">
         <v>27</v>
       </c>
       <c r="O180" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="P180" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
     </row>
     <row r="181" spans="1:16">
       <c r="A181" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="B181" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="C181" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="D181" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="E181" t="s">
         <v>42</v>
       </c>
       <c r="F181" t="s">
         <v>21</v>
       </c>
       <c r="G181" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H181">
         <v>1985</v>
       </c>
       <c r="I181"/>
       <c r="J181" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K181" t="s">
         <v>34</v>
       </c>
       <c r="L181" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="M181" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="N181" t="s">
         <v>27</v>
       </c>
       <c r="O181" t="s">
-        <v>979</v>
+        <v>981</v>
       </c>
       <c r="P181" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
     </row>
     <row r="182" spans="1:16">
       <c r="A182" t="s">
-        <v>981</v>
+        <v>983</v>
       </c>
       <c r="B182" t="s">
-        <v>982</v>
+        <v>984</v>
       </c>
       <c r="C182" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="D182" t="s">
         <v>62</v>
       </c>
       <c r="E182" t="s">
         <v>42</v>
       </c>
       <c r="F182" t="s">
         <v>21</v>
       </c>
       <c r="G182" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H182">
         <v>1989</v>
       </c>
       <c r="I182"/>
       <c r="J182" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K182" t="s">
         <v>34</v>
       </c>
       <c r="L182"/>
       <c r="M182" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="N182" t="s">
         <v>27</v>
       </c>
       <c r="O182" t="s">
-        <v>983</v>
+        <v>985</v>
       </c>
       <c r="P182" t="s">
-        <v>984</v>
+        <v>986</v>
       </c>
     </row>
     <row r="183" spans="1:16">
       <c r="A183" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
       <c r="B183" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="C183" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="D183" t="s">
         <v>53</v>
       </c>
       <c r="E183" t="s">
         <v>42</v>
       </c>
       <c r="F183" t="s">
         <v>21</v>
       </c>
       <c r="G183" t="s">
         <v>22</v>
       </c>
       <c r="H183">
         <v>1989</v>
       </c>
       <c r="I183">
         <v>1991</v>
       </c>
       <c r="J183" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K183" t="s">
         <v>34</v>
       </c>
       <c r="L183"/>
       <c r="M183" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="N183" t="s">
         <v>27</v>
       </c>
       <c r="O183" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="P183" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
     </row>
     <row r="184" spans="1:16">
       <c r="A184" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="B184" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="C184" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="D184" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E184" t="s">
         <v>42</v>
       </c>
       <c r="F184" t="s">
         <v>21</v>
       </c>
       <c r="G184" t="s">
         <v>22</v>
       </c>
       <c r="H184">
         <v>1989</v>
       </c>
       <c r="I184">
         <v>2015</v>
       </c>
       <c r="J184" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="K184" t="s">
         <v>34</v>
       </c>
       <c r="L184"/>
       <c r="M184" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="N184" t="s">
         <v>27</v>
       </c>
       <c r="O184" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="P184" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
     </row>
     <row r="185" spans="1:16">
       <c r="A185" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
       <c r="B185" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="C185" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="D185" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E185" t="s">
         <v>42</v>
       </c>
       <c r="F185" t="s">
         <v>21</v>
       </c>
       <c r="G185" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H185">
         <v>1989</v>
       </c>
       <c r="I185"/>
       <c r="J185" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K185" t="s">
         <v>34</v>
       </c>
       <c r="L185"/>
       <c r="M185" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="N185" t="s">
         <v>27</v>
       </c>
       <c r="O185" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
       <c r="P185" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="186" spans="1:16">
       <c r="A186" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
       <c r="B186" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
       <c r="C186" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="D186" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="E186" t="s">
         <v>42</v>
       </c>
       <c r="F186" t="s">
         <v>21</v>
       </c>
       <c r="G186" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H186">
         <v>1990</v>
       </c>
       <c r="I186"/>
       <c r="J186" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K186" t="s">
         <v>34</v>
       </c>
       <c r="L186"/>
       <c r="M186" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="N186" t="s">
         <v>27</v>
       </c>
       <c r="O186" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
       <c r="P186" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="187" spans="1:16">
       <c r="A187" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="B187" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="C187" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="D187" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E187" t="s">
         <v>42</v>
       </c>
       <c r="F187" t="s">
         <v>21</v>
       </c>
       <c r="G187" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H187">
         <v>1989</v>
       </c>
       <c r="I187"/>
       <c r="J187" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K187" t="s">
         <v>34</v>
       </c>
       <c r="L187"/>
       <c r="M187" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="N187" t="s">
         <v>27</v>
       </c>
       <c r="O187" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="P187" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="188" spans="1:16">
       <c r="A188" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="B188" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="C188" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="D188" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="E188" t="s">
         <v>42</v>
       </c>
       <c r="F188" t="s">
         <v>21</v>
       </c>
       <c r="G188" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H188">
         <v>1983</v>
       </c>
       <c r="I188"/>
       <c r="J188" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K188" t="s">
         <v>34</v>
       </c>
       <c r="L188" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="M188" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="N188" t="s">
         <v>27</v>
       </c>
       <c r="O188" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="P188" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="189" spans="1:16">
       <c r="A189" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="B189" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="C189" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="D189" t="s">
         <v>62</v>
       </c>
       <c r="E189" t="s">
         <v>42</v>
       </c>
       <c r="F189" t="s">
         <v>21</v>
       </c>
       <c r="G189" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H189">
         <v>1987</v>
       </c>
       <c r="I189"/>
       <c r="J189" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K189" t="s">
         <v>34</v>
       </c>
       <c r="L189"/>
       <c r="M189" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="N189" t="s">
         <v>27</v>
       </c>
       <c r="O189" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="P189" t="s">
-        <v>1015</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="190" spans="1:16">
       <c r="A190" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
       <c r="B190" t="s">
-        <v>1017</v>
+        <v>1019</v>
       </c>
       <c r="C190" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
       <c r="D190" t="s">
         <v>53</v>
       </c>
       <c r="E190" t="s">
         <v>20</v>
       </c>
       <c r="F190" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="G190" t="s">
         <v>22</v>
       </c>
       <c r="H190">
         <v>2015</v>
       </c>
       <c r="I190">
         <v>2024</v>
       </c>
       <c r="J190" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
       <c r="K190" t="s">
         <v>34</v>
       </c>
       <c r="L190" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="M190" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
       <c r="N190" t="s">
         <v>27</v>
       </c>
       <c r="O190" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="P190" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="191" spans="1:16">
       <c r="A191" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="B191" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="C191" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
       <c r="D191" t="s">
         <v>62</v>
       </c>
       <c r="E191" t="s">
         <v>20</v>
       </c>
       <c r="F191" t="s">
         <v>21</v>
       </c>
       <c r="G191" t="s">
         <v>22</v>
       </c>
       <c r="H191">
         <v>1999</v>
       </c>
       <c r="I191">
         <v>2014</v>
       </c>
       <c r="J191" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="K191" t="s">
         <v>34</v>
       </c>
       <c r="L191" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="M191" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="N191" t="s">
         <v>27</v>
       </c>
       <c r="O191" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="P191" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="192" spans="1:16">
       <c r="A192" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="B192" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="C192" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
       <c r="D192" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E192" t="s">
         <v>20</v>
       </c>
       <c r="F192" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="G192" t="s">
         <v>22</v>
       </c>
       <c r="H192">
         <v>2013</v>
       </c>
       <c r="I192">
         <v>2014</v>
       </c>
       <c r="J192" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="K192" t="s">
         <v>34</v>
       </c>
       <c r="L192" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="M192" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="N192" t="s">
         <v>27</v>
       </c>
       <c r="O192" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
       <c r="P192" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="193" spans="1:16">
       <c r="A193" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="B193" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="C193" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
       <c r="D193" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E193" t="s">
         <v>20</v>
       </c>
       <c r="F193" t="s">
         <v>21</v>
       </c>
       <c r="G193" t="s">
         <v>22</v>
       </c>
       <c r="H193">
         <v>2008</v>
       </c>
       <c r="I193">
         <v>2012</v>
       </c>
       <c r="J193" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="K193" t="s">
         <v>34</v>
       </c>
       <c r="L193" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="M193" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="N193" t="s">
         <v>27</v>
       </c>
       <c r="O193" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
       <c r="P193" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="194" spans="1:16">
       <c r="A194" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B194" t="s">
-        <v>1041</v>
+        <v>1043</v>
       </c>
       <c r="C194" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
       <c r="D194" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E194" t="s">
         <v>20</v>
       </c>
       <c r="F194" t="s">
         <v>21</v>
       </c>
       <c r="G194" t="s">
         <v>22</v>
       </c>
       <c r="H194">
         <v>2005</v>
       </c>
       <c r="I194">
         <v>2014</v>
       </c>
       <c r="J194" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="K194" t="s">
         <v>34</v>
       </c>
       <c r="L194" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
       <c r="M194" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="N194" t="s">
         <v>27</v>
       </c>
       <c r="O194" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
       <c r="P194" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="195" spans="1:16">
       <c r="A195" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
       <c r="B195" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="C195" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
       <c r="D195" t="s">
         <v>53</v>
       </c>
       <c r="E195" t="s">
         <v>20</v>
       </c>
       <c r="F195" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="G195" t="s">
         <v>22</v>
       </c>
       <c r="H195">
         <v>2009</v>
       </c>
       <c r="I195">
         <v>2013</v>
       </c>
       <c r="J195" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="K195" t="s">
         <v>34</v>
       </c>
       <c r="L195" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
       <c r="M195" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="N195" t="s">
         <v>27</v>
       </c>
       <c r="O195" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
       <c r="P195" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="196" spans="1:16">
       <c r="A196" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
       <c r="B196" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
       <c r="C196" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
       <c r="D196" t="s">
         <v>84</v>
       </c>
       <c r="E196" t="s">
         <v>20</v>
       </c>
       <c r="F196" t="s">
         <v>21</v>
       </c>
       <c r="G196" t="s">
         <v>22</v>
       </c>
       <c r="H196">
         <v>2001</v>
       </c>
       <c r="I196">
         <v>2019</v>
       </c>
       <c r="J196" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="K196" t="s">
         <v>34</v>
       </c>
       <c r="L196" t="s">
-        <v>1053</v>
+        <v>1055</v>
       </c>
       <c r="M196" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="N196" t="s">
         <v>36</v>
       </c>
       <c r="O196" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
       <c r="P196" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="197" spans="1:16">
       <c r="A197" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="B197" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
       <c r="C197" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D197" t="s">
         <v>62</v>
       </c>
       <c r="E197" t="s">
         <v>42</v>
       </c>
       <c r="F197" t="s">
         <v>54</v>
       </c>
       <c r="G197" t="s">
         <v>22</v>
       </c>
       <c r="H197">
         <v>2000</v>
       </c>
       <c r="I197">
         <v>2013</v>
       </c>
       <c r="J197" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K197" t="s">
         <v>34</v>
       </c>
       <c r="L197" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="M197" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="N197" t="s">
         <v>27</v>
       </c>
       <c r="O197" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="P197" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="198" spans="1:16">
       <c r="A198" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="B198" t="s">
-        <v>1062</v>
+        <v>1064</v>
       </c>
       <c r="C198" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D198" t="s">
         <v>62</v>
       </c>
       <c r="E198" t="s">
         <v>42</v>
       </c>
       <c r="F198" t="s">
         <v>54</v>
       </c>
       <c r="G198" t="s">
         <v>22</v>
       </c>
       <c r="H198">
         <v>2000</v>
       </c>
       <c r="I198">
         <v>2013</v>
       </c>
       <c r="J198" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K198" t="s">
         <v>34</v>
       </c>
       <c r="L198"/>
       <c r="M198" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="N198" t="s">
         <v>27</v>
       </c>
       <c r="O198" t="s">
-        <v>1063</v>
+        <v>1065</v>
       </c>
       <c r="P198" t="s">
-        <v>1064</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="199" spans="1:16">
       <c r="A199" t="s">
-        <v>1065</v>
+        <v>1067</v>
       </c>
       <c r="B199" t="s">
-        <v>1066</v>
+        <v>1068</v>
       </c>
       <c r="C199" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D199" t="s">
         <v>62</v>
       </c>
       <c r="E199" t="s">
         <v>42</v>
       </c>
       <c r="F199" t="s">
         <v>54</v>
       </c>
       <c r="G199" t="s">
         <v>22</v>
       </c>
       <c r="H199">
         <v>2000</v>
       </c>
       <c r="I199">
         <v>2013</v>
       </c>
       <c r="J199" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K199" t="s">
         <v>34</v>
       </c>
       <c r="L199" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="M199" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="N199" t="s">
         <v>27</v>
       </c>
       <c r="O199" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="P199" t="s">
-        <v>1068</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="200" spans="1:16">
       <c r="A200" t="s">
-        <v>1069</v>
+        <v>1071</v>
       </c>
       <c r="B200" t="s">
-        <v>1070</v>
+        <v>1072</v>
       </c>
       <c r="C200" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D200" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="E200" t="s">
         <v>42</v>
       </c>
       <c r="F200" t="s">
         <v>54</v>
       </c>
       <c r="G200" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H200">
         <v>2014</v>
       </c>
       <c r="I200"/>
       <c r="J200" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K200" t="s">
         <v>34</v>
       </c>
       <c r="L200"/>
       <c r="M200" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="N200" t="s">
         <v>27</v>
       </c>
       <c r="O200" t="s">
-        <v>1071</v>
+        <v>1073</v>
       </c>
       <c r="P200" t="s">
-        <v>1072</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="201" spans="1:16">
       <c r="A201" t="s">
-        <v>1073</v>
+        <v>1075</v>
       </c>
       <c r="B201" t="s">
-        <v>1074</v>
+        <v>1076</v>
       </c>
       <c r="C201" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D201" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="E201" t="s">
         <v>42</v>
       </c>
       <c r="F201" t="s">
         <v>54</v>
       </c>
       <c r="G201" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H201">
         <v>2015</v>
       </c>
       <c r="I201"/>
       <c r="J201" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K201" t="s">
         <v>34</v>
       </c>
       <c r="L201"/>
       <c r="M201" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="N201" t="s">
         <v>27</v>
       </c>
       <c r="O201" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
       <c r="P201" t="s">
-        <v>1076</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="202" spans="1:16">
       <c r="A202" t="s">
-        <v>1077</v>
+        <v>1079</v>
       </c>
       <c r="B202" t="s">
-        <v>1078</v>
+        <v>1080</v>
       </c>
       <c r="C202" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D202" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="E202" t="s">
         <v>42</v>
       </c>
       <c r="F202" t="s">
         <v>54</v>
       </c>
       <c r="G202" t="s">
         <v>22</v>
       </c>
       <c r="H202">
         <v>2015</v>
       </c>
       <c r="I202">
         <v>2015</v>
       </c>
       <c r="J202" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K202" t="s">
         <v>34</v>
       </c>
       <c r="L202" t="s">
-        <v>1077</v>
+        <v>1079</v>
       </c>
       <c r="M202" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="N202" t="s">
         <v>27</v>
       </c>
       <c r="O202" t="s">
-        <v>1079</v>
+        <v>1081</v>
       </c>
       <c r="P202" t="s">
-        <v>1080</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="203" spans="1:16">
       <c r="A203" t="s">
-        <v>1081</v>
+        <v>1083</v>
       </c>
       <c r="B203" t="s">
-        <v>1082</v>
+        <v>1084</v>
       </c>
       <c r="C203" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D203" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="E203" t="s">
         <v>42</v>
       </c>
       <c r="F203" t="s">
         <v>54</v>
       </c>
       <c r="G203" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H203">
         <v>2016</v>
       </c>
       <c r="I203"/>
       <c r="J203" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K203" t="s">
         <v>34</v>
       </c>
       <c r="L203"/>
       <c r="M203" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="N203" t="s">
         <v>27</v>
       </c>
       <c r="O203" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
       <c r="P203" t="s">
-        <v>1084</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="204" spans="1:16">
       <c r="A204" t="s">
-        <v>1085</v>
+        <v>1087</v>
       </c>
       <c r="B204" t="s">
-        <v>1086</v>
+        <v>1088</v>
       </c>
       <c r="C204" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D204" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="E204" t="s">
         <v>42</v>
       </c>
       <c r="F204" t="s">
         <v>54</v>
       </c>
       <c r="G204" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H204">
         <v>2016</v>
       </c>
       <c r="I204"/>
       <c r="J204" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K204" t="s">
         <v>34</v>
       </c>
       <c r="L204"/>
       <c r="M204" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="N204" t="s">
         <v>27</v>
       </c>
       <c r="O204" t="s">
-        <v>1087</v>
+        <v>1089</v>
       </c>
       <c r="P204" t="s">
-        <v>1088</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="205" spans="1:16">
       <c r="A205" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="B205" t="s">
-        <v>1090</v>
+        <v>1092</v>
       </c>
       <c r="C205" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D205" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E205" t="s">
         <v>42</v>
       </c>
       <c r="F205" t="s">
         <v>54</v>
       </c>
       <c r="G205" t="s">
         <v>22</v>
       </c>
       <c r="H205">
         <v>2000</v>
       </c>
       <c r="I205">
         <v>2016</v>
       </c>
       <c r="J205" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K205" t="s">
         <v>34</v>
       </c>
       <c r="L205"/>
       <c r="M205" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="N205" t="s">
         <v>27</v>
       </c>
       <c r="O205" t="s">
-        <v>1091</v>
+        <v>1093</v>
       </c>
       <c r="P205" t="s">
-        <v>1092</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="206" spans="1:16">
       <c r="A206" t="s">
-        <v>1093</v>
+        <v>1095</v>
       </c>
       <c r="B206" t="s">
-        <v>1094</v>
+        <v>1096</v>
       </c>
       <c r="C206" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D206" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E206" t="s">
         <v>42</v>
       </c>
       <c r="F206" t="s">
         <v>54</v>
       </c>
       <c r="G206" t="s">
         <v>22</v>
       </c>
       <c r="H206">
         <v>2000</v>
       </c>
       <c r="I206">
         <v>2015</v>
       </c>
       <c r="J206" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K206" t="s">
         <v>34</v>
       </c>
       <c r="L206"/>
       <c r="M206" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="N206" t="s">
         <v>27</v>
       </c>
       <c r="O206" t="s">
-        <v>1095</v>
+        <v>1097</v>
       </c>
       <c r="P206" t="s">
-        <v>1096</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="207" spans="1:16">
       <c r="A207" t="s">
-        <v>1097</v>
+        <v>1099</v>
       </c>
       <c r="B207" t="s">
-        <v>1098</v>
+        <v>1100</v>
       </c>
       <c r="C207" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D207" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E207" t="s">
         <v>42</v>
       </c>
       <c r="F207" t="s">
         <v>54</v>
       </c>
       <c r="G207" t="s">
         <v>22</v>
       </c>
       <c r="H207">
         <v>2000</v>
       </c>
       <c r="I207">
         <v>2013</v>
       </c>
       <c r="J207" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K207" t="s">
         <v>34</v>
       </c>
       <c r="L207" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="M207" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="N207" t="s">
         <v>27</v>
       </c>
       <c r="O207" t="s">
-        <v>1099</v>
+        <v>1101</v>
       </c>
       <c r="P207" t="s">
-        <v>1100</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="208" spans="1:16">
       <c r="A208" t="s">
-        <v>1101</v>
+        <v>1103</v>
       </c>
       <c r="B208" t="s">
-        <v>1102</v>
+        <v>1104</v>
       </c>
       <c r="C208" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D208" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E208" t="s">
         <v>42</v>
       </c>
       <c r="F208" t="s">
         <v>54</v>
       </c>
       <c r="G208" t="s">
         <v>22</v>
       </c>
       <c r="H208">
         <v>2000</v>
       </c>
       <c r="I208">
         <v>2013</v>
       </c>
       <c r="J208" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K208" t="s">
         <v>34</v>
       </c>
       <c r="L208" t="s">
-        <v>1103</v>
+        <v>1105</v>
       </c>
       <c r="M208" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="N208" t="s">
         <v>27</v>
       </c>
       <c r="O208" t="s">
-        <v>1104</v>
+        <v>1106</v>
       </c>
       <c r="P208"/>
     </row>
     <row r="209" spans="1:16">
       <c r="A209" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
       <c r="B209" t="s">
-        <v>1106</v>
+        <v>1108</v>
       </c>
       <c r="C209" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D209" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="E209" t="s">
         <v>42</v>
       </c>
       <c r="F209" t="s">
         <v>54</v>
       </c>
       <c r="G209" t="s">
         <v>22</v>
       </c>
       <c r="H209">
         <v>2011</v>
       </c>
       <c r="I209">
         <v>2013</v>
       </c>
       <c r="J209" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K209" t="s">
         <v>34</v>
       </c>
       <c r="L209"/>
       <c r="M209" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="N209" t="s">
         <v>27</v>
       </c>
       <c r="O209" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
       <c r="P209" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="210" spans="1:16">
       <c r="A210" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
       <c r="B210" t="s">
-        <v>1110</v>
+        <v>1112</v>
       </c>
       <c r="C210" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D210" t="s">
         <v>62</v>
       </c>
       <c r="E210" t="s">
         <v>42</v>
       </c>
       <c r="F210" t="s">
         <v>54</v>
       </c>
       <c r="G210" t="s">
         <v>22</v>
       </c>
       <c r="H210">
         <v>2000</v>
       </c>
       <c r="I210">
         <v>2015</v>
       </c>
       <c r="J210" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K210" t="s">
         <v>34</v>
       </c>
       <c r="L210"/>
       <c r="M210" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="N210" t="s">
         <v>27</v>
       </c>
       <c r="O210" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="P210" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="211" spans="1:16">
       <c r="A211" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
       <c r="B211" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
       <c r="C211" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D211" t="s">
         <v>53</v>
       </c>
       <c r="E211" t="s">
         <v>42</v>
       </c>
       <c r="F211" t="s">
         <v>54</v>
       </c>
       <c r="G211" t="s">
         <v>22</v>
       </c>
       <c r="H211">
         <v>2002</v>
       </c>
       <c r="I211">
         <v>2013</v>
       </c>
       <c r="J211" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K211" t="s">
         <v>34</v>
       </c>
       <c r="L211" t="s">
-        <v>1115</v>
+        <v>1117</v>
       </c>
       <c r="M211" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="N211" t="s">
         <v>27</v>
       </c>
       <c r="O211" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
       <c r="P211" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="212" spans="1:16">
       <c r="A212" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="B212" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="C212" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D212" t="s">
         <v>62</v>
       </c>
       <c r="E212" t="s">
         <v>42</v>
       </c>
       <c r="F212" t="s">
         <v>54</v>
       </c>
       <c r="G212" t="s">
         <v>22</v>
       </c>
       <c r="H212">
         <v>2000</v>
       </c>
       <c r="I212">
         <v>2015</v>
       </c>
       <c r="J212" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K212" t="s">
         <v>34</v>
       </c>
       <c r="L212"/>
       <c r="M212" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="N212" t="s">
         <v>27</v>
       </c>
       <c r="O212" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
       <c r="P212" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="213" spans="1:16">
       <c r="A213" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="B213" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="C213" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D213" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="E213" t="s">
         <v>42</v>
       </c>
       <c r="F213" t="s">
         <v>54</v>
       </c>
       <c r="G213" t="s">
         <v>22</v>
       </c>
       <c r="H213">
         <v>2001</v>
       </c>
       <c r="I213">
         <v>2013</v>
       </c>
       <c r="J213" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K213" t="s">
         <v>34</v>
       </c>
       <c r="L213"/>
       <c r="M213" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="N213" t="s">
         <v>27</v>
       </c>
       <c r="O213" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="P213" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="214" spans="1:16">
       <c r="A214" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="B214" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
       <c r="C214" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D214" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E214" t="s">
         <v>42</v>
       </c>
       <c r="F214" t="s">
         <v>54</v>
       </c>
       <c r="G214" t="s">
         <v>22</v>
       </c>
       <c r="H214">
         <v>2000</v>
       </c>
       <c r="I214">
         <v>2013</v>
       </c>
       <c r="J214" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K214" t="s">
         <v>34</v>
       </c>
       <c r="L214" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="M214" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="N214" t="s">
         <v>27</v>
       </c>
       <c r="O214" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="P214" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="215" spans="1:16">
       <c r="A215" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
       <c r="B215" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="C215" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D215" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E215" t="s">
         <v>42</v>
       </c>
       <c r="F215" t="s">
         <v>54</v>
       </c>
       <c r="G215" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H215">
         <v>2014</v>
       </c>
       <c r="I215"/>
       <c r="J215" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K215" t="s">
         <v>34</v>
       </c>
       <c r="L215" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
       <c r="M215" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="N215" t="s">
         <v>27</v>
       </c>
       <c r="O215" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
       <c r="P215" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="216" spans="1:16">
       <c r="A216" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="B216" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="C216" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D216" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E216" t="s">
         <v>42</v>
       </c>
       <c r="F216" t="s">
         <v>54</v>
       </c>
       <c r="G216" t="s">
         <v>22</v>
       </c>
       <c r="H216">
         <v>2000</v>
       </c>
       <c r="I216">
         <v>2014</v>
       </c>
       <c r="J216" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K216" t="s">
         <v>34</v>
       </c>
       <c r="L216"/>
       <c r="M216" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="N216" t="s">
         <v>27</v>
       </c>
       <c r="O216" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="P216" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="217" spans="1:16">
       <c r="A217" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
       <c r="B217" t="s">
-        <v>1139</v>
+        <v>1141</v>
       </c>
       <c r="C217" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="D217" t="s">
         <v>53</v>
       </c>
       <c r="E217" t="s">
         <v>20</v>
       </c>
       <c r="F217" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="G217" t="s">
-        <v>1141</v>
+        <v>1143</v>
       </c>
       <c r="H217">
         <v>2015</v>
       </c>
       <c r="I217">
         <v>2019</v>
       </c>
       <c r="J217" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="K217" t="s">
         <v>34</v>
       </c>
       <c r="L217" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="M217" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
       <c r="N217" t="s">
         <v>27</v>
       </c>
       <c r="O217" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="P217" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="218" spans="1:16">
       <c r="A218" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B218" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="C218" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="D218" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
       <c r="E218" t="s">
         <v>42</v>
       </c>
       <c r="F218" t="s">
         <v>43</v>
       </c>
       <c r="G218" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H218">
         <v>2022</v>
       </c>
       <c r="I218"/>
       <c r="J218" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="K218" t="s">
         <v>34</v>
       </c>
       <c r="L218" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="M218" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="N218" t="s">
         <v>27</v>
       </c>
       <c r="O218" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
       <c r="P218" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="219" spans="1:16">
       <c r="A219" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="B219" t="s">
-        <v>1154</v>
+        <v>1156</v>
       </c>
       <c r="C219" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="D219" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="E219" t="s">
         <v>42</v>
       </c>
       <c r="F219" t="s">
         <v>43</v>
       </c>
       <c r="G219" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H219">
         <v>2022</v>
       </c>
       <c r="I219"/>
       <c r="J219" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="K219" t="s">
         <v>34</v>
       </c>
       <c r="L219" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="M219" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="N219" t="s">
         <v>27</v>
       </c>
       <c r="O219" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
       <c r="P219" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="220" spans="1:16">
       <c r="A220" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
       <c r="B220" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
       <c r="C220" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="D220" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="E220" t="s">
         <v>42</v>
       </c>
       <c r="F220" t="s">
         <v>43</v>
       </c>
       <c r="G220" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H220">
         <v>2022</v>
       </c>
       <c r="I220"/>
       <c r="J220" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="K220" t="s">
         <v>34</v>
       </c>
       <c r="L220" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="M220" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="N220" t="s">
         <v>27</v>
       </c>
       <c r="O220" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
       <c r="P220" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="221" spans="1:16">
       <c r="A221" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
       <c r="B221" t="s">
-        <v>1166</v>
+        <v>1168</v>
       </c>
       <c r="C221" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D221" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="E221" t="s">
         <v>42</v>
       </c>
       <c r="F221" t="s">
         <v>54</v>
       </c>
       <c r="G221" t="s">
         <v>22</v>
       </c>
       <c r="H221">
         <v>1996</v>
       </c>
       <c r="I221">
         <v>2012</v>
       </c>
       <c r="J221" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="K221" t="s">
         <v>34</v>
       </c>
       <c r="L221"/>
       <c r="M221" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="N221" t="s">
         <v>27</v>
       </c>
       <c r="O221" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
       <c r="P221" t="s">
-        <v>1168</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="222" spans="1:16">
       <c r="A222" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
       <c r="B222" t="s">
-        <v>1170</v>
+        <v>1172</v>
       </c>
       <c r="C222" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D222" t="s">
         <v>84</v>
       </c>
       <c r="E222" t="s">
         <v>42</v>
       </c>
       <c r="F222" t="s">
         <v>54</v>
       </c>
       <c r="G222" t="s">
         <v>22</v>
       </c>
       <c r="H222">
         <v>1996</v>
       </c>
       <c r="I222">
         <v>2010</v>
       </c>
       <c r="J222" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="K222" t="s">
         <v>34</v>
       </c>
       <c r="L222"/>
       <c r="M222" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="N222" t="s">
         <v>27</v>
       </c>
       <c r="O222" t="s">
-        <v>1171</v>
+        <v>1173</v>
       </c>
       <c r="P222" t="s">
-        <v>1168</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="223" spans="1:16">
       <c r="A223" t="s">
-        <v>1172</v>
+        <v>1174</v>
       </c>
       <c r="B223" t="s">
-        <v>1173</v>
+        <v>1175</v>
       </c>
       <c r="C223" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D223" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="E223" t="s">
         <v>42</v>
       </c>
       <c r="F223" t="s">
         <v>54</v>
       </c>
       <c r="G223" t="s">
         <v>22</v>
       </c>
       <c r="H223">
         <v>1996</v>
       </c>
       <c r="I223">
         <v>2010</v>
       </c>
       <c r="J223" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="K223" t="s">
         <v>34</v>
       </c>
       <c r="L223"/>
       <c r="M223" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="N223" t="s">
         <v>27</v>
       </c>
       <c r="O223" t="s">
-        <v>1174</v>
+        <v>1176</v>
       </c>
       <c r="P223" t="s">
-        <v>1168</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="224" spans="1:16">
       <c r="A224" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="B224" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
       <c r="C224" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D224" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="E224" t="s">
         <v>42</v>
       </c>
       <c r="F224" t="s">
         <v>54</v>
       </c>
       <c r="G224" t="s">
         <v>22</v>
       </c>
       <c r="H224">
         <v>1996</v>
       </c>
       <c r="I224">
         <v>2010</v>
       </c>
       <c r="J224" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="K224" t="s">
         <v>34</v>
       </c>
       <c r="L224"/>
       <c r="M224" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="N224" t="s">
         <v>27</v>
       </c>
       <c r="O224" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
       <c r="P224" t="s">
-        <v>1168</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="225" spans="1:16">
       <c r="A225" t="s">
-        <v>1178</v>
+        <v>1180</v>
       </c>
       <c r="B225" t="s">
-        <v>1179</v>
+        <v>1181</v>
       </c>
       <c r="C225" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="D225" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E225" t="s">
         <v>20</v>
       </c>
       <c r="F225" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="G225" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H225">
         <v>2024</v>
       </c>
       <c r="I225"/>
       <c r="J225" t="s">
-        <v>1180</v>
+        <v>1182</v>
       </c>
       <c r="K225" t="s">
         <v>34</v>
       </c>
       <c r="L225" t="s">
-        <v>1181</v>
+        <v>1183</v>
       </c>
       <c r="M225" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="N225" t="s">
         <v>27</v>
       </c>
       <c r="O225" t="s">
-        <v>1182</v>
+        <v>1184</v>
       </c>
       <c r="P225" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="226" spans="1:16">
       <c r="A226" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="B226" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="C226" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="D226" t="s">
         <v>53</v>
       </c>
       <c r="E226" t="s">
         <v>20</v>
       </c>
       <c r="F226" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="G226" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H226">
         <v>2021</v>
       </c>
       <c r="I226">
         <v>2024</v>
       </c>
       <c r="J226" t="s">
-        <v>1180</v>
+        <v>1182</v>
       </c>
       <c r="K226" t="s">
         <v>34</v>
       </c>
       <c r="L226" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="M226" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="N226" t="s">
         <v>27</v>
       </c>
       <c r="O226" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
       <c r="P226" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="227" spans="1:16">
       <c r="A227" t="s">
-        <v>1189</v>
+        <v>1191</v>
       </c>
       <c r="B227" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
       <c r="C227" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
       <c r="D227" t="s">
         <v>84</v>
       </c>
       <c r="E227" t="s">
         <v>20</v>
       </c>
       <c r="F227" t="s">
         <v>43</v>
       </c>
       <c r="G227" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H227">
         <v>2021</v>
       </c>
       <c r="I227"/>
       <c r="J227" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="K227" t="s">
         <v>34</v>
       </c>
       <c r="L227" t="s">
-        <v>1193</v>
+        <v>1195</v>
       </c>
       <c r="M227" t="s">
-        <v>1194</v>
+        <v>1196</v>
       </c>
       <c r="N227" t="s">
         <v>27</v>
       </c>
       <c r="O227" t="s">
-        <v>1195</v>
+        <v>1197</v>
       </c>
       <c r="P227" t="s">
-        <v>1196</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="228" spans="1:16">
       <c r="A228" t="s">
-        <v>1197</v>
+        <v>1199</v>
       </c>
       <c r="B228" t="s">
-        <v>1198</v>
+        <v>1200</v>
       </c>
       <c r="C228" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
       <c r="D228" t="s">
         <v>53</v>
       </c>
       <c r="E228" t="s">
         <v>20</v>
       </c>
       <c r="F228" t="s">
         <v>43</v>
       </c>
       <c r="G228" t="s">
         <v>22</v>
       </c>
       <c r="H228">
         <v>2009</v>
       </c>
       <c r="I228">
         <v>2021</v>
       </c>
       <c r="J228" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="K228" t="s">
         <v>34</v>
       </c>
       <c r="L228" t="s">
-        <v>1199</v>
+        <v>1201</v>
       </c>
       <c r="M228" t="s">
-        <v>1194</v>
+        <v>1196</v>
       </c>
       <c r="N228" t="s">
         <v>27</v>
       </c>
       <c r="O228" t="s">
-        <v>1200</v>
+        <v>1202</v>
       </c>
       <c r="P228" t="s">
-        <v>1201</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="229" spans="1:16">
       <c r="A229" t="s">
-        <v>1202</v>
+        <v>1204</v>
       </c>
       <c r="B229" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
       <c r="C229" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
       <c r="D229" t="s">
         <v>84</v>
       </c>
       <c r="E229" t="s">
         <v>20</v>
       </c>
       <c r="F229" t="s">
         <v>21</v>
       </c>
       <c r="G229" t="s">
         <v>22</v>
       </c>
       <c r="H229">
         <v>1996</v>
       </c>
       <c r="I229">
         <v>2017</v>
       </c>
       <c r="J229" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="K229" t="s">
         <v>34</v>
       </c>
       <c r="L229"/>
       <c r="M229" t="s">
-        <v>1205</v>
+        <v>1207</v>
       </c>
       <c r="N229" t="s">
         <v>36</v>
       </c>
       <c r="O229" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="P229" t="s">
-        <v>1207</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="230" spans="1:16">
       <c r="A230" t="s">
-        <v>1208</v>
+        <v>1210</v>
       </c>
       <c r="B230" t="s">
-        <v>1209</v>
+        <v>1211</v>
       </c>
       <c r="C230" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
       <c r="D230" t="s">
         <v>84</v>
       </c>
       <c r="E230" t="s">
         <v>20</v>
       </c>
       <c r="F230" t="s">
         <v>43</v>
       </c>
       <c r="G230" t="s">
         <v>22</v>
       </c>
       <c r="H230">
         <v>1996</v>
       </c>
       <c r="I230">
         <v>2018</v>
       </c>
       <c r="J230" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="K230" t="s">
         <v>34</v>
       </c>
       <c r="L230"/>
       <c r="M230" t="s">
-        <v>1205</v>
+        <v>1207</v>
       </c>
       <c r="N230" t="s">
         <v>36</v>
       </c>
       <c r="O230" t="s">
-        <v>1210</v>
+        <v>1212</v>
       </c>
       <c r="P230" t="s">
-        <v>1211</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="231" spans="1:16">
       <c r="A231" t="s">
-        <v>1212</v>
+        <v>1214</v>
       </c>
       <c r="B231" t="s">
-        <v>1213</v>
+        <v>1215</v>
       </c>
       <c r="C231" t="s">
-        <v>1214</v>
+        <v>1216</v>
       </c>
       <c r="D231" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="E231" t="s">
         <v>20</v>
       </c>
       <c r="F231" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="G231" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H231">
         <v>2013</v>
       </c>
       <c r="I231"/>
       <c r="J231" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="K231" t="s">
         <v>34</v>
       </c>
       <c r="L231" t="s">
-        <v>1215</v>
+        <v>1217</v>
       </c>
       <c r="M231" t="s">
-        <v>1216</v>
+        <v>1218</v>
       </c>
       <c r="N231" t="s">
         <v>27</v>
       </c>
       <c r="O231" t="s">
-        <v>1217</v>
+        <v>1219</v>
       </c>
       <c r="P231" t="s">
-        <v>1218</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="232" spans="1:16">
       <c r="A232" t="s">
-        <v>1219</v>
+        <v>1221</v>
       </c>
       <c r="B232" t="s">
-        <v>1220</v>
+        <v>1222</v>
       </c>
       <c r="C232" t="s">
-        <v>1214</v>
+        <v>1216</v>
       </c>
       <c r="D232" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E232" t="s">
         <v>20</v>
       </c>
       <c r="F232" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="G232" t="s">
         <v>22</v>
       </c>
       <c r="H232">
         <v>2012</v>
       </c>
       <c r="I232">
         <v>2010</v>
       </c>
       <c r="J232" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="K232" t="s">
         <v>34</v>
       </c>
       <c r="L232" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
       <c r="M232" t="s">
-        <v>1216</v>
+        <v>1218</v>
       </c>
       <c r="N232" t="s">
         <v>27</v>
       </c>
       <c r="O232" t="s">
-        <v>1222</v>
+        <v>1224</v>
       </c>
       <c r="P232" t="s">
-        <v>1218</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="233" spans="1:16">
       <c r="A233" t="s">
-        <v>1223</v>
+        <v>1225</v>
       </c>
       <c r="B233" t="s">
-        <v>1224</v>
+        <v>1226</v>
       </c>
       <c r="C233" t="s">
-        <v>1214</v>
+        <v>1216</v>
       </c>
       <c r="D233" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="E233" t="s">
         <v>20</v>
       </c>
       <c r="F233" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="G233" t="s">
         <v>22</v>
       </c>
       <c r="H233">
         <v>2012</v>
       </c>
       <c r="I233">
         <v>2014</v>
       </c>
       <c r="J233" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="K233" t="s">
         <v>34</v>
       </c>
       <c r="L233" t="s">
-        <v>1225</v>
+        <v>1227</v>
       </c>
       <c r="M233" t="s">
-        <v>1216</v>
+        <v>1218</v>
       </c>
       <c r="N233" t="s">
         <v>27</v>
       </c>
       <c r="O233" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
       <c r="P233" t="s">
-        <v>1218</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="234" spans="1:16">
       <c r="A234" t="s">
-        <v>1227</v>
+        <v>1229</v>
       </c>
       <c r="B234" t="s">
-        <v>1228</v>
+        <v>1230</v>
       </c>
       <c r="C234" t="s">
-        <v>1214</v>
+        <v>1216</v>
       </c>
       <c r="D234" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="E234" t="s">
         <v>20</v>
       </c>
       <c r="F234" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="G234" t="s">
         <v>22</v>
       </c>
       <c r="H234">
         <v>2012</v>
       </c>
       <c r="I234">
         <v>2012</v>
       </c>
       <c r="J234" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="K234" t="s">
         <v>34</v>
       </c>
       <c r="L234" t="s">
-        <v>1229</v>
+        <v>1231</v>
       </c>
       <c r="M234" t="s">
-        <v>1216</v>
+        <v>1218</v>
       </c>
       <c r="N234" t="s">
         <v>27</v>
       </c>
       <c r="O234" t="s">
-        <v>1230</v>
+        <v>1232</v>
       </c>
       <c r="P234" t="s">
-        <v>1218</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="235" spans="1:16">
       <c r="A235" t="s">
-        <v>1231</v>
+        <v>1233</v>
       </c>
       <c r="B235" t="s">
-        <v>1232</v>
+        <v>1234</v>
       </c>
       <c r="C235" t="s">
-        <v>1214</v>
+        <v>1216</v>
       </c>
       <c r="D235" t="s">
         <v>84</v>
       </c>
       <c r="E235" t="s">
         <v>20</v>
       </c>
       <c r="F235" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="G235" t="s">
         <v>22</v>
       </c>
       <c r="H235">
         <v>2012</v>
       </c>
       <c r="I235">
         <v>2012</v>
       </c>
       <c r="J235" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="K235" t="s">
         <v>34</v>
       </c>
       <c r="L235"/>
       <c r="M235" t="s">
-        <v>1216</v>
+        <v>1218</v>
       </c>
       <c r="N235" t="s">
         <v>27</v>
       </c>
       <c r="O235" t="s">
-        <v>1233</v>
+        <v>1235</v>
       </c>
       <c r="P235" t="s">
-        <v>1218</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="236" spans="1:16">
       <c r="A236" t="s">
-        <v>1234</v>
+        <v>1236</v>
       </c>
       <c r="B236" t="s">
-        <v>1235</v>
+        <v>1237</v>
       </c>
       <c r="C236" t="s">
-        <v>1236</v>
+        <v>1238</v>
       </c>
       <c r="D236" t="s">
         <v>84</v>
       </c>
       <c r="E236" t="s">
         <v>20</v>
       </c>
       <c r="F236" t="s">
         <v>21</v>
       </c>
       <c r="G236" t="s">
         <v>22</v>
       </c>
       <c r="H236">
         <v>2013</v>
       </c>
       <c r="I236">
         <v>2014</v>
       </c>
       <c r="J236" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K236" t="s">
         <v>34</v>
       </c>
       <c r="L236" t="s">
-        <v>1237</v>
+        <v>1239</v>
       </c>
       <c r="M236" t="s">
-        <v>1238</v>
+        <v>1240</v>
       </c>
       <c r="N236" t="s">
         <v>27</v>
       </c>
       <c r="O236" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
       <c r="P236" t="s">
-        <v>1240</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="237" spans="1:16">
       <c r="A237" t="s">
-        <v>1241</v>
+        <v>1243</v>
       </c>
       <c r="B237" t="s">
-        <v>1242</v>
+        <v>1244</v>
       </c>
       <c r="C237" t="s">
-        <v>1236</v>
+        <v>1238</v>
       </c>
       <c r="D237" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="E237" t="s">
         <v>20</v>
       </c>
       <c r="F237" t="s">
         <v>43</v>
       </c>
       <c r="G237" t="s">
         <v>22</v>
       </c>
       <c r="H237">
         <v>2013</v>
       </c>
       <c r="I237">
         <v>2014</v>
       </c>
       <c r="J237" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K237" t="s">
         <v>34</v>
       </c>
       <c r="L237" t="s">
-        <v>1243</v>
+        <v>1245</v>
       </c>
       <c r="M237" t="s">
-        <v>1238</v>
+        <v>1240</v>
       </c>
       <c r="N237" t="s">
         <v>27</v>
       </c>
       <c r="O237" t="s">
-        <v>1244</v>
+        <v>1246</v>
       </c>
       <c r="P237" t="s">
-        <v>1245</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="238" spans="1:16">
       <c r="A238" t="s">
-        <v>1246</v>
+        <v>1248</v>
       </c>
       <c r="B238" t="s">
-        <v>1247</v>
+        <v>1249</v>
       </c>
       <c r="C238" t="s">
-        <v>1236</v>
+        <v>1238</v>
       </c>
       <c r="D238" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="E238" t="s">
         <v>20</v>
       </c>
       <c r="F238" t="s">
         <v>21</v>
       </c>
       <c r="G238" t="s">
         <v>22</v>
       </c>
       <c r="H238">
         <v>2013</v>
       </c>
       <c r="I238">
         <v>2014</v>
       </c>
       <c r="J238" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K238" t="s">
         <v>34</v>
       </c>
       <c r="L238" t="s">
-        <v>1248</v>
+        <v>1250</v>
       </c>
       <c r="M238" t="s">
-        <v>1238</v>
+        <v>1240</v>
       </c>
       <c r="N238" t="s">
         <v>27</v>
       </c>
       <c r="O238" t="s">
-        <v>1249</v>
+        <v>1251</v>
       </c>
       <c r="P238" t="s">
-        <v>1250</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="239" spans="1:16">
       <c r="A239" t="s">
-        <v>1251</v>
+        <v>1253</v>
       </c>
       <c r="B239" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="C239" t="s">
-        <v>1236</v>
+        <v>1238</v>
       </c>
       <c r="D239" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E239" t="s">
         <v>20</v>
       </c>
       <c r="F239" t="s">
         <v>21</v>
       </c>
       <c r="G239" t="s">
         <v>22</v>
       </c>
       <c r="H239">
         <v>2013</v>
       </c>
       <c r="I239">
         <v>2014</v>
       </c>
       <c r="J239" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K239" t="s">
         <v>34</v>
       </c>
       <c r="L239" t="s">
-        <v>1253</v>
+        <v>1255</v>
       </c>
       <c r="M239" t="s">
-        <v>1238</v>
+        <v>1240</v>
       </c>
       <c r="N239" t="s">
         <v>27</v>
       </c>
       <c r="O239" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="P239" t="s">
-        <v>1255</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="240" spans="1:16">
       <c r="A240" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="B240" t="s">
-        <v>1257</v>
+        <v>1259</v>
       </c>
       <c r="C240" t="s">
-        <v>1236</v>
+        <v>1238</v>
       </c>
       <c r="D240" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E240" t="s">
         <v>20</v>
       </c>
       <c r="F240" t="s">
         <v>21</v>
       </c>
       <c r="G240" t="s">
         <v>22</v>
       </c>
       <c r="H240">
         <v>2013</v>
       </c>
       <c r="I240">
         <v>2014</v>
       </c>
       <c r="J240" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K240" t="s">
         <v>34</v>
       </c>
       <c r="L240" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
       <c r="M240" t="s">
-        <v>1238</v>
+        <v>1240</v>
       </c>
       <c r="N240" t="s">
         <v>27</v>
       </c>
       <c r="O240" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="P240" t="s">
-        <v>1260</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="241" spans="1:16">
       <c r="A241" t="s">
-        <v>1261</v>
+        <v>1263</v>
       </c>
       <c r="B241" t="s">
-        <v>1262</v>
+        <v>1264</v>
       </c>
       <c r="C241" t="s">
-        <v>1236</v>
+        <v>1238</v>
       </c>
       <c r="D241" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="E241" t="s">
         <v>20</v>
       </c>
       <c r="F241" t="s">
         <v>21</v>
       </c>
       <c r="G241" t="s">
         <v>22</v>
       </c>
       <c r="H241">
         <v>2012</v>
       </c>
       <c r="I241">
         <v>2013</v>
       </c>
       <c r="J241" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K241" t="s">
         <v>34</v>
       </c>
       <c r="L241" t="s">
-        <v>1263</v>
+        <v>1265</v>
       </c>
       <c r="M241" t="s">
-        <v>1238</v>
+        <v>1240</v>
       </c>
       <c r="N241" t="s">
         <v>27</v>
       </c>
       <c r="O241" t="s">
-        <v>1264</v>
+        <v>1266</v>
       </c>
       <c r="P241" t="s">
-        <v>1265</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="242" spans="1:16">
       <c r="A242" t="s">
-        <v>1266</v>
+        <v>1268</v>
       </c>
       <c r="B242" t="s">
-        <v>1267</v>
+        <v>1269</v>
       </c>
       <c r="C242" t="s">
-        <v>1268</v>
+        <v>1270</v>
       </c>
       <c r="D242" t="s">
         <v>62</v>
       </c>
       <c r="E242" t="s">
         <v>20</v>
       </c>
       <c r="F242" t="s">
         <v>21</v>
       </c>
       <c r="G242" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H242">
         <v>2022</v>
       </c>
       <c r="I242"/>
       <c r="J242" t="s">
-        <v>1269</v>
+        <v>1271</v>
       </c>
       <c r="K242" t="s">
         <v>34</v>
       </c>
       <c r="L242"/>
       <c r="M242" t="s">
-        <v>1270</v>
+        <v>1272</v>
       </c>
       <c r="N242" t="s">
         <v>27</v>
       </c>
       <c r="O242" t="s">
-        <v>1271</v>
+        <v>1273</v>
       </c>
       <c r="P242" t="s">
-        <v>1272</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="243" spans="1:16">
       <c r="A243" t="s">
-        <v>1273</v>
+        <v>1275</v>
       </c>
       <c r="B243" t="s">
-        <v>1274</v>
+        <v>1276</v>
       </c>
       <c r="C243" t="s">
-        <v>1268</v>
+        <v>1270</v>
       </c>
       <c r="D243" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="E243" t="s">
         <v>20</v>
       </c>
       <c r="F243" t="s">
         <v>21</v>
       </c>
       <c r="G243" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H243"/>
       <c r="I243"/>
       <c r="J243" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="K243" t="s">
         <v>34</v>
       </c>
       <c r="L243"/>
       <c r="M243" t="s">
-        <v>1270</v>
+        <v>1272</v>
       </c>
       <c r="N243" t="s">
         <v>27</v>
       </c>
       <c r="O243" t="s">
-        <v>1275</v>
+        <v>1277</v>
       </c>
       <c r="P243" t="s">
-        <v>1272</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="244" spans="1:16">
       <c r="A244" t="s">
-        <v>1276</v>
+        <v>1278</v>
       </c>
       <c r="B244" t="s">
-        <v>1277</v>
+        <v>1279</v>
       </c>
       <c r="C244" t="s">
-        <v>1268</v>
+        <v>1270</v>
       </c>
       <c r="D244" t="s">
-        <v>1278</v>
+        <v>1280</v>
       </c>
       <c r="E244" t="s">
         <v>20</v>
       </c>
       <c r="F244" t="s">
         <v>21</v>
       </c>
       <c r="G244" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H244">
         <v>2022</v>
       </c>
       <c r="I244"/>
       <c r="J244" t="s">
-        <v>1269</v>
+        <v>1271</v>
       </c>
       <c r="K244" t="s">
         <v>34</v>
       </c>
       <c r="L244"/>
       <c r="M244" t="s">
-        <v>1270</v>
+        <v>1272</v>
       </c>
       <c r="N244" t="s">
         <v>27</v>
       </c>
       <c r="O244" t="s">
-        <v>1279</v>
+        <v>1281</v>
       </c>
       <c r="P244" t="s">
-        <v>1272</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="245" spans="1:16">
       <c r="A245" t="s">
-        <v>1280</v>
+        <v>1282</v>
       </c>
       <c r="B245" t="s">
-        <v>1281</v>
+        <v>1283</v>
       </c>
       <c r="C245" t="s">
-        <v>1268</v>
+        <v>1270</v>
       </c>
       <c r="D245" t="s">
         <v>53</v>
       </c>
       <c r="E245" t="s">
         <v>20</v>
       </c>
       <c r="F245" t="s">
         <v>21</v>
       </c>
       <c r="G245" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H245">
         <v>2022</v>
       </c>
       <c r="I245"/>
       <c r="J245" t="s">
-        <v>1269</v>
+        <v>1271</v>
       </c>
       <c r="K245" t="s">
         <v>34</v>
       </c>
       <c r="L245"/>
       <c r="M245" t="s">
-        <v>1270</v>
+        <v>1272</v>
       </c>
       <c r="N245" t="s">
         <v>27</v>
       </c>
       <c r="O245" t="s">
-        <v>1282</v>
+        <v>1284</v>
       </c>
       <c r="P245" t="s">
-        <v>1272</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="246" spans="1:16">
       <c r="A246" t="s">
-        <v>1283</v>
+        <v>1285</v>
       </c>
       <c r="B246" t="s">
-        <v>1284</v>
+        <v>1286</v>
       </c>
       <c r="C246" t="s">
-        <v>1268</v>
+        <v>1270</v>
       </c>
       <c r="D246" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="E246" t="s">
         <v>20</v>
       </c>
       <c r="F246" t="s">
         <v>21</v>
       </c>
       <c r="G246" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H246">
         <v>2022</v>
       </c>
       <c r="I246"/>
       <c r="J246" t="s">
-        <v>1269</v>
+        <v>1271</v>
       </c>
       <c r="K246" t="s">
         <v>34</v>
       </c>
       <c r="L246"/>
       <c r="M246" t="s">
-        <v>1270</v>
+        <v>1272</v>
       </c>
       <c r="N246" t="s">
         <v>36</v>
       </c>
       <c r="O246" t="s">
-        <v>1285</v>
+        <v>1287</v>
       </c>
       <c r="P246" t="s">
-        <v>1272</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="247" spans="1:16">
       <c r="A247" t="s">
-        <v>1286</v>
+        <v>1288</v>
       </c>
       <c r="B247" t="s">
-        <v>1287</v>
+        <v>1289</v>
       </c>
       <c r="C247" t="s">
-        <v>1268</v>
+        <v>1270</v>
       </c>
       <c r="D247" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="E247" t="s">
         <v>42</v>
       </c>
       <c r="F247" t="s">
         <v>21</v>
       </c>
       <c r="G247" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H247">
         <v>2022</v>
       </c>
       <c r="I247"/>
       <c r="J247" t="s">
-        <v>1269</v>
+        <v>1271</v>
       </c>
       <c r="K247" t="s">
-        <v>1288</v>
+        <v>1290</v>
       </c>
       <c r="L247"/>
       <c r="M247" t="s">
-        <v>1270</v>
+        <v>1272</v>
       </c>
       <c r="N247" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="O247" t="s">
-        <v>1290</v>
+        <v>1292</v>
       </c>
       <c r="P247" t="s">
-        <v>1272</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="248" spans="1:16">
       <c r="A248" t="s">
-        <v>1291</v>
+        <v>1293</v>
       </c>
       <c r="B248" t="s">
-        <v>1292</v>
+        <v>1294</v>
       </c>
       <c r="C248" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D248" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="E248" t="s">
         <v>42</v>
       </c>
       <c r="F248" t="s">
         <v>21</v>
       </c>
       <c r="G248" t="s">
         <v>22</v>
       </c>
       <c r="H248">
         <v>1981</v>
       </c>
       <c r="I248">
         <v>2002</v>
       </c>
       <c r="J248" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K248" t="s">
         <v>34</v>
       </c>
       <c r="L248"/>
       <c r="M248" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="N248" t="s">
         <v>36</v>
       </c>
       <c r="O248" t="s">
-        <v>1293</v>
+        <v>1295</v>
       </c>
       <c r="P248" t="s">
-        <v>1294</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="249" spans="1:16">
       <c r="A249" t="s">
-        <v>1295</v>
+        <v>1297</v>
       </c>
       <c r="B249" t="s">
-        <v>1296</v>
+        <v>1298</v>
       </c>
       <c r="C249" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="D249" t="s">
-        <v>1297</v>
+        <v>1299</v>
       </c>
       <c r="E249" t="s">
         <v>20</v>
       </c>
       <c r="F249" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="G249" t="s">
         <v>22</v>
       </c>
       <c r="H249">
         <v>2008</v>
       </c>
       <c r="I249">
         <v>2020</v>
       </c>
       <c r="J249" t="s">
         <v>44</v>
       </c>
       <c r="K249" t="s">
         <v>34</v>
       </c>
       <c r="L249" t="s">
-        <v>1298</v>
+        <v>1300</v>
       </c>
       <c r="M249" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="N249" t="s">
         <v>36</v>
       </c>
       <c r="O249" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
       <c r="P249" t="s">
-        <v>1301</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="250" spans="1:16">
       <c r="A250" t="s">
-        <v>1302</v>
+        <v>1304</v>
       </c>
       <c r="B250" t="s">
-        <v>1303</v>
+        <v>1305</v>
       </c>
       <c r="C250" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="D250" t="s">
         <v>53</v>
       </c>
       <c r="E250" t="s">
         <v>20</v>
       </c>
       <c r="F250" t="s">
         <v>43</v>
       </c>
       <c r="G250" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
       <c r="H250">
         <v>2014</v>
       </c>
       <c r="I250"/>
       <c r="J250" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="K250" t="s">
         <v>34</v>
       </c>
       <c r="L250" t="s">
-        <v>1304</v>
+        <v>1306</v>
       </c>
       <c r="M250" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
       <c r="N250" t="s">
         <v>27</v>
       </c>
       <c r="O250" t="s">
-        <v>1306</v>
+        <v>1308</v>
       </c>
       <c r="P250" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="251" spans="1:16">
       <c r="A251" t="s">
-        <v>1308</v>
+        <v>1310</v>
       </c>
       <c r="B251" t="s">
-        <v>1309</v>
+        <v>1311</v>
       </c>
       <c r="C251" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D251" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="E251" t="s">
         <v>42</v>
       </c>
       <c r="F251" t="s">
         <v>21</v>
       </c>
       <c r="G251" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H251">
         <v>2011</v>
       </c>
       <c r="I251"/>
       <c r="J251" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K251" t="s">
         <v>34</v>
       </c>
       <c r="L251" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="M251" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="N251" t="s">
         <v>27</v>
       </c>
       <c r="O251" t="s">
-        <v>1310</v>
+        <v>1312</v>
       </c>
       <c r="P251" t="s">
-        <v>1294</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="252" spans="1:16">
       <c r="A252" t="s">
-        <v>1311</v>
+        <v>1313</v>
       </c>
       <c r="B252" t="s">
-        <v>1312</v>
+        <v>1314</v>
       </c>
       <c r="C252" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
       <c r="D252" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E252" t="s">
         <v>20</v>
       </c>
       <c r="F252" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="G252" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H252">
         <v>2013</v>
       </c>
       <c r="I252"/>
       <c r="J252" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K252" t="s">
         <v>34</v>
       </c>
       <c r="L252" t="s">
-        <v>1314</v>
+        <v>1316</v>
       </c>
       <c r="M252" t="s">
-        <v>1315</v>
+        <v>1317</v>
       </c>
       <c r="N252" t="s">
         <v>27</v>
       </c>
       <c r="O252" t="s">
-        <v>1316</v>
+        <v>1318</v>
       </c>
       <c r="P252" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="253" spans="1:16">
       <c r="A253" t="s">
-        <v>1318</v>
+        <v>1320</v>
       </c>
       <c r="B253" t="s">
-        <v>1319</v>
+        <v>1321</v>
       </c>
       <c r="C253" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
       <c r="D253" t="s">
         <v>53</v>
       </c>
       <c r="E253" t="s">
         <v>20</v>
       </c>
       <c r="F253" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="G253" t="s">
         <v>22</v>
       </c>
       <c r="H253">
         <v>2012</v>
       </c>
       <c r="I253">
         <v>2017</v>
       </c>
       <c r="J253" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K253" t="s">
         <v>34</v>
       </c>
       <c r="L253" t="s">
-        <v>1320</v>
+        <v>1322</v>
       </c>
       <c r="M253" t="s">
-        <v>1315</v>
+        <v>1317</v>
       </c>
       <c r="N253" t="s">
         <v>27</v>
       </c>
       <c r="O253" t="s">
-        <v>1321</v>
+        <v>1323</v>
       </c>
       <c r="P253" t="s">
-        <v>1322</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="254" spans="1:16">
       <c r="A254" t="s">
-        <v>1323</v>
+        <v>1325</v>
       </c>
       <c r="B254" t="s">
-        <v>1324</v>
+        <v>1326</v>
       </c>
       <c r="C254" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D254" t="s">
         <v>84</v>
       </c>
       <c r="E254" t="s">
         <v>20</v>
       </c>
       <c r="F254" t="s">
         <v>21</v>
       </c>
       <c r="G254" t="s">
         <v>22</v>
       </c>
       <c r="H254">
         <v>2008</v>
       </c>
       <c r="I254">
         <v>2016</v>
       </c>
       <c r="J254" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="K254" t="s">
         <v>34</v>
       </c>
       <c r="L254"/>
       <c r="M254" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="N254" t="s">
         <v>27</v>
       </c>
       <c r="O254" t="s">
-        <v>1325</v>
+        <v>1327</v>
       </c>
       <c r="P254" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
     </row>
     <row r="255" spans="1:16">
       <c r="A255" t="s">
-        <v>1326</v>
+        <v>1328</v>
       </c>
       <c r="B255" t="s">
-        <v>1327</v>
+        <v>1329</v>
       </c>
       <c r="C255" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D255" t="s">
-        <v>1278</v>
+        <v>1280</v>
       </c>
       <c r="E255" t="s">
         <v>20</v>
       </c>
       <c r="F255" t="s">
         <v>21</v>
       </c>
       <c r="G255" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H255">
         <v>2012</v>
       </c>
       <c r="I255"/>
       <c r="J255" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="K255" t="s">
         <v>34</v>
       </c>
       <c r="L255"/>
       <c r="M255" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="N255" t="s">
         <v>27</v>
       </c>
       <c r="O255" t="s">
-        <v>1328</v>
+        <v>1330</v>
       </c>
       <c r="P255" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
     </row>
     <row r="256" spans="1:16">
       <c r="A256" t="s">
-        <v>1329</v>
+        <v>1331</v>
       </c>
       <c r="B256" t="s">
-        <v>1330</v>
+        <v>1332</v>
       </c>
       <c r="C256" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D256" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E256" t="s">
         <v>20</v>
       </c>
       <c r="F256" t="s">
         <v>21</v>
       </c>
       <c r="G256" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H256">
         <v>2009</v>
       </c>
       <c r="I256"/>
       <c r="J256" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="K256" t="s">
         <v>34</v>
       </c>
       <c r="L256"/>
       <c r="M256" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="N256" t="s">
         <v>27</v>
       </c>
       <c r="O256" t="s">
-        <v>1331</v>
+        <v>1333</v>
       </c>
       <c r="P256" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
     </row>
     <row r="257" spans="1:16">
       <c r="A257" t="s">
-        <v>1332</v>
+        <v>1334</v>
       </c>
       <c r="B257" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="C257" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D257" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E257" t="s">
         <v>20</v>
       </c>
       <c r="F257" t="s">
         <v>21</v>
       </c>
       <c r="G257" t="s">
         <v>22</v>
       </c>
       <c r="H257">
         <v>2011</v>
       </c>
       <c r="I257">
         <v>2011</v>
       </c>
       <c r="J257" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="K257" t="s">
         <v>34</v>
       </c>
       <c r="L257" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="M257" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="N257" t="s">
         <v>27</v>
       </c>
       <c r="O257" t="s">
-        <v>1333</v>
+        <v>1335</v>
       </c>
       <c r="P257" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
     </row>
     <row r="258" spans="1:16">
       <c r="A258" t="s">
-        <v>1334</v>
+        <v>1336</v>
       </c>
       <c r="B258" t="s">
-        <v>1335</v>
+        <v>1337</v>
       </c>
       <c r="C258" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
       <c r="D258" t="s">
         <v>62</v>
       </c>
       <c r="E258" t="s">
         <v>20</v>
       </c>
       <c r="F258" t="s">
         <v>21</v>
       </c>
       <c r="G258" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H258">
         <v>2013</v>
       </c>
       <c r="I258"/>
       <c r="J258" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K258" t="s">
         <v>34</v>
       </c>
       <c r="L258" t="s">
-        <v>1336</v>
+        <v>1338</v>
       </c>
       <c r="M258" t="s">
-        <v>1315</v>
+        <v>1317</v>
       </c>
       <c r="N258" t="s">
         <v>27</v>
       </c>
       <c r="O258" t="s">
-        <v>1337</v>
+        <v>1339</v>
       </c>
       <c r="P258" t="s">
-        <v>1338</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="259" spans="1:16">
       <c r="A259" t="s">
-        <v>1339</v>
+        <v>1341</v>
       </c>
       <c r="B259" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="C259" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D259" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="E259" t="s">
         <v>20</v>
       </c>
       <c r="F259" t="s">
         <v>21</v>
       </c>
       <c r="G259" t="s">
         <v>22</v>
       </c>
       <c r="H259">
         <v>2012</v>
       </c>
       <c r="I259">
         <v>2012</v>
       </c>
       <c r="J259" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="K259" t="s">
         <v>34</v>
       </c>
       <c r="L259"/>
       <c r="M259" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="N259" t="s">
         <v>27</v>
       </c>
       <c r="O259" t="s">
-        <v>1340</v>
+        <v>1342</v>
       </c>
       <c r="P259" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
     </row>
     <row r="260" spans="1:16">
       <c r="A260" t="s">
-        <v>1341</v>
+        <v>1343</v>
       </c>
       <c r="B260" t="s">
-        <v>1342</v>
+        <v>1344</v>
       </c>
       <c r="C260" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
       <c r="D260" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E260" t="s">
         <v>20</v>
       </c>
       <c r="F260" t="s">
         <v>21</v>
       </c>
       <c r="G260" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H260">
         <v>2008</v>
       </c>
       <c r="I260"/>
       <c r="J260" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K260" t="s">
         <v>34</v>
       </c>
       <c r="L260" t="s">
-        <v>1343</v>
+        <v>1345</v>
       </c>
       <c r="M260" t="s">
-        <v>1315</v>
+        <v>1317</v>
       </c>
       <c r="N260" t="s">
         <v>27</v>
       </c>
       <c r="O260" t="s">
-        <v>1344</v>
+        <v>1346</v>
       </c>
       <c r="P260" t="s">
-        <v>1345</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="261" spans="1:16">
       <c r="A261" t="s">
-        <v>1346</v>
+        <v>1348</v>
       </c>
       <c r="B261" t="s">
-        <v>1347</v>
+        <v>1349</v>
       </c>
       <c r="C261" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D261" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E261" t="s">
         <v>20</v>
       </c>
       <c r="F261" t="s">
         <v>21</v>
       </c>
       <c r="G261" t="s">
         <v>22</v>
       </c>
       <c r="H261">
         <v>2015</v>
       </c>
       <c r="I261">
         <v>2019</v>
       </c>
       <c r="J261" t="s">
         <v>69</v>
       </c>
       <c r="K261" t="s">
         <v>34</v>
       </c>
       <c r="L261"/>
       <c r="M261" t="s">
-        <v>1348</v>
+        <v>1350</v>
       </c>
       <c r="N261" t="s">
         <v>27</v>
       </c>
       <c r="O261" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="P261" t="s">
-        <v>1350</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="262" spans="1:16">
       <c r="A262" t="s">
-        <v>1351</v>
+        <v>1353</v>
       </c>
       <c r="B262" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="C262" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D262" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E262" t="s">
         <v>20</v>
       </c>
       <c r="F262" t="s">
         <v>21</v>
       </c>
       <c r="G262" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H262">
         <v>2015</v>
       </c>
       <c r="I262"/>
       <c r="J262" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="K262" t="s">
         <v>34</v>
       </c>
       <c r="L262"/>
       <c r="M262" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="N262" t="s">
         <v>27</v>
       </c>
       <c r="O262" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="P262" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
     </row>
     <row r="263" spans="1:16">
       <c r="A263" t="s">
-        <v>1353</v>
+        <v>1355</v>
       </c>
       <c r="B263" t="s">
-        <v>1354</v>
+        <v>1356</v>
       </c>
       <c r="C263" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D263" t="s">
         <v>53</v>
       </c>
       <c r="E263" t="s">
         <v>20</v>
       </c>
       <c r="F263" t="s">
         <v>21</v>
       </c>
       <c r="G263" t="s">
         <v>22</v>
       </c>
       <c r="H263">
         <v>2012</v>
       </c>
       <c r="I263">
         <v>2012</v>
       </c>
       <c r="J263" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="K263" t="s">
         <v>34</v>
       </c>
       <c r="L263"/>
       <c r="M263" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="N263" t="s">
         <v>27</v>
       </c>
       <c r="O263" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="P263" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
     </row>
     <row r="264" spans="1:16">
       <c r="A264" t="s">
-        <v>1356</v>
+        <v>1358</v>
       </c>
       <c r="B264" t="s">
-        <v>1357</v>
+        <v>1359</v>
       </c>
       <c r="C264" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="D264" t="s">
         <v>53</v>
       </c>
       <c r="E264" t="s">
         <v>20</v>
       </c>
       <c r="F264" t="s">
         <v>21</v>
       </c>
       <c r="G264" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="H264"/>
+        <v>91</v>
+      </c>
+      <c r="H264">
+        <v>2024</v>
+      </c>
       <c r="I264"/>
       <c r="J264" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="K264" t="s">
         <v>34</v>
       </c>
       <c r="L264"/>
       <c r="M264" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
       <c r="N264" t="s">
         <v>27</v>
       </c>
       <c r="O264" t="s">
-        <v>1359</v>
+        <v>1361</v>
       </c>
       <c r="P264" t="s">
-        <v>1360</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="265" spans="1:16">
       <c r="A265" t="s">
-        <v>1361</v>
+        <v>1363</v>
       </c>
       <c r="B265" t="s">
-        <v>1362</v>
+        <v>1364</v>
       </c>
       <c r="C265" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="D265" t="s">
         <v>84</v>
       </c>
       <c r="E265" t="s">
         <v>20</v>
       </c>
       <c r="F265" t="s">
         <v>21</v>
       </c>
       <c r="G265" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
       <c r="H265">
         <v>2018</v>
       </c>
       <c r="I265"/>
       <c r="J265" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="K265" t="s">
         <v>34</v>
       </c>
       <c r="L265" t="s">
-        <v>1363</v>
+        <v>1365</v>
       </c>
       <c r="M265" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
       <c r="N265" t="s">
         <v>36</v>
       </c>
       <c r="O265" t="s">
-        <v>1364</v>
+        <v>1366</v>
       </c>
       <c r="P265" t="s">
-        <v>1360</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="266" spans="1:16">
       <c r="A266" t="s">
-        <v>1365</v>
+        <v>1367</v>
       </c>
       <c r="B266" t="s">
-        <v>1366</v>
+        <v>1368</v>
       </c>
       <c r="C266" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D266" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="E266" t="s">
         <v>20</v>
       </c>
       <c r="F266" t="s">
         <v>21</v>
       </c>
       <c r="G266" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H266">
         <v>2009</v>
       </c>
       <c r="I266"/>
       <c r="J266" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="K266" t="s">
         <v>34</v>
       </c>
       <c r="L266" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="M266" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="N266" t="s">
         <v>27</v>
       </c>
       <c r="O266" t="s">
-        <v>1367</v>
+        <v>1369</v>
       </c>
       <c r="P266" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
     </row>
     <row r="267" spans="1:16">
       <c r="A267" t="s">
-        <v>1368</v>
+        <v>1370</v>
       </c>
       <c r="B267" t="s">
-        <v>1369</v>
+        <v>1371</v>
       </c>
       <c r="C267" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
       <c r="D267" t="s">
         <v>84</v>
       </c>
       <c r="E267" t="s">
         <v>20</v>
       </c>
       <c r="F267" t="s">
         <v>21</v>
       </c>
       <c r="G267" t="s">
         <v>22</v>
       </c>
       <c r="H267">
         <v>2002</v>
       </c>
       <c r="I267">
         <v>2006</v>
       </c>
       <c r="J267" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K267" t="s">
         <v>34</v>
       </c>
       <c r="L267" t="s">
-        <v>1370</v>
+        <v>1372</v>
       </c>
       <c r="M267" t="s">
-        <v>1315</v>
+        <v>1317</v>
       </c>
       <c r="N267" t="s">
         <v>27</v>
       </c>
       <c r="O267" t="s">
-        <v>1371</v>
+        <v>1373</v>
       </c>
       <c r="P267" t="s">
-        <v>1372</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="268" spans="1:16">
       <c r="A268" t="s">
-        <v>1373</v>
+        <v>1375</v>
       </c>
       <c r="B268" t="s">
-        <v>1374</v>
+        <v>1376</v>
       </c>
       <c r="C268" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="D268" t="s">
         <v>53</v>
       </c>
       <c r="E268" t="s">
         <v>42</v>
       </c>
       <c r="F268" t="s">
-        <v>1375</v>
+        <v>1377</v>
       </c>
       <c r="G268" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H268">
         <v>2017</v>
       </c>
       <c r="I268"/>
       <c r="J268" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="K268" t="s">
         <v>34</v>
       </c>
       <c r="L268" t="s">
-        <v>1376</v>
+        <v>1378</v>
       </c>
       <c r="M268" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="N268" t="s">
         <v>27</v>
       </c>
       <c r="O268" t="s">
-        <v>1377</v>
+        <v>1379</v>
       </c>
       <c r="P268" t="s">
-        <v>1378</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="269" spans="1:16">
       <c r="A269" t="s">
-        <v>1379</v>
+        <v>1381</v>
       </c>
       <c r="B269"/>
       <c r="C269" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D269" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E269" t="s">
         <v>20</v>
       </c>
       <c r="F269" t="s">
         <v>21</v>
       </c>
       <c r="G269" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H269">
         <v>2021</v>
       </c>
       <c r="I269"/>
       <c r="J269" t="s">
         <v>69</v>
       </c>
       <c r="K269" t="s">
         <v>34</v>
       </c>
       <c r="L269"/>
       <c r="M269" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="N269" t="s">
         <v>27</v>
       </c>
       <c r="O269" t="s">
-        <v>1380</v>
+        <v>1382</v>
       </c>
       <c r="P269" t="s">
-        <v>1381</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="270" spans="1:16">
       <c r="A270" t="s">
-        <v>1382</v>
+        <v>1384</v>
       </c>
       <c r="B270"/>
       <c r="C270" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D270" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="E270" t="s">
         <v>20</v>
       </c>
       <c r="F270" t="s">
         <v>21</v>
       </c>
       <c r="G270" t="s">
         <v>22</v>
       </c>
       <c r="H270">
         <v>2011</v>
       </c>
       <c r="I270">
         <v>2018</v>
       </c>
       <c r="J270" t="s">
         <v>69</v>
       </c>
       <c r="K270" t="s">
         <v>34</v>
       </c>
       <c r="L270"/>
       <c r="M270" t="s">
+        <v>1385</v>
+      </c>
+      <c r="N270" t="s">
+        <v>27</v>
+      </c>
+      <c r="O270" t="s">
+        <v>1386</v>
+      </c>
+      <c r="P270" t="s">
         <v>1383</v>
-      </c>
-[...7 lines deleted...]
-        <v>1381</v>
       </c>
     </row>
     <row r="271" spans="1:16">
       <c r="A271" t="s">
-        <v>1385</v>
+        <v>1387</v>
       </c>
       <c r="B271" t="s">
-        <v>1386</v>
+        <v>1388</v>
       </c>
       <c r="C271" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D271" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="E271" t="s">
         <v>20</v>
       </c>
       <c r="F271" t="s">
         <v>21</v>
       </c>
       <c r="G271" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H271">
         <v>2002</v>
       </c>
       <c r="I271"/>
       <c r="J271" t="s">
         <v>69</v>
       </c>
       <c r="K271" t="s">
         <v>34</v>
       </c>
       <c r="L271"/>
       <c r="M271" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="N271" t="s">
         <v>27</v>
       </c>
       <c r="O271" t="s">
-        <v>1387</v>
+        <v>1389</v>
       </c>
       <c r="P271"/>
     </row>
     <row r="272" spans="1:16">
       <c r="A272" t="s">
-        <v>1388</v>
+        <v>1390</v>
       </c>
       <c r="B272" t="s">
-        <v>1389</v>
+        <v>1391</v>
       </c>
       <c r="C272" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D272" t="s">
         <v>84</v>
       </c>
       <c r="E272" t="s">
         <v>20</v>
       </c>
       <c r="F272" t="s">
         <v>21</v>
       </c>
       <c r="G272" t="s">
         <v>22</v>
       </c>
       <c r="H272">
         <v>2002</v>
       </c>
       <c r="I272">
         <v>2016</v>
       </c>
       <c r="J272" t="s">
         <v>69</v>
       </c>
       <c r="K272" t="s">
         <v>34</v>
       </c>
       <c r="L272"/>
       <c r="M272" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="N272" t="s">
         <v>27</v>
       </c>
       <c r="O272" t="s">
-        <v>1390</v>
+        <v>1392</v>
       </c>
       <c r="P272" t="s">
-        <v>1381</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="273" spans="1:16">
       <c r="A273" t="s">
-        <v>1391</v>
+        <v>1393</v>
       </c>
       <c r="B273" t="s">
-        <v>1392</v>
+        <v>1394</v>
       </c>
       <c r="C273" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
       <c r="D273" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E273" t="s">
         <v>20</v>
       </c>
       <c r="F273" t="s">
         <v>21</v>
       </c>
       <c r="G273" t="s">
         <v>22</v>
       </c>
       <c r="H273">
         <v>2005</v>
       </c>
       <c r="I273">
         <v>2011</v>
       </c>
       <c r="J273" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K273" t="s">
         <v>34</v>
       </c>
       <c r="L273" t="s">
-        <v>1393</v>
+        <v>1395</v>
       </c>
       <c r="M273" t="s">
-        <v>1315</v>
+        <v>1317</v>
       </c>
       <c r="N273" t="s">
         <v>27</v>
       </c>
       <c r="O273" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
       <c r="P273" t="s">
-        <v>1395</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="274" spans="1:16">
       <c r="A274" t="s">
-        <v>1396</v>
+        <v>1398</v>
       </c>
       <c r="B274" t="s">
-        <v>1397</v>
+        <v>1399</v>
       </c>
       <c r="C274" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="D274" t="s">
-        <v>1398</v>
+        <v>1400</v>
       </c>
       <c r="E274" t="s">
         <v>42</v>
       </c>
       <c r="F274" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="G274" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H274">
         <v>2015</v>
       </c>
       <c r="I274"/>
       <c r="J274" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="K274" t="s">
         <v>34</v>
       </c>
       <c r="L274"/>
       <c r="M274" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="N274" t="s">
         <v>27</v>
       </c>
       <c r="O274" t="s">
-        <v>1400</v>
+        <v>1402</v>
       </c>
       <c r="P274" t="s">
-        <v>1401</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="275" spans="1:16">
       <c r="A275" t="s">
-        <v>1402</v>
+        <v>1404</v>
       </c>
       <c r="B275" t="s">
-        <v>1403</v>
+        <v>1405</v>
       </c>
       <c r="C275" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="D275" t="s">
-        <v>1404</v>
+        <v>1406</v>
       </c>
       <c r="E275" t="s">
         <v>42</v>
       </c>
       <c r="F275" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="G275" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H275">
         <v>2015</v>
       </c>
       <c r="I275"/>
       <c r="J275" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="K275" t="s">
         <v>34</v>
       </c>
       <c r="L275"/>
       <c r="M275" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="N275" t="s">
         <v>27</v>
       </c>
       <c r="O275" t="s">
-        <v>1405</v>
+        <v>1407</v>
       </c>
       <c r="P275" t="s">
-        <v>1406</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="276" spans="1:16">
       <c r="A276" t="s">
-        <v>1407</v>
+        <v>1409</v>
       </c>
       <c r="B276" t="s">
-        <v>1408</v>
+        <v>1410</v>
       </c>
       <c r="C276" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="D276" t="s">
-        <v>1409</v>
+        <v>1411</v>
       </c>
       <c r="E276" t="s">
         <v>42</v>
       </c>
       <c r="F276" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="G276" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H276">
         <v>2015</v>
       </c>
       <c r="I276"/>
       <c r="J276" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="K276" t="s">
         <v>34</v>
       </c>
       <c r="L276"/>
       <c r="M276" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="N276" t="s">
         <v>27</v>
       </c>
       <c r="O276" t="s">
-        <v>1410</v>
+        <v>1412</v>
       </c>
       <c r="P276" t="s">
-        <v>1411</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="277" spans="1:16">
       <c r="A277" t="s">
-        <v>1412</v>
+        <v>1414</v>
       </c>
       <c r="B277" t="s">
-        <v>1413</v>
+        <v>1415</v>
       </c>
       <c r="C277" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="D277" t="s">
         <v>84</v>
       </c>
       <c r="E277" t="s">
         <v>42</v>
       </c>
       <c r="F277" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="G277" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H277">
         <v>2015</v>
       </c>
       <c r="I277"/>
       <c r="J277" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="K277" t="s">
         <v>34</v>
       </c>
       <c r="L277"/>
       <c r="M277" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="N277" t="s">
         <v>27</v>
       </c>
       <c r="O277" t="s">
-        <v>1414</v>
+        <v>1416</v>
       </c>
       <c r="P277" t="s">
-        <v>1415</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="278" spans="1:16">
       <c r="A278" t="s">
-        <v>1416</v>
+        <v>1418</v>
       </c>
       <c r="B278" t="s">
-        <v>1417</v>
+        <v>1419</v>
       </c>
       <c r="C278" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="D278" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="E278" t="s">
         <v>42</v>
       </c>
       <c r="F278" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="G278" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H278">
         <v>2015</v>
       </c>
       <c r="I278"/>
       <c r="J278" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="K278" t="s">
         <v>34</v>
       </c>
       <c r="L278"/>
       <c r="M278" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="N278" t="s">
         <v>27</v>
       </c>
       <c r="O278" t="s">
-        <v>1418</v>
+        <v>1420</v>
       </c>
       <c r="P278" t="s">
-        <v>1419</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="279" spans="1:16">
       <c r="A279" t="s">
-        <v>1420</v>
+        <v>1422</v>
       </c>
       <c r="B279" t="s">
-        <v>1421</v>
+        <v>1423</v>
       </c>
       <c r="C279" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="D279" t="s">
-        <v>1422</v>
+        <v>1424</v>
       </c>
       <c r="E279" t="s">
         <v>42</v>
       </c>
       <c r="F279" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="G279" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H279">
         <v>2015</v>
       </c>
       <c r="I279"/>
       <c r="J279" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="K279" t="s">
         <v>34</v>
       </c>
       <c r="L279"/>
       <c r="M279" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="N279" t="s">
         <v>27</v>
       </c>
       <c r="O279" t="s">
-        <v>1423</v>
+        <v>1425</v>
       </c>
       <c r="P279" t="s">
-        <v>1424</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="280" spans="1:16">
       <c r="A280" t="s">
-        <v>1425</v>
+        <v>1427</v>
       </c>
       <c r="B280" t="s">
-        <v>1426</v>
+        <v>1428</v>
       </c>
       <c r="C280" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="D280" t="s">
-        <v>1427</v>
+        <v>1429</v>
       </c>
       <c r="E280" t="s">
         <v>42</v>
       </c>
       <c r="F280" t="s">
         <v>21</v>
       </c>
       <c r="G280" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H280">
         <v>2015</v>
       </c>
       <c r="I280"/>
       <c r="J280" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="K280" t="s">
         <v>34</v>
       </c>
       <c r="L280"/>
       <c r="M280" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="N280" t="s">
         <v>27</v>
       </c>
       <c r="O280" t="s">
-        <v>1428</v>
+        <v>1430</v>
       </c>
       <c r="P280" t="s">
-        <v>1429</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="281" spans="1:16">
       <c r="A281" t="s">
-        <v>1430</v>
+        <v>1432</v>
       </c>
       <c r="B281" t="s">
-        <v>1431</v>
+        <v>1433</v>
       </c>
       <c r="C281" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="D281" t="s">
-        <v>1404</v>
+        <v>1406</v>
       </c>
       <c r="E281" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="F281" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="G281" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H281">
         <v>2015</v>
       </c>
       <c r="I281"/>
       <c r="J281" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="K281" t="s">
         <v>34</v>
       </c>
       <c r="L281"/>
       <c r="M281" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="N281" t="s">
         <v>27</v>
       </c>
       <c r="O281" t="s">
-        <v>1432</v>
+        <v>1434</v>
       </c>
       <c r="P281" t="s">
-        <v>1433</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="282" spans="1:16">
       <c r="A282" t="s">
-        <v>1434</v>
+        <v>1436</v>
       </c>
       <c r="B282" t="s">
-        <v>1435</v>
+        <v>1437</v>
       </c>
       <c r="C282" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="D282" t="s">
-        <v>1404</v>
+        <v>1406</v>
       </c>
       <c r="E282" t="s">
         <v>42</v>
       </c>
       <c r="F282" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="G282" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H282">
         <v>2015</v>
       </c>
       <c r="I282"/>
       <c r="J282" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="K282" t="s">
         <v>34</v>
       </c>
       <c r="L282"/>
       <c r="M282" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="N282" t="s">
         <v>27</v>
       </c>
       <c r="O282" t="s">
-        <v>1436</v>
+        <v>1438</v>
       </c>
       <c r="P282" t="s">
-        <v>1437</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="283" spans="1:16">
       <c r="A283" t="s">
-        <v>1438</v>
+        <v>1440</v>
       </c>
       <c r="B283" t="s">
-        <v>1439</v>
+        <v>1441</v>
       </c>
       <c r="C283" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="D283" t="s">
-        <v>1440</v>
+        <v>1442</v>
       </c>
       <c r="E283" t="s">
         <v>42</v>
       </c>
       <c r="F283" t="s">
         <v>43</v>
       </c>
       <c r="G283" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H283">
         <v>2012</v>
       </c>
       <c r="I283"/>
       <c r="J283" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K283" t="s">
         <v>24</v>
       </c>
       <c r="L283" t="s">
-        <v>1441</v>
+        <v>1443</v>
       </c>
       <c r="M283" t="s">
-        <v>1442</v>
+        <v>1444</v>
       </c>
       <c r="N283" t="s">
         <v>27</v>
       </c>
       <c r="O283" t="s">
-        <v>1443</v>
+        <v>1445</v>
       </c>
       <c r="P283" t="s">
-        <v>1444</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="284" spans="1:16">
       <c r="A284" t="s">
-        <v>1445</v>
+        <v>1447</v>
       </c>
       <c r="B284" t="s">
-        <v>1446</v>
+        <v>1448</v>
       </c>
       <c r="C284" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
       <c r="D284" t="s">
         <v>84</v>
       </c>
       <c r="E284" t="s">
         <v>20</v>
       </c>
       <c r="F284" t="s">
         <v>21</v>
       </c>
       <c r="G284" t="s">
         <v>22</v>
       </c>
       <c r="H284">
         <v>2002</v>
       </c>
       <c r="I284">
         <v>2017</v>
       </c>
       <c r="J284" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="K284" t="s">
         <v>34</v>
       </c>
       <c r="L284" t="s">
-        <v>1447</v>
+        <v>1449</v>
       </c>
       <c r="M284" t="s">
-        <v>1448</v>
+        <v>1450</v>
       </c>
       <c r="N284" t="s">
         <v>27</v>
       </c>
       <c r="O284" t="s">
-        <v>1449</v>
+        <v>1451</v>
       </c>
       <c r="P284" t="s">
-        <v>1450</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="285" spans="1:16">
       <c r="A285" t="s">
-        <v>1451</v>
+        <v>1453</v>
       </c>
       <c r="B285" t="s">
-        <v>1452</v>
+        <v>1454</v>
       </c>
       <c r="C285" t="s">
-        <v>1453</v>
+        <v>1455</v>
       </c>
       <c r="D285" t="s">
         <v>53</v>
       </c>
       <c r="E285" t="s">
         <v>42</v>
       </c>
       <c r="F285" t="s">
         <v>21</v>
       </c>
       <c r="G285" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H285">
         <v>2012</v>
       </c>
       <c r="I285"/>
       <c r="J285" t="s">
         <v>44</v>
       </c>
       <c r="K285" t="s">
         <v>34</v>
       </c>
       <c r="L285" t="s">
-        <v>1454</v>
+        <v>1456</v>
       </c>
       <c r="M285" t="s">
-        <v>1455</v>
+        <v>1457</v>
       </c>
       <c r="N285" t="s">
         <v>27</v>
       </c>
       <c r="O285" t="s">
-        <v>1456</v>
+        <v>1458</v>
       </c>
       <c r="P285" t="s">
-        <v>1457</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="286" spans="1:16">
       <c r="A286" t="s">
-        <v>1458</v>
+        <v>1460</v>
       </c>
       <c r="B286" t="s">
-        <v>1459</v>
+        <v>1461</v>
       </c>
       <c r="C286" t="s">
-        <v>1453</v>
+        <v>1455</v>
       </c>
       <c r="D286" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="E286" t="s">
         <v>42</v>
       </c>
       <c r="F286" t="s">
         <v>21</v>
       </c>
       <c r="G286" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H286">
         <v>2015</v>
       </c>
       <c r="I286"/>
       <c r="J286" t="s">
         <v>44</v>
       </c>
       <c r="K286" t="s">
         <v>34</v>
       </c>
       <c r="L286" t="s">
-        <v>1460</v>
+        <v>1462</v>
       </c>
       <c r="M286" t="s">
-        <v>1455</v>
+        <v>1457</v>
       </c>
       <c r="N286" t="s">
         <v>27</v>
       </c>
       <c r="O286" t="s">
-        <v>1461</v>
+        <v>1463</v>
       </c>
       <c r="P286" t="s">
-        <v>1462</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="287" spans="1:16">
       <c r="A287" t="s">
-        <v>1463</v>
+        <v>1465</v>
       </c>
       <c r="B287" t="s">
-        <v>1464</v>
+        <v>1466</v>
       </c>
       <c r="C287" t="s">
-        <v>1465</v>
+        <v>1467</v>
       </c>
       <c r="D287" t="s">
-        <v>932</v>
+        <v>934</v>
       </c>
       <c r="E287" t="s">
         <v>20</v>
       </c>
       <c r="F287" t="s">
         <v>21</v>
       </c>
       <c r="G287" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
       <c r="H287">
         <v>2024</v>
       </c>
       <c r="I287"/>
       <c r="J287" t="s">
-        <v>1466</v>
+        <v>1468</v>
       </c>
       <c r="K287" t="s">
         <v>34</v>
       </c>
       <c r="L287" t="s">
-        <v>1467</v>
+        <v>1469</v>
       </c>
       <c r="M287" t="s">
-        <v>1468</v>
+        <v>1470</v>
       </c>
       <c r="N287" t="s">
         <v>27</v>
       </c>
       <c r="O287" t="s">
-        <v>1469</v>
+        <v>1471</v>
       </c>
       <c r="P287" t="s">
-        <v>1470</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="288" spans="1:16">
       <c r="A288" t="s">
-        <v>1471</v>
+        <v>1473</v>
       </c>
       <c r="B288" t="s">
-        <v>1472</v>
+        <v>1474</v>
       </c>
       <c r="C288" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="D288" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="E288" t="s">
         <v>20</v>
       </c>
       <c r="F288" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="G288" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H288">
         <v>2020</v>
       </c>
       <c r="I288"/>
       <c r="J288" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="K288" t="s">
         <v>34</v>
       </c>
       <c r="L288" t="s">
-        <v>1473</v>
+        <v>1475</v>
       </c>
       <c r="M288" t="s">
-        <v>1474</v>
+        <v>1476</v>
       </c>
       <c r="N288" t="s">
         <v>27</v>
       </c>
       <c r="O288" t="s">
-        <v>1475</v>
+        <v>1477</v>
       </c>
       <c r="P288" t="s">
-        <v>1476</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="289" spans="1:16">
       <c r="A289" t="s">
-        <v>1477</v>
+        <v>1479</v>
       </c>
       <c r="B289" t="s">
-        <v>1478</v>
+        <v>1480</v>
       </c>
       <c r="C289" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="D289" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="E289" t="s">
         <v>20</v>
       </c>
       <c r="F289" t="s">
         <v>21</v>
       </c>
       <c r="G289" t="s">
-        <v>1479</v>
+        <v>1481</v>
       </c>
       <c r="H289">
         <v>1997</v>
       </c>
       <c r="I289">
         <v>2005</v>
       </c>
       <c r="J289" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="K289" t="s">
         <v>34</v>
       </c>
       <c r="L289"/>
       <c r="M289" t="s">
-        <v>1474</v>
+        <v>1476</v>
       </c>
       <c r="N289" t="s">
         <v>36</v>
       </c>
       <c r="O289" t="s">
-        <v>1480</v>
+        <v>1482</v>
       </c>
       <c r="P289" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="290" spans="1:16">
       <c r="A290" t="s">
-        <v>1482</v>
+        <v>1484</v>
       </c>
       <c r="B290" t="s">
-        <v>1483</v>
+        <v>1485</v>
       </c>
       <c r="C290" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="D290" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="E290" t="s">
         <v>20</v>
       </c>
       <c r="F290" t="s">
         <v>21</v>
       </c>
       <c r="G290" t="s">
         <v>22</v>
       </c>
       <c r="H290">
         <v>2004</v>
       </c>
       <c r="I290">
         <v>2025</v>
       </c>
       <c r="J290" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="K290" t="s">
         <v>34</v>
       </c>
       <c r="L290" t="s">
-        <v>1484</v>
+        <v>1486</v>
       </c>
       <c r="M290" t="s">
-        <v>1474</v>
+        <v>1476</v>
       </c>
       <c r="N290" t="s">
         <v>27</v>
       </c>
       <c r="O290" t="s">
-        <v>1485</v>
+        <v>1487</v>
       </c>
       <c r="P290" t="s">
-        <v>1486</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="291" spans="1:16">
       <c r="A291" t="s">
-        <v>1487</v>
+        <v>1489</v>
       </c>
       <c r="B291" t="s">
-        <v>1488</v>
+        <v>1490</v>
       </c>
       <c r="C291" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="D291" t="s">
         <v>84</v>
       </c>
       <c r="E291" t="s">
         <v>20</v>
       </c>
       <c r="F291" t="s">
         <v>21</v>
       </c>
       <c r="G291" t="s">
         <v>8</v>
       </c>
       <c r="H291">
         <v>2016</v>
       </c>
       <c r="I291">
         <v>2025</v>
       </c>
       <c r="J291" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="K291" t="s">
         <v>34</v>
       </c>
       <c r="L291" t="s">
-        <v>1489</v>
+        <v>1491</v>
       </c>
       <c r="M291" t="s">
-        <v>1474</v>
+        <v>1476</v>
       </c>
       <c r="N291" t="s">
         <v>27</v>
       </c>
       <c r="O291" t="s">
-        <v>1490</v>
+        <v>1492</v>
       </c>
       <c r="P291" t="s">
-        <v>1491</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="292" spans="1:16">
       <c r="A292" t="s">
-        <v>1492</v>
+        <v>1494</v>
       </c>
       <c r="B292" t="s">
-        <v>1493</v>
+        <v>1495</v>
       </c>
       <c r="C292" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="D292" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E292" t="s">
         <v>20</v>
       </c>
       <c r="F292" t="s">
         <v>21</v>
       </c>
       <c r="G292" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
       <c r="H292">
         <v>2017</v>
       </c>
       <c r="I292"/>
       <c r="J292" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="K292" t="s">
         <v>34</v>
       </c>
       <c r="L292" t="s">
-        <v>1494</v>
+        <v>1496</v>
       </c>
       <c r="M292" t="s">
-        <v>1474</v>
+        <v>1476</v>
       </c>
       <c r="N292" t="s">
         <v>27</v>
       </c>
       <c r="O292" t="s">
-        <v>1495</v>
+        <v>1497</v>
       </c>
       <c r="P292" t="s">
-        <v>1496</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="293" spans="1:16">
       <c r="A293" t="s">
-        <v>1497</v>
+        <v>1499</v>
       </c>
       <c r="B293" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
       <c r="C293" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="D293" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="E293" t="s">
         <v>20</v>
       </c>
       <c r="F293" t="s">
         <v>21</v>
       </c>
       <c r="G293" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H293">
         <v>2021</v>
       </c>
       <c r="I293"/>
       <c r="J293" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="K293" t="s">
         <v>34</v>
       </c>
       <c r="L293"/>
       <c r="M293" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="N293" t="s">
         <v>36</v>
       </c>
       <c r="O293" t="s">
-        <v>1500</v>
+        <v>1502</v>
       </c>
       <c r="P293" t="s">
-        <v>1501</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="294" spans="1:16">
       <c r="A294" t="s">
-        <v>1502</v>
+        <v>1504</v>
       </c>
       <c r="B294" t="s">
-        <v>1503</v>
+        <v>1505</v>
       </c>
       <c r="C294" t="s">
-        <v>1504</v>
+        <v>1506</v>
       </c>
       <c r="D294" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E294" t="s">
         <v>42</v>
       </c>
       <c r="F294" t="s">
         <v>54</v>
       </c>
       <c r="G294" t="s">
         <v>22</v>
       </c>
       <c r="H294">
         <v>2006</v>
       </c>
       <c r="I294">
         <v>2015</v>
       </c>
       <c r="J294" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="K294" t="s">
         <v>34</v>
       </c>
       <c r="L294" t="s">
-        <v>1505</v>
+        <v>1507</v>
       </c>
       <c r="M294" t="s">
-        <v>1506</v>
+        <v>1508</v>
       </c>
       <c r="N294" t="s">
         <v>27</v>
       </c>
       <c r="O294" t="s">
-        <v>1507</v>
+        <v>1509</v>
       </c>
       <c r="P294" t="s">
-        <v>1508</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="295" spans="1:16">
       <c r="A295" t="s">
-        <v>1509</v>
+        <v>1511</v>
       </c>
       <c r="B295" t="s">
-        <v>1510</v>
+        <v>1512</v>
       </c>
       <c r="C295" t="s">
-        <v>1504</v>
+        <v>1506</v>
       </c>
       <c r="D295" t="s">
-        <v>1511</v>
+        <v>1513</v>
       </c>
       <c r="E295" t="s">
         <v>42</v>
       </c>
       <c r="F295" t="s">
         <v>54</v>
       </c>
       <c r="G295" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H295">
         <v>2014</v>
       </c>
       <c r="I295"/>
       <c r="J295" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="K295" t="s">
-        <v>1512</v>
+        <v>1514</v>
       </c>
       <c r="L295" t="s">
-        <v>1513</v>
+        <v>1515</v>
       </c>
       <c r="M295" t="s">
-        <v>1506</v>
+        <v>1508</v>
       </c>
       <c r="N295" t="s">
         <v>27</v>
       </c>
       <c r="O295" t="s">
-        <v>1514</v>
+        <v>1516</v>
       </c>
       <c r="P295" t="s">
-        <v>1515</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="296" spans="1:16">
       <c r="A296" t="s">
-        <v>1516</v>
+        <v>1518</v>
       </c>
       <c r="B296" t="s">
-        <v>1516</v>
+        <v>1518</v>
       </c>
       <c r="C296" t="s">
-        <v>1504</v>
+        <v>1506</v>
       </c>
       <c r="D296" t="s">
-        <v>1517</v>
+        <v>1519</v>
       </c>
       <c r="E296" t="s">
         <v>42</v>
       </c>
       <c r="F296" t="s">
         <v>54</v>
       </c>
       <c r="G296" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H296">
         <v>2015</v>
       </c>
       <c r="I296"/>
       <c r="J296" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="K296" t="s">
         <v>34</v>
       </c>
       <c r="L296" t="s">
-        <v>1518</v>
+        <v>1520</v>
       </c>
       <c r="M296" t="s">
-        <v>1506</v>
+        <v>1508</v>
       </c>
       <c r="N296" t="s">
         <v>27</v>
       </c>
       <c r="O296" t="s">
-        <v>1519</v>
+        <v>1521</v>
       </c>
       <c r="P296" t="s">
-        <v>1520</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="297" spans="1:16">
       <c r="A297" t="s">
-        <v>1521</v>
+        <v>1523</v>
       </c>
       <c r="B297" t="s">
-        <v>1522</v>
+        <v>1524</v>
       </c>
       <c r="C297" t="s">
-        <v>1504</v>
+        <v>1506</v>
       </c>
       <c r="D297" t="s">
-        <v>1523</v>
+        <v>1525</v>
       </c>
       <c r="E297" t="s">
         <v>42</v>
       </c>
       <c r="F297" t="s">
         <v>54</v>
       </c>
       <c r="G297" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H297">
         <v>2015</v>
       </c>
       <c r="I297"/>
       <c r="J297" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="K297" t="s">
         <v>34</v>
       </c>
       <c r="L297" t="s">
-        <v>1524</v>
+        <v>1526</v>
       </c>
       <c r="M297" t="s">
-        <v>1506</v>
+        <v>1508</v>
       </c>
       <c r="N297" t="s">
         <v>27</v>
       </c>
       <c r="O297" t="s">
-        <v>1525</v>
+        <v>1527</v>
       </c>
       <c r="P297" t="s">
-        <v>1526</v>
+        <v>1528</v>
       </c>
     </row>
     <row r="298" spans="1:16">
       <c r="A298" t="s">
-        <v>1527</v>
+        <v>1529</v>
       </c>
       <c r="B298" t="s">
-        <v>1528</v>
+        <v>1530</v>
       </c>
       <c r="C298" t="s">
-        <v>1529</v>
+        <v>1531</v>
       </c>
       <c r="D298" t="s">
         <v>84</v>
       </c>
       <c r="E298" t="s">
         <v>20</v>
       </c>
       <c r="F298" t="s">
         <v>21</v>
       </c>
       <c r="G298" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H298">
         <v>2010</v>
       </c>
       <c r="I298"/>
       <c r="J298" t="s">
-        <v>1530</v>
+        <v>1532</v>
       </c>
       <c r="K298" t="s">
         <v>34</v>
       </c>
       <c r="L298"/>
       <c r="M298" t="s">
-        <v>1531</v>
+        <v>1533</v>
       </c>
       <c r="N298" t="s">
         <v>27</v>
       </c>
       <c r="O298" t="s">
-        <v>1532</v>
+        <v>1534</v>
       </c>
       <c r="P298" t="s">
-        <v>1533</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="299" spans="1:16">
       <c r="A299" t="s">
-        <v>1534</v>
+        <v>1536</v>
       </c>
       <c r="B299" t="s">
-        <v>1535</v>
+        <v>1537</v>
       </c>
       <c r="C299" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="D299" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="E299" t="s">
         <v>20</v>
       </c>
       <c r="F299" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="G299" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H299">
         <v>2014</v>
       </c>
       <c r="I299">
         <v>2024</v>
       </c>
       <c r="J299" t="s">
-        <v>1180</v>
+        <v>1182</v>
       </c>
       <c r="K299" t="s">
         <v>34</v>
       </c>
       <c r="L299" t="s">
-        <v>1536</v>
+        <v>1538</v>
       </c>
       <c r="M299" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="N299" t="s">
         <v>27</v>
       </c>
       <c r="O299" t="s">
-        <v>1537</v>
+        <v>1539</v>
       </c>
       <c r="P299" t="s">
-        <v>1538</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="300" spans="1:16">
       <c r="A300" t="s">
-        <v>1539</v>
+        <v>1541</v>
       </c>
       <c r="B300" t="s">
-        <v>1540</v>
+        <v>1542</v>
       </c>
       <c r="C300" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="D300" t="s">
         <v>53</v>
       </c>
       <c r="E300" t="s">
         <v>20</v>
       </c>
       <c r="F300" t="s">
         <v>43</v>
       </c>
       <c r="G300" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H300">
         <v>2013</v>
       </c>
       <c r="I300"/>
       <c r="J300" t="s">
-        <v>1541</v>
+        <v>1543</v>
       </c>
       <c r="K300" t="s">
         <v>34</v>
       </c>
       <c r="L300" t="s">
-        <v>1542</v>
+        <v>1544</v>
       </c>
       <c r="M300" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="N300" t="s">
         <v>27</v>
       </c>
       <c r="O300" t="s">
-        <v>1543</v>
+        <v>1545</v>
       </c>
       <c r="P300" t="s">
-        <v>1544</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="301" spans="1:16">
       <c r="A301" t="s">
-        <v>1545</v>
+        <v>1547</v>
       </c>
       <c r="B301" t="s">
-        <v>1546</v>
+        <v>1548</v>
       </c>
       <c r="C301" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
       <c r="D301" t="s">
         <v>84</v>
       </c>
       <c r="E301" t="s">
         <v>42</v>
       </c>
       <c r="F301" t="s">
         <v>54</v>
       </c>
       <c r="G301" t="s">
         <v>22</v>
       </c>
       <c r="H301">
         <v>1995</v>
       </c>
       <c r="I301">
         <v>2019</v>
       </c>
       <c r="J301" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="K301" t="s">
         <v>34</v>
       </c>
       <c r="L301" t="s">
-        <v>1547</v>
+        <v>1549</v>
       </c>
       <c r="M301" t="s">
-        <v>1548</v>
+        <v>1550</v>
       </c>
       <c r="N301" t="s">
         <v>27</v>
       </c>
       <c r="O301" t="s">
-        <v>1549</v>
+        <v>1551</v>
       </c>
       <c r="P301" t="s">
-        <v>1550</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="302" spans="1:16">
       <c r="A302" t="s">
-        <v>1551</v>
+        <v>1553</v>
       </c>
       <c r="B302" t="s">
-        <v>1552</v>
+        <v>1554</v>
       </c>
       <c r="C302" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
       <c r="D302" t="s">
         <v>53</v>
       </c>
       <c r="E302" t="s">
         <v>42</v>
       </c>
       <c r="F302" t="s">
         <v>54</v>
       </c>
       <c r="G302" t="s">
         <v>22</v>
       </c>
       <c r="H302">
         <v>2010</v>
       </c>
       <c r="I302">
         <v>2017</v>
       </c>
       <c r="J302" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="K302" t="s">
         <v>34</v>
       </c>
       <c r="L302" t="s">
-        <v>1553</v>
+        <v>1555</v>
       </c>
       <c r="M302" t="s">
-        <v>1548</v>
+        <v>1550</v>
       </c>
       <c r="N302" t="s">
         <v>27</v>
       </c>
       <c r="O302" t="s">
-        <v>1554</v>
+        <v>1556</v>
       </c>
       <c r="P302" t="s">
-        <v>1550</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="303" spans="1:16">
       <c r="A303" t="s">
-        <v>1555</v>
+        <v>1557</v>
       </c>
       <c r="B303" t="s">
-        <v>1556</v>
+        <v>1558</v>
       </c>
       <c r="C303" t="s">
-        <v>1557</v>
+        <v>1559</v>
       </c>
       <c r="D303" t="s">
         <v>53</v>
       </c>
       <c r="E303" t="s">
         <v>20</v>
       </c>
       <c r="F303" t="s">
         <v>43</v>
       </c>
       <c r="G303" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H303">
         <v>2015</v>
       </c>
       <c r="I303"/>
       <c r="J303" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="K303" t="s">
         <v>34</v>
       </c>
       <c r="L303" t="s">
-        <v>1558</v>
+        <v>1560</v>
       </c>
       <c r="M303" t="s">
-        <v>1559</v>
+        <v>1561</v>
       </c>
       <c r="N303" t="s">
         <v>27</v>
       </c>
       <c r="O303" t="s">
-        <v>1560</v>
+        <v>1562</v>
       </c>
       <c r="P303" t="s">
-        <v>1561</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="304" spans="1:16">
       <c r="A304" t="s">
-        <v>1562</v>
+        <v>1564</v>
       </c>
       <c r="B304" t="s">
-        <v>1563</v>
+        <v>1565</v>
       </c>
       <c r="C304" t="s">
-        <v>1557</v>
+        <v>1559</v>
       </c>
       <c r="D304" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="E304" t="s">
         <v>20</v>
       </c>
       <c r="F304" t="s">
         <v>43</v>
       </c>
       <c r="G304" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H304">
         <v>2015</v>
       </c>
       <c r="I304"/>
       <c r="J304" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="K304" t="s">
         <v>34</v>
       </c>
       <c r="L304" t="s">
-        <v>1564</v>
+        <v>1566</v>
       </c>
       <c r="M304" t="s">
-        <v>1559</v>
+        <v>1561</v>
       </c>
       <c r="N304" t="s">
         <v>27</v>
       </c>
       <c r="O304" t="s">
-        <v>1565</v>
+        <v>1567</v>
       </c>
       <c r="P304" t="s">
-        <v>1566</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="305" spans="1:16">
       <c r="A305" t="s">
-        <v>1567</v>
+        <v>1569</v>
       </c>
       <c r="B305" t="s">
         <v>53</v>
       </c>
       <c r="C305" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D305" t="s">
         <v>53</v>
       </c>
       <c r="E305" t="s">
         <v>42</v>
       </c>
       <c r="F305" t="s">
         <v>54</v>
       </c>
       <c r="G305" t="s">
         <v>22</v>
       </c>
       <c r="H305">
         <v>2012</v>
       </c>
       <c r="I305">
         <v>2012</v>
       </c>
       <c r="J305" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="K305" t="s">
         <v>34</v>
       </c>
       <c r="L305"/>
       <c r="M305" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="N305" t="s">
         <v>27</v>
       </c>
       <c r="O305" t="s">
-        <v>1568</v>
+        <v>1570</v>
       </c>
       <c r="P305" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
     </row>
     <row r="306" spans="1:16">
       <c r="A306" t="s">
-        <v>1569</v>
+        <v>1571</v>
       </c>
       <c r="B306" t="s">
-        <v>1570</v>
+        <v>1572</v>
       </c>
       <c r="C306" t="s">
-        <v>1571</v>
+        <v>1573</v>
       </c>
       <c r="D306" t="s">
-        <v>1572</v>
+        <v>1574</v>
       </c>
       <c r="E306" t="s">
         <v>20</v>
       </c>
       <c r="F306" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="G306" t="s">
         <v>22</v>
       </c>
       <c r="H306">
         <v>2017</v>
       </c>
       <c r="I306">
         <v>2021</v>
       </c>
       <c r="J306" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="K306" t="s">
-        <v>1573</v>
+        <v>1575</v>
       </c>
       <c r="L306" t="s">
-        <v>1574</v>
+        <v>1576</v>
       </c>
       <c r="M306" t="s">
-        <v>1575</v>
+        <v>1577</v>
       </c>
       <c r="N306" t="s">
         <v>36</v>
       </c>
       <c r="O306" t="s">
-        <v>1576</v>
+        <v>1578</v>
       </c>
       <c r="P306" t="s">
-        <v>1577</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="307" spans="1:16">
       <c r="A307" t="s">
-        <v>1578</v>
+        <v>1580</v>
       </c>
       <c r="B307" t="s">
-        <v>1579</v>
+        <v>1581</v>
       </c>
       <c r="C307" t="s">
-        <v>1580</v>
+        <v>1582</v>
       </c>
       <c r="D307" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="E307" t="s">
         <v>20</v>
       </c>
       <c r="F307" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="G307" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
       <c r="H307">
         <v>2024</v>
       </c>
       <c r="I307"/>
       <c r="J307" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="K307" t="s">
         <v>34</v>
       </c>
       <c r="L307" t="s">
-        <v>1581</v>
+        <v>1583</v>
       </c>
       <c r="M307" t="s">
-        <v>1582</v>
+        <v>1584</v>
       </c>
       <c r="N307" t="s">
         <v>27</v>
       </c>
       <c r="O307" t="s">
-        <v>1583</v>
+        <v>1585</v>
       </c>
       <c r="P307" t="s">
-        <v>1584</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="308" spans="1:16">
       <c r="A308" t="s">
-        <v>1585</v>
+        <v>1587</v>
       </c>
       <c r="B308" t="s">
-        <v>1586</v>
+        <v>1588</v>
       </c>
       <c r="C308" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D308" t="s">
         <v>84</v>
       </c>
       <c r="E308" t="s">
         <v>42</v>
       </c>
       <c r="F308" t="s">
         <v>43</v>
       </c>
       <c r="G308" t="s">
         <v>22</v>
       </c>
       <c r="H308">
         <v>2012</v>
       </c>
       <c r="I308">
         <v>2015</v>
       </c>
       <c r="J308" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K308" t="s">
         <v>34</v>
       </c>
       <c r="L308"/>
       <c r="M308" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="N308" t="s">
         <v>36</v>
       </c>
       <c r="O308" t="s">
-        <v>1587</v>
+        <v>1589</v>
       </c>
       <c r="P308" t="s">
-        <v>1588</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="309" spans="1:16">
       <c r="A309" t="s">
-        <v>1589</v>
+        <v>1591</v>
       </c>
       <c r="B309" t="s">
-        <v>1590</v>
+        <v>1592</v>
       </c>
       <c r="C309" t="s">
-        <v>1591</v>
+        <v>1593</v>
       </c>
       <c r="D309" t="s">
-        <v>1592</v>
+        <v>1594</v>
       </c>
       <c r="E309" t="s">
         <v>42</v>
       </c>
       <c r="F309" t="s">
         <v>43</v>
       </c>
       <c r="G309" t="s">
         <v>22</v>
       </c>
       <c r="H309">
         <v>2015</v>
       </c>
       <c r="I309">
         <v>2018</v>
       </c>
       <c r="J309" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="K309" t="s">
         <v>24</v>
       </c>
       <c r="L309"/>
       <c r="M309" t="s">
-        <v>1593</v>
+        <v>1595</v>
       </c>
       <c r="N309" t="s">
         <v>27</v>
       </c>
       <c r="O309" t="s">
-        <v>1594</v>
+        <v>1596</v>
       </c>
       <c r="P309" t="s">
-        <v>1595</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="310" spans="1:16">
       <c r="A310" t="s">
-        <v>1596</v>
+        <v>1598</v>
       </c>
       <c r="B310" t="s">
-        <v>1597</v>
+        <v>1599</v>
       </c>
       <c r="C310" t="s">
-        <v>1598</v>
+        <v>1600</v>
       </c>
       <c r="D310" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="E310" t="s">
         <v>20</v>
       </c>
       <c r="F310" t="s">
         <v>43</v>
       </c>
       <c r="G310" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H310">
         <v>2011</v>
       </c>
       <c r="I310"/>
       <c r="J310" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="K310" t="s">
         <v>34</v>
       </c>
       <c r="L310" t="s">
-        <v>1599</v>
+        <v>1601</v>
       </c>
       <c r="M310" t="s">
-        <v>1600</v>
+        <v>1602</v>
       </c>
       <c r="N310" t="s">
         <v>27</v>
       </c>
       <c r="O310" t="s">
-        <v>1601</v>
+        <v>1603</v>
       </c>
       <c r="P310" t="s">
-        <v>1602</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="311" spans="1:16">
       <c r="A311" t="s">
-        <v>1603</v>
+        <v>1605</v>
       </c>
       <c r="B311" t="s">
-        <v>1604</v>
+        <v>1606</v>
       </c>
       <c r="C311" t="s">
-        <v>1598</v>
+        <v>1600</v>
       </c>
       <c r="D311" t="s">
         <v>53</v>
       </c>
       <c r="E311" t="s">
         <v>20</v>
       </c>
       <c r="F311" t="s">
         <v>43</v>
       </c>
       <c r="G311" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H311">
         <v>2017</v>
       </c>
       <c r="I311"/>
       <c r="J311" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="K311" t="s">
         <v>34</v>
       </c>
       <c r="L311" t="s">
         <v>56</v>
       </c>
       <c r="M311" t="s">
-        <v>1600</v>
+        <v>1602</v>
       </c>
       <c r="N311" t="s">
         <v>27</v>
       </c>
       <c r="O311" t="s">
-        <v>1605</v>
+        <v>1607</v>
       </c>
       <c r="P311" t="s">
-        <v>1606</v>
+        <v>1608</v>
       </c>
     </row>
     <row r="312" spans="1:16">
       <c r="A312" t="s">
-        <v>1607</v>
+        <v>1609</v>
       </c>
       <c r="B312" t="s">
-        <v>1608</v>
+        <v>1610</v>
       </c>
       <c r="C312" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D312" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="E312" t="s">
         <v>42</v>
       </c>
       <c r="F312" t="s">
         <v>43</v>
       </c>
       <c r="G312" t="s">
         <v>22</v>
       </c>
       <c r="H312">
         <v>2011</v>
       </c>
       <c r="I312">
         <v>2011</v>
       </c>
       <c r="J312" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K312" t="s">
         <v>34</v>
       </c>
       <c r="L312" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="M312" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="N312" t="s">
         <v>27</v>
       </c>
       <c r="O312" t="s">
-        <v>1609</v>
+        <v>1611</v>
       </c>
       <c r="P312" t="s">
-        <v>1610</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="313" spans="1:16">
       <c r="A313" t="s">
-        <v>1611</v>
+        <v>1613</v>
       </c>
       <c r="B313" t="s">
-        <v>1612</v>
+        <v>1614</v>
       </c>
       <c r="C313" t="s">
-        <v>1613</v>
+        <v>1615</v>
       </c>
       <c r="D313" t="s">
         <v>84</v>
       </c>
       <c r="E313" t="s">
         <v>20</v>
       </c>
       <c r="F313" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="G313" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H313">
         <v>2019</v>
       </c>
       <c r="I313"/>
       <c r="J313" t="s">
-        <v>1614</v>
+        <v>1616</v>
       </c>
       <c r="K313" t="s">
         <v>34</v>
       </c>
       <c r="L313"/>
       <c r="M313" t="s">
-        <v>1615</v>
+        <v>1617</v>
       </c>
       <c r="N313" t="s">
         <v>27</v>
       </c>
       <c r="O313" t="s">
-        <v>1616</v>
+        <v>1618</v>
       </c>
       <c r="P313" t="s">
-        <v>1617</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="314" spans="1:16">
       <c r="A314" t="s">
-        <v>1618</v>
+        <v>1620</v>
       </c>
       <c r="B314" t="s">
-        <v>1619</v>
+        <v>1621</v>
       </c>
       <c r="C314" t="s">
-        <v>1620</v>
+        <v>1622</v>
       </c>
       <c r="D314" t="s">
         <v>84</v>
       </c>
       <c r="E314" t="s">
         <v>20</v>
       </c>
       <c r="F314" t="s">
         <v>21</v>
       </c>
       <c r="G314" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H314">
         <v>2016</v>
       </c>
       <c r="I314"/>
       <c r="J314" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="K314" t="s">
         <v>34</v>
       </c>
       <c r="L314" t="s">
-        <v>1621</v>
+        <v>1623</v>
       </c>
       <c r="M314" t="s">
-        <v>1622</v>
+        <v>1624</v>
       </c>
       <c r="N314" t="s">
         <v>27</v>
       </c>
       <c r="O314" t="s">
-        <v>1623</v>
+        <v>1625</v>
       </c>
       <c r="P314" t="s">
-        <v>1624</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="315" spans="1:16">
       <c r="A315" t="s">
-        <v>1625</v>
+        <v>1627</v>
       </c>
       <c r="B315" t="s">
-        <v>1626</v>
+        <v>1628</v>
       </c>
       <c r="C315" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="D315" t="s">
         <v>62</v>
       </c>
       <c r="E315" t="s">
         <v>42</v>
       </c>
       <c r="F315" t="s">
         <v>54</v>
       </c>
       <c r="G315" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H315">
         <v>2011</v>
       </c>
       <c r="I315"/>
       <c r="J315" t="s">
         <v>69</v>
       </c>
       <c r="K315" t="s">
         <v>34</v>
       </c>
       <c r="L315" t="s">
-        <v>1627</v>
+        <v>1629</v>
       </c>
       <c r="M315" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="N315" t="s">
         <v>27</v>
       </c>
       <c r="O315" t="s">
-        <v>1628</v>
+        <v>1630</v>
       </c>
       <c r="P315" t="s">
-        <v>1629</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="316" spans="1:16">
       <c r="A316" t="s">
-        <v>1630</v>
+        <v>1632</v>
       </c>
       <c r="B316" t="s">
-        <v>1631</v>
+        <v>1633</v>
       </c>
       <c r="C316" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="D316" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E316" t="s">
         <v>42</v>
       </c>
       <c r="F316" t="s">
         <v>54</v>
       </c>
       <c r="G316" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H316">
         <v>2014</v>
       </c>
       <c r="I316"/>
       <c r="J316" t="s">
         <v>69</v>
       </c>
       <c r="K316" t="s">
         <v>34</v>
       </c>
       <c r="L316" t="s">
-        <v>1632</v>
+        <v>1634</v>
       </c>
       <c r="M316" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="N316" t="s">
         <v>27</v>
       </c>
       <c r="O316" t="s">
-        <v>1633</v>
+        <v>1635</v>
       </c>
       <c r="P316" t="s">
-        <v>1634</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="317" spans="1:16">
       <c r="A317" t="s">
-        <v>1635</v>
+        <v>1637</v>
       </c>
       <c r="B317" t="s">
-        <v>1636</v>
+        <v>1638</v>
       </c>
       <c r="C317" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="D317" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="E317" t="s">
         <v>42</v>
       </c>
       <c r="F317" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="G317" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H317">
         <v>2013</v>
       </c>
       <c r="I317"/>
       <c r="J317" t="s">
         <v>69</v>
       </c>
       <c r="K317" t="s">
         <v>34</v>
       </c>
       <c r="L317" t="s">
-        <v>1637</v>
+        <v>1639</v>
       </c>
       <c r="M317" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="N317" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="O317" t="s">
-        <v>1638</v>
+        <v>1640</v>
       </c>
       <c r="P317" t="s">
-        <v>1639</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="318" spans="1:16">
       <c r="A318" t="s">
-        <v>1640</v>
+        <v>1642</v>
       </c>
       <c r="B318" t="s">
-        <v>1641</v>
+        <v>1643</v>
       </c>
       <c r="C318" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="D318" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E318" t="s">
         <v>42</v>
       </c>
       <c r="F318" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="G318" t="s">
         <v>22</v>
       </c>
       <c r="H318">
         <v>2014</v>
       </c>
       <c r="I318">
         <v>2016</v>
       </c>
       <c r="J318" t="s">
         <v>69</v>
       </c>
       <c r="K318" t="s">
-        <v>1642</v>
+        <v>1644</v>
       </c>
       <c r="L318" t="s">
-        <v>1643</v>
+        <v>1645</v>
       </c>
       <c r="M318" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="N318" t="s">
         <v>27</v>
       </c>
       <c r="O318" t="s">
-        <v>1644</v>
+        <v>1646</v>
       </c>
       <c r="P318" t="s">
-        <v>1645</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="319" spans="1:16">
       <c r="A319" t="s">
-        <v>1646</v>
+        <v>1648</v>
       </c>
       <c r="B319" t="s">
-        <v>1647</v>
+        <v>1649</v>
       </c>
       <c r="C319" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="D319" t="s">
         <v>53</v>
       </c>
       <c r="E319" t="s">
         <v>42</v>
       </c>
       <c r="F319" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="G319" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H319">
         <v>2021</v>
       </c>
       <c r="I319"/>
       <c r="J319" t="s">
         <v>69</v>
       </c>
       <c r="K319" t="s">
         <v>34</v>
       </c>
       <c r="L319" t="s">
-        <v>1648</v>
+        <v>1650</v>
       </c>
       <c r="M319" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="N319" t="s">
         <v>27</v>
       </c>
       <c r="O319" t="s">
-        <v>1649</v>
+        <v>1651</v>
       </c>
       <c r="P319" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
     </row>
     <row r="320" spans="1:16">
       <c r="A320" t="s">
-        <v>1650</v>
+        <v>1652</v>
       </c>
       <c r="B320" t="s">
-        <v>1651</v>
+        <v>1653</v>
       </c>
       <c r="C320" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="D320" t="s">
-        <v>1652</v>
+        <v>1654</v>
       </c>
       <c r="E320" t="s">
         <v>42</v>
       </c>
       <c r="F320" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="G320" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H320">
         <v>2021</v>
       </c>
       <c r="I320"/>
       <c r="J320" t="s">
         <v>69</v>
       </c>
       <c r="K320" t="s">
         <v>34</v>
       </c>
       <c r="L320" t="s">
-        <v>1653</v>
+        <v>1655</v>
       </c>
       <c r="M320" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="N320" t="s">
         <v>36</v>
       </c>
       <c r="O320" t="s">
-        <v>1654</v>
+        <v>1656</v>
       </c>
       <c r="P320" t="s">
-        <v>1655</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="321" spans="1:16">
       <c r="A321" t="s">
-        <v>1656</v>
+        <v>1658</v>
       </c>
       <c r="B321" t="s">
-        <v>1657</v>
+        <v>1659</v>
       </c>
       <c r="C321" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="D321" t="s">
-        <v>1652</v>
+        <v>1654</v>
       </c>
       <c r="E321" t="s">
         <v>42</v>
       </c>
       <c r="F321" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="G321" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H321">
         <v>2021</v>
       </c>
       <c r="I321"/>
       <c r="J321" t="s">
         <v>69</v>
       </c>
       <c r="K321" t="s">
         <v>34</v>
       </c>
       <c r="L321" t="s">
-        <v>1658</v>
+        <v>1660</v>
       </c>
       <c r="M321" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="N321" t="s">
         <v>27</v>
       </c>
       <c r="O321" t="s">
-        <v>1659</v>
+        <v>1661</v>
       </c>
       <c r="P321" t="s">
-        <v>1660</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="322" spans="1:16">
       <c r="A322" t="s">
-        <v>1661</v>
+        <v>1663</v>
       </c>
       <c r="B322" t="s">
-        <v>1662</v>
+        <v>1664</v>
       </c>
       <c r="C322" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="D322" t="s">
         <v>84</v>
       </c>
       <c r="E322" t="s">
         <v>42</v>
       </c>
       <c r="F322" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="G322" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H322">
         <v>2010</v>
       </c>
       <c r="I322"/>
       <c r="J322" t="s">
         <v>69</v>
       </c>
       <c r="K322" t="s">
         <v>34</v>
       </c>
       <c r="L322" t="s">
-        <v>1663</v>
+        <v>1665</v>
       </c>
       <c r="M322" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="N322" t="s">
         <v>27</v>
       </c>
       <c r="O322" t="s">
-        <v>1664</v>
+        <v>1666</v>
       </c>
       <c r="P322" t="s">
-        <v>1665</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="323" spans="1:16">
       <c r="A323" t="s">
-        <v>1666</v>
+        <v>1668</v>
       </c>
       <c r="B323" t="s">
-        <v>1667</v>
+        <v>1669</v>
       </c>
       <c r="C323" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="D323" t="s">
         <v>84</v>
       </c>
       <c r="E323" t="s">
         <v>42</v>
       </c>
       <c r="F323" t="s">
         <v>54</v>
       </c>
       <c r="G323" t="s">
         <v>22</v>
       </c>
       <c r="H323">
         <v>1994</v>
       </c>
       <c r="I323">
         <v>2012</v>
       </c>
       <c r="J323" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="K323" t="s">
         <v>34</v>
       </c>
       <c r="L323" t="s">
-        <v>1668</v>
+        <v>1670</v>
       </c>
       <c r="M323" t="s">
-        <v>1669</v>
+        <v>1671</v>
       </c>
       <c r="N323" t="s">
         <v>36</v>
       </c>
       <c r="O323" t="s">
-        <v>1670</v>
+        <v>1672</v>
       </c>
       <c r="P323" t="s">
-        <v>1671</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="324" spans="1:16">
       <c r="A324" t="s">
-        <v>1672</v>
+        <v>1674</v>
       </c>
       <c r="B324" t="s">
-        <v>1673</v>
+        <v>1675</v>
       </c>
       <c r="C324" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="D324" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="E324" t="s">
         <v>42</v>
       </c>
       <c r="F324" t="s">
         <v>54</v>
       </c>
       <c r="G324" t="s">
         <v>22</v>
       </c>
       <c r="H324">
         <v>1999</v>
       </c>
       <c r="I324">
         <v>2012</v>
       </c>
       <c r="J324" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="K324" t="s">
         <v>34</v>
       </c>
       <c r="L324" t="s">
-        <v>1674</v>
+        <v>1676</v>
       </c>
       <c r="M324" t="s">
-        <v>1669</v>
+        <v>1671</v>
       </c>
       <c r="N324" t="s">
         <v>27</v>
       </c>
       <c r="O324" t="s">
-        <v>1675</v>
+        <v>1677</v>
       </c>
       <c r="P324" t="s">
-        <v>1676</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="325" spans="1:16">
       <c r="A325" t="s">
-        <v>1677</v>
+        <v>1679</v>
       </c>
       <c r="B325" t="s">
-        <v>1678</v>
+        <v>1680</v>
       </c>
       <c r="C325" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="D325" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E325" t="s">
         <v>42</v>
       </c>
       <c r="F325" t="s">
         <v>54</v>
       </c>
       <c r="G325" t="s">
         <v>22</v>
       </c>
       <c r="H325">
         <v>2003</v>
       </c>
       <c r="I325">
         <v>2012</v>
       </c>
       <c r="J325" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="K325" t="s">
         <v>34</v>
       </c>
       <c r="L325" t="s">
-        <v>1679</v>
+        <v>1681</v>
       </c>
       <c r="M325" t="s">
-        <v>1669</v>
+        <v>1671</v>
       </c>
       <c r="N325" t="s">
         <v>27</v>
       </c>
       <c r="O325" t="s">
-        <v>1680</v>
+        <v>1682</v>
       </c>
       <c r="P325" t="s">
-        <v>1681</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="326" spans="1:16">
       <c r="A326" t="s">
-        <v>1682</v>
+        <v>1684</v>
       </c>
       <c r="B326" t="s">
-        <v>1683</v>
+        <v>1685</v>
       </c>
       <c r="C326" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="D326" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E326" t="s">
         <v>42</v>
       </c>
       <c r="F326" t="s">
         <v>54</v>
       </c>
       <c r="G326" t="s">
         <v>22</v>
       </c>
       <c r="H326">
         <v>2008</v>
       </c>
       <c r="I326">
         <v>2012</v>
       </c>
       <c r="J326" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="K326" t="s">
         <v>34</v>
       </c>
       <c r="L326" t="s">
-        <v>1684</v>
+        <v>1686</v>
       </c>
       <c r="M326" t="s">
-        <v>1669</v>
+        <v>1671</v>
       </c>
       <c r="N326" t="s">
         <v>36</v>
       </c>
       <c r="O326" t="s">
-        <v>1685</v>
+        <v>1687</v>
       </c>
       <c r="P326" t="s">
-        <v>1686</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="327" spans="1:16">
       <c r="A327" t="s">
-        <v>1687</v>
+        <v>1689</v>
       </c>
       <c r="B327" t="s">
-        <v>1688</v>
+        <v>1690</v>
       </c>
       <c r="C327" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="D327" t="s">
-        <v>1689</v>
+        <v>1691</v>
       </c>
       <c r="E327" t="s">
         <v>42</v>
       </c>
       <c r="F327" t="s">
         <v>54</v>
       </c>
       <c r="G327" t="s">
         <v>22</v>
       </c>
       <c r="H327">
         <v>2008</v>
       </c>
       <c r="I327">
         <v>2009</v>
       </c>
       <c r="J327" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="K327" t="s">
         <v>34</v>
       </c>
       <c r="L327" t="s">
-        <v>1690</v>
+        <v>1692</v>
       </c>
       <c r="M327" t="s">
-        <v>1669</v>
+        <v>1671</v>
       </c>
       <c r="N327" t="s">
         <v>27</v>
       </c>
       <c r="O327" t="s">
-        <v>1691</v>
+        <v>1693</v>
       </c>
       <c r="P327" t="s">
-        <v>1692</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="328" spans="1:16">
       <c r="A328" t="s">
-        <v>1693</v>
+        <v>1695</v>
       </c>
       <c r="B328" t="s">
-        <v>1694</v>
+        <v>1696</v>
       </c>
       <c r="C328" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="D328" t="s">
         <v>84</v>
       </c>
       <c r="E328" t="s">
         <v>42</v>
       </c>
       <c r="F328" t="s">
         <v>54</v>
       </c>
       <c r="G328" t="s">
         <v>22</v>
       </c>
       <c r="H328">
         <v>1994</v>
       </c>
       <c r="I328">
         <v>2012</v>
       </c>
       <c r="J328" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="K328" t="s">
         <v>34</v>
       </c>
       <c r="L328" t="s">
-        <v>1695</v>
+        <v>1697</v>
       </c>
       <c r="M328" t="s">
-        <v>1696</v>
+        <v>1698</v>
       </c>
       <c r="N328" t="s">
         <v>27</v>
       </c>
       <c r="O328" t="s">
-        <v>1697</v>
+        <v>1699</v>
       </c>
       <c r="P328" t="s">
-        <v>1698</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="329" spans="1:16">
       <c r="A329" t="s">
-        <v>1699</v>
+        <v>1701</v>
       </c>
       <c r="B329" t="s">
-        <v>1700</v>
+        <v>1702</v>
       </c>
       <c r="C329" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="D329" t="s">
         <v>84</v>
       </c>
       <c r="E329" t="s">
         <v>42</v>
       </c>
       <c r="F329" t="s">
         <v>54</v>
       </c>
       <c r="G329" t="s">
         <v>22</v>
       </c>
       <c r="H329">
         <v>2009</v>
       </c>
       <c r="I329">
         <v>2012</v>
       </c>
       <c r="J329" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="K329" t="s">
         <v>34</v>
       </c>
       <c r="L329" t="s">
-        <v>1701</v>
+        <v>1703</v>
       </c>
       <c r="M329" t="s">
-        <v>1669</v>
+        <v>1671</v>
       </c>
       <c r="N329" t="s">
         <v>27</v>
       </c>
       <c r="O329" t="s">
-        <v>1702</v>
+        <v>1704</v>
       </c>
       <c r="P329" t="s">
-        <v>1703</v>
+        <v>1705</v>
       </c>
     </row>
     <row r="330" spans="1:16">
       <c r="A330" t="s">
-        <v>1704</v>
+        <v>1706</v>
       </c>
       <c r="B330" t="s">
-        <v>1705</v>
+        <v>1707</v>
       </c>
       <c r="C330" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="D330" t="s">
-        <v>1706</v>
+        <v>1708</v>
       </c>
       <c r="E330" t="s">
         <v>42</v>
       </c>
       <c r="F330" t="s">
         <v>54</v>
       </c>
       <c r="G330" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H330">
         <v>2011</v>
       </c>
       <c r="I330"/>
       <c r="J330" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="K330" t="s">
         <v>34</v>
       </c>
       <c r="L330" t="s">
-        <v>1707</v>
+        <v>1709</v>
       </c>
       <c r="M330" t="s">
-        <v>1669</v>
+        <v>1671</v>
       </c>
       <c r="N330" t="s">
         <v>27</v>
       </c>
       <c r="O330" t="s">
-        <v>1708</v>
+        <v>1710</v>
       </c>
       <c r="P330" t="s">
-        <v>1709</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="331" spans="1:16">
       <c r="A331" t="s">
-        <v>1710</v>
+        <v>1712</v>
       </c>
       <c r="B331" t="s">
-        <v>1711</v>
+        <v>1713</v>
       </c>
       <c r="C331" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="D331" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="E331" t="s">
         <v>42</v>
       </c>
       <c r="F331" t="s">
         <v>54</v>
       </c>
       <c r="G331" t="s">
         <v>22</v>
       </c>
       <c r="H331">
         <v>2010</v>
       </c>
       <c r="I331">
         <v>2012</v>
       </c>
       <c r="J331" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="K331" t="s">
         <v>34</v>
       </c>
       <c r="L331" t="s">
-        <v>1712</v>
+        <v>1714</v>
       </c>
       <c r="M331" t="s">
-        <v>1669</v>
+        <v>1671</v>
       </c>
       <c r="N331" t="s">
         <v>27</v>
       </c>
       <c r="O331" t="s">
-        <v>1713</v>
+        <v>1715</v>
       </c>
       <c r="P331" t="s">
-        <v>1714</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="332" spans="1:16">
       <c r="A332" t="s">
-        <v>1715</v>
+        <v>1717</v>
       </c>
       <c r="B332" t="s">
-        <v>1716</v>
+        <v>1718</v>
       </c>
       <c r="C332" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="D332" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="E332" t="s">
         <v>42</v>
       </c>
       <c r="F332" t="s">
         <v>54</v>
       </c>
       <c r="G332" t="s">
         <v>22</v>
       </c>
       <c r="H332">
         <v>2010</v>
       </c>
       <c r="I332">
         <v>2012</v>
       </c>
       <c r="J332" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="K332" t="s">
         <v>34</v>
       </c>
       <c r="L332" t="s">
-        <v>1717</v>
+        <v>1719</v>
       </c>
       <c r="M332" t="s">
-        <v>1669</v>
+        <v>1671</v>
       </c>
       <c r="N332" t="s">
         <v>27</v>
       </c>
       <c r="O332" t="s">
-        <v>1718</v>
+        <v>1720</v>
       </c>
       <c r="P332" t="s">
-        <v>1719</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="333" spans="1:16">
       <c r="A333" t="s">
-        <v>1720</v>
+        <v>1722</v>
       </c>
       <c r="B333" t="s">
-        <v>1721</v>
+        <v>1723</v>
       </c>
       <c r="C333" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="D333" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="E333" t="s">
         <v>42</v>
       </c>
       <c r="F333" t="s">
         <v>54</v>
       </c>
       <c r="G333" t="s">
         <v>22</v>
       </c>
       <c r="H333">
         <v>2011</v>
       </c>
       <c r="I333">
         <v>2022</v>
       </c>
       <c r="J333" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="K333" t="s">
-        <v>1288</v>
+        <v>1290</v>
       </c>
       <c r="L333" t="s">
-        <v>1722</v>
+        <v>1724</v>
       </c>
       <c r="M333" t="s">
-        <v>1669</v>
+        <v>1671</v>
       </c>
       <c r="N333" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="O333" t="s">
-        <v>1723</v>
+        <v>1725</v>
       </c>
       <c r="P333" t="s">
-        <v>1724</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="334" spans="1:16">
       <c r="A334" t="s">
-        <v>1725</v>
+        <v>1727</v>
       </c>
       <c r="B334" t="s">
-        <v>1726</v>
+        <v>1728</v>
       </c>
       <c r="C334" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="D334" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E334" t="s">
         <v>20</v>
       </c>
       <c r="F334" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="G334" t="s">
         <v>22</v>
       </c>
       <c r="H334">
         <v>2007</v>
       </c>
       <c r="I334">
         <v>2011</v>
       </c>
       <c r="J334" t="s">
         <v>69</v>
       </c>
       <c r="K334" t="s">
         <v>34</v>
       </c>
       <c r="L334" t="s">
-        <v>1727</v>
+        <v>1729</v>
       </c>
       <c r="M334" t="s">
-        <v>1728</v>
+        <v>1730</v>
       </c>
       <c r="N334" t="s">
         <v>27</v>
       </c>
       <c r="O334" t="s">
-        <v>1729</v>
+        <v>1731</v>
       </c>
       <c r="P334" t="s">
-        <v>1730</v>
+        <v>1732</v>
       </c>
     </row>
     <row r="335" spans="1:16">
       <c r="A335" t="s">
-        <v>1731</v>
+        <v>1733</v>
       </c>
       <c r="B335" t="s">
-        <v>1732</v>
+        <v>1734</v>
       </c>
       <c r="C335" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="D335" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="E335" t="s">
         <v>20</v>
       </c>
       <c r="F335" t="s">
         <v>21</v>
       </c>
       <c r="G335" t="s">
         <v>22</v>
       </c>
       <c r="H335">
         <v>2012</v>
       </c>
       <c r="I335">
         <v>2013</v>
       </c>
       <c r="J335" t="s">
         <v>69</v>
       </c>
       <c r="K335" t="s">
         <v>34</v>
       </c>
       <c r="L335" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="M335" t="s">
-        <v>1728</v>
+        <v>1730</v>
       </c>
       <c r="N335" t="s">
         <v>27</v>
       </c>
       <c r="O335" t="s">
-        <v>1733</v>
+        <v>1735</v>
       </c>
       <c r="P335" t="s">
-        <v>1734</v>
+        <v>1736</v>
       </c>
     </row>
     <row r="336" spans="1:16">
       <c r="A336" t="s">
-        <v>1735</v>
+        <v>1737</v>
       </c>
       <c r="B336" t="s">
-        <v>1736</v>
+        <v>1738</v>
       </c>
       <c r="C336" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="D336" t="s">
-        <v>1737</v>
+        <v>1739</v>
       </c>
       <c r="E336" t="s">
         <v>42</v>
       </c>
       <c r="F336" t="s">
         <v>54</v>
       </c>
       <c r="G336" t="s">
-        <v>1738</v>
+        <v>1740</v>
       </c>
       <c r="H336"/>
       <c r="I336"/>
       <c r="J336" t="s">
         <v>69</v>
       </c>
       <c r="K336" t="s">
         <v>34</v>
       </c>
       <c r="L336"/>
       <c r="M336" t="s">
-        <v>1739</v>
+        <v>1741</v>
       </c>
       <c r="N336" t="s">
         <v>27</v>
       </c>
       <c r="O336" t="s">
-        <v>1740</v>
+        <v>1742</v>
       </c>
       <c r="P336" t="s">
-        <v>1741</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="337" spans="1:16">
       <c r="A337" t="s">
-        <v>1742</v>
+        <v>1744</v>
       </c>
       <c r="B337" t="s">
-        <v>1743</v>
+        <v>1745</v>
       </c>
       <c r="C337" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="D337" t="s">
-        <v>1744</v>
+        <v>1746</v>
       </c>
       <c r="E337" t="s">
         <v>42</v>
       </c>
       <c r="F337" t="s">
         <v>54</v>
       </c>
       <c r="G337" t="s">
-        <v>1738</v>
+        <v>1740</v>
       </c>
       <c r="H337"/>
       <c r="I337"/>
       <c r="J337" t="s">
         <v>69</v>
       </c>
       <c r="K337" t="s">
         <v>34</v>
       </c>
       <c r="L337"/>
       <c r="M337" t="s">
-        <v>1739</v>
+        <v>1741</v>
       </c>
       <c r="N337" t="s">
         <v>27</v>
       </c>
       <c r="O337" t="s">
-        <v>1745</v>
+        <v>1747</v>
       </c>
       <c r="P337" t="s">
-        <v>1746</v>
+        <v>1748</v>
       </c>
     </row>
     <row r="338" spans="1:16">
       <c r="A338" t="s">
-        <v>1747</v>
+        <v>1749</v>
       </c>
       <c r="B338" t="s">
-        <v>1748</v>
+        <v>1750</v>
       </c>
       <c r="C338" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="D338" t="s">
         <v>53</v>
       </c>
       <c r="E338" t="s">
         <v>42</v>
       </c>
       <c r="F338" t="s">
         <v>54</v>
       </c>
       <c r="G338" t="s">
         <v>22</v>
       </c>
       <c r="H338">
         <v>2012</v>
       </c>
       <c r="I338">
         <v>2012</v>
       </c>
       <c r="J338" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="K338" t="s">
         <v>34</v>
       </c>
       <c r="L338"/>
       <c r="M338" t="s">
-        <v>1739</v>
+        <v>1741</v>
       </c>
       <c r="N338" t="s">
         <v>27</v>
       </c>
       <c r="O338" t="s">
-        <v>1749</v>
+        <v>1751</v>
       </c>
       <c r="P338" t="s">
-        <v>1750</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="339" spans="1:16">
       <c r="A339" t="s">
-        <v>1751</v>
+        <v>1753</v>
       </c>
       <c r="B339" t="s">
-        <v>1752</v>
+        <v>1754</v>
       </c>
       <c r="C339" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="D339" t="s">
-        <v>1753</v>
+        <v>1755</v>
       </c>
       <c r="E339" t="s">
         <v>42</v>
       </c>
       <c r="F339" t="s">
         <v>54</v>
       </c>
       <c r="G339" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H339">
         <v>2017</v>
       </c>
       <c r="I339"/>
       <c r="J339" t="s">
         <v>44</v>
       </c>
       <c r="K339" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="L339"/>
       <c r="M339" t="s">
-        <v>1739</v>
+        <v>1741</v>
       </c>
       <c r="N339" t="s">
         <v>27</v>
       </c>
       <c r="O339" t="s">
-        <v>1754</v>
+        <v>1756</v>
       </c>
       <c r="P339" t="s">
-        <v>1755</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="340" spans="1:16">
       <c r="A340" t="s">
-        <v>1756</v>
+        <v>1758</v>
       </c>
       <c r="B340" t="s">
-        <v>1757</v>
+        <v>1759</v>
       </c>
       <c r="C340" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="D340" t="s">
-        <v>1758</v>
+        <v>1760</v>
       </c>
       <c r="E340" t="s">
         <v>42</v>
       </c>
       <c r="F340" t="s">
         <v>54</v>
       </c>
       <c r="G340" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H340">
         <v>2017</v>
       </c>
       <c r="I340"/>
       <c r="J340" t="s">
         <v>44</v>
       </c>
       <c r="K340" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="L340"/>
       <c r="M340" t="s">
-        <v>1739</v>
+        <v>1741</v>
       </c>
       <c r="N340" t="s">
         <v>27</v>
       </c>
       <c r="O340" t="s">
-        <v>1759</v>
+        <v>1761</v>
       </c>
       <c r="P340" t="s">
-        <v>1760</v>
+        <v>1762</v>
       </c>
     </row>
     <row r="341" spans="1:16">
       <c r="A341" t="s">
-        <v>1761</v>
+        <v>1763</v>
       </c>
       <c r="B341" t="s">
-        <v>1761</v>
+        <v>1763</v>
       </c>
       <c r="C341" t="s">
-        <v>1762</v>
+        <v>1764</v>
       </c>
       <c r="D341" t="s">
         <v>62</v>
       </c>
       <c r="E341" t="s">
         <v>42</v>
       </c>
       <c r="F341" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="G341" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H341">
         <v>2018</v>
       </c>
       <c r="I341"/>
       <c r="J341" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="K341" t="s">
         <v>34</v>
       </c>
       <c r="L341"/>
       <c r="M341" t="s">
-        <v>1763</v>
+        <v>1765</v>
       </c>
       <c r="N341" t="s">
         <v>27</v>
       </c>
       <c r="O341" t="s">
-        <v>1764</v>
+        <v>1766</v>
       </c>
       <c r="P341" t="s">
-        <v>1765</v>
+        <v>1767</v>
       </c>
     </row>
     <row r="342" spans="1:16">
       <c r="A342" t="s">
-        <v>1766</v>
+        <v>1768</v>
       </c>
       <c r="B342" t="s">
-        <v>1767</v>
+        <v>1769</v>
       </c>
       <c r="C342" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="D342" t="s">
-        <v>1768</v>
+        <v>1770</v>
       </c>
       <c r="E342" t="s">
         <v>20</v>
       </c>
       <c r="F342" t="s">
         <v>21</v>
       </c>
       <c r="G342" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H342">
         <v>2019</v>
       </c>
       <c r="I342"/>
       <c r="J342" t="s">
-        <v>1614</v>
+        <v>1616</v>
       </c>
       <c r="K342" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="L342"/>
       <c r="M342" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="N342" t="s">
-        <v>1769</v>
+        <v>1771</v>
       </c>
       <c r="O342" t="s">
-        <v>1770</v>
+        <v>1772</v>
       </c>
       <c r="P342" t="s">
-        <v>1771</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="343" spans="1:16">
       <c r="A343" t="s">
-        <v>1772</v>
+        <v>1774</v>
       </c>
       <c r="B343" t="s">
-        <v>1773</v>
+        <v>1775</v>
       </c>
       <c r="C343" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="D343" t="s">
         <v>84</v>
       </c>
       <c r="E343" t="s">
         <v>20</v>
       </c>
       <c r="F343" t="s">
         <v>21</v>
       </c>
       <c r="G343" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="H343">
         <v>2010</v>
       </c>
       <c r="I343">
         <v>2016</v>
       </c>
       <c r="J343" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="K343" t="s">
         <v>34</v>
       </c>
       <c r="L343" t="s">
-        <v>1774</v>
+        <v>1776</v>
       </c>
       <c r="M343" t="s">
-        <v>1474</v>
+        <v>1476</v>
       </c>
       <c r="N343" t="s">
         <v>36</v>
       </c>
       <c r="O343" t="s">
-        <v>1775</v>
+        <v>1777</v>
       </c>
       <c r="P343" t="s">
-        <v>1776</v>
+        <v>1778</v>
       </c>
     </row>
     <row r="344" spans="1:16">
       <c r="A344" t="s">
-        <v>1777</v>
+        <v>1779</v>
       </c>
       <c r="B344" t="s">
-        <v>1778</v>
+        <v>1780</v>
       </c>
       <c r="C344" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="D344" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="E344" t="s">
         <v>20</v>
       </c>
       <c r="F344" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="G344" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H344">
         <v>2014</v>
       </c>
       <c r="I344"/>
       <c r="J344" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="K344" t="s">
         <v>34</v>
       </c>
       <c r="L344" t="s">
-        <v>1779</v>
+        <v>1781</v>
       </c>
       <c r="M344" t="s">
-        <v>1474</v>
+        <v>1476</v>
       </c>
       <c r="N344" t="s">
         <v>27</v>
       </c>
       <c r="O344" t="s">
-        <v>1780</v>
+        <v>1782</v>
       </c>
       <c r="P344" t="s">
-        <v>1781</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="345" spans="1:16">
       <c r="A345" t="s">
-        <v>1782</v>
+        <v>1784</v>
       </c>
       <c r="B345" t="s">
-        <v>1783</v>
+        <v>1785</v>
       </c>
       <c r="C345" t="s">
-        <v>1784</v>
+        <v>1786</v>
       </c>
       <c r="D345" t="s">
-        <v>1785</v>
+        <v>1787</v>
       </c>
       <c r="E345" t="s">
         <v>20</v>
       </c>
       <c r="F345" t="s">
         <v>21</v>
       </c>
       <c r="G345" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H345">
         <v>2016</v>
       </c>
       <c r="I345"/>
       <c r="J345" t="s">
         <v>69</v>
       </c>
       <c r="K345" t="s">
         <v>34</v>
       </c>
       <c r="L345"/>
       <c r="M345" t="s">
-        <v>1786</v>
+        <v>1788</v>
       </c>
       <c r="N345" t="s">
         <v>27</v>
       </c>
       <c r="O345" t="s">
-        <v>1787</v>
+        <v>1789</v>
       </c>
       <c r="P345" t="s">
-        <v>1788</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="346" spans="1:16">
       <c r="A346" t="s">
-        <v>1789</v>
+        <v>1791</v>
       </c>
       <c r="B346" t="s">
-        <v>1790</v>
+        <v>1792</v>
       </c>
       <c r="C346" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="D346" t="s">
         <v>62</v>
       </c>
       <c r="E346" t="s">
         <v>20</v>
       </c>
       <c r="F346" t="s">
         <v>21</v>
       </c>
       <c r="G346" t="s">
         <v>22</v>
       </c>
       <c r="H346">
         <v>2017</v>
       </c>
       <c r="I346">
         <v>2021</v>
       </c>
       <c r="J346" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="K346" t="s">
         <v>34</v>
       </c>
       <c r="L346" t="s">
-        <v>1791</v>
+        <v>1793</v>
       </c>
       <c r="M346" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="N346" t="s">
         <v>27</v>
       </c>
       <c r="O346" t="s">
-        <v>1792</v>
+        <v>1794</v>
       </c>
       <c r="P346" t="s">
-        <v>1793</v>
+        <v>1795</v>
       </c>
     </row>
     <row r="347" spans="1:16">
       <c r="A347" t="s">
-        <v>1794</v>
+        <v>1796</v>
       </c>
       <c r="B347" t="s">
-        <v>1795</v>
+        <v>1797</v>
       </c>
       <c r="C347" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="D347" t="s">
         <v>62</v>
       </c>
       <c r="E347" t="s">
         <v>20</v>
       </c>
       <c r="F347" t="s">
         <v>21</v>
       </c>
       <c r="G347" t="s">
         <v>22</v>
       </c>
       <c r="H347">
         <v>2017</v>
       </c>
       <c r="I347">
         <v>2021</v>
       </c>
       <c r="J347" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="K347" t="s">
         <v>34</v>
       </c>
       <c r="L347" t="s">
-        <v>1791</v>
+        <v>1793</v>
       </c>
       <c r="M347" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="N347" t="s">
         <v>27</v>
       </c>
       <c r="O347" t="s">
-        <v>1796</v>
+        <v>1798</v>
       </c>
       <c r="P347" t="s">
-        <v>1797</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="348" spans="1:16">
       <c r="A348" t="s">
-        <v>1798</v>
+        <v>1800</v>
       </c>
       <c r="B348" t="s">
-        <v>1799</v>
+        <v>1801</v>
       </c>
       <c r="C348" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="D348" t="s">
         <v>84</v>
       </c>
       <c r="E348" t="s">
         <v>20</v>
       </c>
       <c r="F348" t="s">
         <v>21</v>
       </c>
       <c r="G348" t="s">
         <v>22</v>
       </c>
       <c r="H348">
         <v>2005</v>
       </c>
       <c r="I348">
         <v>2015</v>
       </c>
       <c r="J348" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="K348" t="s">
         <v>34</v>
       </c>
       <c r="L348" t="s">
-        <v>1800</v>
+        <v>1802</v>
       </c>
       <c r="M348" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="N348" t="s">
         <v>36</v>
       </c>
       <c r="O348" t="s">
-        <v>1801</v>
+        <v>1803</v>
       </c>
       <c r="P348" t="s">
-        <v>1802</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="349" spans="1:16">
       <c r="A349" t="s">
-        <v>1803</v>
+        <v>1805</v>
       </c>
       <c r="B349" t="s">
-        <v>1804</v>
+        <v>1806</v>
       </c>
       <c r="C349" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="D349" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E349" t="s">
         <v>20</v>
       </c>
       <c r="F349" t="s">
         <v>21</v>
       </c>
       <c r="G349" t="s">
         <v>22</v>
       </c>
       <c r="H349">
         <v>2012</v>
       </c>
       <c r="I349">
         <v>2015</v>
       </c>
       <c r="J349" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="K349" t="s">
         <v>34</v>
       </c>
       <c r="L349" t="s">
-        <v>1632</v>
+        <v>1634</v>
       </c>
       <c r="M349" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="N349" t="s">
         <v>27</v>
       </c>
       <c r="O349" t="s">
-        <v>1805</v>
+        <v>1807</v>
       </c>
       <c r="P349" t="s">
-        <v>1806</v>
+        <v>1808</v>
       </c>
     </row>
     <row r="350" spans="1:16">
       <c r="A350" t="s">
-        <v>1807</v>
+        <v>1809</v>
       </c>
       <c r="B350" t="s">
-        <v>1808</v>
+        <v>1810</v>
       </c>
       <c r="C350" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="D350" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E350" t="s">
         <v>20</v>
       </c>
       <c r="F350" t="s">
         <v>21</v>
       </c>
       <c r="G350" t="s">
         <v>22</v>
       </c>
       <c r="H350">
         <v>2012</v>
       </c>
       <c r="I350">
         <v>2015</v>
       </c>
       <c r="J350" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="K350" t="s">
         <v>34</v>
       </c>
       <c r="L350" t="s">
-        <v>1632</v>
+        <v>1634</v>
       </c>
       <c r="M350" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="N350" t="s">
         <v>27</v>
       </c>
       <c r="O350" t="s">
-        <v>1809</v>
+        <v>1811</v>
       </c>
       <c r="P350" t="s">
-        <v>1810</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="351" spans="1:16">
       <c r="A351" t="s">
-        <v>1811</v>
+        <v>1813</v>
       </c>
       <c r="B351" t="s">
-        <v>1812</v>
+        <v>1814</v>
       </c>
       <c r="C351" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="D351" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E351" t="s">
         <v>20</v>
       </c>
       <c r="F351" t="s">
         <v>21</v>
       </c>
       <c r="G351" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H351">
         <v>2012</v>
       </c>
       <c r="I351"/>
       <c r="J351" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="K351" t="s">
         <v>34</v>
       </c>
       <c r="L351" t="s">
-        <v>1632</v>
+        <v>1634</v>
       </c>
       <c r="M351" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="N351" t="s">
         <v>27</v>
       </c>
       <c r="O351" t="s">
-        <v>1813</v>
+        <v>1815</v>
       </c>
       <c r="P351" t="s">
-        <v>1814</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="352" spans="1:16">
       <c r="A352" t="s">
-        <v>1815</v>
+        <v>1817</v>
       </c>
       <c r="B352" t="s">
-        <v>1816</v>
+        <v>1818</v>
       </c>
       <c r="C352" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="D352" t="s">
         <v>53</v>
       </c>
       <c r="E352" t="s">
         <v>20</v>
       </c>
       <c r="F352" t="s">
         <v>21</v>
       </c>
       <c r="G352" t="s">
         <v>22</v>
       </c>
       <c r="H352">
         <v>2012</v>
       </c>
       <c r="I352">
         <v>2021</v>
       </c>
       <c r="J352" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="K352" t="s">
         <v>34</v>
       </c>
       <c r="L352"/>
       <c r="M352" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="N352" t="s">
         <v>27</v>
       </c>
       <c r="O352" t="s">
-        <v>1817</v>
+        <v>1819</v>
       </c>
       <c r="P352" t="s">
-        <v>1818</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="353" spans="1:16">
       <c r="A353" t="s">
-        <v>1819</v>
+        <v>1821</v>
       </c>
       <c r="B353" t="s">
-        <v>1820</v>
+        <v>1822</v>
       </c>
       <c r="C353" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="D353" t="s">
         <v>53</v>
       </c>
       <c r="E353" t="s">
         <v>20</v>
       </c>
       <c r="F353" t="s">
         <v>21</v>
       </c>
       <c r="G353" t="s">
-        <v>954</v>
+        <v>68</v>
       </c>
       <c r="H353">
         <v>2012</v>
       </c>
       <c r="I353">
         <v>2015</v>
       </c>
       <c r="J353" t="s">
-        <v>1541</v>
+        <v>1543</v>
       </c>
       <c r="K353" t="s">
         <v>34</v>
       </c>
       <c r="L353"/>
       <c r="M353" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="N353" t="s">
         <v>27</v>
       </c>
       <c r="O353" t="s">
-        <v>1821</v>
+        <v>1823</v>
       </c>
       <c r="P353" t="s">
-        <v>1822</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="354" spans="1:16">
       <c r="A354" t="s">
-        <v>1823</v>
+        <v>1825</v>
       </c>
       <c r="B354" t="s">
-        <v>1824</v>
+        <v>1826</v>
       </c>
       <c r="C354" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="D354" t="s">
         <v>53</v>
       </c>
       <c r="E354" t="s">
         <v>20</v>
       </c>
       <c r="F354" t="s">
         <v>21</v>
       </c>
       <c r="G354" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H354">
         <v>2012</v>
       </c>
       <c r="I354"/>
       <c r="J354" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="K354" t="s">
         <v>34</v>
       </c>
       <c r="L354"/>
       <c r="M354" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="N354" t="s">
         <v>27</v>
       </c>
       <c r="O354" t="s">
-        <v>1825</v>
+        <v>1827</v>
       </c>
       <c r="P354" t="s">
-        <v>1826</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="355" spans="1:16">
       <c r="A355" t="s">
-        <v>1827</v>
+        <v>1829</v>
       </c>
       <c r="B355" t="s">
-        <v>1828</v>
+        <v>1830</v>
       </c>
       <c r="C355" t="s">
-        <v>1829</v>
+        <v>1831</v>
       </c>
       <c r="D355" t="s">
-        <v>1830</v>
+        <v>1832</v>
       </c>
       <c r="E355" t="s">
         <v>20</v>
       </c>
       <c r="F355" t="s">
         <v>43</v>
       </c>
       <c r="G355" t="s">
         <v>22</v>
       </c>
       <c r="H355">
         <v>2009</v>
       </c>
       <c r="I355">
         <v>2016</v>
       </c>
       <c r="J355" t="s">
         <v>33</v>
       </c>
       <c r="K355" t="s">
         <v>24</v>
       </c>
       <c r="L355"/>
       <c r="M355" t="s">
-        <v>1831</v>
+        <v>1833</v>
       </c>
       <c r="N355" t="s">
         <v>27</v>
       </c>
       <c r="O355" t="s">
-        <v>1832</v>
+        <v>1834</v>
       </c>
       <c r="P355" t="s">
-        <v>1833</v>
+        <v>1835</v>
       </c>
     </row>
     <row r="356" spans="1:16">
       <c r="A356" t="s">
-        <v>1834</v>
+        <v>1836</v>
       </c>
       <c r="B356" t="s">
-        <v>1835</v>
+        <v>1837</v>
       </c>
       <c r="C356" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="D356" t="s">
-        <v>1836</v>
+        <v>1838</v>
       </c>
       <c r="E356" t="s">
         <v>42</v>
       </c>
       <c r="F356" t="s">
         <v>54</v>
       </c>
       <c r="G356" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H356">
         <v>2014</v>
       </c>
       <c r="I356"/>
       <c r="J356" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="K356" t="s">
         <v>34</v>
       </c>
       <c r="L356" t="s">
-        <v>1837</v>
+        <v>1839</v>
       </c>
       <c r="M356" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
       <c r="N356" t="s">
         <v>27</v>
       </c>
       <c r="O356" t="s">
-        <v>1839</v>
+        <v>1841</v>
       </c>
       <c r="P356" t="s">
-        <v>1840</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="357" spans="1:16">
       <c r="A357" t="s">
-        <v>1841</v>
+        <v>1843</v>
       </c>
       <c r="B357" t="s">
-        <v>1842</v>
+        <v>1844</v>
       </c>
       <c r="C357" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="D357" t="s">
         <v>62</v>
       </c>
       <c r="E357" t="s">
         <v>42</v>
       </c>
       <c r="F357" t="s">
         <v>54</v>
       </c>
       <c r="G357" t="s">
         <v>22</v>
       </c>
       <c r="H357">
         <v>1997</v>
       </c>
       <c r="I357">
         <v>2015</v>
       </c>
       <c r="J357" t="s">
         <v>33</v>
       </c>
       <c r="K357" t="s">
         <v>34</v>
       </c>
       <c r="L357" t="s">
-        <v>1843</v>
+        <v>1845</v>
       </c>
       <c r="M357" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
       <c r="N357" t="s">
         <v>27</v>
       </c>
       <c r="O357" t="s">
-        <v>1844</v>
+        <v>1846</v>
       </c>
       <c r="P357" t="s">
-        <v>1845</v>
+        <v>1847</v>
       </c>
     </row>
     <row r="358" spans="1:16">
       <c r="A358" t="s">
-        <v>1846</v>
+        <v>1848</v>
       </c>
       <c r="B358" t="s">
-        <v>1847</v>
+        <v>1849</v>
       </c>
       <c r="C358" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="D358" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E358" t="s">
         <v>42</v>
       </c>
       <c r="F358" t="s">
         <v>54</v>
       </c>
       <c r="G358" t="s">
         <v>22</v>
       </c>
       <c r="H358">
         <v>2013</v>
       </c>
       <c r="I358">
         <v>2018</v>
       </c>
       <c r="J358" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="K358" t="s">
         <v>34</v>
       </c>
       <c r="L358" t="s">
-        <v>1848</v>
+        <v>1850</v>
       </c>
       <c r="M358" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
       <c r="N358" t="s">
         <v>27</v>
       </c>
       <c r="O358" t="s">
-        <v>1849</v>
+        <v>1851</v>
       </c>
       <c r="P358" t="s">
-        <v>1850</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="359" spans="1:16">
       <c r="A359" t="s">
-        <v>1851</v>
+        <v>1853</v>
       </c>
       <c r="B359" t="s">
-        <v>1852</v>
+        <v>1854</v>
       </c>
       <c r="C359" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="D359" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E359" t="s">
         <v>42</v>
       </c>
       <c r="F359" t="s">
         <v>54</v>
       </c>
       <c r="G359" t="s">
         <v>22</v>
       </c>
       <c r="H359">
         <v>2003</v>
       </c>
       <c r="I359">
         <v>2012</v>
       </c>
       <c r="J359" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="K359" t="s">
         <v>34</v>
       </c>
       <c r="L359" t="s">
-        <v>1853</v>
+        <v>1855</v>
       </c>
       <c r="M359" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
       <c r="N359" t="s">
         <v>27</v>
       </c>
       <c r="O359" t="s">
-        <v>1854</v>
+        <v>1856</v>
       </c>
       <c r="P359" t="s">
-        <v>1855</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="360" spans="1:16">
       <c r="A360" t="s">
-        <v>1856</v>
+        <v>1858</v>
       </c>
       <c r="B360" t="s">
-        <v>1857</v>
+        <v>1859</v>
       </c>
       <c r="C360" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="D360" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="E360" t="s">
         <v>42</v>
       </c>
       <c r="F360" t="s">
         <v>54</v>
       </c>
       <c r="G360" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H360">
         <v>2013</v>
       </c>
       <c r="I360"/>
       <c r="J360" t="s">
-        <v>1858</v>
+        <v>1860</v>
       </c>
       <c r="K360" t="s">
         <v>34</v>
       </c>
       <c r="L360" t="s">
-        <v>1859</v>
+        <v>1861</v>
       </c>
       <c r="M360" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
       <c r="N360" t="s">
         <v>27</v>
       </c>
       <c r="O360" t="s">
-        <v>1860</v>
+        <v>1862</v>
       </c>
       <c r="P360" t="s">
-        <v>1861</v>
+        <v>1863</v>
       </c>
     </row>
     <row r="361" spans="1:16">
       <c r="A361" t="s">
-        <v>1862</v>
+        <v>1864</v>
       </c>
       <c r="B361" t="s">
-        <v>1863</v>
+        <v>1865</v>
       </c>
       <c r="C361" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="D361" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="E361" t="s">
         <v>42</v>
       </c>
       <c r="F361" t="s">
         <v>54</v>
       </c>
       <c r="G361" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H361">
         <v>2012</v>
       </c>
       <c r="I361"/>
       <c r="J361" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="K361" t="s">
         <v>34</v>
       </c>
       <c r="L361" t="s">
-        <v>1864</v>
+        <v>1866</v>
       </c>
       <c r="M361" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
       <c r="N361" t="s">
         <v>27</v>
       </c>
       <c r="O361" t="s">
-        <v>1865</v>
+        <v>1867</v>
       </c>
       <c r="P361" t="s">
-        <v>1866</v>
+        <v>1868</v>
       </c>
     </row>
     <row r="362" spans="1:16">
       <c r="A362" t="s">
-        <v>1867</v>
+        <v>1869</v>
       </c>
       <c r="B362" t="s">
-        <v>1868</v>
+        <v>1870</v>
       </c>
       <c r="C362" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="D362" t="s">
         <v>84</v>
       </c>
       <c r="E362" t="s">
         <v>42</v>
       </c>
       <c r="F362" t="s">
         <v>54</v>
       </c>
       <c r="G362" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H362">
         <v>1998</v>
       </c>
       <c r="I362"/>
       <c r="J362" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="K362" t="s">
         <v>34</v>
       </c>
       <c r="L362" t="s">
-        <v>1869</v>
+        <v>1871</v>
       </c>
       <c r="M362" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
       <c r="N362" t="s">
         <v>36</v>
       </c>
       <c r="O362" t="s">
-        <v>1870</v>
+        <v>1872</v>
       </c>
       <c r="P362" t="s">
-        <v>1871</v>
+        <v>1873</v>
       </c>
     </row>
     <row r="363" spans="1:16">
       <c r="A363" t="s">
-        <v>1872</v>
+        <v>1874</v>
       </c>
       <c r="B363" t="s">
-        <v>1873</v>
+        <v>1875</v>
       </c>
       <c r="C363" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="D363" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E363" t="s">
         <v>42</v>
       </c>
       <c r="F363" t="s">
         <v>54</v>
       </c>
       <c r="G363" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H363">
         <v>2018</v>
       </c>
       <c r="I363"/>
       <c r="J363" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="K363" t="s">
         <v>34</v>
       </c>
       <c r="L363" t="s">
-        <v>1874</v>
+        <v>1876</v>
       </c>
       <c r="M363" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
       <c r="N363" t="s">
         <v>27</v>
       </c>
       <c r="O363" t="s">
-        <v>1875</v>
+        <v>1877</v>
       </c>
       <c r="P363" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="364" spans="1:16">
       <c r="A364" t="s">
-        <v>1877</v>
+        <v>1879</v>
       </c>
       <c r="B364" t="s">
-        <v>1878</v>
+        <v>1880</v>
       </c>
       <c r="C364" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="D364" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E364" t="s">
         <v>42</v>
       </c>
       <c r="F364" t="s">
         <v>54</v>
       </c>
       <c r="G364" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H364">
         <v>2018</v>
       </c>
       <c r="I364"/>
       <c r="J364" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="K364" t="s">
         <v>34</v>
       </c>
       <c r="L364" t="s">
-        <v>1879</v>
+        <v>1881</v>
       </c>
       <c r="M364" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
       <c r="N364" t="s">
         <v>27</v>
       </c>
       <c r="O364" t="s">
-        <v>1880</v>
+        <v>1882</v>
       </c>
       <c r="P364" t="s">
-        <v>1881</v>
+        <v>1883</v>
       </c>
     </row>
     <row r="365" spans="1:16">
       <c r="A365" t="s">
-        <v>1882</v>
+        <v>1884</v>
       </c>
       <c r="B365" t="s">
-        <v>1883</v>
+        <v>1885</v>
       </c>
       <c r="C365" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="D365" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E365" t="s">
         <v>42</v>
       </c>
       <c r="F365" t="s">
         <v>54</v>
       </c>
       <c r="G365" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H365">
         <v>2012</v>
       </c>
       <c r="I365"/>
       <c r="J365" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="K365" t="s">
         <v>34</v>
       </c>
       <c r="L365" t="s">
-        <v>1884</v>
+        <v>1886</v>
       </c>
       <c r="M365" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
       <c r="N365" t="s">
         <v>27</v>
       </c>
       <c r="O365" t="s">
-        <v>1885</v>
+        <v>1887</v>
       </c>
       <c r="P365" t="s">
-        <v>1886</v>
+        <v>1888</v>
       </c>
     </row>
     <row r="366" spans="1:16">
       <c r="A366" t="s">
-        <v>1887</v>
+        <v>1889</v>
       </c>
       <c r="B366" t="s">
-        <v>1888</v>
+        <v>1890</v>
       </c>
       <c r="C366" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="D366" t="s">
         <v>53</v>
       </c>
       <c r="E366" t="s">
         <v>42</v>
       </c>
       <c r="F366" t="s">
         <v>54</v>
       </c>
       <c r="G366" t="s">
         <v>22</v>
       </c>
       <c r="H366">
         <v>2004</v>
       </c>
       <c r="I366">
         <v>2012</v>
       </c>
       <c r="J366" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="K366" t="s">
         <v>34</v>
       </c>
       <c r="L366" t="s">
-        <v>1889</v>
+        <v>1891</v>
       </c>
       <c r="M366" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
       <c r="N366" t="s">
         <v>27</v>
       </c>
       <c r="O366" t="s">
-        <v>1890</v>
+        <v>1892</v>
       </c>
       <c r="P366" t="s">
-        <v>1891</v>
+        <v>1893</v>
       </c>
     </row>
     <row r="367" spans="1:16">
       <c r="A367" t="s">
-        <v>1892</v>
+        <v>1894</v>
       </c>
       <c r="B367" t="s">
-        <v>1893</v>
+        <v>1895</v>
       </c>
       <c r="C367" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="D367" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="E367" t="s">
         <v>42</v>
       </c>
       <c r="F367" t="s">
         <v>54</v>
       </c>
       <c r="G367" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H367">
         <v>2015</v>
       </c>
       <c r="I367"/>
       <c r="J367" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="K367" t="s">
         <v>34</v>
       </c>
       <c r="L367" t="s">
-        <v>1894</v>
+        <v>1896</v>
       </c>
       <c r="M367" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
       <c r="N367" t="s">
         <v>27</v>
       </c>
       <c r="O367" t="s">
-        <v>1895</v>
+        <v>1897</v>
       </c>
       <c r="P367" t="s">
-        <v>1896</v>
+        <v>1898</v>
       </c>
     </row>
     <row r="368" spans="1:16">
       <c r="A368" t="s">
-        <v>1897</v>
+        <v>1899</v>
       </c>
       <c r="B368" t="s">
-        <v>1898</v>
+        <v>1900</v>
       </c>
       <c r="C368" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="D368" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="E368" t="s">
         <v>42</v>
       </c>
       <c r="F368" t="s">
         <v>54</v>
       </c>
       <c r="G368" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H368">
         <v>2012</v>
       </c>
       <c r="I368"/>
       <c r="J368" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="K368" t="s">
         <v>34</v>
       </c>
       <c r="L368" t="s">
-        <v>1899</v>
+        <v>1901</v>
       </c>
       <c r="M368" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
       <c r="N368" t="s">
         <v>27</v>
       </c>
       <c r="O368" t="s">
-        <v>1900</v>
+        <v>1902</v>
       </c>
       <c r="P368" t="s">
-        <v>1901</v>
+        <v>1903</v>
       </c>
     </row>
     <row r="369" spans="1:16">
       <c r="A369" t="s">
-        <v>1902</v>
+        <v>1904</v>
       </c>
       <c r="B369" t="s">
-        <v>1903</v>
+        <v>1905</v>
       </c>
       <c r="C369" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="D369" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="E369" t="s">
         <v>42</v>
       </c>
       <c r="F369" t="s">
         <v>54</v>
       </c>
       <c r="G369" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H369">
         <v>2004</v>
       </c>
       <c r="I369"/>
       <c r="J369" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="K369" t="s">
         <v>34</v>
       </c>
       <c r="L369" t="s">
-        <v>1904</v>
+        <v>1906</v>
       </c>
       <c r="M369" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
       <c r="N369" t="s">
         <v>27</v>
       </c>
       <c r="O369" t="s">
-        <v>1905</v>
+        <v>1907</v>
       </c>
       <c r="P369" t="s">
-        <v>1906</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="370" spans="1:16">
       <c r="A370" t="s">
-        <v>1907</v>
+        <v>1909</v>
       </c>
       <c r="B370" t="s">
-        <v>1908</v>
+        <v>1910</v>
       </c>
       <c r="C370" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D370" t="s">
-        <v>1909</v>
+        <v>1911</v>
       </c>
       <c r="E370" t="s">
         <v>20</v>
       </c>
       <c r="F370" t="s">
         <v>21</v>
       </c>
       <c r="G370" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H370">
         <v>2021</v>
       </c>
       <c r="I370"/>
       <c r="J370" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="K370" t="s">
         <v>34</v>
       </c>
       <c r="L370"/>
       <c r="M370"/>
       <c r="N370" t="s">
         <v>27</v>
       </c>
       <c r="O370" t="s">
-        <v>1910</v>
+        <v>1912</v>
       </c>
       <c r="P370" t="s">
-        <v>1911</v>
+        <v>1913</v>
       </c>
     </row>
     <row r="371" spans="1:16">
       <c r="A371" t="s">
-        <v>1912</v>
+        <v>1914</v>
       </c>
       <c r="B371" t="s">
-        <v>1913</v>
+        <v>1915</v>
       </c>
       <c r="C371" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D371" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E371" t="s">
         <v>20</v>
       </c>
       <c r="F371" t="s">
         <v>21</v>
       </c>
       <c r="G371" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H371">
         <v>2021</v>
       </c>
       <c r="I371"/>
       <c r="J371" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="K371" t="s">
         <v>34</v>
       </c>
       <c r="L371"/>
       <c r="M371"/>
       <c r="N371" t="s">
         <v>36</v>
       </c>
       <c r="O371" t="s">
-        <v>1914</v>
+        <v>1916</v>
       </c>
       <c r="P371" t="s">
-        <v>1911</v>
+        <v>1913</v>
       </c>
     </row>
     <row r="372" spans="1:16">
       <c r="A372" t="s">
-        <v>1915</v>
+        <v>1917</v>
       </c>
       <c r="B372" t="s">
-        <v>1916</v>
+        <v>1918</v>
       </c>
       <c r="C372" t="s">
-        <v>1917</v>
+        <v>1919</v>
       </c>
       <c r="D372" t="s">
-        <v>1918</v>
+        <v>1920</v>
       </c>
       <c r="E372" t="s">
         <v>20</v>
       </c>
       <c r="F372" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="G372" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H372">
         <v>2016</v>
       </c>
       <c r="I372"/>
       <c r="J372" t="s">
-        <v>1919</v>
+        <v>1921</v>
       </c>
       <c r="K372" t="s">
         <v>34</v>
       </c>
       <c r="L372"/>
       <c r="M372" t="s">
-        <v>1920</v>
+        <v>1922</v>
       </c>
       <c r="N372" t="s">
         <v>36</v>
       </c>
       <c r="O372" t="s">
-        <v>1921</v>
+        <v>1923</v>
       </c>
       <c r="P372" t="s">
-        <v>1922</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="373" spans="1:16">
       <c r="A373" t="s">
-        <v>1923</v>
+        <v>1925</v>
       </c>
       <c r="B373" t="s">
-        <v>1924</v>
+        <v>1926</v>
       </c>
       <c r="C373" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="D373" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E373" t="s">
         <v>42</v>
       </c>
       <c r="F373" t="s">
         <v>43</v>
       </c>
       <c r="G373" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
       <c r="H373">
         <v>2021</v>
       </c>
       <c r="I373"/>
       <c r="J373" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="K373" t="s">
         <v>34</v>
       </c>
       <c r="L373" t="s">
-        <v>1925</v>
+        <v>1927</v>
       </c>
       <c r="M373" t="s">
-        <v>1926</v>
+        <v>1928</v>
       </c>
       <c r="N373" t="s">
         <v>27</v>
       </c>
       <c r="O373" t="s">
-        <v>1927</v>
+        <v>1929</v>
       </c>
       <c r="P373" t="s">
-        <v>1928</v>
+        <v>1930</v>
       </c>
     </row>
     <row r="374" spans="1:16">
       <c r="A374" t="s">
-        <v>1929</v>
+        <v>1931</v>
       </c>
       <c r="B374" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="C374" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="D374" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E374" t="s">
         <v>20</v>
       </c>
       <c r="F374" t="s">
         <v>21</v>
       </c>
       <c r="G374" t="s">
         <v>22</v>
       </c>
       <c r="H374">
         <v>2011</v>
       </c>
       <c r="I374">
         <v>2011</v>
       </c>
       <c r="J374" t="s">
         <v>69</v>
       </c>
       <c r="K374" t="s">
         <v>34</v>
       </c>
       <c r="L374" t="s">
-        <v>1930</v>
+        <v>1932</v>
       </c>
       <c r="M374" t="s">
-        <v>1728</v>
+        <v>1730</v>
       </c>
       <c r="N374" t="s">
         <v>27</v>
       </c>
       <c r="O374" t="s">
-        <v>1931</v>
+        <v>1933</v>
       </c>
       <c r="P374" t="s">
-        <v>1932</v>
+        <v>1934</v>
       </c>
     </row>
     <row r="375" spans="1:16">
       <c r="A375" t="s">
-        <v>1933</v>
+        <v>1935</v>
       </c>
       <c r="B375" t="s">
-        <v>1934</v>
+        <v>1936</v>
       </c>
       <c r="C375" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="D375" t="s">
         <v>62</v>
       </c>
       <c r="E375" t="s">
         <v>42</v>
       </c>
       <c r="F375" t="s">
         <v>54</v>
       </c>
       <c r="G375" t="s">
         <v>22</v>
       </c>
       <c r="H375">
         <v>2004</v>
       </c>
       <c r="I375">
         <v>2020</v>
       </c>
       <c r="J375" t="s">
         <v>44</v>
       </c>
       <c r="K375" t="s">
         <v>34</v>
       </c>
       <c r="L375" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="M375" t="s">
-        <v>1935</v>
+        <v>1937</v>
       </c>
       <c r="N375" t="s">
         <v>27</v>
       </c>
       <c r="O375" t="s">
-        <v>1936</v>
+        <v>1938</v>
       </c>
       <c r="P375" t="s">
-        <v>1937</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="376" spans="1:16">
       <c r="A376" t="s">
-        <v>1938</v>
+        <v>1940</v>
       </c>
       <c r="B376" t="s">
-        <v>1939</v>
+        <v>1941</v>
       </c>
       <c r="C376" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="D376" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="E376" t="s">
         <v>42</v>
       </c>
       <c r="F376" t="s">
         <v>54</v>
       </c>
       <c r="G376" t="s">
         <v>22</v>
       </c>
       <c r="H376">
         <v>2013</v>
       </c>
       <c r="I376">
         <v>2020</v>
       </c>
       <c r="J376" t="s">
         <v>33</v>
       </c>
       <c r="K376" t="s">
         <v>34</v>
       </c>
       <c r="L376" t="s">
-        <v>1940</v>
+        <v>1942</v>
       </c>
       <c r="M376" t="s">
-        <v>1941</v>
+        <v>1943</v>
       </c>
       <c r="N376" t="s">
         <v>27</v>
       </c>
       <c r="O376" t="s">
-        <v>1942</v>
+        <v>1944</v>
       </c>
       <c r="P376" t="s">
-        <v>1943</v>
+        <v>1945</v>
       </c>
     </row>
     <row r="377" spans="1:16">
       <c r="A377" t="s">
-        <v>1944</v>
+        <v>1946</v>
       </c>
       <c r="B377" t="s">
-        <v>1945</v>
+        <v>1947</v>
       </c>
       <c r="C377" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="D377" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E377" t="s">
         <v>42</v>
       </c>
       <c r="F377" t="s">
         <v>54</v>
       </c>
       <c r="G377" t="s">
         <v>22</v>
       </c>
       <c r="H377">
         <v>2006</v>
       </c>
       <c r="I377">
         <v>2020</v>
       </c>
       <c r="J377" t="s">
         <v>33</v>
       </c>
       <c r="K377" t="s">
         <v>34</v>
       </c>
       <c r="L377" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="M377" t="s">
-        <v>1935</v>
+        <v>1937</v>
       </c>
       <c r="N377" t="s">
         <v>27</v>
       </c>
       <c r="O377" t="s">
-        <v>1946</v>
+        <v>1948</v>
       </c>
       <c r="P377" t="s">
-        <v>1947</v>
+        <v>1949</v>
       </c>
     </row>
     <row r="378" spans="1:16">
       <c r="A378" t="s">
-        <v>1948</v>
+        <v>1950</v>
       </c>
       <c r="B378" t="s">
-        <v>1949</v>
+        <v>1951</v>
       </c>
       <c r="C378" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="D378" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E378" t="s">
         <v>42</v>
       </c>
       <c r="F378" t="s">
         <v>54</v>
       </c>
       <c r="G378" t="s">
         <v>22</v>
       </c>
       <c r="H378">
         <v>2003</v>
       </c>
       <c r="I378">
         <v>2020</v>
       </c>
       <c r="J378" t="s">
         <v>33</v>
       </c>
       <c r="K378" t="s">
         <v>34</v>
       </c>
       <c r="L378"/>
       <c r="M378" t="s">
-        <v>1935</v>
+        <v>1937</v>
       </c>
       <c r="N378" t="s">
         <v>27</v>
       </c>
       <c r="O378" t="s">
-        <v>1950</v>
+        <v>1952</v>
       </c>
       <c r="P378" t="s">
-        <v>1951</v>
+        <v>1953</v>
       </c>
     </row>
     <row r="379" spans="1:16">
       <c r="A379" t="s">
-        <v>1952</v>
+        <v>1954</v>
       </c>
       <c r="B379" t="s">
-        <v>1953</v>
+        <v>1955</v>
       </c>
       <c r="C379" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="D379" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E379" t="s">
         <v>42</v>
       </c>
       <c r="F379" t="s">
         <v>54</v>
       </c>
       <c r="G379" t="s">
         <v>22</v>
       </c>
       <c r="H379">
         <v>2001</v>
       </c>
       <c r="I379">
         <v>2020</v>
       </c>
       <c r="J379" t="s">
         <v>33</v>
       </c>
       <c r="K379" t="s">
         <v>34</v>
       </c>
       <c r="L379" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="M379" t="s">
-        <v>1935</v>
+        <v>1937</v>
       </c>
       <c r="N379" t="s">
         <v>27</v>
       </c>
       <c r="O379" t="s">
-        <v>1954</v>
+        <v>1956</v>
       </c>
       <c r="P379" t="s">
-        <v>1955</v>
+        <v>1957</v>
       </c>
     </row>
     <row r="380" spans="1:16">
       <c r="A380" t="s">
-        <v>1956</v>
+        <v>1958</v>
       </c>
       <c r="B380" t="s">
-        <v>1957</v>
+        <v>1959</v>
       </c>
       <c r="C380" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="D380" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E380" t="s">
         <v>42</v>
       </c>
       <c r="F380" t="s">
         <v>54</v>
       </c>
       <c r="G380" t="s">
         <v>22</v>
       </c>
       <c r="H380">
         <v>2000</v>
       </c>
       <c r="I380">
         <v>2020</v>
       </c>
       <c r="J380" t="s">
         <v>33</v>
       </c>
       <c r="K380" t="s">
         <v>34</v>
       </c>
       <c r="L380" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="M380" t="s">
-        <v>1935</v>
+        <v>1937</v>
       </c>
       <c r="N380" t="s">
         <v>27</v>
       </c>
       <c r="O380" t="s">
-        <v>1958</v>
+        <v>1960</v>
       </c>
       <c r="P380" t="s">
-        <v>1959</v>
+        <v>1961</v>
       </c>
     </row>
     <row r="381" spans="1:16">
       <c r="A381" t="s">
-        <v>1960</v>
+        <v>1962</v>
       </c>
       <c r="B381" t="s">
-        <v>1961</v>
+        <v>1963</v>
       </c>
       <c r="C381" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="D381" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E381" t="s">
         <v>42</v>
       </c>
       <c r="F381" t="s">
         <v>54</v>
       </c>
       <c r="G381" t="s">
         <v>22</v>
       </c>
       <c r="H381">
         <v>2002</v>
       </c>
       <c r="I381">
         <v>2020</v>
       </c>
       <c r="J381" t="s">
         <v>33</v>
       </c>
       <c r="K381" t="s">
         <v>34</v>
       </c>
       <c r="L381" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="M381" t="s">
-        <v>1935</v>
+        <v>1937</v>
       </c>
       <c r="N381" t="s">
         <v>27</v>
       </c>
       <c r="O381" t="s">
-        <v>1962</v>
+        <v>1964</v>
       </c>
       <c r="P381" t="s">
-        <v>1963</v>
+        <v>1965</v>
       </c>
     </row>
     <row r="382" spans="1:16">
       <c r="A382" t="s">
-        <v>1964</v>
+        <v>1966</v>
       </c>
       <c r="B382" t="s">
-        <v>1965</v>
+        <v>1967</v>
       </c>
       <c r="C382" t="s">
         <v>18</v>
       </c>
       <c r="D382" t="s">
-        <v>1966</v>
+        <v>1968</v>
       </c>
       <c r="E382" t="s">
         <v>42</v>
       </c>
       <c r="F382" t="s">
         <v>54</v>
       </c>
       <c r="G382" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H382">
         <v>2013</v>
       </c>
       <c r="I382"/>
       <c r="J382" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K382" t="s">
         <v>34</v>
       </c>
       <c r="L382" t="s">
-        <v>1967</v>
+        <v>1969</v>
       </c>
       <c r="M382" t="s">
-        <v>1968</v>
+        <v>1970</v>
       </c>
       <c r="N382" t="s">
         <v>27</v>
       </c>
       <c r="O382" t="s">
-        <v>1969</v>
+        <v>1971</v>
       </c>
       <c r="P382" t="s">
-        <v>1970</v>
+        <v>1972</v>
       </c>
     </row>
     <row r="383" spans="1:16">
       <c r="A383" t="s">
-        <v>1971</v>
+        <v>1973</v>
       </c>
       <c r="B383" t="s">
-        <v>1972</v>
+        <v>1974</v>
       </c>
       <c r="C383" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="D383" t="s">
-        <v>1973</v>
+        <v>1975</v>
       </c>
       <c r="E383" t="s">
         <v>42</v>
       </c>
       <c r="F383" t="s">
         <v>21</v>
       </c>
       <c r="G383" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H383">
         <v>2012</v>
       </c>
       <c r="I383"/>
       <c r="J383" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="K383" t="s">
         <v>34</v>
       </c>
       <c r="L383"/>
       <c r="M383" t="s">
-        <v>1974</v>
+        <v>1976</v>
       </c>
       <c r="N383" t="s">
         <v>27</v>
       </c>
       <c r="O383" t="s">
-        <v>1975</v>
+        <v>1977</v>
       </c>
       <c r="P383" t="s">
-        <v>1976</v>
+        <v>1978</v>
       </c>
     </row>
     <row r="384" spans="1:16">
       <c r="A384" t="s">
-        <v>1977</v>
+        <v>1979</v>
       </c>
       <c r="B384" t="s">
-        <v>1978</v>
+        <v>1980</v>
       </c>
       <c r="C384" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="D384" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="E384" t="s">
         <v>42</v>
       </c>
       <c r="F384" t="s">
         <v>21</v>
       </c>
       <c r="G384" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H384">
         <v>2007</v>
       </c>
       <c r="I384"/>
       <c r="J384" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="K384" t="s">
         <v>34</v>
       </c>
       <c r="L384"/>
       <c r="M384" t="s">
-        <v>1974</v>
+        <v>1976</v>
       </c>
       <c r="N384" t="s">
         <v>27</v>
       </c>
       <c r="O384" t="s">
-        <v>1979</v>
+        <v>1981</v>
       </c>
       <c r="P384" t="s">
-        <v>1980</v>
+        <v>1982</v>
       </c>
     </row>
     <row r="385" spans="1:16">
       <c r="A385" t="s">
-        <v>1981</v>
+        <v>1983</v>
       </c>
       <c r="B385" t="s">
-        <v>1982</v>
+        <v>1984</v>
       </c>
       <c r="C385" t="s">
-        <v>1983</v>
+        <v>1985</v>
       </c>
       <c r="D385" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="E385" t="s">
         <v>42</v>
       </c>
       <c r="F385" t="s">
         <v>21</v>
       </c>
       <c r="G385" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H385">
         <v>2021</v>
       </c>
       <c r="I385"/>
       <c r="J385" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="K385" t="s">
         <v>34</v>
       </c>
       <c r="L385" t="s">
-        <v>1984</v>
+        <v>1986</v>
       </c>
       <c r="M385" t="s">
-        <v>1985</v>
+        <v>1987</v>
       </c>
       <c r="N385" t="s">
         <v>27</v>
       </c>
       <c r="O385" t="s">
-        <v>1986</v>
+        <v>1988</v>
       </c>
       <c r="P385"/>
     </row>
     <row r="386" spans="1:16">
       <c r="A386" t="s">
-        <v>1987</v>
+        <v>1989</v>
       </c>
       <c r="B386" t="s">
-        <v>1988</v>
+        <v>1990</v>
       </c>
       <c r="C386" t="s">
-        <v>1983</v>
+        <v>1985</v>
       </c>
       <c r="D386" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="E386" t="s">
         <v>42</v>
       </c>
       <c r="F386" t="s">
         <v>21</v>
       </c>
       <c r="G386" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H386">
         <v>2015</v>
       </c>
       <c r="I386"/>
       <c r="J386" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="K386" t="s">
         <v>34</v>
       </c>
       <c r="L386" t="s">
-        <v>1989</v>
+        <v>1991</v>
       </c>
       <c r="M386" t="s">
-        <v>1985</v>
+        <v>1987</v>
       </c>
       <c r="N386" t="s">
         <v>27</v>
       </c>
       <c r="O386" t="s">
-        <v>1990</v>
+        <v>1992</v>
       </c>
       <c r="P386" t="s">
-        <v>1991</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="387" spans="1:16">
       <c r="A387" t="s">
-        <v>1992</v>
+        <v>1994</v>
       </c>
       <c r="B387" t="s">
-        <v>1993</v>
+        <v>1995</v>
       </c>
       <c r="C387" t="s">
-        <v>1983</v>
+        <v>1985</v>
       </c>
       <c r="D387" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="E387" t="s">
         <v>42</v>
       </c>
       <c r="F387" t="s">
         <v>43</v>
       </c>
       <c r="G387" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H387">
         <v>2015</v>
       </c>
       <c r="I387"/>
       <c r="J387" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="K387" t="s">
         <v>34</v>
       </c>
       <c r="L387" t="s">
-        <v>1994</v>
+        <v>1996</v>
       </c>
       <c r="M387" t="s">
-        <v>1985</v>
+        <v>1987</v>
       </c>
       <c r="N387" t="s">
         <v>27</v>
       </c>
       <c r="O387" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="P387" t="s">
-        <v>1996</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="388" spans="1:16">
       <c r="A388" t="s">
-        <v>1997</v>
+        <v>1999</v>
       </c>
       <c r="B388" t="s">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="C388" t="s">
-        <v>1983</v>
+        <v>1985</v>
       </c>
       <c r="D388" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E388" t="s">
         <v>42</v>
       </c>
       <c r="F388" t="s">
         <v>43</v>
       </c>
       <c r="G388" t="s">
-        <v>1738</v>
+        <v>1740</v>
       </c>
       <c r="H388">
         <v>2021</v>
       </c>
       <c r="I388"/>
       <c r="J388" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="K388" t="s">
         <v>34</v>
       </c>
       <c r="L388" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="M388" t="s">
-        <v>1985</v>
+        <v>1987</v>
       </c>
       <c r="N388" t="s">
         <v>27</v>
       </c>
       <c r="O388" t="s">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="P388" t="s">
-        <v>2001</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="389" spans="1:16">
       <c r="A389" t="s">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="B389" t="s">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="C389" t="s">
-        <v>1983</v>
+        <v>1985</v>
       </c>
       <c r="D389" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E389" t="s">
         <v>42</v>
       </c>
       <c r="F389" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="G389" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H389">
         <v>2021</v>
       </c>
       <c r="I389"/>
       <c r="J389" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="K389" t="s">
         <v>34</v>
       </c>
       <c r="L389" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="M389" t="s">
-        <v>1985</v>
+        <v>1987</v>
       </c>
       <c r="N389" t="s">
         <v>27</v>
       </c>
       <c r="O389" t="s">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="P389" t="s">
-        <v>2005</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="390" spans="1:16">
       <c r="A390" t="s">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="B390" t="s">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="C390" t="s">
-        <v>1983</v>
+        <v>1985</v>
       </c>
       <c r="D390" t="s">
         <v>53</v>
       </c>
       <c r="E390" t="s">
         <v>42</v>
       </c>
       <c r="F390" t="s">
         <v>43</v>
       </c>
       <c r="G390" t="s">
         <v>22</v>
       </c>
       <c r="H390">
         <v>2012</v>
       </c>
       <c r="I390">
         <v>2015</v>
       </c>
       <c r="J390" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="K390" t="s">
         <v>34</v>
       </c>
       <c r="L390" t="s">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="M390" t="s">
-        <v>1985</v>
+        <v>1987</v>
       </c>
       <c r="N390" t="s">
         <v>27</v>
       </c>
       <c r="O390" t="s">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="P390" t="s">
-        <v>2010</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="391" spans="1:16">
       <c r="A391" t="s">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="B391" t="s">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="C391" t="s">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="D391" t="s">
         <v>53</v>
       </c>
       <c r="E391" t="s">
         <v>20</v>
       </c>
       <c r="F391" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="G391" t="s">
         <v>22</v>
       </c>
       <c r="H391">
         <v>2016</v>
       </c>
       <c r="I391">
         <v>2019</v>
       </c>
       <c r="J391" t="s">
-        <v>1541</v>
+        <v>1543</v>
       </c>
       <c r="K391" t="s">
         <v>34</v>
       </c>
       <c r="L391"/>
       <c r="M391" t="s">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="N391" t="s">
         <v>27</v>
       </c>
       <c r="O391" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="P391" t="s">
-        <v>2016</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="392" spans="1:16">
       <c r="A392" t="s">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="B392" t="s">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="C392" t="s">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="D392" t="s">
         <v>84</v>
       </c>
       <c r="E392" t="s">
         <v>20</v>
       </c>
       <c r="F392" t="s">
         <v>21</v>
       </c>
       <c r="G392" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H392">
         <v>2011</v>
       </c>
       <c r="I392"/>
       <c r="J392" t="s">
         <v>44</v>
       </c>
       <c r="K392" t="s">
         <v>34</v>
       </c>
       <c r="L392"/>
       <c r="M392" t="s">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="N392" t="s">
         <v>36</v>
       </c>
       <c r="O392" t="s">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="P392" t="s">
-        <v>2022</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="393" spans="1:16">
       <c r="A393" t="s">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="B393" t="s">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="C393" t="s">
-        <v>1465</v>
+        <v>1467</v>
       </c>
       <c r="D393" t="s">
-        <v>2025</v>
+        <v>2027</v>
       </c>
       <c r="E393" t="s">
         <v>20</v>
       </c>
       <c r="F393" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="G393" t="s">
         <v>22</v>
       </c>
       <c r="H393">
         <v>2012</v>
       </c>
       <c r="I393">
         <v>2014</v>
       </c>
       <c r="J393" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="K393" t="s">
         <v>34</v>
       </c>
       <c r="L393" t="s">
-        <v>2026</v>
+        <v>2028</v>
       </c>
       <c r="M393" t="s">
-        <v>1468</v>
+        <v>1470</v>
       </c>
       <c r="N393" t="s">
         <v>27</v>
       </c>
       <c r="O393" t="s">
-        <v>2027</v>
+        <v>2029</v>
       </c>
       <c r="P393" t="s">
-        <v>2028</v>
+        <v>2030</v>
       </c>
     </row>
     <row r="394" spans="1:16">
       <c r="A394" t="s">
-        <v>2029</v>
+        <v>2031</v>
       </c>
       <c r="B394" t="s">
-        <v>2030</v>
+        <v>2032</v>
       </c>
       <c r="C394" t="s">
         <v>52</v>
       </c>
       <c r="D394" t="s">
-        <v>1744</v>
+        <v>1746</v>
       </c>
       <c r="E394" t="s">
         <v>42</v>
       </c>
       <c r="F394" t="s">
         <v>21</v>
       </c>
       <c r="G394" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H394">
         <v>2014</v>
       </c>
       <c r="I394"/>
       <c r="J394" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="K394" t="s">
         <v>34</v>
       </c>
       <c r="L394"/>
       <c r="M394"/>
       <c r="N394" t="s">
         <v>27</v>
       </c>
       <c r="O394" t="s">
-        <v>2031</v>
+        <v>2033</v>
       </c>
       <c r="P394" t="s">
-        <v>2032</v>
+        <v>2034</v>
       </c>
     </row>
     <row r="395" spans="1:16">
       <c r="A395" t="s">
-        <v>2033</v>
+        <v>2035</v>
       </c>
       <c r="B395" t="s">
-        <v>2034</v>
+        <v>2036</v>
       </c>
       <c r="C395" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D395" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E395" t="s">
         <v>42</v>
       </c>
       <c r="F395" t="s">
         <v>21</v>
       </c>
       <c r="G395" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="H395">
         <v>2013</v>
       </c>
       <c r="I395"/>
       <c r="J395" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="K395" t="s">
         <v>34</v>
       </c>
       <c r="L395"/>
       <c r="M395"/>
       <c r="N395" t="s">
         <v>27</v>
       </c>
       <c r="O395" t="s">
-        <v>2035</v>
+        <v>2037</v>
       </c>
       <c r="P395" t="s">
-        <v>2036</v>
+        <v>2038</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">