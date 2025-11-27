--- v0 (2025-10-12)
+++ v1 (2025-11-27)
@@ -12,1823 +12,2626 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="546">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="798">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14011</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential lamps</t>
   </si>
   <si>
+    <t>Incandescent lamps and integrated ballast fluorescent lamps intended to be directly powered by the mains electrical grid.</t>
+  </si>
+  <si>
     <t>Algeria</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_lampes_domestiques_5b695196e4dec.pdf</t>
+  </si>
+  <si>
     <t>AS/NZS 4847.2:2010: Self-ballasted lamps for general lighting services—Minimum Energy Performance standards (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies Minimum Energy Performance Standards (MEPS) requirements and related attributes for self ballasted compact fluorescent lamps (CFLs) with integrated means for controlling starting and stable operation that are intended for domestic and similar general lighting purposes. This Standard applies to self ballasted lamps of all voltages and wattages irrespective of the type of lamp cap. This Standard covers lamps that are supplied as individual lamps or part of a luminaire. This Standard is to be read in conjunction with AS/NZS 4847.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-484722010-self-ballasted-lamps-general-lighting-services-minimum-energy-performance</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/led-</t>
+  </si>
+  <si>
     <t>AS/NZS 4782.2:2004: Double-capped fluorescent lamps—Performance specifications—Minimum Energy Performance Standard (MEPS)</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4782.1:2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-478222004-double-capped-fluorescent-lamps-performance-specifications-minimum-energy</t>
   </si>
   <si>
     <t>BDS 1761:2013 (1st revision)</t>
   </si>
   <si>
+    <t>Energy efficiency rating for self-ballasted lamps (integral type compact florescent lamps)</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>BDS 1734:2003</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-17612013-1st-revision-0</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BDS 17:2006 Tungsten filament lamps for domestic and similar general lighting purposes (Third Revision)</t>
   </si>
   <si>
+    <t>Applies to incandescent lamps for general lighting for those lamps of 25 W to 200 W rating, 100 V to 250 V with a nominal life of 1000 hours. Also describes methods of test.</t>
+  </si>
+  <si>
     <t>BDS IEC 60081:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-172006-tungsten-filament-lamps-domestic-and-similar-general-lighting-purposes-third</t>
   </si>
   <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL- Directional Integrated LED Lamps for Indoor Lighting</t>
   </si>
   <si>
+    <t>This policy covers directional integrated LED lamps.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 29295; GB/T 29296</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-directional-integrated-led-lamps-indoor-lighting</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E</t>
+  </si>
+  <si>
     <t>CEL-032. Self-Ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Applies to self-ballasted CFLs of rated voltage of 220V, rated working frequency of 50Hz and rated power of 3 W-60 W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stablization parts are integrated. Does not apply to CFLs with covers.</t>
+  </si>
+  <si>
     <t>GB/T 17263-2013 GB 19044-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-032-self-ballasted-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E6%99%AE%E9%80%9A%E7%85%A7%E6%98%8E%E7%94%A8%E8%87%AA%E9%95%87%E6%B5%81%E8%8D%A7%E5%85%89%E7%81%AF%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-LED products for indoor lighting: Non-directional self ballasted LED lamp</t>
   </si>
   <si>
+    <t>This policy covers LED products for indoor lighting: Non directional self ballasted LED lamp.</t>
+  </si>
+  <si>
     <t>GB/T 24908; GB/T 31112; GB/T 24824</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-led-products-indoor-lighting-non-directional-self-ballasted-led-lamp</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E5%93%81%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources</t>
   </si>
   <si>
+    <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources and repealing Commission Delegated Regulation (EU) No 874/2012.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192015-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2015-20210901</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2020 of 1 October 2019 laying down ecodesign requirements for light sources and separate control gears pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market the following electrical lighting products:
+(a) light sources;
+(b) separate control gears.
+The requirements also apply to light sources and separate control gears placed on the market in a containing product.
+This Regulation shall not apply to light sources and separate control gears specified in points 1 and 2 of Annex III.
+Light sources and separate control gears specified in point 3 of Annex III shall comply only with the requirements of point 3(e) of Annex II.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>July 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192020-1-october-2019-laying-down-ecodesign-requirements-light</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2020-20210901</t>
+  </si>
+  <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
     <t>Decision 4889/QD-BCT LED labeling guidelines</t>
   </si>
   <si>
+    <t>This decision specifies the labeling instructions for LED lamps. Affixing the label is voluntary until December 31, 2019 and will be mandatory from January 1, 2020.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>TCVN 11843:2017, TCVN 11844:2017</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-4889qd-bct-led-labeling-guidelines</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/van-ban/Tai-nguyen-Moi-truong/Quyet-dinh-4889-QD-BCT-2018-cong-bo-tieu-chuan-ky-thuat-hieu-suat-va-dan-nhan-nang-luong-403823.aspx</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Department Circular No. DC 2020-06-0016</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for room air conditioners (window and split type), refrigeration units (single door, two-door manual defrost, and frost-free), and lighting products (CLFs, LFLs, single-capped fluorescent lamps, and LEDs).</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Lighting, Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/department-circular-no-dc-2020-06-0016</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/laws-and-issuances/department-circular-no-dc2020-06-0016</t>
+  </si>
+  <si>
     <t>Directive 2010-30-EU</t>
   </si>
   <si>
+    <t>The strategy includes the mandatory phase-out of incandescent and halogen lamps by 2016, MEPS and labeling for all lighting technologies following the EU directives, large scale CFL and LED lamp distribution programmes, six million lamps in total; along with an extensive communications campaign; and the design of a lamp collection and recycling legislation and infrastructure in Tunisia. The elimination of lamps in power is less than 100,The taxation of lamps by 50 percent to make economic lamps  more competitive, The follow-up of this program for the elimination of other power. Launched program of 600 million incandescent lamps by LED lamps from 2017, as soon as the appearance of the decree ETF -Energy Transition Fund; which will subsidize this program.</t>
+  </si>
+  <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>National Agency for Energy Conservation (ANME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/directive-2010-30-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32012R0874</t>
+  </si>
+  <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 053: 2016</t>
   </si>
   <si>
+    <t>This policy applies to all networked lighting lamps.</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecostand-053-2016</t>
   </si>
   <si>
+    <t>http://www.ecowrex.org/system/files/notif-ecostand-053-2016-fdhs-on-grid-lighting-fr-specifications-techniques-pour-des-lampes-de-service-declairage-en-reseau.pdf</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7601 Fluorescent lamps which are the tubular type of rated powerconsumption of 20W, 28W, 32W, and 40W, the circular type of rated powerconsumption of 32W, and 40W, and the compact type of rated powerconsumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W, FPL36W, FPL 45W, and FPL 55W .7</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Incandescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7501 the white tungsten bulb at 220V of rated power consumption of25-150W, which includes the colorless transparent bulb, the inner frosting bulb,the bulb coated with white, and the bulb coated with thin film.   Energy Efficiency shall be measured by the test method in KS C 7501,which is obtained from lumen divided by power consumption.</t>
+  </si>
+  <si>
     <t>KS C 7501</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-incandescent-lamps</t>
   </si>
   <si>
     <t>KS C 7502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-incandescent-lamps-0</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Self-Ballasted LED Lamps</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for self-ballasted general service LED lamps for general lighting services that works on single phase ac supply up to and including 250V, 50Hz.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>IS 16102 (part 2)</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-self-ballasted-led-lamps</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/2_Amendment_IV_14a.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Tubular Fluorescent Lamps (TFL)</t>
   </si>
   <si>
+    <t>The policy specifies the tubular fluorescent lamps for general lighting services covering all wattages with nominal dimension starting from 1100 millimeter and upto1500 millimeter covering color temperature of 6500 kelvin for halo-phosphate category, and 2700 kelvin, 4000 kelvin and 6500 kelvin  tri-phosphate lamps categories for display of particulars on label.</t>
+  </si>
+  <si>
     <t>IS 2418 (part 1 and 2) -1977 with all amendments</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-tubular-fluorescent-lamps-tfl</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/TFLnoti_New.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy efficiency, functionality and labelling requirements for self-ballasted Light Emitting Diode (LED) lamps</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency, functionality, and product information requirements for self-ballasted LED lamps for general lighting services that works on single-phase alternating current supply up to and including 240V, 50Hz, being manufactured, imported or sold in Oman.
+The standard covers the following types of self-ballasted LED lamps:
+a. Both the directional and non-directional lamps.
+b. Lamps having a luminous flux above 60 lumens and below 12,000 lumens.</t>
+  </si>
+  <si>
     <t>Oman</t>
   </si>
   <si>
     <t>October 2021</t>
   </si>
   <si>
     <t>Ministry of Commerce and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-functionality-and-labelling-requirements-self-ballasted-light-emitting</t>
   </si>
   <si>
+    <t>https://www.tuv.com/regulations-and-standards/en/oman-ministerial-decree-obligating-the-omani-standard-energy-efficiency-functionality-and.html</t>
+  </si>
+  <si>
     <t>Energy Labeling of Electrical Products and Household Appliances (NM 14.2.300)</t>
   </si>
   <si>
+    <t>This standard specifies mandatory labeling requirements for cooling appliances (refrigerators, freezers, and air conditioners), cooking appliances (electric ovens), cleaning appliances (dishwashers, washing machines, and clothes dryers), and household electric lamps (incandescent and fluorescent lamps with/without integrated ballast).</t>
+  </si>
+  <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers, Laundry, Washing Machines, Lighting, Lamps, Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Institut Marocain de Normalisation (IMANOR)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-electrical-products-and-household-appliances-nm-142300</t>
   </si>
   <si>
+    <t>https://www.imanor.gov.ma/Norme/nm-14-2-300/#</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
   </si>
   <si>
+    <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
     <t>Gaceta Oficial No. 40.370 de fecha 12 de marzo de 2014</t>
   </si>
   <si>
+    <t>Incandescent lamps subject to the fulfillment of this resolution, have the following: conventional type, with voltage exceeding 100 V and whose power is greater than or equal to 25 W.</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gaceta-oficial-no-40370-de-fecha-12-de-marzo-de-2014</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/resolucion_conjunta_47_energia_12_mar_2014.pdf</t>
+  </si>
+  <si>
     <t>GB 19044-2013 Limited values of energy efficiency and rating criteria of self-ballasted fluorescent lamps for general lighting service</t>
   </si>
   <si>
+    <t>Applies to CFLs of rated voltage of 220V; rated working frequency of 50Hz and rated power lower than 60W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stabilization parts are integrated.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 17263</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19044-2013-limited-values-energy-efficiency-and-rating-criteria-self-ballasted</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FF70D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29142-2012 Minimum allowable values of energy efficiency and energy efficiency grades for single-capped electrodeless fluorescent lamps</t>
   </si>
   <si>
+    <t>This policy applies to out-coupling and inner-coupling, single-capped, electrode-less fluorescent lamps with rated power between 30W and 400W; 220V 50Hz</t>
+  </si>
+  <si>
     <t>QB/T 2938; GB 29142</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-29142-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E62DD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29144-2012 Minimum allowable values of energy efficiency and the energy efficiency grades for self-ballasted electrodeless fluorescent lamps with general lighting service</t>
   </si>
   <si>
+    <t>This policy applies to fluorescent Lamps for General Lighting Service - Self-ballasted and Electrode-Less</t>
+  </si>
+  <si>
     <t>GB/T 21091; GB 21554</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-29144-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-self</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E50CD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30255-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED products for indoor lighting</t>
   </si>
   <si>
+    <t>This policy applies to non-directional self-ballasted LED-lamps for general lighting services.</t>
+  </si>
+  <si>
     <t>GB/T 24842; GB/T 24826; GB/T 24908; GB/T 29293; GB/T 29294; GB/T 29295; GB/T 29296; GB/T 31112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30255-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB70E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 31276-2014 Minimum allowable values of energy efficiency and evaluating values of energy conservation of tungsten halogen lamp</t>
   </si>
   <si>
+    <t>Applies to non-directional tungsten halogen lamp for general lighting purposes with rated voltage no larger than 24V; power range 5W-100W; with rated voltage 220V-250V; power range 15W-500W.</t>
+  </si>
+  <si>
     <t>GB/T 14094; GB 14196.2; GB 14196.3; GB/T 26178</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-31276-2014-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80887D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB19043-2013 Minimum allowable values of energy efficiency grades of double-capped fluorescent lamps for general lighting service</t>
   </si>
   <si>
+    <t>Applies to non-directional self-ballasted LED lamps with the rated rated power of 2W-60W; rated voltage of 220V; frequency 50Hz</t>
+  </si>
+  <si>
     <t>GB/T 10682-2010 GB 19043-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb19043-2013-minimum-allowable-values-energy-efficiency-grades-double-capped-fluorescent</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6C0D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for lamp with the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact fluorescent lamps) and circular fluorescent lamps for general lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting services with lamp cap E14, E27, GU10, B22d, G5 and G13; and
+(e) filament tungsten incandescent lamps.</t>
+  </si>
+  <si>
+    <t>Asia and Pacific, Malaysia</t>
+  </si>
+  <si>
+    <t>Lamps</t>
+  </si>
+  <si>
+    <t>March 2025</t>
+  </si>
+  <si>
+    <t>MS IEC 60081:2003 or IEC 60081:2003
+,   
+                    MS IEC 60969:2006 or IEC 60969:2001
+,   
+                    MS IEC 60901:2003 or IEC 60901:1996
+,   
+                    MS IEC 62612:2021 or IEC 62612:2015
+,   
+                    MS IEC 60064:2006 or IEC 60064:2006</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact
+fluorescent lamps) and circular fluorescent lamps for general
+lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting
+services with lamp cap E14, E27, GU10, B22d and G13; and
+(e) filament tungsten incandescent lamps</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>d MS IEC 60081:2003 or IEC 60081:2003
 ,   
                      MS IEC 60969:2006 or IEC 60969:2001
 ,   
                      MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
-    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
-[...19 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp</t>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Double-capped Fluorescent Lamps) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers double-capped fluorescent lamps in the product classes set out in subsection (2) that are:</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 4782.1:2004AS/NZS 4782.2:2004AS/NZS 4782.3:2006AS/NZS 61231: 2001</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-double-capped-fluorescent-lamps-determination-2017</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2017L00652</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Incandescent Lamps for General Lighting Services) Determination 2016</t>
   </si>
   <si>
+    <t>This Determination covers incandescent lamps used in general lighting services in the product classes set out in the following table: GLS tungsten filament lamps; extra low voltage halogen non-reflector lamps; candle tungsten filament lamps; fancy round tungsten filament lamps; decorative tungsten filament lamps; mains voltage halogen non-reflector lamps; and extra low voltage halogen reflector lamps.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires, Non-Directional lamps</t>
   </si>
   <si>
     <t>AS/NZS 4934.1(Int):2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-incandescent-lamps-general-lighting-services</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2016L00659</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (LED Lamps) Determination 2025</t>
   </si>
   <si>
+    <t>This policy mandates Minimum Energy Performance Standards (MEPS) and labeling requirements for LED lamps, and sets conditions for incandescent and halogen lamp equivalence claims.</t>
+  </si>
+  <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>AS/NZS 5341</t>
   </si>
   <si>
     <t>Department of Climate Change, Energy, the Environment and Water</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-led-lamps-determination-2025</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/F2025L00263/asmade/text</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Self-ballasted Compact Fluorescent Lamps for General Lighting Services) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers self-ballasted compact fluorescent lamps of any voltage or wattage and with any type of lamp cap, whether supplied as an individual lamp or as part of a luminaire, that are ordinarily supplied and used for general lighting services.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-self-ballasted-compact-fluorescent-lamps-general</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02133</t>
+  </si>
+  <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
+    <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Lighting Products 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for lighting products used for General Lighting Service Lamps according to section 9 of Department Circular No. 2020-06-0015. Products in scope include Linear Fluorescent Lamps (LFL) or Double-Capped Fluorescent Lamps (DFL), Double-Capped Linear LED Lamps, Self-Ballasted Compact Fluorescent Lamps (CFL), Single-Capped Fluorescent Lamps (SFL), Self-Ballasted Non Directional LED Lamps.</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>CIE 84 1st Edition 1989
 ,   
                     PNS IEC 60081
 ,   
                     PNS IEC 60901
 ,   
                     ANSI C78.377-2015
 ,   
                     CIE S 025/E:2015
 ,   
                     CIE 13.3:1995
 ,   
                     IES LM 79-08
 ,   
                     IES LM 80-15
 ,   
                     PNS IEC 62612
 ,   
                     PNS IEC 61000-3-2
 ,   
                     IEC 60838-2-3 E.D. 1.0 B:2016 Miscellaneous Lampholders</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 17 of 14 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for compact fluorescent lamps with integrated ballasts.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-17-14-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-17-de-14-de-janeiro-de-2022-374166541</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 69 of 16 February 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for integrated LED lamps.</t>
+  </si>
+  <si>
     <t>IEC-TR62380; IESNA LM-80-08; ANSI /UL 1993-1999</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-69-16-february-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-69-de-16-de-fevereiro-de-2022-382712930</t>
+  </si>
+  <si>
     <t>INTE E12-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>ISO 3951-1</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e12-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-1-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-requisitos-1285?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-2 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label, compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e12-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-2-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-etiquetado-1197?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E19-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; for high intensity discharge lamps -HID- for general lighting. This standard applies to discharge lamps in high intensity; intended for the lighting of the residential; commercial; services; industrial and public lighting sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e19-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for high intensity discharge (HID) lamps for general lighting. This standard applies to high intensity discharge lamps (HID), intended for lighting residential, commercial, services, industrial and public lighting sectors that are marketed in the national territory</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e19-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?variant=5672</t>
+  </si>
+  <si>
     <t>INTE E22-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for linear fluorescent lamps. This standard applies to linear fluorescent lamps; intended for lighting residential; commercial; services and industrial sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e22-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-1-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-requisitos-1480?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps. This standard applies to linear fluorescent lamps intended for lighting residential; commercial; services and industrial sectors that are marketed in the National territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e22-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-2 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps (LFL). This standard applies to linear fluorescent lamps, intended for lighting residential, commercial, service and industrial sectors that are marketed in the national territory. This standard does not apply to types of lamps that have one or more of the following characteristics: - Linear fluorescent lamps with a length of less than 50 cm, color temperature greater than 7000 K, designed to operate at low temperatures, ultraviolet and other special applications. . - Compact fluorescent lamp without integrated ballast, circular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e22-2-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?variant=5673</t>
+  </si>
+  <si>
     <t>ISIRI 5916 Self Ballasted Lamps for General Lighting Services-performance requirements</t>
   </si>
   <si>
+    <t>Covers multi sector self ballasted lamps (60W and 100-250V)</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>IEC 60968 and IEC 60969</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-5916-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI NS 7341, 1st edition- Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Electric lamps - Tubular, double capped</t>
+  </si>
+  <si>
     <t>NS687 (Double Capped), NS 2702 (High Pressure Mercury Vapor), NS 5191 (HPSI), NS 5211 (Single Capped), 98/11/EC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-ns-7341-1st-edition-technical-specifications-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>JS 2091:2013 Technical Regulation on eco-design - Requirements for non-directional household lamps</t>
   </si>
   <si>
+    <t>This policy establishes eco-design requirements for the placing on the market of non-directional household lamps, including when they are marketed for non-household use or when they are integrated into other products. It also establishes product information requirements for special purpose lamps.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2092</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20912013-technical-regulation-eco-design-requirements-non-directional-household-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5461</t>
+  </si>
+  <si>
     <t>JS 2092:2013 Energy efficiency labeling of household electric lamps</t>
   </si>
   <si>
+    <t>This policy covers household electric lamps supplied directly from the mains (filament and integral compact fluorescent lamps), and to household fluorescent lamps (including linear, and non-integral compact fluorescent lamps), even when marketed for non-household use.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/js-20922013-energy-efficiency-labeling-household-electric-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5453</t>
+  </si>
+  <si>
     <t>JS 2093:2013 Technical regulation on eco-design requirements for fluorescent lamps without integrated ballast; for high intensity discharge lamps; and for ballasts and luminaires able to operate such lamps</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of fluorescent lamps without integrated ballast, of high intensity discharge lamps, and of ballasts and luminaires able to operate such lamps as defined in Article 3, even when they are integrated into other energy related products.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Drivers/ Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20932013-technical-regulation-eco-design-requirements-fluorescent-lamps-without</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5462</t>
+  </si>
+  <si>
     <t>KS 2446-1:2013 Self ballasted lamps for general lighting services Part 1: Minimum energy performance standards requirements</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy performance standards requirements and related attributes for self ballasted compact fluorescent lamps -CFLs.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KS 2446-2:2013</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ks-2446-12013-self-ballasted-lamps-general-lighting-services-part-1-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/ken358_t.pdf</t>
+  </si>
+  <si>
     <t>KS 2448-1:2013 Double-capped flourescent lamps-performance specification-minimum energy performance standards</t>
   </si>
   <si>
+    <t>This standard specifies MEPS requirements for double-capped; FD1 and FDH2; tubular lamps with a nominal length of 550 mm to 1500 mm and having nominal wattage of 16 watts or more that are within the scope of IEC 60081.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ks-2448-12013-double-capped-flourescent-lamps-performance-specification-minimum-energy</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10039</t>
+  </si>
+  <si>
     <t>L.I 2353 Efficiency standards and labelling-Light emitting diode and self ballasted fluorescent lamps</t>
   </si>
   <si>
+    <t>These regulations apply to enforcement of standards for minimum energy efficiency of self ballasted fluorescent lamps and LED. The regulations also include the labelling of these two products</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2353-efficiency-standards-and-labelling-light-emitting-diode-and-self-ballasted</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/Efficiency%20Standards%20LI%202353.pdf</t>
+  </si>
+  <si>
     <t>L.I 2442 Energy Commission (Energy Efficiency Standards and Labeling) (Prohibition of manufacture, importation and sale of Incandescent filament lamp) Regulations,2022</t>
   </si>
   <si>
+    <t>These regulations apply to a manufacturer or importer of an incandescent filament lamp.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2442-energy-commission-energy-efficiency-standards-and-labeling-prohibition-manufacture</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>L.I. 1815 Energy Efficiency Standards and Labelling Regulations - Non-ducted Air Conditioners and Self-ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>These Regulations apply to non-ducted air conditioners or self-ballasted fluorescent lamps manufactured in Ghana or imported for use in Ghana.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>GS 324:2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-1815-energy-efficiency-standards-and-labelling-regulations-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI_1815.pdf</t>
+  </si>
+  <si>
     <t>Labeling for Domestic Lighting</t>
   </si>
   <si>
+    <t>This policy is under development and will cover labeling requirements for domestic lighting.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/labeling-domestic-lighting</t>
   </si>
   <si>
+    <t>https://energia.gob.cl/consultas-publicas/especificaciones-tecnicas-para-el-diseno-de-la-etiqueta-de-eficiencia-energetica-para-lamparas-de-uso-domestico</t>
+  </si>
+  <si>
     <t>Law 26,473</t>
   </si>
   <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/law-26473</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MELS for General Lighting</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-general-lighting</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy set energy label scheme for all regulated lamps:</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for bulbs</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-bulbs</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20 ; http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for CFL</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Comparative Label</t>
   </si>
   <si>
     <t>National Energy Secretariat of Panama</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-cfl</t>
   </si>
   <si>
+    <t>https://www.google.com/url?sa=t&amp;rct=j&amp;q=&amp;esrc=s&amp;source=web&amp;cd=9&amp;cad=rja&amp;uact=8&amp;ved=2ahUKEwjLu6OBoKblAhWNd98KHc52AdkQFjAIegQIBxAC&amp;url=https%3A%2F%2Fwww.eceee.org%2Flibrary%2Fconference_proceedings%2Feceee_Summer_Studies%2F2017%2F7-appliances-products-lighti</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-lighting-products-1</t>
   </si>
   <si>
+    <t>https://caricom.org/media-center/communications/news-from-the-community/guyana-standards-bureau-working-with-crosq-on-energy-efficiency-standard</t>
+  </si>
+  <si>
     <t>MEPS for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy references AS/NZS 4847.2:2010, which specifies minimum energy performance requirements for self-ballasted lamps for general lighting services, and AS/NZS 4782.3(Int):2006, which defines performance requirements for double-capped fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Samoa*</t>
   </si>
   <si>
     <t>AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>Samoa Ministry of Finance</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/wp-content/uploads/2019/08/Energy-Regulation.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Fluorescent Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for General Lighting</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
   </si>
   <si>
     <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
   </si>
   <si>
     <t>CIE3 84:1989 and IEC 60064, Measurement of luminous flux
 ,   
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for lamps as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting-2024</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Incandescent Lamps</t>
   </si>
   <si>
+    <t>This policy specifies requirements for Minimum Energy Performance Standards (MEPS), maximum wattage and other requirements for incandescent lamps, both tungsten filament and tungsten halogen. This policy references standard AS 4934.2-2011.</t>
+  </si>
+  <si>
+    <t>AS/NZS 4934.1-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-incandescent-lamps-0</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-incandescent-lamps</t>
   </si>
   <si>
-    <t>AS/NZS 4934.1-2014</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/meps-incandescent-lamps-0</t>
+    <t>http://www.nea.gov.sg/energy-waste/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for indoor LED lamps</t>
   </si>
   <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>MEPS for LED lamps</t>
   </si>
   <si>
+    <t>MEPL covers mains electric clothes washers intended for household and similar use. This includes both horizontal and vertical axis single bowl machines twin tub units and the washing function of combination washer|dryer units. MEPL does not apply to clothes washers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-led-lamps</t>
   </si>
   <si>
     <t>MEPS for lighting products</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-lighting-products</t>
   </si>
   <si>
+    <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy references AS/NZS 4782.2:2004, which specifies performance and energy efficiency specifications for tubular fluorescent lamps of length 550 mm to 1500 mm both inclusive with wattage of 16 watts or more that are within the scope of AS/NZS 4782.1. Modified adoption of, and reproduced from, IEC 61347-2-11:2001.</t>
+  </si>
+  <si>
     <t>AS/NZS 4782.2:2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-linear-fluorescent-lamps</t>
   </si>
   <si>
     <t>MEPS schemes for non-directional lamps</t>
   </si>
   <si>
+    <t>This regulation is based on the European Union Commission regulation 244/2009 to phase out incandescent lamps.</t>
+  </si>
+  <si>
     <t>Bahrain</t>
   </si>
   <si>
     <t>Ministry of Industry and Commerce</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-schemes-non-directional-lamps</t>
   </si>
   <si>
+    <t>http://www.seu.gov.bh/wp-content/uploads/2018/04/02_NEEAP_full-report.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Compact Fluorescent Lamps</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Incandescent Lightbulbs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-incandescent-lightbulbs</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for LED Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-led-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Self-Ballasted Fluorescent Lamps</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-self-ballasted-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
+    <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No.18 of 2014 on Energy labels for energy saving lights</t>
   </si>
   <si>
+    <t>The MEPS and labeling requirements covers self-ballasted lamps (CFL).</t>
+  </si>
+  <si>
     <t>SNI IEC 60969:2009, SNI 04-6958-2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no18-2014-energy-labels-energy-saving</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/peraturan/Permen%20ESDM%2018%20Tahun%202014.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 1.007 of 31 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for incandescent lamps.</t>
+  </si>
+  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mmemctmdic-ordinance-no-1007-31-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_1007-2010-lampadas-incandescentes.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 1.008 of 31 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for compact fluorescent lamps (CFLs).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/mmemctmdic-ordinance-no-1008-31-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_1008-2010-lampadas-fluorescentes-compactas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 959 of 09 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for electromagnetic ballasts for high pressure sodium-vapor lamps and metal-halide lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/mmemctmdic-ordinance-no-959-09-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_959-2010-reatores-lampadas-vapor-de-sodio-e-metalico.pdf</t>
+  </si>
+  <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
+    <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
+  </si>
+  <si>
     <t>Africa, Nigeria</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
                     NIS IEC 61000-4-11
 ,   
                     NIS IEC 61000-4-5
 ,   
                     NIS IEC 60901
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2</t>
   </si>
   <si>
     <t>Standards Council of Nigeria</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-1-lamps</t>
   </si>
   <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
+  </si>
+  <si>
     <t>NOM-017-ENER/SCFI-2012</t>
   </si>
   <si>
+    <t>This Official Mexican Standard applies to all self-ballasted compact fluorescent lamps without enclosure, with enclosure and reflector integrated with any type of base, in voltages from 100 V to 277 V c.a. and 50 Hz or 60 Hz, which are manufactured, imported or traded on the national territory.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-017-enerscfi-2012</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5284393&amp;fecha=09/01/2013</t>
+  </si>
+  <si>
     <t>NOM-028-ENER-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the minimum efficiency limits for general- purpose lamps, intended for the lighting of the residential, commercial, services, industrial and public lighting sectors , as well as their test methods. This Official Mexican Standard applies to general-purpose lamps intended for lighting in the residential, commercial, services, industrial and public lighting sectors, such as: incandescent, incandescent with halogen, linear fluorescent, high intensity discharge and mixed light; that are imported, manufactured, and / or marketed within the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nom-028-ener-2017</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5515627&amp;fecha=09/03/2018</t>
+  </si>
+  <si>
     <t>NOM-030-ENER-2016</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the specifications and test methods for integrated LED lamps for general lighting, it is applicable to all omnidirectional and directional integrated LED lamps, which are intended for general lighting, from 100 V to 277 V ac and 50 Hz or 60 Hz frequency, which are manufactured or imported for sale within the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nom-030-ener-2016</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5469188&amp;fecha=17/01/2017</t>
+  </si>
+  <si>
     <t>NTON 10 006-07 Energy efficiency. Household incandescent lamps. Specifications and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for incandescent tungsten filament lamps for domestic use and similar uses for general lighting, which have:</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>CIE 84: 1989, IEC 60064: 1993, IEC 60064 Amendment 1:2000, IEC 60064 Amendment 2:2002</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-006-07-energy-efficiency-household-incandescent-lamps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=B541D7427B544FD8062576AF0055C74A&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 008-08 Energy efficiency. Self-ballasted compact fluorescent lamps. Requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for compact fluorescent lamps of hot cathode and integrated ballast, with socket that allows them to be placed in conventional incandescent lampholders (E-26 and E-27), at a nominal voltage between 110 V - 240 V, of alternating current and at a frequency of 60 Hz, with nominal power between 5W and 110 W. This standard does not apply to colored, anti-insect and special ultraviolet radiation lamps.</t>
+  </si>
+  <si>
     <t>IEC 60061, IEC 60969, ANSI C78.5-2003, ANSI C78.375-199</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-008-08-energy-efficiency-self-ballasted-compact-fluorescent-lamps-requirements</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=57D693FA1F08E6D2062576B1006EAF30&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for LED Lights</t>
   </si>
   <si>
+    <t>This policy establishes mandatory Minimum Energy Performance Standards (MEPS) and labels for LED lights that are normally used in households and buildings for general lighting purposes and street lighting. LED lights should conform to all the requirements of Pakistan Standard PS:IEC60050-845 with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>PS:IEC60050-845</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-led-lights</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO415(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-1-1:2007 Amendment 1:2013 - Lamps and related equipment-Energy efficiency and labeling requirements - Part 1-1: Double-capped fluorescent lamps</t>
   </si>
   <si>
+    <t>This labeling program covers single-capped fluorescent lamps for general lighting service.</t>
+  </si>
+  <si>
     <t>PNS IEC 60081:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-1-12007-amendment-12013-lamps-and-related-equipment-energy-efficiency-and</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202050-1-1%20amd%201-2013.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-1-2:2006 - Lamps and related equipments – Energy labeling requirements – Part 1-2: Single-capped fluorescent lamps</t>
   </si>
   <si>
     <t>PNS IEC 60901:2001 Amd. 01, 02, &amp; 03:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-1-22006-lamps-and-related-equipments-energy-labeling-requirements-part-1-2-single</t>
   </si>
   <si>
+    <t>https://www.lites.asia/files/otherfiles/0000/0238/Manila_lites_asia_meeting_1.8_Philippine_policies_for_EE_lighting_Mirna_Campanano.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-2:2015 - Lamps and related equipment - Energy efficiency and labeling requirements - Part 2: Self-ballasted lamps for general lighting services</t>
   </si>
   <si>
+    <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
+  </si>
+  <si>
     <t>PNS IEC 969:2006; PNS IEC 968:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-22015-lamps-and-related-equipment-energy-efficiency-and-labeling-requirements</t>
   </si>
   <si>
+    <t>https://dti.gov.ph/resources/e-library</t>
+  </si>
+  <si>
     <t>Provision No. 257</t>
   </si>
   <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-257</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
     <t>Register of Manufacturers and Importers of Incandescent and Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The Resolution establishes the requirements and procedures, as well as the conditions that will be required to grant the Prior Import Licenses, which must include the mandatory Energy Efficiency Certificate for such products. The Resolution applies to manufacturers and importers of the following products:</t>
+  </si>
+  <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/register-manufacturers-and-importers-incandescent-and-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.gma.trade/single-post/2019/01/14/Registration-and-Energy-Efficiency-Certification-of-Lamps-in-Paraguay</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Etiquetado De EE Lamparas Fluroescentes</t>
   </si>
   <si>
+    <t>Linear (tube) fluorescent, Circular, Rectilinear , compact; linear; circular fluorescent lamps</t>
+  </si>
+  <si>
     <t>CIE 84 1989,IEC 60901:2001,IEC 60969:2001</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-etiquetado-de-ee-lamparas-fluroescentes</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/res_conj_019.pdf</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolucion No. 40122/16</t>
   </si>
   <si>
+    <t>Lighting (residential and public) LED, tungsten and filament halogen lamps</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-no-4012216</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10180/23517/36906-Resolucion-40122-8Feb2016.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 10/2020 - Minimum Efficiency Standard for Interior Lighting</t>
   </si>
   <si>
+    <t>Minimum energy performance standard for general lighting.</t>
+  </si>
+  <si>
     <t>IEC 60064/2005 /  IEC 60969 (2001) /  IEC 60081 (2002) / IEC 60901 (2001) / IEC 60357:2002-11 / IEC 62612:2018-08</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-102020-minimum-efficiency-standard-interior-lighting</t>
   </si>
   <si>
+    <t>https://www.ingcer.cl/wp-content/uploads/2020/08/FIJA-EST%C3%81NDAR-M%C3%8DNIMO-DE-EFICIENCIAE.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 71 - Labeling for Tungsten Halogen Lamps</t>
   </si>
   <si>
+    <t>This protocol provides specifications for energy efficiency labeling for tungsten halogen lamps.</t>
+  </si>
+  <si>
     <t>IEC 60357:2002-11 / IEC 60357 Amend. 1:2006-04 / IEC 60357 Amend. 2:2008-10</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-71-labeling-tungsten-halogen-lamps</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073369</t>
+  </si>
+  <si>
     <t>Samoa Energy Efficiency (Approved Energy Using Products Standards) Regulations 2018</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS, labeling requirements, and test methods for:
+1) Non-ducted air conditioners including single phase and 3-phase up to 65kW rated cooling capacity, including air-source heat pumps but not water-source heat pumps, and
+2) Household refrigerating appliances which operate using the vapour compression cycle and use mains electricity (230|240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/samoa-energy-efficiency-approved-energy-using-products-standards-regulations-2018</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/samoa-energy-efficiency/</t>
+  </si>
+  <si>
     <t>SASO 2870:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to: 
+Incandescent lamps
+Halogen lamps
+Compact flourescent lamps with integrated ballast (CFLi)
+Light-emitting diode (LED) lamps (Incandescent retrofit types)
+Light-emitting diode (LED) lamps (Halogen retrofit types)</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-28702018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/saudi-arabia-market-access-new-requirements-lighting-products-saso-iecee-and-saso-ee</t>
+  </si>
+  <si>
     <t>SASO 2902:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to:
+Incandescent lamps with a luminous flux above or equal 12,000 lumens
+Halogen lamps with a luminous flux above or equal 12.000 lumens
+Compact fluorescent lamps with integrated ballast (CLFi) with a luminous flux above or equal 12,000 Lumens
+Compact fluorescent lamps without integrated ballast (CFLni)
+Fluorescent Lamps (all types)
+High-Intensity Discharge Lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/saso-29022018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
     <t>SI 5485 - Fluorescent light bulbs - requirements for efficiency</t>
   </si>
   <si>
+    <t>It covers fluorescent light bulbs</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-5485-fluorescent-light-bulbs-requirements-efficiency</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=8694f934-fc8e-46b6-8eea-5ee7b34539ae</t>
+  </si>
+  <si>
     <t>SI 60968</t>
   </si>
   <si>
+    <t>Self-ballasted lamps for general lighting services</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/si-60968</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=f176cda1-c392-4f0e-8c7d-e062df37c908</t>
+  </si>
+  <si>
     <t>SLNS 90: 2011 Energy Efficiency Labelling – Labelling of Incandescent Lamps</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of energy efficiency classification ofincandescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/slns-90-2011-energy-efficiency-labelling-labelling-incandescent-lamps</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-90-2011/</t>
+  </si>
+  <si>
     <t>SLNS 91: 2011 Energy Efficiency Labelling – Labelling of Fluorescent Tubular and Compact Lamps</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of energy efficiency classification of fluorescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label. This National Standard is applicable to tubular, circular and compact fluorescent lamps using both integrated and non-integrated electromagnetic or electronic ballasts, with the following  specifications:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/slns-91-2011-energy-efficiency-labelling-labelling-fluorescent-tubular-and-compact-lamps</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-91-2011/</t>
+  </si>
+  <si>
     <t>SLS 1225 - Energy efficiency rating for self-ballasted Integral type compact fluorescent lamps For general lighting services</t>
   </si>
   <si>
+    <t>Sri Lanka Standard Specification for Energy Efficiency Rating for Self ballasted Lamps (Integral Compact Fluorescent Lamps).</t>
+  </si>
+  <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>SLS 1225:2002</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1225-energy-efficiency-rating-self-ballasted-integral-type-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=1739&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1625 : 2013</t>
   </si>
   <si>
+    <t>Sri Lanka Standard Energy Efficiency Rating for Double Capped Tubular Fluorescent Lamps</t>
+  </si>
+  <si>
     <t>January 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1625-2013</t>
   </si>
   <si>
+    <t>http://www.energy.gov.lk/images/energy-management/regulations-lfl-and-ballasts.pdf</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>TCVN 11844:2017 LED lamps - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for LED lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-118442017-led-lamps-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-11844-2017-den-led-hieu-suat-nang-luong#van-ban-goc</t>
+  </si>
+  <si>
     <t>TCVN 7896:2015 Compact fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for compact fluorescent lamps (CFL).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78962015-compact-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7896-2015-bong-den-huynh-quang-compact-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8249:2013 Linear tubular fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for linear tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-82492013-linear-tubular-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8249-2013-bong-den-huynh-quang-ong-thang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/technical-regulation-labeling</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
+  </si>
+  <si>
     <t>Technical Regulation RTE INEN 036: Energy Efficiency, Compact Fluorescent Lamps, Energy Performance Ranges and Labelling</t>
   </si>
   <si>
     <t>Ecuador</t>
   </si>
   <si>
     <t>Ministry of Electricity and Renewable Energy and Ecuadorian Standardization Ser…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/technical-regulation-rte-inen-036-energy-efficiency-compact-fluorescent-lamps-energy</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information (Lighting Products) Regulations 2021</t>
   </si>
   <si>
+    <t>This regulation applies to light sources placed on the market, with or without integrated control gears, and includes light sources placed on the market in a containing product.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/part/2/chapter/3/made</t>
+  </si>
+  <si>
+    <t>In these Regulations “light source” means, an electricallyU operated product—
+(a) intended to emit light; or
+(b) in the case of a non-incandescent light source, intended to be possibly tuned to emit light; or
+(c) intended to do both (a) and (b); 
+This Policy is under development by the UK government with public consultation having taken place in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/contents/made</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>UNIT 1159:2007 Eficiencia energética - Lámparas incandescentes de uso doméstico y similares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for incandescent lamps.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60064</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11592007-eficiencia-energetica-lamparas-incandescentes-de-uso-domestico-y-similares</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1159+-+Eficiencia+Energetica.+Lamparas+incandescentes+de+uso+domestico+y+similares+-+Especificaciones+etiquetado.pdf/7e86af5f-cb55-4c99-a3f1-1aaed79498db</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Eficiencia energética - Lámparas fluorescentes compactas, circulares y tubulares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for compact, circular, and tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, IEC 60081, IEC 60901, IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11602007-eficiencia-energetica-lamparas-fluorescentes-compactas-circulares-y</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1160+-+Eficiencia+Energetica.+Lamparas+fluorescentes+compactas%2C+circulares+y+tubulares.+Especificaciones+y+etiquetado.pdf/0de30c77-9758-48ed-b393-3085dcf6af48</t>
+  </si>
+  <si>
     <t>UNIT 1218:2018 Eficiencia energética ̶ Lámparas LED ̶ Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for LED lamps with built-in ballast.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, UNIT-IEC 62560:2011, UNIT-IEC 62612:2013,  IEC 61000-3-2:2014, IEC/TS 62504:2011, EN 13032-4, IES LM 79</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-12182018-eficiencia-energetica-lamparas-led-especificaciones-y-etiquetado</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1218_2018.pdf/fd67f6b2-764b-4c96-988a-ae621dc022d0</t>
+  </si>
+  <si>
     <t>US 902:2011 Self-ballasted lamps for General Lighting Services - Performance requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the performance requirements; together with the test methods and conditions required to show compliance of tubular fluorescent and other gas-discharge lamps with integrated means for controlling starting and stable operation -self-ballasted lamps; intended for domestic and similar general lighting purposes.</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us-9022011-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=540&amp;preview</t>
+  </si>
+  <si>
     <t>US 903-1:2011 Double-capped fluorescent lamps-performance specifications</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies Minimum Energy Performance Standard (MEPS) requirements for double-capped tubular fluorescent lamps with a nominal length of 550 mm to 1500 mm and having nominal lamp wattage of 16 watts or more. This standard covers lamps for general illumination purposes, for use in luminaires and with lamp ballasts connected to a 240 V 50 Hz single phase or similar mains supply.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/us-903-12011-double-capped-fluorescent-lamps-performance-specifications</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=541&amp;preview</t>
+  </si>
+  <si>
     <t>VC 8043 Incandescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the requirements for safety; performance and quality of incandescent lamps intended for domestic and general lighting service; having: A power rating up to and including 1500 W; Rated voltage up to 250 V; Caps of any type- material- shape- and finish.</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>SANS 60064
 ,   
                     SANS 60357
 ,   
                     SANS 60432</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-8043-incandescent-lamps</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%208043.pdf</t>
+  </si>
+  <si>
     <t>VC 9091 Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the safety; efficacy performance; life and interchangeability requirements for single-capped tubular fluorescent lamps with integrated means for controlling starting and stable operation- self-ballasted lamps- and non-self-ballasted single-capped tubular fluorescent lamps; intended for general lighting purposes that have: a rated wattage up to 60W; a rated voltage of 100 to 250 V a.c.; and 2G7 2GX7 GR8 2G10 G10q GR10q GX10q GY10q 2G11 2GX11 GR14q G23 GX23 G24 GX24 GX24q G24d GX32 and Edison screw or Bayonet caps.</t>
   </si>
   <si>
     <t>Annex AA of SANS 60901; or Annex AA of SANS 60969
 ,   
                     SANS 61199
 ,   
                     SANS 60968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9091-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209091.pdf</t>
+  </si>
+  <si>
     <t>Vietnam Decision No. 51/2011/QD-TTg</t>
   </si>
   <si>
+    <t>Import, manufacture, and circulation of incandescent lamps with a power output higher than 60W will be banned from January 1, 2013.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/vietnam-decision-no-512011qd-ttg</t>
+  </si>
+  <si>
+    <t>http://thuvienphapluat.vn/van-ban/Tai-nguyen-Moi-truong/Quyet-dinh-51-2011-QD-TTg-danh-muc-phuong-tien-thiet-bi-phai-dan-nhan-nang-129033.aspx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2092,5911 +2895,6732 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N138"/>
+  <dimension ref="A1:P138"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="283" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="609.851" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1980</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>35</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4">
+        <v>2020</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>35</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>51</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
+        <v>35</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>53</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>51</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>60</v>
+      </c>
+      <c r="K6" t="s">
+        <v>35</v>
+      </c>
+      <c r="L6" t="s">
+        <v>61</v>
+      </c>
+      <c r="M6" t="s">
+        <v>62</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>58</v>
+      </c>
+      <c r="D7" t="s">
+        <v>67</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>51</v>
+      </c>
+      <c r="H7">
+        <v>2004</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>60</v>
+      </c>
+      <c r="K7" t="s">
+        <v>35</v>
+      </c>
+      <c r="L7" t="s">
+        <v>68</v>
+      </c>
+      <c r="M7" t="s">
+        <v>62</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>70</v>
+      </c>
+      <c r="B8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C8" t="s">
+        <v>72</v>
+      </c>
+      <c r="D8" t="s">
+        <v>43</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>51</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>73</v>
+      </c>
+      <c r="K8" t="s">
+        <v>35</v>
+      </c>
+      <c r="L8" t="s">
+        <v>74</v>
+      </c>
+      <c r="M8" t="s">
+        <v>75</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>72</v>
+      </c>
+      <c r="D9" t="s">
+        <v>43</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>51</v>
+      </c>
+      <c r="H9">
+        <v>2006</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>73</v>
+      </c>
+      <c r="K9" t="s">
+        <v>35</v>
+      </c>
+      <c r="L9" t="s">
+        <v>80</v>
+      </c>
+      <c r="M9" t="s">
+        <v>75</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>81</v>
+      </c>
+      <c r="P9" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>82</v>
+      </c>
+      <c r="B10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C10" t="s">
+        <v>84</v>
+      </c>
+      <c r="D10" t="s">
+        <v>85</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>33</v>
+      </c>
+      <c r="G10" t="s">
+        <v>51</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>86</v>
+      </c>
+      <c r="K10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>87</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>88</v>
+      </c>
+      <c r="P10" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>90</v>
+      </c>
+      <c r="B11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C11" t="s">
+        <v>92</v>
+      </c>
+      <c r="D11" t="s">
+        <v>93</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>33</v>
+      </c>
+      <c r="G11" t="s">
+        <v>51</v>
+      </c>
+      <c r="H11">
+        <v>2020</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>94</v>
+      </c>
+      <c r="K11" t="s">
+        <v>35</v>
+      </c>
+      <c r="L11" t="s">
+        <v>95</v>
+      </c>
+      <c r="M11" t="s">
+        <v>96</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>97</v>
+      </c>
+      <c r="P11" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>99</v>
+      </c>
+      <c r="B12" t="s">
+        <v>100</v>
+      </c>
+      <c r="C12" t="s">
+        <v>92</v>
+      </c>
+      <c r="D12" t="s">
+        <v>43</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>33</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
+        <v>2013</v>
+      </c>
+      <c r="J12" t="s">
+        <v>94</v>
+      </c>
+      <c r="K12" t="s">
+        <v>35</v>
+      </c>
+      <c r="L12" t="s">
+        <v>101</v>
+      </c>
+      <c r="M12" t="s">
+        <v>96</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>102</v>
+      </c>
+      <c r="P12" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>104</v>
+      </c>
+      <c r="B13" t="s">
+        <v>105</v>
+      </c>
+      <c r="C13" t="s">
+        <v>92</v>
+      </c>
+      <c r="D13" t="s">
+        <v>43</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>33</v>
+      </c>
+      <c r="G13" t="s">
+        <v>51</v>
+      </c>
+      <c r="H13">
+        <v>2020</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>94</v>
+      </c>
+      <c r="K13" t="s">
+        <v>35</v>
+      </c>
+      <c r="L13" t="s">
+        <v>106</v>
+      </c>
+      <c r="M13" t="s">
+        <v>96</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>107</v>
+      </c>
+      <c r="P13" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>109</v>
+      </c>
+      <c r="B14" t="s">
+        <v>110</v>
+      </c>
+      <c r="C14" t="s">
+        <v>111</v>
+      </c>
+      <c r="D14" t="s">
+        <v>112</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>33</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>1998</v>
+      </c>
+      <c r="I14">
+        <v>2019</v>
+      </c>
+      <c r="J14" t="s">
+        <v>113</v>
+      </c>
+      <c r="K14" t="s">
+        <v>35</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>114</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>115</v>
+      </c>
+      <c r="P14" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>117</v>
+      </c>
+      <c r="B15" t="s">
+        <v>118</v>
+      </c>
+      <c r="C15" t="s">
+        <v>111</v>
+      </c>
+      <c r="D15" t="s">
+        <v>112</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2000</v>
+      </c>
+      <c r="I15">
+        <v>2019</v>
+      </c>
+      <c r="J15" t="s">
+        <v>119</v>
+      </c>
+      <c r="K15" t="s">
+        <v>35</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>114</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>120</v>
+      </c>
+      <c r="P15" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>122</v>
+      </c>
+      <c r="B16" t="s">
+        <v>123</v>
+      </c>
+      <c r="C16" t="s">
+        <v>124</v>
+      </c>
+      <c r="D16" t="s">
+        <v>125</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>126</v>
+      </c>
+      <c r="G16" t="s">
+        <v>51</v>
+      </c>
+      <c r="H16">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
-[...2 lines deleted...]
-      <c r="J2" t="s">
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>86</v>
+      </c>
+      <c r="K16" t="s">
+        <v>35</v>
+      </c>
+      <c r="L16" t="s">
+        <v>127</v>
+      </c>
+      <c r="M16" t="s">
+        <v>128</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>129</v>
+      </c>
+      <c r="P16" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>131</v>
+      </c>
+      <c r="B17" t="s">
+        <v>132</v>
+      </c>
+      <c r="C17" t="s">
+        <v>133</v>
+      </c>
+      <c r="D17" t="s">
+        <v>59</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>134</v>
+      </c>
+      <c r="G17" t="s">
+        <v>51</v>
+      </c>
+      <c r="H17">
+        <v>2017</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>135</v>
+      </c>
+      <c r="K17" t="s">
+        <v>35</v>
+      </c>
+      <c r="L17" t="s">
+        <v>136</v>
+      </c>
+      <c r="M17" t="s">
+        <v>137</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>138</v>
+      </c>
+      <c r="P17" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>140</v>
+      </c>
+      <c r="B18" t="s">
+        <v>141</v>
+      </c>
+      <c r="C18" t="s">
+        <v>133</v>
+      </c>
+      <c r="D18" t="s">
+        <v>142</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>143</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2011</v>
+      </c>
+      <c r="I18">
+        <v>2023</v>
+      </c>
+      <c r="J18" t="s">
+        <v>144</v>
+      </c>
+      <c r="K18" t="s">
+        <v>35</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>137</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>145</v>
+      </c>
+      <c r="P18" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>147</v>
+      </c>
+      <c r="B19" t="s">
+        <v>148</v>
+      </c>
+      <c r="C19" t="s">
+        <v>149</v>
+      </c>
+      <c r="D19" t="s">
+        <v>150</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G19" t="s">
+        <v>51</v>
+      </c>
+      <c r="H19">
+        <v>2020</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>144</v>
+      </c>
+      <c r="K19" t="s">
+        <v>35</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>151</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>152</v>
+      </c>
+      <c r="P19" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>154</v>
+      </c>
+      <c r="B20" t="s">
+        <v>155</v>
+      </c>
+      <c r="C20" t="s">
+        <v>156</v>
+      </c>
+      <c r="D20" t="s">
+        <v>43</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>126</v>
+      </c>
+      <c r="G20" t="s">
+        <v>51</v>
+      </c>
+      <c r="H20">
+        <v>2013</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>44</v>
+      </c>
+      <c r="K20" t="s">
+        <v>35</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>157</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>158</v>
+      </c>
+      <c r="P20" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>160</v>
+      </c>
+      <c r="B21" t="s">
+        <v>161</v>
+      </c>
+      <c r="C21" t="s">
+        <v>162</v>
+      </c>
+      <c r="D21" t="s">
+        <v>163</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>33</v>
+      </c>
+      <c r="G21" t="s">
+        <v>51</v>
+      </c>
+      <c r="H21">
+        <v>2020</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>164</v>
+      </c>
+      <c r="K21" t="s">
+        <v>35</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>165</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>166</v>
+      </c>
+      <c r="P21" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>168</v>
+      </c>
+      <c r="B22" t="s">
+        <v>169</v>
+      </c>
+      <c r="C22" t="s">
+        <v>170</v>
+      </c>
+      <c r="D22" t="s">
+        <v>93</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>51</v>
+      </c>
+      <c r="H22">
+        <v>2016</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>86</v>
+      </c>
+      <c r="K22" t="s">
+        <v>35</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>171</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>172</v>
+      </c>
+      <c r="P22" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>174</v>
+      </c>
+      <c r="B23" t="s">
+        <v>175</v>
+      </c>
+      <c r="C23" t="s">
+        <v>176</v>
+      </c>
+      <c r="D23" t="s">
+        <v>177</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>126</v>
+      </c>
+      <c r="G23" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...31 lines deleted...]
-      <c r="H3">
+      <c r="H23"/>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>44</v>
+      </c>
+      <c r="K23" t="s">
+        <v>35</v>
+      </c>
+      <c r="L23" t="s">
+        <v>178</v>
+      </c>
+      <c r="M23" t="s">
+        <v>179</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>180</v>
+      </c>
+      <c r="P23" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>182</v>
+      </c>
+      <c r="B24" t="s">
+        <v>183</v>
+      </c>
+      <c r="C24" t="s">
+        <v>184</v>
+      </c>
+      <c r="D24" t="s">
+        <v>185</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>33</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>1994</v>
+      </c>
+      <c r="I24">
+        <v>2003</v>
+      </c>
+      <c r="J24" t="s">
+        <v>60</v>
+      </c>
+      <c r="K24" t="s">
+        <v>35</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>186</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>187</v>
+      </c>
+      <c r="P24" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>189</v>
+      </c>
+      <c r="B25" t="s">
+        <v>190</v>
+      </c>
+      <c r="C25" t="s">
+        <v>184</v>
+      </c>
+      <c r="D25" t="s">
+        <v>43</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>33</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>1996</v>
+      </c>
+      <c r="I25">
+        <v>2009</v>
+      </c>
+      <c r="J25" t="s">
+        <v>60</v>
+      </c>
+      <c r="K25" t="s">
+        <v>35</v>
+      </c>
+      <c r="L25" t="s">
+        <v>191</v>
+      </c>
+      <c r="M25" t="s">
+        <v>186</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>192</v>
+      </c>
+      <c r="P25" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>189</v>
+      </c>
+      <c r="B26" t="s">
+        <v>190</v>
+      </c>
+      <c r="C26" t="s">
+        <v>184</v>
+      </c>
+      <c r="D26" t="s">
+        <v>93</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>33</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>1997</v>
+      </c>
+      <c r="I26">
+        <v>2009</v>
+      </c>
+      <c r="J26" t="s">
+        <v>60</v>
+      </c>
+      <c r="K26" t="s">
+        <v>35</v>
+      </c>
+      <c r="L26" t="s">
+        <v>193</v>
+      </c>
+      <c r="M26" t="s">
+        <v>186</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>194</v>
+      </c>
+      <c r="P26" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>195</v>
+      </c>
+      <c r="B27" t="s">
+        <v>196</v>
+      </c>
+      <c r="C27" t="s">
+        <v>197</v>
+      </c>
+      <c r="D27" t="s">
+        <v>59</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>126</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2015</v>
+      </c>
+      <c r="I27">
+        <v>2023</v>
+      </c>
+      <c r="J27" t="s">
+        <v>198</v>
+      </c>
+      <c r="K27" t="s">
+        <v>35</v>
+      </c>
+      <c r="L27" t="s">
+        <v>199</v>
+      </c>
+      <c r="M27" t="s">
+        <v>200</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>201</v>
+      </c>
+      <c r="P27" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>203</v>
+      </c>
+      <c r="B28" t="s">
+        <v>204</v>
+      </c>
+      <c r="C28" t="s">
+        <v>197</v>
+      </c>
+      <c r="D28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>126</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2009</v>
+      </c>
+      <c r="I28">
+        <v>2018</v>
+      </c>
+      <c r="J28" t="s">
+        <v>44</v>
+      </c>
+      <c r="K28" t="s">
+        <v>35</v>
+      </c>
+      <c r="L28" t="s">
+        <v>205</v>
+      </c>
+      <c r="M28" t="s">
+        <v>200</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>206</v>
+      </c>
+      <c r="P28" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>208</v>
+      </c>
+      <c r="B29" t="s">
+        <v>209</v>
+      </c>
+      <c r="C29" t="s">
+        <v>210</v>
+      </c>
+      <c r="D29" t="s">
+        <v>211</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>126</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2016</v>
+      </c>
+      <c r="I29">
         <v>2019</v>
       </c>
-      <c r="I3" t="s">
-[...14 lines deleted...]
-      <c r="N3" t="s">
+      <c r="J29" t="s">
+        <v>44</v>
+      </c>
+      <c r="K29" t="s">
+        <v>212</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>213</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>214</v>
+      </c>
+      <c r="P29" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>216</v>
+      </c>
+      <c r="B30" t="s">
+        <v>217</v>
+      </c>
+      <c r="C30" t="s">
+        <v>218</v>
+      </c>
+      <c r="D30" t="s">
+        <v>93</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>51</v>
+      </c>
+      <c r="H30">
+        <v>2020</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>219</v>
+      </c>
+      <c r="K30" t="s">
+        <v>35</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>220</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>221</v>
+      </c>
+      <c r="P30" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>223</v>
+      </c>
+      <c r="B31" t="s">
+        <v>224</v>
+      </c>
+      <c r="C31" t="s">
+        <v>225</v>
+      </c>
+      <c r="D31" t="s">
+        <v>226</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
         <v>33</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G4">
+      <c r="G31" t="s">
+        <v>227</v>
+      </c>
+      <c r="H31">
+        <v>2010</v>
+      </c>
+      <c r="I31">
+        <v>2011</v>
+      </c>
+      <c r="J31" t="s">
+        <v>228</v>
+      </c>
+      <c r="K31" t="s">
+        <v>35</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>229</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>230</v>
+      </c>
+      <c r="P31" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>232</v>
+      </c>
+      <c r="B32" t="s">
+        <v>233</v>
+      </c>
+      <c r="C32" t="s">
+        <v>234</v>
+      </c>
+      <c r="D32" t="s">
+        <v>43</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>126</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2022</v>
+      </c>
+      <c r="I32">
+        <v>2024</v>
+      </c>
+      <c r="J32" t="s">
+        <v>235</v>
+      </c>
+      <c r="K32" t="s">
+        <v>35</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>236</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>237</v>
+      </c>
+      <c r="P32" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>239</v>
+      </c>
+      <c r="B33" t="s">
+        <v>240</v>
+      </c>
+      <c r="C33" t="s">
+        <v>241</v>
+      </c>
+      <c r="D33" t="s">
+        <v>43</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>51</v>
+      </c>
+      <c r="H33">
+        <v>2014</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>242</v>
+      </c>
+      <c r="K33" t="s">
+        <v>35</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33"/>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>243</v>
+      </c>
+      <c r="P33" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>245</v>
+      </c>
+      <c r="B34" t="s">
+        <v>246</v>
+      </c>
+      <c r="C34" t="s">
+        <v>92</v>
+      </c>
+      <c r="D34" t="s">
+        <v>43</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2003</v>
+      </c>
+      <c r="I34">
+        <v>2013</v>
+      </c>
+      <c r="J34" t="s">
+        <v>247</v>
+      </c>
+      <c r="K34" t="s">
+        <v>35</v>
+      </c>
+      <c r="L34" t="s">
+        <v>248</v>
+      </c>
+      <c r="M34" t="s">
+        <v>96</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>249</v>
+      </c>
+      <c r="P34" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>251</v>
+      </c>
+      <c r="B35" t="s">
+        <v>252</v>
+      </c>
+      <c r="C35" t="s">
+        <v>92</v>
+      </c>
+      <c r="D35" t="s">
+        <v>43</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2003</v>
+      </c>
+      <c r="I35">
+        <v>2013</v>
+      </c>
+      <c r="J35" t="s">
+        <v>247</v>
+      </c>
+      <c r="K35" t="s">
+        <v>35</v>
+      </c>
+      <c r="L35" t="s">
+        <v>253</v>
+      </c>
+      <c r="M35" t="s">
+        <v>96</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>254</v>
+      </c>
+      <c r="P35" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>256</v>
+      </c>
+      <c r="B36" t="s">
+        <v>257</v>
+      </c>
+      <c r="C36" t="s">
+        <v>92</v>
+      </c>
+      <c r="D36" t="s">
+        <v>59</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2003</v>
+      </c>
+      <c r="I36">
+        <v>2013</v>
+      </c>
+      <c r="J36" t="s">
+        <v>247</v>
+      </c>
+      <c r="K36" t="s">
+        <v>35</v>
+      </c>
+      <c r="L36" t="s">
+        <v>258</v>
+      </c>
+      <c r="M36" t="s">
+        <v>96</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>259</v>
+      </c>
+      <c r="P36" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>261</v>
+      </c>
+      <c r="B37" t="s">
+        <v>262</v>
+      </c>
+      <c r="C37" t="s">
+        <v>92</v>
+      </c>
+      <c r="D37" t="s">
+        <v>43</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2013</v>
+      </c>
+      <c r="I37">
+        <v>2020</v>
+      </c>
+      <c r="J37" t="s">
+        <v>247</v>
+      </c>
+      <c r="K37" t="s">
+        <v>35</v>
+      </c>
+      <c r="L37" t="s">
+        <v>263</v>
+      </c>
+      <c r="M37" t="s">
+        <v>96</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>264</v>
+      </c>
+      <c r="P37" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>266</v>
+      </c>
+      <c r="B38" t="s">
+        <v>267</v>
+      </c>
+      <c r="C38" t="s">
+        <v>92</v>
+      </c>
+      <c r="D38" t="s">
+        <v>43</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2005</v>
+      </c>
+      <c r="I38">
+        <v>2015</v>
+      </c>
+      <c r="J38" t="s">
+        <v>247</v>
+      </c>
+      <c r="K38" t="s">
+        <v>35</v>
+      </c>
+      <c r="L38" t="s">
+        <v>268</v>
+      </c>
+      <c r="M38" t="s">
+        <v>96</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>269</v>
+      </c>
+      <c r="P38" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>271</v>
+      </c>
+      <c r="B39" t="s">
+        <v>272</v>
+      </c>
+      <c r="C39" t="s">
+        <v>92</v>
+      </c>
+      <c r="D39" t="s">
+        <v>67</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2003</v>
+      </c>
+      <c r="I39">
+        <v>2013</v>
+      </c>
+      <c r="J39" t="s">
+        <v>247</v>
+      </c>
+      <c r="K39" t="s">
+        <v>35</v>
+      </c>
+      <c r="L39" t="s">
+        <v>273</v>
+      </c>
+      <c r="M39" t="s">
+        <v>96</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>274</v>
+      </c>
+      <c r="P39" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>276</v>
+      </c>
+      <c r="B40" t="s">
+        <v>277</v>
+      </c>
+      <c r="C40" t="s">
+        <v>278</v>
+      </c>
+      <c r="D40" t="s">
+        <v>279</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>126</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2013</v>
+      </c>
+      <c r="I40">
+        <v>2024</v>
+      </c>
+      <c r="J40" t="s">
+        <v>280</v>
+      </c>
+      <c r="K40" t="s">
+        <v>35</v>
+      </c>
+      <c r="L40" t="s">
+        <v>281</v>
+      </c>
+      <c r="M40" t="s">
+        <v>282</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>283</v>
+      </c>
+      <c r="P40" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>276</v>
+      </c>
+      <c r="B41" t="s">
+        <v>285</v>
+      </c>
+      <c r="C41" t="s">
+        <v>286</v>
+      </c>
+      <c r="D41" t="s">
+        <v>287</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>126</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2015</v>
+      </c>
+      <c r="I41">
+        <v>2025</v>
+      </c>
+      <c r="J41" t="s">
+        <v>235</v>
+      </c>
+      <c r="K41" t="s">
+        <v>35</v>
+      </c>
+      <c r="L41" t="s">
+        <v>288</v>
+      </c>
+      <c r="M41" t="s">
+        <v>282</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>289</v>
+      </c>
+      <c r="P41" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>291</v>
+      </c>
+      <c r="B42" t="s">
+        <v>292</v>
+      </c>
+      <c r="C42" t="s">
+        <v>293</v>
+      </c>
+      <c r="D42" t="s">
+        <v>67</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2004</v>
+      </c>
+      <c r="I42">
+        <v>2017</v>
+      </c>
+      <c r="J42" t="s">
+        <v>294</v>
+      </c>
+      <c r="K42" t="s">
+        <v>35</v>
+      </c>
+      <c r="L42" t="s">
+        <v>295</v>
+      </c>
+      <c r="M42" t="s">
+        <v>296</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>297</v>
+      </c>
+      <c r="P42" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>299</v>
+      </c>
+      <c r="B43" t="s">
+        <v>300</v>
+      </c>
+      <c r="C43" t="s">
+        <v>293</v>
+      </c>
+      <c r="D43" t="s">
+        <v>301</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>126</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2009</v>
+      </c>
+      <c r="I43">
+        <v>2016</v>
+      </c>
+      <c r="J43" t="s">
+        <v>294</v>
+      </c>
+      <c r="K43" t="s">
+        <v>35</v>
+      </c>
+      <c r="L43" t="s">
+        <v>302</v>
+      </c>
+      <c r="M43" t="s">
+        <v>296</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>303</v>
+      </c>
+      <c r="P43" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>305</v>
+      </c>
+      <c r="B44" t="s">
+        <v>306</v>
+      </c>
+      <c r="C44" t="s">
+        <v>293</v>
+      </c>
+      <c r="D44" t="s">
+        <v>43</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>227</v>
+      </c>
+      <c r="H44"/>
+      <c r="I44">
+        <v>2025</v>
+      </c>
+      <c r="J44" t="s">
+        <v>307</v>
+      </c>
+      <c r="K44" t="s">
+        <v>35</v>
+      </c>
+      <c r="L44" t="s">
+        <v>308</v>
+      </c>
+      <c r="M44" t="s">
+        <v>309</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>310</v>
+      </c>
+      <c r="P44" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>312</v>
+      </c>
+      <c r="B45" t="s">
+        <v>313</v>
+      </c>
+      <c r="C45" t="s">
+        <v>293</v>
+      </c>
+      <c r="D45" t="s">
+        <v>314</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2009</v>
+      </c>
+      <c r="I45">
+        <v>2017</v>
+      </c>
+      <c r="J45" t="s">
+        <v>294</v>
+      </c>
+      <c r="K45" t="s">
+        <v>35</v>
+      </c>
+      <c r="L45" t="s">
+        <v>315</v>
+      </c>
+      <c r="M45" t="s">
+        <v>296</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>316</v>
+      </c>
+      <c r="P45" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>318</v>
+      </c>
+      <c r="B46" t="s">
+        <v>319</v>
+      </c>
+      <c r="C46" t="s">
+        <v>286</v>
+      </c>
+      <c r="D46" t="s">
+        <v>185</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>51</v>
+      </c>
+      <c r="H46">
+        <v>2015</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>320</v>
+      </c>
+      <c r="K46" t="s">
+        <v>35</v>
+      </c>
+      <c r="L46" t="s">
+        <v>321</v>
+      </c>
+      <c r="M46" t="s">
+        <v>282</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>322</v>
+      </c>
+      <c r="P46" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>324</v>
+      </c>
+      <c r="B47" t="s">
+        <v>325</v>
+      </c>
+      <c r="C47" t="s">
+        <v>149</v>
+      </c>
+      <c r="D47" t="s">
+        <v>287</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>126</v>
+      </c>
+      <c r="G47" t="s">
+        <v>51</v>
+      </c>
+      <c r="H47">
+        <v>2021</v>
+      </c>
+      <c r="I47">
+        <v>2024</v>
+      </c>
+      <c r="J47" t="s">
+        <v>326</v>
+      </c>
+      <c r="K47" t="s">
+        <v>35</v>
+      </c>
+      <c r="L47" t="s">
+        <v>327</v>
+      </c>
+      <c r="M47" t="s">
+        <v>151</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>328</v>
+      </c>
+      <c r="P47" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>330</v>
+      </c>
+      <c r="B48" t="s">
+        <v>331</v>
+      </c>
+      <c r="C48" t="s">
+        <v>332</v>
+      </c>
+      <c r="D48" t="s">
+        <v>43</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>33</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2006</v>
+      </c>
+      <c r="I48">
+        <v>2022</v>
+      </c>
+      <c r="J48" t="s">
+        <v>228</v>
+      </c>
+      <c r="K48" t="s">
+        <v>35</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>333</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>334</v>
+      </c>
+      <c r="P48" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>336</v>
+      </c>
+      <c r="B49" t="s">
+        <v>337</v>
+      </c>
+      <c r="C49" t="s">
+        <v>332</v>
+      </c>
+      <c r="D49" t="s">
+        <v>43</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>33</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2015</v>
+      </c>
+      <c r="I49">
+        <v>2022</v>
+      </c>
+      <c r="J49" t="s">
+        <v>228</v>
+      </c>
+      <c r="K49" t="s">
+        <v>35</v>
+      </c>
+      <c r="L49" t="s">
+        <v>338</v>
+      </c>
+      <c r="M49" t="s">
+        <v>333</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>339</v>
+      </c>
+      <c r="P49" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>341</v>
+      </c>
+      <c r="B50" t="s">
+        <v>342</v>
+      </c>
+      <c r="C50" t="s">
+        <v>343</v>
+      </c>
+      <c r="D50" t="s">
+        <v>43</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2000</v>
+      </c>
+      <c r="I50">
+        <v>2015</v>
+      </c>
+      <c r="J50" t="s">
+        <v>344</v>
+      </c>
+      <c r="K50" t="s">
+        <v>35</v>
+      </c>
+      <c r="L50" t="s">
+        <v>345</v>
+      </c>
+      <c r="M50" t="s">
+        <v>346</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>347</v>
+      </c>
+      <c r="P50" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>349</v>
+      </c>
+      <c r="B51" t="s">
+        <v>350</v>
+      </c>
+      <c r="C51" t="s">
+        <v>343</v>
+      </c>
+      <c r="D51" t="s">
+        <v>43</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>33</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2000</v>
+      </c>
+      <c r="I51">
+        <v>2015</v>
+      </c>
+      <c r="J51" t="s">
+        <v>344</v>
+      </c>
+      <c r="K51" t="s">
+        <v>35</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>346</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>351</v>
+      </c>
+      <c r="P51" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>353</v>
+      </c>
+      <c r="B52" t="s">
+        <v>354</v>
+      </c>
+      <c r="C52" t="s">
+        <v>343</v>
+      </c>
+      <c r="D52" t="s">
+        <v>43</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>33</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2016</v>
+      </c>
+      <c r="I52">
+        <v>2020</v>
+      </c>
+      <c r="J52" t="s">
+        <v>86</v>
+      </c>
+      <c r="K52" t="s">
+        <v>35</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>346</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>355</v>
+      </c>
+      <c r="P52" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>353</v>
+      </c>
+      <c r="B53" t="s">
+        <v>357</v>
+      </c>
+      <c r="C53" t="s">
+        <v>343</v>
+      </c>
+      <c r="D53" t="s">
+        <v>43</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>33</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2016</v>
+      </c>
+      <c r="I53">
+        <v>2020</v>
+      </c>
+      <c r="J53" t="s">
+        <v>86</v>
+      </c>
+      <c r="K53" t="s">
+        <v>35</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>346</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>358</v>
+      </c>
+      <c r="P53" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>360</v>
+      </c>
+      <c r="B54" t="s">
+        <v>361</v>
+      </c>
+      <c r="C54" t="s">
+        <v>343</v>
+      </c>
+      <c r="D54" t="s">
+        <v>67</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>21</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2000</v>
+      </c>
+      <c r="I54">
+        <v>2016</v>
+      </c>
+      <c r="J54" t="s">
+        <v>344</v>
+      </c>
+      <c r="K54" t="s">
+        <v>35</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>346</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>362</v>
+      </c>
+      <c r="P54" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>364</v>
+      </c>
+      <c r="B55" t="s">
+        <v>365</v>
+      </c>
+      <c r="C55" t="s">
+        <v>343</v>
+      </c>
+      <c r="D55" t="s">
+        <v>67</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>33</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2000</v>
+      </c>
+      <c r="I55">
+        <v>2020</v>
+      </c>
+      <c r="J55" t="s">
+        <v>86</v>
+      </c>
+      <c r="K55" t="s">
+        <v>35</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>346</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>366</v>
+      </c>
+      <c r="P55" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>368</v>
+      </c>
+      <c r="B56" t="s">
+        <v>369</v>
+      </c>
+      <c r="C56" t="s">
+        <v>343</v>
+      </c>
+      <c r="D56" t="s">
+        <v>67</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>33</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2016</v>
+      </c>
+      <c r="I56">
+        <v>2020</v>
+      </c>
+      <c r="J56" t="s">
+        <v>86</v>
+      </c>
+      <c r="K56" t="s">
+        <v>35</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>346</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>370</v>
+      </c>
+      <c r="P56" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>372</v>
+      </c>
+      <c r="B57" t="s">
+        <v>373</v>
+      </c>
+      <c r="C57" t="s">
+        <v>374</v>
+      </c>
+      <c r="D57" t="s">
+        <v>43</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>126</v>
+      </c>
+      <c r="G57" t="s">
+        <v>51</v>
+      </c>
+      <c r="H57">
+        <v>2004</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>242</v>
+      </c>
+      <c r="K57" t="s">
+        <v>35</v>
+      </c>
+      <c r="L57" t="s">
+        <v>375</v>
+      </c>
+      <c r="M57" t="s">
+        <v>376</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>377</v>
+      </c>
+      <c r="P57" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>379</v>
+      </c>
+      <c r="B58" t="s">
+        <v>380</v>
+      </c>
+      <c r="C58" t="s">
+        <v>374</v>
+      </c>
+      <c r="D58" t="s">
+        <v>67</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>126</v>
+      </c>
+      <c r="G58" t="s">
+        <v>51</v>
+      </c>
+      <c r="H58">
+        <v>2004</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>242</v>
+      </c>
+      <c r="K58" t="s">
+        <v>35</v>
+      </c>
+      <c r="L58" t="s">
+        <v>381</v>
+      </c>
+      <c r="M58" t="s">
+        <v>376</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>382</v>
+      </c>
+      <c r="P58" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>383</v>
+      </c>
+      <c r="B59" t="s">
+        <v>384</v>
+      </c>
+      <c r="C59" t="s">
+        <v>385</v>
+      </c>
+      <c r="D59" t="s">
+        <v>43</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2013</v>
+      </c>
+      <c r="I59">
+        <v>2014</v>
+      </c>
+      <c r="J59" t="s">
+        <v>247</v>
+      </c>
+      <c r="K59" t="s">
+        <v>35</v>
+      </c>
+      <c r="L59" t="s">
+        <v>386</v>
+      </c>
+      <c r="M59" t="s">
+        <v>387</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>388</v>
+      </c>
+      <c r="P59" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>390</v>
+      </c>
+      <c r="B60" t="s">
+        <v>391</v>
+      </c>
+      <c r="C60" t="s">
+        <v>385</v>
+      </c>
+      <c r="D60" t="s">
+        <v>287</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>33</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2013</v>
+      </c>
+      <c r="I60">
+        <v>2014</v>
+      </c>
+      <c r="J60" t="s">
+        <v>247</v>
+      </c>
+      <c r="K60" t="s">
+        <v>35</v>
+      </c>
+      <c r="L60" t="s">
+        <v>386</v>
+      </c>
+      <c r="M60" t="s">
+        <v>387</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>392</v>
+      </c>
+      <c r="P60" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>394</v>
+      </c>
+      <c r="B61" t="s">
+        <v>395</v>
+      </c>
+      <c r="C61" t="s">
+        <v>385</v>
+      </c>
+      <c r="D61" t="s">
+        <v>396</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>21</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2013</v>
+      </c>
+      <c r="I61">
+        <v>2014</v>
+      </c>
+      <c r="J61" t="s">
+        <v>247</v>
+      </c>
+      <c r="K61" t="s">
+        <v>35</v>
+      </c>
+      <c r="L61" t="s">
+        <v>386</v>
+      </c>
+      <c r="M61" t="s">
+        <v>387</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>397</v>
+      </c>
+      <c r="P61" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>399</v>
+      </c>
+      <c r="B62" t="s">
+        <v>400</v>
+      </c>
+      <c r="C62" t="s">
+        <v>401</v>
+      </c>
+      <c r="D62" t="s">
+        <v>43</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>21</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2016</v>
+      </c>
+      <c r="I62">
+        <v>2018</v>
+      </c>
+      <c r="J62" t="s">
+        <v>60</v>
+      </c>
+      <c r="K62" t="s">
+        <v>35</v>
+      </c>
+      <c r="L62" t="s">
+        <v>402</v>
+      </c>
+      <c r="M62" t="s">
+        <v>403</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>404</v>
+      </c>
+      <c r="P62" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>406</v>
+      </c>
+      <c r="B63" t="s">
+        <v>407</v>
+      </c>
+      <c r="C63" t="s">
+        <v>401</v>
+      </c>
+      <c r="D63" t="s">
+        <v>67</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>21</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2016</v>
+      </c>
+      <c r="I63">
+        <v>2018</v>
+      </c>
+      <c r="J63" t="s">
+        <v>86</v>
+      </c>
+      <c r="K63" t="s">
+        <v>35</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>403</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>408</v>
+      </c>
+      <c r="P63" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>410</v>
+      </c>
+      <c r="B64" t="s">
+        <v>411</v>
+      </c>
+      <c r="C64" t="s">
+        <v>412</v>
+      </c>
+      <c r="D64" t="s">
+        <v>43</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>21</v>
+      </c>
+      <c r="G64" t="s">
+        <v>51</v>
+      </c>
+      <c r="H64">
+        <v>2017</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>86</v>
+      </c>
+      <c r="K64" t="s">
+        <v>35</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>413</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>414</v>
+      </c>
+      <c r="P64" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>416</v>
+      </c>
+      <c r="B65" t="s">
+        <v>417</v>
+      </c>
+      <c r="C65" t="s">
+        <v>412</v>
+      </c>
+      <c r="D65" t="s">
+        <v>279</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>418</v>
+      </c>
+      <c r="G65" t="s">
+        <v>51</v>
+      </c>
+      <c r="H65">
+        <v>2022</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>419</v>
+      </c>
+      <c r="K65" t="s">
+        <v>35</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65" t="s">
+        <v>413</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>420</v>
+      </c>
+      <c r="P65" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>422</v>
+      </c>
+      <c r="B66" t="s">
+        <v>423</v>
+      </c>
+      <c r="C66" t="s">
+        <v>412</v>
+      </c>
+      <c r="D66" t="s">
+        <v>424</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>126</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2005</v>
+      </c>
+      <c r="I66">
         <v>2008</v>
       </c>
-      <c r="H4">
-[...42 lines deleted...]
-      <c r="I5" t="s">
+      <c r="J66" t="s">
+        <v>52</v>
+      </c>
+      <c r="K66" t="s">
+        <v>35</v>
+      </c>
+      <c r="L66" t="s">
+        <v>425</v>
+      </c>
+      <c r="M66" t="s">
+        <v>413</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>426</v>
+      </c>
+      <c r="P66" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>428</v>
+      </c>
+      <c r="B67" t="s">
+        <v>429</v>
+      </c>
+      <c r="C67" t="s">
+        <v>430</v>
+      </c>
+      <c r="D67" t="s">
         <v>43</v>
       </c>
-      <c r="J5" t="s">
-[...1659 lines deleted...]
-      <c r="N44" t="s">
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>33</v>
+      </c>
+      <c r="G67" t="s">
+        <v>431</v>
+      </c>
+      <c r="H67"/>
+      <c r="I67"/>
+      <c r="J67" t="s">
         <v>228</v>
       </c>
-    </row>
-[...919 lines deleted...]
-      <c r="I66" t="s">
+      <c r="K67" t="s">
+        <v>35</v>
+      </c>
+      <c r="L67"/>
+      <c r="M67" t="s">
+        <v>432</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>433</v>
+      </c>
+      <c r="P67" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>435</v>
+      </c>
+      <c r="B68" t="s">
+        <v>436</v>
+      </c>
+      <c r="C68" t="s">
+        <v>437</v>
+      </c>
+      <c r="D68" t="s">
         <v>43</v>
       </c>
-      <c r="J66" t="s">
-[...65 lines deleted...]
-      </c>
       <c r="E68" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F68" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>33</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
       </c>
       <c r="H68">
         <v>2010</v>
       </c>
-      <c r="I68" t="s">
-        <v>104</v>
+      <c r="I68">
+        <v>2010</v>
       </c>
       <c r="J68" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="K68" t="s">
+        <v>35</v>
+      </c>
+      <c r="L68"/>
       <c r="M68" t="s">
-        <v>24</v>
+        <v>438</v>
       </c>
       <c r="N68" t="s">
-        <v>310</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>439</v>
+      </c>
+      <c r="P68" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>311</v>
+        <v>441</v>
       </c>
       <c r="B69" t="s">
-        <v>312</v>
+        <v>442</v>
       </c>
       <c r="C69" t="s">
-        <v>313</v>
+        <v>443</v>
       </c>
       <c r="D69" t="s">
-        <v>17</v>
+        <v>444</v>
       </c>
       <c r="E69" t="s">
-        <v>97</v>
+        <v>20</v>
       </c>
       <c r="F69" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G69">
+        <v>126</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
         <v>2008</v>
       </c>
-      <c r="H69">
+      <c r="I69">
         <v>2020</v>
       </c>
-      <c r="I69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J69" t="s">
-        <v>30</v>
+        <v>86</v>
       </c>
       <c r="K69" t="s">
-        <v>314</v>
+        <v>35</v>
       </c>
       <c r="L69" t="s">
-        <v>315</v>
+        <v>445</v>
       </c>
       <c r="M69" t="s">
-        <v>316</v>
+        <v>446</v>
       </c>
       <c r="N69" t="s">
-        <v>317</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:14">
+        <v>447</v>
+      </c>
+      <c r="O69" t="s">
+        <v>448</v>
+      </c>
+      <c r="P69" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>318</v>
+        <v>450</v>
       </c>
       <c r="B70" t="s">
-        <v>133</v>
+        <v>451</v>
       </c>
       <c r="C70" t="s">
-        <v>205</v>
+        <v>176</v>
       </c>
       <c r="D70" t="s">
-        <v>17</v>
+        <v>287</v>
       </c>
       <c r="E70" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F70" t="s">
-        <v>319</v>
-[...1 lines deleted...]
-      <c r="G70">
+        <v>33</v>
+      </c>
+      <c r="G70" t="s">
+        <v>8</v>
+      </c>
+      <c r="H70">
         <v>2015</v>
       </c>
-      <c r="H70">
+      <c r="I70">
         <v>2019</v>
       </c>
-      <c r="I70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J70" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>294</v>
+      </c>
+      <c r="K70" t="s">
+        <v>35</v>
+      </c>
+      <c r="L70"/>
       <c r="M70" t="s">
-        <v>24</v>
+        <v>452</v>
       </c>
       <c r="N70" t="s">
-        <v>321</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>453</v>
+      </c>
+      <c r="P70" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>322</v>
+        <v>455</v>
       </c>
       <c r="B71" t="s">
-        <v>133</v>
+        <v>456</v>
       </c>
       <c r="C71" t="s">
-        <v>205</v>
+        <v>176</v>
       </c>
       <c r="D71" t="s">
-        <v>17</v>
+        <v>287</v>
       </c>
       <c r="E71" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F71" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G71">
+        <v>33</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
         <v>2015</v>
       </c>
-      <c r="H71">
+      <c r="I71">
         <v>2024</v>
       </c>
-      <c r="I71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J71" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>457</v>
+      </c>
+      <c r="K71" t="s">
+        <v>35</v>
+      </c>
+      <c r="L71"/>
       <c r="M71" t="s">
-        <v>24</v>
+        <v>452</v>
       </c>
       <c r="N71" t="s">
-        <v>324</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>458</v>
+      </c>
+      <c r="P71" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>325</v>
+        <v>459</v>
       </c>
       <c r="B72" t="s">
-        <v>326</v>
+        <v>460</v>
       </c>
       <c r="C72" t="s">
-        <v>74</v>
+        <v>461</v>
       </c>
       <c r="D72" t="s">
-        <v>17</v>
+        <v>93</v>
       </c>
       <c r="E72" t="s">
-        <v>97</v>
+        <v>20</v>
       </c>
       <c r="F72" t="s">
-        <v>304</v>
-[...1 lines deleted...]
-      <c r="G72"/>
+        <v>126</v>
+      </c>
+      <c r="G72" t="s">
+        <v>431</v>
+      </c>
       <c r="H72"/>
-      <c r="I72" t="s">
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>52</v>
+      </c>
+      <c r="K72" t="s">
+        <v>35</v>
+      </c>
+      <c r="L72"/>
+      <c r="M72" t="s">
+        <v>462</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>463</v>
+      </c>
+      <c r="P72" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>465</v>
+      </c>
+      <c r="B73" t="s">
+        <v>460</v>
+      </c>
+      <c r="C73" t="s">
+        <v>466</v>
+      </c>
+      <c r="D73" t="s">
         <v>43</v>
       </c>
-      <c r="J72" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="E73" t="s">
-        <v>331</v>
+        <v>20</v>
       </c>
       <c r="F73" t="s">
-        <v>304</v>
-[...1 lines deleted...]
-      <c r="G73"/>
+        <v>467</v>
+      </c>
+      <c r="G73" t="s">
+        <v>431</v>
+      </c>
       <c r="H73"/>
-      <c r="I73" t="s">
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>52</v>
+      </c>
+      <c r="K73" t="s">
+        <v>35</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>468</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>469</v>
+      </c>
+      <c r="P73" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>471</v>
+      </c>
+      <c r="B74" t="s">
+        <v>460</v>
+      </c>
+      <c r="C74" t="s">
+        <v>472</v>
+      </c>
+      <c r="D74" t="s">
+        <v>93</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>467</v>
+      </c>
+      <c r="G74" t="s">
+        <v>431</v>
+      </c>
+      <c r="H74"/>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>52</v>
+      </c>
+      <c r="K74" t="s">
+        <v>35</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
+        <v>473</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>474</v>
+      </c>
+      <c r="P74" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>476</v>
+      </c>
+      <c r="B75" t="s">
+        <v>477</v>
+      </c>
+      <c r="C75" t="s">
+        <v>478</v>
+      </c>
+      <c r="D75" t="s">
+        <v>287</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>21</v>
+      </c>
+      <c r="G75" t="s">
+        <v>51</v>
+      </c>
+      <c r="H75">
+        <v>2018</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>144</v>
+      </c>
+      <c r="K75" t="s">
+        <v>35</v>
+      </c>
+      <c r="L75" t="s">
+        <v>479</v>
+      </c>
+      <c r="M75" t="s">
+        <v>480</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>481</v>
+      </c>
+      <c r="P75" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>483</v>
+      </c>
+      <c r="B76" t="s">
+        <v>183</v>
+      </c>
+      <c r="C76" t="s">
+        <v>184</v>
+      </c>
+      <c r="D76" t="s">
+        <v>287</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>21</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>1994</v>
+      </c>
+      <c r="I76">
+        <v>2003</v>
+      </c>
+      <c r="J76" t="s">
+        <v>60</v>
+      </c>
+      <c r="K76" t="s">
+        <v>35</v>
+      </c>
+      <c r="L76"/>
+      <c r="M76" t="s">
+        <v>186</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>484</v>
+      </c>
+      <c r="P76" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>486</v>
+      </c>
+      <c r="B77" t="s">
+        <v>487</v>
+      </c>
+      <c r="C77" t="s">
+        <v>176</v>
+      </c>
+      <c r="D77" t="s">
+        <v>488</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>8</v>
+      </c>
+      <c r="H77">
+        <v>2015</v>
+      </c>
+      <c r="I77">
+        <v>2019</v>
+      </c>
+      <c r="J77" t="s">
+        <v>294</v>
+      </c>
+      <c r="K77" t="s">
+        <v>35</v>
+      </c>
+      <c r="L77" t="s">
+        <v>489</v>
+      </c>
+      <c r="M77" t="s">
+        <v>452</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>490</v>
+      </c>
+      <c r="P77" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>492</v>
+      </c>
+      <c r="B78" t="s">
+        <v>493</v>
+      </c>
+      <c r="C78" t="s">
+        <v>176</v>
+      </c>
+      <c r="D78" t="s">
+        <v>287</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78" t="s">
+        <v>8</v>
+      </c>
+      <c r="H78">
+        <v>2015</v>
+      </c>
+      <c r="I78">
+        <v>2024</v>
+      </c>
+      <c r="J78" t="s">
+        <v>457</v>
+      </c>
+      <c r="K78" t="s">
+        <v>35</v>
+      </c>
+      <c r="L78"/>
+      <c r="M78" t="s">
+        <v>452</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>494</v>
+      </c>
+      <c r="P78" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>496</v>
+      </c>
+      <c r="B79" t="s">
+        <v>497</v>
+      </c>
+      <c r="C79" t="s">
+        <v>478</v>
+      </c>
+      <c r="D79" t="s">
         <v>43</v>
       </c>
-      <c r="J73" t="s">
-[...34 lines deleted...]
-      <c r="I74" t="s">
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>21</v>
+      </c>
+      <c r="G79" t="s">
+        <v>51</v>
+      </c>
+      <c r="H79">
+        <v>2018</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>144</v>
+      </c>
+      <c r="K79" t="s">
+        <v>35</v>
+      </c>
+      <c r="L79" t="s">
+        <v>498</v>
+      </c>
+      <c r="M79" t="s">
+        <v>480</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>499</v>
+      </c>
+      <c r="P79" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>496</v>
+      </c>
+      <c r="B80" t="s">
+        <v>190</v>
+      </c>
+      <c r="C80" t="s">
+        <v>184</v>
+      </c>
+      <c r="D80" t="s">
         <v>43</v>
       </c>
-      <c r="J74" t="s">
-[...80 lines deleted...]
-      <c r="I76" t="s">
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>21</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>2009</v>
+      </c>
+      <c r="I80">
+        <v>2014</v>
+      </c>
+      <c r="J80" t="s">
+        <v>60</v>
+      </c>
+      <c r="K80" t="s">
+        <v>35</v>
+      </c>
+      <c r="L80" t="s">
+        <v>191</v>
+      </c>
+      <c r="M80" t="s">
+        <v>186</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>500</v>
+      </c>
+      <c r="P80" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>502</v>
+      </c>
+      <c r="B81" t="s">
+        <v>503</v>
+      </c>
+      <c r="C81" t="s">
+        <v>234</v>
+      </c>
+      <c r="D81" t="s">
+        <v>504</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>126</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>2022</v>
+      </c>
+      <c r="I81">
+        <v>2024</v>
+      </c>
+      <c r="J81" t="s">
+        <v>505</v>
+      </c>
+      <c r="K81" t="s">
+        <v>35</v>
+      </c>
+      <c r="L81" t="s">
+        <v>506</v>
+      </c>
+      <c r="M81" t="s">
+        <v>507</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>508</v>
+      </c>
+      <c r="P81" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>510</v>
+      </c>
+      <c r="B82" t="s">
+        <v>511</v>
+      </c>
+      <c r="C82" t="s">
+        <v>58</v>
+      </c>
+      <c r="D82" t="s">
+        <v>59</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>21</v>
+      </c>
+      <c r="G82" t="s">
+        <v>431</v>
+      </c>
+      <c r="H82"/>
+      <c r="I82"/>
+      <c r="J82" t="s">
+        <v>60</v>
+      </c>
+      <c r="K82" t="s">
+        <v>35</v>
+      </c>
+      <c r="L82" t="s">
+        <v>512</v>
+      </c>
+      <c r="M82" t="s">
+        <v>62</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>513</v>
+      </c>
+      <c r="P82" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>514</v>
+      </c>
+      <c r="B83" t="s">
         <v>49</v>
       </c>
-      <c r="J76" t="s">
-[...275 lines deleted...]
-      </c>
       <c r="C83" t="s">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="D83" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="E83" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F83" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>21</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
       </c>
       <c r="H83">
         <v>2010</v>
       </c>
-      <c r="I83" t="s">
+      <c r="I83">
+        <v>2010</v>
+      </c>
+      <c r="J83" t="s">
+        <v>52</v>
+      </c>
+      <c r="K83" t="s">
+        <v>35</v>
+      </c>
+      <c r="L83"/>
+      <c r="M83" t="s">
+        <v>53</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>515</v>
+      </c>
+      <c r="P83" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>517</v>
+      </c>
+      <c r="B84" t="s">
+        <v>518</v>
+      </c>
+      <c r="C84" t="s">
+        <v>478</v>
+      </c>
+      <c r="D84" t="s">
+        <v>67</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>21</v>
+      </c>
+      <c r="G84" t="s">
+        <v>51</v>
+      </c>
+      <c r="H84">
+        <v>2018</v>
+      </c>
+      <c r="I84"/>
+      <c r="J84" t="s">
+        <v>144</v>
+      </c>
+      <c r="K84" t="s">
+        <v>35</v>
+      </c>
+      <c r="L84" t="s">
+        <v>519</v>
+      </c>
+      <c r="M84" t="s">
+        <v>480</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>520</v>
+      </c>
+      <c r="P84" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>521</v>
+      </c>
+      <c r="B85" t="s">
+        <v>522</v>
+      </c>
+      <c r="C85" t="s">
+        <v>523</v>
+      </c>
+      <c r="D85" t="s">
         <v>43</v>
       </c>
-      <c r="J83" t="s">
-[...3 lines deleted...]
-      <c r="L83" t="s">
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>21</v>
+      </c>
+      <c r="G85" t="s">
+        <v>51</v>
+      </c>
+      <c r="H85">
+        <v>2015</v>
+      </c>
+      <c r="I85"/>
+      <c r="J85" t="s">
+        <v>52</v>
+      </c>
+      <c r="K85" t="s">
+        <v>35</v>
+      </c>
+      <c r="L85"/>
+      <c r="M85" t="s">
+        <v>524</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>525</v>
+      </c>
+      <c r="P85" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>527</v>
+      </c>
+      <c r="B86"/>
+      <c r="C86" t="s">
+        <v>528</v>
+      </c>
+      <c r="D86" t="s">
+        <v>43</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>21</v>
+      </c>
+      <c r="G86" t="s">
+        <v>51</v>
+      </c>
+      <c r="H86">
+        <v>2010</v>
+      </c>
+      <c r="I86"/>
+      <c r="J86" t="s">
         <v>44</v>
       </c>
-      <c r="M83" t="s">
+      <c r="K86" t="s">
+        <v>35</v>
+      </c>
+      <c r="L86"/>
+      <c r="M86" t="s">
+        <v>529</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>530</v>
+      </c>
+      <c r="P86" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>532</v>
+      </c>
+      <c r="B87" t="s">
+        <v>533</v>
+      </c>
+      <c r="C87" t="s">
+        <v>528</v>
+      </c>
+      <c r="D87" t="s">
+        <v>279</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>21</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
+        <v>2001</v>
+      </c>
+      <c r="I87">
+        <v>2018</v>
+      </c>
+      <c r="J87" t="s">
+        <v>44</v>
+      </c>
+      <c r="K87" t="s">
+        <v>35</v>
+      </c>
+      <c r="L87"/>
+      <c r="M87" t="s">
+        <v>529</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>534</v>
+      </c>
+      <c r="P87" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>535</v>
+      </c>
+      <c r="B88"/>
+      <c r="C88" t="s">
+        <v>528</v>
+      </c>
+      <c r="D88" t="s">
+        <v>43</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>21</v>
+      </c>
+      <c r="G88" t="s">
+        <v>51</v>
+      </c>
+      <c r="H88">
+        <v>2012</v>
+      </c>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>44</v>
+      </c>
+      <c r="K88" t="s">
+        <v>35</v>
+      </c>
+      <c r="L88"/>
+      <c r="M88" t="s">
+        <v>529</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>536</v>
+      </c>
+      <c r="P88" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>537</v>
+      </c>
+      <c r="B89"/>
+      <c r="C89" t="s">
+        <v>528</v>
+      </c>
+      <c r="D89" t="s">
+        <v>279</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>21</v>
+      </c>
+      <c r="G89" t="s">
+        <v>51</v>
+      </c>
+      <c r="H89">
+        <v>2014</v>
+      </c>
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>44</v>
+      </c>
+      <c r="K89" t="s">
+        <v>35</v>
+      </c>
+      <c r="L89"/>
+      <c r="M89" t="s">
+        <v>529</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>538</v>
+      </c>
+      <c r="P89" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>539</v>
+      </c>
+      <c r="B90"/>
+      <c r="C90" t="s">
+        <v>528</v>
+      </c>
+      <c r="D90" t="s">
+        <v>540</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>21</v>
+      </c>
+      <c r="G90" t="s">
+        <v>51</v>
+      </c>
+      <c r="H90">
+        <v>2010</v>
+      </c>
+      <c r="I90"/>
+      <c r="J90" t="s">
+        <v>44</v>
+      </c>
+      <c r="K90" t="s">
+        <v>35</v>
+      </c>
+      <c r="L90"/>
+      <c r="M90" t="s">
+        <v>529</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>541</v>
+      </c>
+      <c r="P90" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>542</v>
+      </c>
+      <c r="B91" t="s">
+        <v>543</v>
+      </c>
+      <c r="C91" t="s">
+        <v>234</v>
+      </c>
+      <c r="D91" t="s">
+        <v>544</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>126</v>
+      </c>
+      <c r="G91" t="s">
+        <v>51</v>
+      </c>
+      <c r="H91">
+        <v>2021</v>
+      </c>
+      <c r="I91"/>
+      <c r="J91" t="s">
+        <v>44</v>
+      </c>
+      <c r="K91" t="s">
+        <v>35</v>
+      </c>
+      <c r="L91"/>
+      <c r="M91" t="s">
+        <v>507</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>545</v>
+      </c>
+      <c r="P91" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>547</v>
+      </c>
+      <c r="B92" t="s">
+        <v>548</v>
+      </c>
+      <c r="C92" t="s">
+        <v>234</v>
+      </c>
+      <c r="D92" t="s">
+        <v>59</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>33</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
+        <v>2013</v>
+      </c>
+      <c r="I92">
+        <v>2016</v>
+      </c>
+      <c r="J92" t="s">
+        <v>44</v>
+      </c>
+      <c r="K92" t="s">
+        <v>35</v>
+      </c>
+      <c r="L92" t="s">
+        <v>549</v>
+      </c>
+      <c r="M92" t="s">
+        <v>507</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>550</v>
+      </c>
+      <c r="P92" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>552</v>
+      </c>
+      <c r="B93" t="s">
+        <v>553</v>
+      </c>
+      <c r="C93" t="s">
+        <v>332</v>
+      </c>
+      <c r="D93" t="s">
+        <v>43</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>21</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>2006</v>
+      </c>
+      <c r="I93">
+        <v>2010</v>
+      </c>
+      <c r="J93" t="s">
+        <v>228</v>
+      </c>
+      <c r="K93" t="s">
+        <v>35</v>
+      </c>
+      <c r="L93"/>
+      <c r="M93" t="s">
+        <v>554</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>555</v>
+      </c>
+      <c r="P93" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>557</v>
+      </c>
+      <c r="B94" t="s">
+        <v>558</v>
+      </c>
+      <c r="C94" t="s">
+        <v>332</v>
+      </c>
+      <c r="D94" t="s">
+        <v>43</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>21</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94">
+        <v>2006</v>
+      </c>
+      <c r="I94">
+        <v>2010</v>
+      </c>
+      <c r="J94" t="s">
+        <v>228</v>
+      </c>
+      <c r="K94" t="s">
+        <v>35</v>
+      </c>
+      <c r="L94"/>
+      <c r="M94" t="s">
+        <v>554</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>559</v>
+      </c>
+      <c r="P94" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>561</v>
+      </c>
+      <c r="B95" t="s">
+        <v>562</v>
+      </c>
+      <c r="C95" t="s">
+        <v>332</v>
+      </c>
+      <c r="D95" t="s">
+        <v>43</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>21</v>
+      </c>
+      <c r="G95" t="s">
+        <v>51</v>
+      </c>
+      <c r="H95">
+        <v>2010</v>
+      </c>
+      <c r="I95"/>
+      <c r="J95" t="s">
+        <v>228</v>
+      </c>
+      <c r="K95" t="s">
+        <v>35</v>
+      </c>
+      <c r="L95"/>
+      <c r="M95" t="s">
+        <v>554</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>563</v>
+      </c>
+      <c r="P95" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>565</v>
+      </c>
+      <c r="B96" t="s">
+        <v>566</v>
+      </c>
+      <c r="C96" t="s">
+        <v>567</v>
+      </c>
+      <c r="D96" t="s">
+        <v>279</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>126</v>
+      </c>
+      <c r="G96" t="s">
+        <v>568</v>
+      </c>
+      <c r="H96">
+        <v>2024</v>
+      </c>
+      <c r="I96"/>
+      <c r="J96" t="s">
+        <v>569</v>
+      </c>
+      <c r="K96" t="s">
+        <v>35</v>
+      </c>
+      <c r="L96" t="s">
+        <v>570</v>
+      </c>
+      <c r="M96" t="s">
+        <v>571</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>572</v>
+      </c>
+      <c r="P96" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>574</v>
+      </c>
+      <c r="B97" t="s">
+        <v>575</v>
+      </c>
+      <c r="C97" t="s">
+        <v>576</v>
+      </c>
+      <c r="D97" t="s">
+        <v>43</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>21</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>2012</v>
+      </c>
+      <c r="I97">
+        <v>2013</v>
+      </c>
+      <c r="J97" t="s">
+        <v>294</v>
+      </c>
+      <c r="K97" t="s">
+        <v>35</v>
+      </c>
+      <c r="L97" t="s">
+        <v>574</v>
+      </c>
+      <c r="M97" t="s">
+        <v>577</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>578</v>
+      </c>
+      <c r="P97" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>580</v>
+      </c>
+      <c r="B98" t="s">
+        <v>581</v>
+      </c>
+      <c r="C98" t="s">
+        <v>576</v>
+      </c>
+      <c r="D98" t="s">
+        <v>287</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>21</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
+        <v>2010</v>
+      </c>
+      <c r="I98">
+        <v>2018</v>
+      </c>
+      <c r="J98" t="s">
+        <v>294</v>
+      </c>
+      <c r="K98" t="s">
+        <v>35</v>
+      </c>
+      <c r="L98" t="s">
+        <v>580</v>
+      </c>
+      <c r="M98" t="s">
+        <v>577</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>582</v>
+      </c>
+      <c r="P98" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>584</v>
+      </c>
+      <c r="B99" t="s">
+        <v>585</v>
+      </c>
+      <c r="C99" t="s">
+        <v>576</v>
+      </c>
+      <c r="D99" t="s">
+        <v>59</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>21</v>
+      </c>
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
+        <v>2012</v>
+      </c>
+      <c r="I99">
+        <v>2017</v>
+      </c>
+      <c r="J99" t="s">
+        <v>60</v>
+      </c>
+      <c r="K99" t="s">
+        <v>35</v>
+      </c>
+      <c r="L99" t="s">
+        <v>584</v>
+      </c>
+      <c r="M99" t="s">
+        <v>577</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>586</v>
+      </c>
+      <c r="P99" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>588</v>
+      </c>
+      <c r="B100" t="s">
+        <v>589</v>
+      </c>
+      <c r="C100" t="s">
+        <v>590</v>
+      </c>
+      <c r="D100" t="s">
+        <v>43</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>21</v>
+      </c>
+      <c r="G100" t="s">
+        <v>51</v>
+      </c>
+      <c r="H100">
+        <v>2009</v>
+      </c>
+      <c r="I100"/>
+      <c r="J100" t="s">
+        <v>60</v>
+      </c>
+      <c r="K100" t="s">
+        <v>35</v>
+      </c>
+      <c r="L100" t="s">
+        <v>591</v>
+      </c>
+      <c r="M100" t="s">
+        <v>592</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>593</v>
+      </c>
+      <c r="P100" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>595</v>
+      </c>
+      <c r="B101" t="s">
+        <v>596</v>
+      </c>
+      <c r="C101" t="s">
+        <v>590</v>
+      </c>
+      <c r="D101" t="s">
+        <v>43</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>21</v>
+      </c>
+      <c r="G101" t="s">
+        <v>51</v>
+      </c>
+      <c r="H101">
+        <v>2009</v>
+      </c>
+      <c r="I101"/>
+      <c r="J101" t="s">
+        <v>60</v>
+      </c>
+      <c r="K101" t="s">
+        <v>35</v>
+      </c>
+      <c r="L101" t="s">
+        <v>597</v>
+      </c>
+      <c r="M101" t="s">
+        <v>592</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>598</v>
+      </c>
+      <c r="P101" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>600</v>
+      </c>
+      <c r="B102" t="s">
+        <v>601</v>
+      </c>
+      <c r="C102" t="s">
+        <v>602</v>
+      </c>
+      <c r="D102" t="s">
+        <v>185</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>126</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
+        <v>2020</v>
+      </c>
+      <c r="I102">
+        <v>2024</v>
+      </c>
+      <c r="J102" t="s">
+        <v>326</v>
+      </c>
+      <c r="K102" t="s">
+        <v>35</v>
+      </c>
+      <c r="L102" t="s">
+        <v>603</v>
+      </c>
+      <c r="M102" t="s">
+        <v>604</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>605</v>
+      </c>
+      <c r="P102" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>607</v>
+      </c>
+      <c r="B103" t="s">
+        <v>608</v>
+      </c>
+      <c r="C103" t="s">
+        <v>149</v>
+      </c>
+      <c r="D103" t="s">
+        <v>67</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>126</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>2007</v>
+      </c>
+      <c r="I103">
+        <v>2013</v>
+      </c>
+      <c r="J103" t="s">
+        <v>135</v>
+      </c>
+      <c r="K103" t="s">
+        <v>35</v>
+      </c>
+      <c r="L103" t="s">
+        <v>609</v>
+      </c>
+      <c r="M103" t="s">
+        <v>151</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>610</v>
+      </c>
+      <c r="P103" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>612</v>
+      </c>
+      <c r="B104" t="s">
+        <v>608</v>
+      </c>
+      <c r="C104" t="s">
+        <v>149</v>
+      </c>
+      <c r="D104" t="s">
+        <v>67</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>33</v>
+      </c>
+      <c r="G104" t="s">
+        <v>51</v>
+      </c>
+      <c r="H104">
+        <v>2006</v>
+      </c>
+      <c r="I104"/>
+      <c r="J104" t="s">
+        <v>135</v>
+      </c>
+      <c r="K104" t="s">
+        <v>35</v>
+      </c>
+      <c r="L104" t="s">
+        <v>613</v>
+      </c>
+      <c r="M104" t="s">
+        <v>151</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>614</v>
+      </c>
+      <c r="P104" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>616</v>
+      </c>
+      <c r="B105" t="s">
+        <v>617</v>
+      </c>
+      <c r="C105" t="s">
+        <v>149</v>
+      </c>
+      <c r="D105" t="s">
+        <v>59</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>33</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
+        <v>2007</v>
+      </c>
+      <c r="I105">
+        <v>2015</v>
+      </c>
+      <c r="J105" t="s">
+        <v>135</v>
+      </c>
+      <c r="K105" t="s">
+        <v>35</v>
+      </c>
+      <c r="L105" t="s">
+        <v>618</v>
+      </c>
+      <c r="M105" t="s">
+        <v>151</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>619</v>
+      </c>
+      <c r="P105" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>621</v>
+      </c>
+      <c r="B106" t="s">
+        <v>622</v>
+      </c>
+      <c r="C106" t="s">
+        <v>437</v>
+      </c>
+      <c r="D106" t="s">
+        <v>67</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>33</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
+        <v>1999</v>
+      </c>
+      <c r="I106">
+        <v>2012</v>
+      </c>
+      <c r="J106" t="s">
+        <v>135</v>
+      </c>
+      <c r="K106" t="s">
+        <v>35</v>
+      </c>
+      <c r="L106" t="s">
+        <v>623</v>
+      </c>
+      <c r="M106" t="s">
+        <v>438</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>624</v>
+      </c>
+      <c r="P106" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>626</v>
+      </c>
+      <c r="B107" t="s">
+        <v>627</v>
+      </c>
+      <c r="C107" t="s">
+        <v>628</v>
+      </c>
+      <c r="D107" t="s">
+        <v>185</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>126</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
+        <v>2018</v>
+      </c>
+      <c r="I107">
+        <v>2019</v>
+      </c>
+      <c r="J107" t="s">
+        <v>52</v>
+      </c>
+      <c r="K107" t="s">
+        <v>35</v>
+      </c>
+      <c r="L107"/>
+      <c r="M107" t="s">
+        <v>629</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>630</v>
+      </c>
+      <c r="P107" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>632</v>
+      </c>
+      <c r="B108" t="s">
+        <v>633</v>
+      </c>
+      <c r="C108" t="s">
+        <v>241</v>
+      </c>
+      <c r="D108" t="s">
+        <v>287</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>126</v>
+      </c>
+      <c r="G108" t="s">
+        <v>51</v>
+      </c>
+      <c r="H108">
+        <v>2015</v>
+      </c>
+      <c r="I108"/>
+      <c r="J108" t="s">
+        <v>60</v>
+      </c>
+      <c r="K108" t="s">
+        <v>35</v>
+      </c>
+      <c r="L108" t="s">
+        <v>634</v>
+      </c>
+      <c r="M108" t="s">
+        <v>635</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>636</v>
+      </c>
+      <c r="P108" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>638</v>
+      </c>
+      <c r="B109" t="s">
+        <v>639</v>
+      </c>
+      <c r="C109" t="s">
+        <v>640</v>
+      </c>
+      <c r="D109" t="s">
+        <v>641</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>126</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
+        <v>2017</v>
+      </c>
+      <c r="I109">
+        <v>2021</v>
+      </c>
+      <c r="J109" t="s">
+        <v>320</v>
+      </c>
+      <c r="K109" t="s">
+        <v>642</v>
+      </c>
+      <c r="L109" t="s">
+        <v>643</v>
+      </c>
+      <c r="M109" t="s">
+        <v>644</v>
+      </c>
+      <c r="N109" t="s">
+        <v>447</v>
+      </c>
+      <c r="O109" t="s">
+        <v>645</v>
+      </c>
+      <c r="P109" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>647</v>
+      </c>
+      <c r="B110" t="s">
+        <v>648</v>
+      </c>
+      <c r="C110" t="s">
+        <v>649</v>
+      </c>
+      <c r="D110" t="s">
+        <v>650</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>21</v>
+      </c>
+      <c r="G110" t="s">
+        <v>22</v>
+      </c>
+      <c r="H110">
+        <v>2009</v>
+      </c>
+      <c r="I110">
+        <v>2016</v>
+      </c>
+      <c r="J110" t="s">
+        <v>73</v>
+      </c>
+      <c r="K110" t="s">
+        <v>35</v>
+      </c>
+      <c r="L110"/>
+      <c r="M110" t="s">
+        <v>651</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>652</v>
+      </c>
+      <c r="P110" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>654</v>
+      </c>
+      <c r="B111" t="s">
+        <v>655</v>
+      </c>
+      <c r="C111" t="s">
+        <v>430</v>
+      </c>
+      <c r="D111" t="s">
+        <v>43</v>
+      </c>
+      <c r="E111" t="s">
+        <v>20</v>
+      </c>
+      <c r="F111" t="s">
+        <v>21</v>
+      </c>
+      <c r="G111" t="s">
+        <v>22</v>
+      </c>
+      <c r="H111">
+        <v>2013</v>
+      </c>
+      <c r="I111">
+        <v>2020</v>
+      </c>
+      <c r="J111" t="s">
+        <v>228</v>
+      </c>
+      <c r="K111" t="s">
+        <v>35</v>
+      </c>
+      <c r="L111" t="s">
+        <v>656</v>
+      </c>
+      <c r="M111" t="s">
+        <v>432</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>657</v>
+      </c>
+      <c r="P111" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>659</v>
+      </c>
+      <c r="B112" t="s">
+        <v>660</v>
+      </c>
+      <c r="C112" t="s">
+        <v>430</v>
+      </c>
+      <c r="D112" t="s">
+        <v>43</v>
+      </c>
+      <c r="E112" t="s">
+        <v>20</v>
+      </c>
+      <c r="F112" t="s">
+        <v>33</v>
+      </c>
+      <c r="G112" t="s">
+        <v>51</v>
+      </c>
+      <c r="H112">
+        <v>2011</v>
+      </c>
+      <c r="I112">
+        <v>2015</v>
+      </c>
+      <c r="J112" t="s">
+        <v>228</v>
+      </c>
+      <c r="K112" t="s">
+        <v>35</v>
+      </c>
+      <c r="L112" t="s">
+        <v>661</v>
+      </c>
+      <c r="M112" t="s">
+        <v>432</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>662</v>
+      </c>
+      <c r="P112" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>664</v>
+      </c>
+      <c r="B113" t="s">
+        <v>665</v>
+      </c>
+      <c r="C113" t="s">
+        <v>478</v>
+      </c>
+      <c r="D113" t="s">
+        <v>666</v>
+      </c>
+      <c r="E113" t="s">
+        <v>20</v>
+      </c>
+      <c r="F113" t="s">
+        <v>33</v>
+      </c>
+      <c r="G113" t="s">
+        <v>51</v>
+      </c>
+      <c r="H113">
+        <v>2018</v>
+      </c>
+      <c r="I113"/>
+      <c r="J113" t="s">
+        <v>86</v>
+      </c>
+      <c r="K113" t="s">
+        <v>35</v>
+      </c>
+      <c r="L113"/>
+      <c r="M113" t="s">
+        <v>480</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>667</v>
+      </c>
+      <c r="P113" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>669</v>
+      </c>
+      <c r="B114" t="s">
+        <v>670</v>
+      </c>
+      <c r="C114" t="s">
+        <v>671</v>
+      </c>
+      <c r="D114" t="s">
+        <v>185</v>
+      </c>
+      <c r="E114" t="s">
+        <v>20</v>
+      </c>
+      <c r="F114" t="s">
+        <v>126</v>
+      </c>
+      <c r="G114" t="s">
+        <v>22</v>
+      </c>
+      <c r="H114">
+        <v>2016</v>
+      </c>
+      <c r="I114">
+        <v>2019</v>
+      </c>
+      <c r="J114" t="s">
+        <v>60</v>
+      </c>
+      <c r="K114" t="s">
+        <v>35</v>
+      </c>
+      <c r="L114"/>
+      <c r="M114" t="s">
+        <v>672</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>673</v>
+      </c>
+      <c r="P114" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>675</v>
+      </c>
+      <c r="B115" t="s">
+        <v>676</v>
+      </c>
+      <c r="C115" t="s">
+        <v>671</v>
+      </c>
+      <c r="D115" t="s">
+        <v>185</v>
+      </c>
+      <c r="E115" t="s">
+        <v>20</v>
+      </c>
+      <c r="F115" t="s">
+        <v>126</v>
+      </c>
+      <c r="G115" t="s">
+        <v>22</v>
+      </c>
+      <c r="H115">
+        <v>2016</v>
+      </c>
+      <c r="I115">
+        <v>2019</v>
+      </c>
+      <c r="J115" t="s">
+        <v>60</v>
+      </c>
+      <c r="K115" t="s">
+        <v>35</v>
+      </c>
+      <c r="L115"/>
+      <c r="M115" t="s">
+        <v>672</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>677</v>
+      </c>
+      <c r="P115" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>678</v>
+      </c>
+      <c r="B116" t="s">
+        <v>679</v>
+      </c>
+      <c r="C116" t="s">
+        <v>680</v>
+      </c>
+      <c r="D116" t="s">
+        <v>59</v>
+      </c>
+      <c r="E116" t="s">
+        <v>20</v>
+      </c>
+      <c r="F116" t="s">
+        <v>126</v>
+      </c>
+      <c r="G116" t="s">
+        <v>22</v>
+      </c>
+      <c r="H116">
+        <v>2006</v>
+      </c>
+      <c r="I116">
+        <v>2015</v>
+      </c>
+      <c r="J116" t="s">
+        <v>44</v>
+      </c>
+      <c r="K116" t="s">
+        <v>35</v>
+      </c>
+      <c r="L116"/>
+      <c r="M116" t="s">
+        <v>681</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>682</v>
+      </c>
+      <c r="P116" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>684</v>
+      </c>
+      <c r="B117" t="s">
+        <v>685</v>
+      </c>
+      <c r="C117" t="s">
+        <v>680</v>
+      </c>
+      <c r="D117" t="s">
+        <v>67</v>
+      </c>
+      <c r="E117" t="s">
+        <v>20</v>
+      </c>
+      <c r="F117" t="s">
+        <v>33</v>
+      </c>
+      <c r="G117" t="s">
+        <v>51</v>
+      </c>
+      <c r="H117">
+        <v>2014</v>
+      </c>
+      <c r="I117"/>
+      <c r="J117" t="s">
+        <v>44</v>
+      </c>
+      <c r="K117" t="s">
+        <v>35</v>
+      </c>
+      <c r="L117"/>
+      <c r="M117" t="s">
+        <v>681</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>686</v>
+      </c>
+      <c r="P117" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>688</v>
+      </c>
+      <c r="B118" t="s">
+        <v>689</v>
+      </c>
+      <c r="C118" t="s">
+        <v>690</v>
+      </c>
+      <c r="D118" t="s">
+        <v>43</v>
+      </c>
+      <c r="E118" t="s">
+        <v>20</v>
+      </c>
+      <c r="F118" t="s">
+        <v>126</v>
+      </c>
+      <c r="G118" t="s">
+        <v>51</v>
+      </c>
+      <c r="H118">
+        <v>2011</v>
+      </c>
+      <c r="I118"/>
+      <c r="J118" t="s">
+        <v>60</v>
+      </c>
+      <c r="K118" t="s">
+        <v>35</v>
+      </c>
+      <c r="L118"/>
+      <c r="M118" t="s">
+        <v>691</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>692</v>
+      </c>
+      <c r="P118" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>694</v>
+      </c>
+      <c r="B119" t="s">
+        <v>695</v>
+      </c>
+      <c r="C119" t="s">
+        <v>690</v>
+      </c>
+      <c r="D119" t="s">
+        <v>287</v>
+      </c>
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>21</v>
+      </c>
+      <c r="G119" t="s">
+        <v>51</v>
+      </c>
+      <c r="H119">
+        <v>2011</v>
+      </c>
+      <c r="I119"/>
+      <c r="J119" t="s">
+        <v>86</v>
+      </c>
+      <c r="K119" t="s">
+        <v>35</v>
+      </c>
+      <c r="L119"/>
+      <c r="M119" t="s">
+        <v>691</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>696</v>
+      </c>
+      <c r="P119" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>698</v>
+      </c>
+      <c r="B120" t="s">
+        <v>699</v>
+      </c>
+      <c r="C120" t="s">
+        <v>700</v>
+      </c>
+      <c r="D120" t="s">
+        <v>59</v>
+      </c>
+      <c r="E120" t="s">
+        <v>20</v>
+      </c>
+      <c r="F120" t="s">
+        <v>126</v>
+      </c>
+      <c r="G120" t="s">
+        <v>22</v>
+      </c>
+      <c r="H120">
+        <v>2002</v>
+      </c>
+      <c r="I120">
+        <v>2016</v>
+      </c>
+      <c r="J120" t="s">
+        <v>320</v>
+      </c>
+      <c r="K120" t="s">
+        <v>35</v>
+      </c>
+      <c r="L120" t="s">
+        <v>701</v>
+      </c>
+      <c r="M120" t="s">
+        <v>702</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>703</v>
+      </c>
+      <c r="P120" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>705</v>
+      </c>
+      <c r="B121" t="s">
+        <v>706</v>
+      </c>
+      <c r="C121" t="s">
+        <v>700</v>
+      </c>
+      <c r="D121" t="s">
+        <v>67</v>
+      </c>
+      <c r="E121" t="s">
+        <v>20</v>
+      </c>
+      <c r="F121" t="s">
+        <v>126</v>
+      </c>
+      <c r="G121" t="s">
+        <v>51</v>
+      </c>
+      <c r="H121">
+        <v>2016</v>
+      </c>
+      <c r="I121"/>
+      <c r="J121" t="s">
+        <v>707</v>
+      </c>
+      <c r="K121" t="s">
+        <v>35</v>
+      </c>
+      <c r="L121"/>
+      <c r="M121" t="s">
+        <v>702</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>708</v>
+      </c>
+      <c r="P121" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>710</v>
+      </c>
+      <c r="B122" t="s">
+        <v>711</v>
+      </c>
+      <c r="C122" t="s">
+        <v>712</v>
+      </c>
+      <c r="D122" t="s">
+        <v>713</v>
+      </c>
+      <c r="E122" t="s">
+        <v>20</v>
+      </c>
+      <c r="F122" t="s">
+        <v>33</v>
+      </c>
+      <c r="G122" t="s">
+        <v>51</v>
+      </c>
+      <c r="H122">
+        <v>2017</v>
+      </c>
+      <c r="I122"/>
+      <c r="J122" t="s">
+        <v>44</v>
+      </c>
+      <c r="K122" t="s">
         <v>24</v>
       </c>
-      <c r="N83" t="s">
-[...22 lines deleted...]
-      <c r="G84">
+      <c r="L122"/>
+      <c r="M122" t="s">
+        <v>714</v>
+      </c>
+      <c r="N122" t="s">
+        <v>447</v>
+      </c>
+      <c r="O122" t="s">
+        <v>715</v>
+      </c>
+      <c r="P122" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>717</v>
+      </c>
+      <c r="B123" t="s">
+        <v>718</v>
+      </c>
+      <c r="C123" t="s">
+        <v>133</v>
+      </c>
+      <c r="D123" t="s">
+        <v>93</v>
+      </c>
+      <c r="E123" t="s">
+        <v>20</v>
+      </c>
+      <c r="F123" t="s">
+        <v>21</v>
+      </c>
+      <c r="G123" t="s">
+        <v>51</v>
+      </c>
+      <c r="H123">
+        <v>2017</v>
+      </c>
+      <c r="I123"/>
+      <c r="J123" t="s">
+        <v>135</v>
+      </c>
+      <c r="K123" t="s">
+        <v>35</v>
+      </c>
+      <c r="L123"/>
+      <c r="M123" t="s">
+        <v>137</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>719</v>
+      </c>
+      <c r="P123" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>721</v>
+      </c>
+      <c r="B124" t="s">
+        <v>722</v>
+      </c>
+      <c r="C124" t="s">
+        <v>133</v>
+      </c>
+      <c r="D124" t="s">
+        <v>67</v>
+      </c>
+      <c r="E124" t="s">
+        <v>20</v>
+      </c>
+      <c r="F124" t="s">
+        <v>21</v>
+      </c>
+      <c r="G124" t="s">
+        <v>22</v>
+      </c>
+      <c r="H124">
+        <v>2008</v>
+      </c>
+      <c r="I124">
+        <v>2015</v>
+      </c>
+      <c r="J124" t="s">
+        <v>144</v>
+      </c>
+      <c r="K124" t="s">
+        <v>35</v>
+      </c>
+      <c r="L124"/>
+      <c r="M124" t="s">
+        <v>137</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>723</v>
+      </c>
+      <c r="P124" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>725</v>
+      </c>
+      <c r="B125" t="s">
+        <v>726</v>
+      </c>
+      <c r="C125" t="s">
+        <v>133</v>
+      </c>
+      <c r="D125" t="s">
+        <v>67</v>
+      </c>
+      <c r="E125" t="s">
+        <v>20</v>
+      </c>
+      <c r="F125" t="s">
+        <v>21</v>
+      </c>
+      <c r="G125" t="s">
+        <v>22</v>
+      </c>
+      <c r="H125">
+        <v>2009</v>
+      </c>
+      <c r="I125">
+        <v>2013</v>
+      </c>
+      <c r="J125" t="s">
+        <v>144</v>
+      </c>
+      <c r="K125" t="s">
+        <v>35</v>
+      </c>
+      <c r="L125"/>
+      <c r="M125" t="s">
+        <v>137</v>
+      </c>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>727</v>
+      </c>
+      <c r="P125" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>729</v>
+      </c>
+      <c r="B126" t="s">
+        <v>730</v>
+      </c>
+      <c r="C126" t="s">
+        <v>649</v>
+      </c>
+      <c r="D126" t="s">
+        <v>731</v>
+      </c>
+      <c r="E126" t="s">
+        <v>20</v>
+      </c>
+      <c r="F126" t="s">
+        <v>33</v>
+      </c>
+      <c r="G126" t="s">
+        <v>22</v>
+      </c>
+      <c r="H126">
+        <v>2009</v>
+      </c>
+      <c r="I126">
+        <v>2016</v>
+      </c>
+      <c r="J126" t="s">
+        <v>73</v>
+      </c>
+      <c r="K126" t="s">
+        <v>24</v>
+      </c>
+      <c r="L126"/>
+      <c r="M126" t="s">
+        <v>651</v>
+      </c>
+      <c r="N126" t="s">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>732</v>
+      </c>
+      <c r="P126" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>734</v>
+      </c>
+      <c r="B127" t="s">
+        <v>460</v>
+      </c>
+      <c r="C127" t="s">
+        <v>735</v>
+      </c>
+      <c r="D127" t="s">
+        <v>43</v>
+      </c>
+      <c r="E127" t="s">
+        <v>20</v>
+      </c>
+      <c r="F127" t="s">
+        <v>126</v>
+      </c>
+      <c r="G127" t="s">
+        <v>51</v>
+      </c>
+      <c r="H127">
+        <v>2010</v>
+      </c>
+      <c r="I127"/>
+      <c r="J127" t="s">
+        <v>52</v>
+      </c>
+      <c r="K127" t="s">
+        <v>35</v>
+      </c>
+      <c r="L127"/>
+      <c r="M127" t="s">
+        <v>736</v>
+      </c>
+      <c r="N127" t="s">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>737</v>
+      </c>
+      <c r="P127" t="s">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>739</v>
+      </c>
+      <c r="B128" t="s">
+        <v>740</v>
+      </c>
+      <c r="C128" t="s">
+        <v>741</v>
+      </c>
+      <c r="D128" t="s">
+        <v>112</v>
+      </c>
+      <c r="E128" t="s">
+        <v>20</v>
+      </c>
+      <c r="F128" t="s">
+        <v>33</v>
+      </c>
+      <c r="G128" t="s">
+        <v>51</v>
+      </c>
+      <c r="H128">
+        <v>2021</v>
+      </c>
+      <c r="I128"/>
+      <c r="J128" t="s">
+        <v>742</v>
+      </c>
+      <c r="K128" t="s">
+        <v>35</v>
+      </c>
+      <c r="L128"/>
+      <c r="M128"/>
+      <c r="N128" t="s">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>743</v>
+      </c>
+      <c r="P128" t="s">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>739</v>
+      </c>
+      <c r="B129" t="s">
+        <v>745</v>
+      </c>
+      <c r="C129" t="s">
+        <v>741</v>
+      </c>
+      <c r="D129" t="s">
+        <v>112</v>
+      </c>
+      <c r="E129" t="s">
+        <v>20</v>
+      </c>
+      <c r="F129" t="s">
+        <v>21</v>
+      </c>
+      <c r="G129" t="s">
+        <v>51</v>
+      </c>
+      <c r="H129">
+        <v>2021</v>
+      </c>
+      <c r="I129"/>
+      <c r="J129" t="s">
+        <v>742</v>
+      </c>
+      <c r="K129" t="s">
+        <v>35</v>
+      </c>
+      <c r="L129"/>
+      <c r="M129"/>
+      <c r="N129" t="s">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>746</v>
+      </c>
+      <c r="P129" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>748</v>
+      </c>
+      <c r="B130" t="s">
+        <v>749</v>
+      </c>
+      <c r="C130" t="s">
+        <v>401</v>
+      </c>
+      <c r="D130" t="s">
+        <v>750</v>
+      </c>
+      <c r="E130" t="s">
+        <v>20</v>
+      </c>
+      <c r="F130" t="s">
+        <v>126</v>
+      </c>
+      <c r="G130" t="s">
+        <v>51</v>
+      </c>
+      <c r="H130">
+        <v>2016</v>
+      </c>
+      <c r="I130"/>
+      <c r="J130" t="s">
+        <v>751</v>
+      </c>
+      <c r="K130" t="s">
+        <v>35</v>
+      </c>
+      <c r="L130"/>
+      <c r="M130" t="s">
+        <v>752</v>
+      </c>
+      <c r="N130" t="s">
+        <v>447</v>
+      </c>
+      <c r="O130" t="s">
+        <v>753</v>
+      </c>
+      <c r="P130" t="s">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>755</v>
+      </c>
+      <c r="B131" t="s">
+        <v>756</v>
+      </c>
+      <c r="C131" t="s">
+        <v>757</v>
+      </c>
+      <c r="D131" t="s">
+        <v>93</v>
+      </c>
+      <c r="E131" t="s">
+        <v>20</v>
+      </c>
+      <c r="F131" t="s">
+        <v>126</v>
+      </c>
+      <c r="G131" t="s">
+        <v>51</v>
+      </c>
+      <c r="H131">
+        <v>2007</v>
+      </c>
+      <c r="I131"/>
+      <c r="J131" t="s">
+        <v>52</v>
+      </c>
+      <c r="K131" t="s">
+        <v>35</v>
+      </c>
+      <c r="L131" t="s">
+        <v>758</v>
+      </c>
+      <c r="M131" t="s">
+        <v>759</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>760</v>
+      </c>
+      <c r="P131" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>762</v>
+      </c>
+      <c r="B132" t="s">
+        <v>763</v>
+      </c>
+      <c r="C132" t="s">
+        <v>757</v>
+      </c>
+      <c r="D132" t="s">
+        <v>287</v>
+      </c>
+      <c r="E132" t="s">
+        <v>20</v>
+      </c>
+      <c r="F132" t="s">
+        <v>21</v>
+      </c>
+      <c r="G132" t="s">
+        <v>51</v>
+      </c>
+      <c r="H132">
+        <v>2007</v>
+      </c>
+      <c r="I132"/>
+      <c r="J132" t="s">
+        <v>52</v>
+      </c>
+      <c r="K132" t="s">
+        <v>35</v>
+      </c>
+      <c r="L132" t="s">
+        <v>764</v>
+      </c>
+      <c r="M132" t="s">
+        <v>759</v>
+      </c>
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>765</v>
+      </c>
+      <c r="P132" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>767</v>
+      </c>
+      <c r="B133" t="s">
+        <v>768</v>
+      </c>
+      <c r="C133" t="s">
+        <v>757</v>
+      </c>
+      <c r="D133" t="s">
+        <v>93</v>
+      </c>
+      <c r="E133" t="s">
+        <v>20</v>
+      </c>
+      <c r="F133" t="s">
+        <v>21</v>
+      </c>
+      <c r="G133" t="s">
+        <v>22</v>
+      </c>
+      <c r="H133">
+        <v>2014</v>
+      </c>
+      <c r="I133">
         <v>2018</v>
       </c>
-      <c r="H84"/>
-[...42 lines deleted...]
-      <c r="I85" t="s">
+      <c r="J133" t="s">
+        <v>52</v>
+      </c>
+      <c r="K133" t="s">
+        <v>35</v>
+      </c>
+      <c r="L133" t="s">
+        <v>769</v>
+      </c>
+      <c r="M133" t="s">
+        <v>759</v>
+      </c>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>770</v>
+      </c>
+      <c r="P133" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>772</v>
+      </c>
+      <c r="B134" t="s">
+        <v>773</v>
+      </c>
+      <c r="C134" t="s">
+        <v>774</v>
+      </c>
+      <c r="D134" t="s">
+        <v>67</v>
+      </c>
+      <c r="E134" t="s">
+        <v>20</v>
+      </c>
+      <c r="F134" t="s">
+        <v>21</v>
+      </c>
+      <c r="G134" t="s">
+        <v>51</v>
+      </c>
+      <c r="H134">
+        <v>2011</v>
+      </c>
+      <c r="I134"/>
+      <c r="J134" t="s">
+        <v>60</v>
+      </c>
+      <c r="K134" t="s">
+        <v>35</v>
+      </c>
+      <c r="L134"/>
+      <c r="M134" t="s">
+        <v>775</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>776</v>
+      </c>
+      <c r="P134" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>778</v>
+      </c>
+      <c r="B135" t="s">
+        <v>779</v>
+      </c>
+      <c r="C135" t="s">
+        <v>774</v>
+      </c>
+      <c r="D135" t="s">
+        <v>67</v>
+      </c>
+      <c r="E135" t="s">
+        <v>20</v>
+      </c>
+      <c r="F135" t="s">
+        <v>21</v>
+      </c>
+      <c r="G135" t="s">
+        <v>51</v>
+      </c>
+      <c r="H135">
+        <v>2011</v>
+      </c>
+      <c r="I135"/>
+      <c r="J135" t="s">
+        <v>60</v>
+      </c>
+      <c r="K135" t="s">
+        <v>35</v>
+      </c>
+      <c r="L135"/>
+      <c r="M135" t="s">
+        <v>775</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>780</v>
+      </c>
+      <c r="P135" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>782</v>
+      </c>
+      <c r="B136" t="s">
+        <v>783</v>
+      </c>
+      <c r="C136" t="s">
+        <v>784</v>
+      </c>
+      <c r="D136" t="s">
         <v>43</v>
       </c>
-      <c r="J85" t="s">
-[...32 lines deleted...]
-      <c r="G86">
+      <c r="E136" t="s">
+        <v>20</v>
+      </c>
+      <c r="F136" t="s">
+        <v>21</v>
+      </c>
+      <c r="G136" t="s">
+        <v>22</v>
+      </c>
+      <c r="H136">
         <v>2010</v>
       </c>
-      <c r="H86"/>
-[...78 lines deleted...]
-      <c r="G88">
+      <c r="I136">
+        <v>2014</v>
+      </c>
+      <c r="J136" t="s">
+        <v>228</v>
+      </c>
+      <c r="K136" t="s">
+        <v>35</v>
+      </c>
+      <c r="L136" t="s">
+        <v>785</v>
+      </c>
+      <c r="M136" t="s">
+        <v>786</v>
+      </c>
+      <c r="N136" t="s">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>787</v>
+      </c>
+      <c r="P136" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>789</v>
+      </c>
+      <c r="B137" t="s">
+        <v>790</v>
+      </c>
+      <c r="C137" t="s">
+        <v>784</v>
+      </c>
+      <c r="D137" t="s">
+        <v>67</v>
+      </c>
+      <c r="E137" t="s">
+        <v>20</v>
+      </c>
+      <c r="F137" t="s">
+        <v>21</v>
+      </c>
+      <c r="G137" t="s">
+        <v>22</v>
+      </c>
+      <c r="H137">
         <v>2012</v>
       </c>
-      <c r="H88"/>
-[...36 lines deleted...]
-      <c r="G89">
+      <c r="I137">
         <v>2014</v>
       </c>
-      <c r="H89"/>
-[...116 lines deleted...]
-      <c r="G92">
+      <c r="J137" t="s">
+        <v>228</v>
+      </c>
+      <c r="K137" t="s">
+        <v>35</v>
+      </c>
+      <c r="L137" t="s">
+        <v>791</v>
+      </c>
+      <c r="M137" t="s">
+        <v>786</v>
+      </c>
+      <c r="N137" t="s">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>792</v>
+      </c>
+      <c r="P137" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>794</v>
+      </c>
+      <c r="B138" t="s">
+        <v>795</v>
+      </c>
+      <c r="C138" t="s">
+        <v>133</v>
+      </c>
+      <c r="D138" t="s">
+        <v>43</v>
+      </c>
+      <c r="E138" t="s">
+        <v>20</v>
+      </c>
+      <c r="F138" t="s">
+        <v>21</v>
+      </c>
+      <c r="G138" t="s">
+        <v>22</v>
+      </c>
+      <c r="H138">
+        <v>2011</v>
+      </c>
+      <c r="I138">
         <v>2013</v>
       </c>
-      <c r="H92">
-[...1936 lines deleted...]
-      </c>
       <c r="J138" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="K138" t="s">
+        <v>35</v>
+      </c>
+      <c r="L138"/>
       <c r="M138" t="s">
-        <v>24</v>
+        <v>137</v>
       </c>
       <c r="N138" t="s">
-        <v>545</v>
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>796</v>
+      </c>
+      <c r="P138" t="s">
+        <v>797</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>