--- v1 (2025-11-27)
+++ v2 (2026-03-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="798">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="800">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,90 +104,129 @@
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
   </si>
   <si>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
+  </si>
+  <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>SNI IEC 62612:2016</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
     <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...1 lines deleted...]
-  <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
   </si>
   <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14011</t>
   </si>
   <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential lamps</t>
   </si>
   <si>
     <t>Incandescent lamps and integrated ballast fluorescent lamps intended to be directly powered by the mains electrical grid.</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
@@ -397,53 +436,50 @@
 The requirements also apply to light sources and separate control gears placed on the market in a containing product.
 This Regulation shall not apply to light sources and separate control gears specified in points 1 and 2 of Annex III.
 Light sources and separate control gears specified in point 3 of Annex III shall comply only with the requirements of point 3(e) of Annex II.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
   </si>
   <si>
     <t>July 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192020-1-october-2019-laying-down-ecodesign-requirements-light</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2020-20210901</t>
   </si>
   <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
     <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
   </si>
   <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
-  </si>
-[...1 lines deleted...]
-    <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
     <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
   </si>
   <si>
     <t>Decision 4889/QD-BCT LED labeling guidelines</t>
   </si>
   <si>
     <t>This decision specifies the labeling instructions for LED lamps. Affixing the label is voluntary until December 31, 2019 and will be mandatory from January 1, 2020.</t>
   </si>
   <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
@@ -738,53 +774,50 @@
   <si>
     <t>Kitchen, Dishwashers, Laundry, Washing Machines, Lighting, Lamps, Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Institut Marocain de Normalisation (IMANOR)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-electrical-products-and-household-appliances-nm-142300</t>
   </si>
   <si>
     <t>https://www.imanor.gov.ma/Norme/nm-14-2-300/#</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
   </si>
   <si>
     <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
   </si>
   <si>
-    <t>Indonesia</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>Gaceta Oficial No. 40.370 de fecha 12 de marzo de 2014</t>
   </si>
   <si>
     <t>Incandescent lamps subject to the fulfillment of this resolution, have the following: conventional type, with voltage exceeding 100 V and whose power is greater than or equal to 25 W.</t>
   </si>
   <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gaceta-oficial-no-40370-de-fecha-12-de-marzo-de-2014</t>
@@ -865,123 +898,123 @@
     <t>GB/T 14094; GB 14196.2; GB 14196.3; GB/T 26178</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-31276-2014-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80887D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB19043-2013 Minimum allowable values of energy efficiency grades of double-capped fluorescent lamps for general lighting service</t>
   </si>
   <si>
     <t>Applies to non-directional self-ballasted LED lamps with the rated rated power of 2W-60W; rated voltage of 220V; frequency 50Hz</t>
   </si>
   <si>
     <t>GB/T 10682-2010 GB 19043-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb19043-2013-minimum-allowable-values-energy-efficiency-grades-double-capped-fluorescent</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6C0D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact
+fluorescent lamps) and circular fluorescent lamps for general
+lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting
+services with lamp cap E14, E27, GU10, B22d and G13; and
+(e) filament tungsten incandescent lamps</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>d MS IEC 60081:2003 or IEC 60081:2003
+,   
+                     MS IEC 60969:2006 or IEC 60969:2001
+,   
+                     MS IEC 60901:2003 or IEC 60901:1996
+,   
+                    MS IEC 62612:2021 or IEC 62612:2015
+,   
+                    MS IEC 60064:2006 or IEC 60064:2006</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for lamp with the following criteria:
 (a) T5 and T8 double capped fluorescent lamps;
 (b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
 (c) single-capped fluorescent lamps (non-integrated compact fluorescent lamps) and circular fluorescent lamps for general lighting services;
 (d) self-ballasted Light Emitting Diode (LED) lamps for general lighting services with lamp cap E14, E27, GU10, B22d, G5 and G13; and
 (e) filament tungsten incandescent lamps.</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS IEC 60081:2003 or IEC 60081:2003
 ,   
                     MS IEC 60969:2006 or IEC 60969:2001
 ,   
                     MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
-    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
-    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
-[...32 lines deleted...]
-  <si>
     <t>Greenhouse and Energy Minimum Standards (Double-capped Fluorescent Lamps) Determination 2017</t>
   </si>
   <si>
     <t>This Determination covers double-capped fluorescent lamps in the product classes set out in subsection (2) that are:</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 4782.1:2004AS/NZS 4782.2:2004AS/NZS 4782.3:2006AS/NZS 61231: 2001</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-double-capped-fluorescent-lamps-determination-2017</t>
   </si>
   <si>
     <t>https://www.legislation.gov.au/Details/F2017L00652</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Incandescent Lamps for General Lighting Services) Determination 2016</t>
@@ -1034,51 +1067,51 @@
   <si>
     <t>AS/NZS 4847.1:2010AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-self-ballasted-compact-fluorescent-lamps-general</t>
   </si>
   <si>
     <t>https://www.legislation.gov.au/Details/F2012L02133</t>
   </si>
   <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
     <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
   </si>
   <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Lighting Products 2024, 1st Edition</t>
   </si>
   <si>
     <t>This policy contains minimum energy performance standards and mandatory energy labeling for lighting products used for General Lighting Service Lamps according to section 9 of Department Circular No. 2020-06-0015. Products in scope include Linear Fluorescent Lamps (LFL) or Double-Capped Fluorescent Lamps (DFL), Double-Capped Linear LED Lamps, Self-Ballasted Compact Fluorescent Lamps (CFL), Single-Capped Fluorescent Lamps (SFL), Self-Ballasted Non Directional LED Lamps.</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>CIE 84 1st Edition 1989
 ,   
                     PNS IEC 60081
 ,   
                     PNS IEC 60901
 ,   
                     ANSI C78.377-2015
 ,   
                     CIE S 025/E:2015
 ,   
                     CIE 13.3:1995
 ,   
                     IES LM 79-08
 ,   
@@ -1435,60 +1468,63 @@
   <si>
     <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
     <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
   </si>
   <si>
-    <t>MELS for General Lighting</t>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-general-lighting</t>
+    <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for bulbs</t>
   </si>
   <si>
     <t>Information not available</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
@@ -1603,80 +1639,50 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting-2024</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Incandescent Lamps</t>
   </si>
   <si>
     <t>This policy specifies requirements for Minimum Energy Performance Standards (MEPS), maximum wattage and other requirements for incandescent lamps, both tungsten filament and tungsten halogen. This policy references standard AS 4934.2-2011.</t>
   </si>
   <si>
     <t>AS/NZS 4934.1-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-incandescent-lamps-0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-incandescent-lamps</t>
   </si>
   <si>
     <t>http://www.nea.gov.sg/energy-waste/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
-    <t>MEPS for indoor LED lamps</t>
-[...28 lines deleted...]
-  <si>
     <t>MEPS for LED lamps</t>
   </si>
   <si>
     <t>MEPL covers mains electric clothes washers intended for household and similar use. This includes both horizontal and vertical axis single bowl machines twin tub units and the washing function of combination washer|dryer units. MEPL does not apply to clothes washers specifically designed for commercial use.</t>
   </si>
   <si>
     <t>AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-led-lamps</t>
   </si>
   <si>
     <t>MEPS for lighting products</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-lighting-products</t>
   </si>
   <si>
     <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
   </si>
   <si>
     <t>MEPS for Linear Fluorescent Lamps</t>
   </si>
   <si>
     <t>This policy references AS/NZS 4782.2:2004, which specifies performance and energy efficiency specifications for tubular fluorescent lamps of length 550 mm to 1500 mm both inclusive with wattage of 16 watts or more that are within the scope of AS/NZS 4782.1. Modified adoption of, and reproduced from, IEC 61347-2-11:2001.</t>
@@ -1804,51 +1810,51 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/mmemctmdic-ordinance-no-1008-31-december-2010</t>
   </si>
   <si>
     <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_1008-2010-lampadas-fluorescentes-compactas.pdf</t>
   </si>
   <si>
     <t>MME/MCT/MDIC Ordinance No. 959 of 09 December 2010</t>
   </si>
   <si>
     <t>This policy specifies the minimum energy performance standards (MEPS) for electromagnetic ballasts for high pressure sodium-vapor lamps and metal-halide lamps.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mmemctmdic-ordinance-no-959-09-december-2010</t>
   </si>
   <si>
     <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_959-2010-reatores-lampadas-vapor-de-sodio-e-metalico.pdf</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
   </si>
   <si>
-    <t>Africa, Nigeria</t>
+    <t>Nigeria</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
                     NIS IEC 61000-4-11
 ,   
                     NIS IEC 61000-4-5
@@ -3029,6562 +3035,6560 @@
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>1980</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I3"/>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="M3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>43</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>2008</v>
+        <v>1980</v>
       </c>
       <c r="I4">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="J4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="K4" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L4"/>
+        <v>36</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
       <c r="M4" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="P4" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C5" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D5" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="H5">
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="I5"/>
+        <v>2008</v>
+      </c>
+      <c r="I5">
+        <v>2020</v>
+      </c>
       <c r="J5" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="K5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="P5" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="B6" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="C6" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="D6" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G6" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="H6">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="K6" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L6"/>
       <c r="M6" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="P6" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B7" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C7" t="s">
-        <v>58</v>
+        <v>69</v>
       </c>
       <c r="D7" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="H7">
-        <v>2004</v>
+        <v>2013</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="K7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L7" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="M7" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="P7" t="s">
-        <v>64</v>
+        <v>75</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B8" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="C8" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="D8" t="s">
-        <v>43</v>
+        <v>78</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="H8">
-        <v>2013</v>
+        <v>2004</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
+        <v>71</v>
+      </c>
+      <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8" t="s">
+        <v>79</v>
+      </c>
+      <c r="M8" t="s">
         <v>73</v>
       </c>
-      <c r="K8" t="s">
-[...5 lines deleted...]
-      <c r="M8" t="s">
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>80</v>
+      </c>
+      <c r="P8" t="s">
         <v>75</v>
-      </c>
-[...7 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B9" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C9" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="D9" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="H9">
-        <v>2006</v>
+        <v>2013</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="K9" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L9" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="M9" t="s">
-        <v>75</v>
+        <v>86</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="P9" t="s">
-        <v>77</v>
+        <v>88</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="B10" t="s">
+        <v>90</v>
+      </c>
+      <c r="C10" t="s">
         <v>83</v>
       </c>
-      <c r="C10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D10" t="s">
-        <v>85</v>
+        <v>53</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="H10">
-        <v>2013</v>
+        <v>2006</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
+        <v>84</v>
+      </c>
+      <c r="K10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M10" t="s">
         <v>86</v>
       </c>
-      <c r="K10" t="s">
-[...5 lines deleted...]
-      </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
+        <v>92</v>
+      </c>
+      <c r="P10" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="B11" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="C11" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="D11" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G11" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="H11">
-        <v>2020</v>
+        <v>2013</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="K11" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L11"/>
       <c r="M11" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="P11" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B12" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C12" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
       <c r="D12" t="s">
-        <v>43</v>
+        <v>104</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H12">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>94</v>
+        <v>105</v>
       </c>
       <c r="K12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L12" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="M12" t="s">
-        <v>96</v>
+        <v>107</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="P12" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="B13" t="s">
+        <v>111</v>
+      </c>
+      <c r="C13" t="s">
+        <v>103</v>
+      </c>
+      <c r="D13" t="s">
+        <v>53</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>44</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2008</v>
+      </c>
+      <c r="I13">
+        <v>2013</v>
+      </c>
+      <c r="J13" t="s">
         <v>105</v>
       </c>
-      <c r="C13" t="s">
-[...20 lines deleted...]
-      </c>
       <c r="K13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L13" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="M13" t="s">
-        <v>96</v>
+        <v>107</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="P13" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="B14" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="C14" t="s">
-        <v>111</v>
+        <v>103</v>
       </c>
       <c r="D14" t="s">
-        <v>112</v>
+        <v>53</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G14" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H14">
-        <v>1998</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I14"/>
       <c r="J14" t="s">
-        <v>113</v>
+        <v>105</v>
       </c>
       <c r="K14" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L14"/>
+        <v>36</v>
+      </c>
+      <c r="L14" t="s">
+        <v>117</v>
+      </c>
       <c r="M14" t="s">
-        <v>114</v>
+        <v>107</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="P14" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="B15" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="C15" t="s">
-        <v>111</v>
+        <v>122</v>
       </c>
       <c r="D15" t="s">
-        <v>112</v>
+        <v>123</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
-        <v>2000</v>
+        <v>1998</v>
       </c>
       <c r="I15">
         <v>2019</v>
       </c>
       <c r="J15" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="K15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>114</v>
+        <v>125</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="P15" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
+        <v>128</v>
+      </c>
+      <c r="B16" t="s">
+        <v>129</v>
+      </c>
+      <c r="C16" t="s">
         <v>122</v>
       </c>
-      <c r="B16" t="s">
+      <c r="D16" t="s">
         <v>123</v>
       </c>
-      <c r="C16" t="s">
-[...2 lines deleted...]
-      <c r="D16" t="s">
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2000</v>
+      </c>
+      <c r="I16">
+        <v>2019</v>
+      </c>
+      <c r="J16" t="s">
+        <v>130</v>
+      </c>
+      <c r="K16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
         <v>125</v>
       </c>
-      <c r="E16" t="s">
-[...23 lines deleted...]
-      </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="P16" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="B17" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="C17" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="D17" t="s">
-        <v>59</v>
+        <v>136</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>134</v>
+        <v>34</v>
       </c>
       <c r="G17" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="H17">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>135</v>
+        <v>97</v>
       </c>
       <c r="K17" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L17" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="M17" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="P17" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B18" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C18" t="s">
-        <v>133</v>
+        <v>143</v>
       </c>
       <c r="D18" t="s">
-        <v>142</v>
+        <v>70</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="G18" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H18">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I18"/>
       <c r="J18" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="K18" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L18"/>
+        <v>36</v>
+      </c>
+      <c r="L18" t="s">
+        <v>146</v>
+      </c>
       <c r="M18" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="P18" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="B19" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="C19" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="D19" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>21</v>
+        <v>153</v>
       </c>
       <c r="G19" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="H19">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I19"/>
+        <v>2011</v>
+      </c>
+      <c r="I19">
+        <v>2023</v>
+      </c>
       <c r="J19" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="K19" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="P19" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B20" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="C20" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="D20" t="s">
-        <v>43</v>
+        <v>160</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>126</v>
+        <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="H20">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>44</v>
+        <v>154</v>
       </c>
       <c r="K20" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="P20" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="B21" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="C21" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="D21" t="s">
-        <v>163</v>
+        <v>53</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G21" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="H21">
-        <v>2020</v>
+        <v>2013</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>164</v>
+        <v>55</v>
       </c>
       <c r="K21" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="P21" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="B22" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="C22" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="D22" t="s">
-        <v>93</v>
+        <v>173</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G22" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="H22">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>86</v>
+        <v>174</v>
       </c>
       <c r="K22" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="P22" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="B23" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="C23" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="D23" t="s">
-        <v>177</v>
+        <v>104</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>126</v>
+        <v>21</v>
       </c>
       <c r="G23" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="H23"/>
+        <v>62</v>
+      </c>
+      <c r="H23">
+        <v>2016</v>
+      </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>44</v>
+        <v>97</v>
       </c>
       <c r="K23" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L23"/>
       <c r="M23" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="P23" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B24" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C24" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="D24" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
-      <c r="H24">
-[...4 lines deleted...]
-      </c>
+      <c r="H24"/>
+      <c r="I24"/>
       <c r="J24" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="K24" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L24"/>
+        <v>36</v>
+      </c>
+      <c r="L24" t="s">
+        <v>188</v>
+      </c>
       <c r="M24" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="P24" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="B25" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="C25" t="s">
-        <v>184</v>
+        <v>194</v>
       </c>
       <c r="D25" t="s">
-        <v>43</v>
+        <v>195</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
-        <v>1996</v>
+        <v>1994</v>
       </c>
       <c r="I25">
-        <v>2009</v>
+        <v>2003</v>
       </c>
       <c r="J25" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="K25" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L25"/>
       <c r="M25" t="s">
-        <v>186</v>
+        <v>196</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="P25" t="s">
-        <v>188</v>
+        <v>198</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>189</v>
+        <v>199</v>
       </c>
       <c r="B26" t="s">
-        <v>190</v>
+        <v>200</v>
       </c>
       <c r="C26" t="s">
-        <v>184</v>
+        <v>194</v>
       </c>
       <c r="D26" t="s">
-        <v>93</v>
+        <v>53</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
-        <v>1997</v>
+        <v>1996</v>
       </c>
       <c r="I26">
         <v>2009</v>
       </c>
       <c r="J26" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="K26" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L26" t="s">
-        <v>193</v>
+        <v>201</v>
       </c>
       <c r="M26" t="s">
-        <v>186</v>
+        <v>196</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="P26" t="s">
-        <v>188</v>
+        <v>198</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="B27" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="C27" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="D27" t="s">
-        <v>59</v>
+        <v>104</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>126</v>
+        <v>44</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
-        <v>2015</v>
+        <v>1997</v>
       </c>
       <c r="I27">
-        <v>2023</v>
+        <v>2009</v>
       </c>
       <c r="J27" t="s">
+        <v>71</v>
+      </c>
+      <c r="K27" t="s">
+        <v>36</v>
+      </c>
+      <c r="L27" t="s">
+        <v>203</v>
+      </c>
+      <c r="M27" t="s">
+        <v>196</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>204</v>
+      </c>
+      <c r="P27" t="s">
         <v>198</v>
-      </c>
-[...16 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B28" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="C28" t="s">
-        <v>197</v>
+        <v>207</v>
       </c>
       <c r="D28" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>126</v>
+        <v>34</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="I28">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="J28" t="s">
-        <v>44</v>
+        <v>208</v>
       </c>
       <c r="K28" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L28" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="M28" t="s">
-        <v>200</v>
+        <v>210</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="P28" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="B29" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="C29" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D29" t="s">
-        <v>211</v>
+        <v>78</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>126</v>
+        <v>34</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
-        <v>2016</v>
+        <v>2009</v>
       </c>
       <c r="I29">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="J29" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="K29" t="s">
-        <v>212</v>
-[...1 lines deleted...]
-      <c r="L29"/>
+        <v>36</v>
+      </c>
+      <c r="L29" t="s">
+        <v>215</v>
+      </c>
       <c r="M29" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="P29" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B30" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="C30" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="D30" t="s">
-        <v>93</v>
+        <v>221</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G30" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="H30">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I30"/>
+        <v>2016</v>
+      </c>
+      <c r="I30">
+        <v>2019</v>
+      </c>
       <c r="J30" t="s">
-        <v>219</v>
+        <v>55</v>
       </c>
       <c r="K30" t="s">
-        <v>35</v>
+        <v>222</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="P30" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="B31" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="C31" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="D31" t="s">
-        <v>226</v>
+        <v>104</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G31" t="s">
-        <v>227</v>
+        <v>62</v>
       </c>
       <c r="H31">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I31"/>
       <c r="J31" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="K31" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="P31" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B32" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C32" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D32" t="s">
-        <v>43</v>
+        <v>236</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>126</v>
+        <v>44</v>
       </c>
       <c r="G32" t="s">
-        <v>22</v>
+        <v>237</v>
       </c>
       <c r="H32">
-        <v>2022</v>
+        <v>2010</v>
       </c>
       <c r="I32">
-        <v>2024</v>
+        <v>2011</v>
       </c>
       <c r="J32" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="K32" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="P32" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="B33" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="C33" t="s">
-        <v>241</v>
+        <v>32</v>
       </c>
       <c r="D33" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G33" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="H33">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I33"/>
+        <v>2022</v>
+      </c>
+      <c r="I33">
+        <v>2024</v>
+      </c>
       <c r="J33" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="K33" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L33"/>
-      <c r="M33"/>
+      <c r="M33" t="s">
+        <v>245</v>
+      </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="P33" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="B34" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="C34" t="s">
-        <v>92</v>
+        <v>250</v>
       </c>
       <c r="D34" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H34">
-        <v>2003</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I34"/>
       <c r="J34" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="K34" t="s">
-        <v>35</v>
-[...6 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34"/>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="P34" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="B35" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="C35" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
       <c r="D35" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2003</v>
       </c>
       <c r="I35">
         <v>2013</v>
       </c>
       <c r="J35" t="s">
-        <v>247</v>
+        <v>256</v>
       </c>
       <c r="K35" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L35" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="M35" t="s">
-        <v>96</v>
+        <v>107</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="P35" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="B36" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="C36" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
       <c r="D36" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2003</v>
       </c>
       <c r="I36">
         <v>2013</v>
       </c>
       <c r="J36" t="s">
-        <v>247</v>
+        <v>256</v>
       </c>
       <c r="K36" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L36" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="M36" t="s">
-        <v>96</v>
+        <v>107</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="P36" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="B37" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="C37" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
       <c r="D37" t="s">
-        <v>43</v>
+        <v>70</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
+        <v>2003</v>
+      </c>
+      <c r="I37">
         <v>2013</v>
       </c>
-      <c r="I37">
-[...1 lines deleted...]
-      </c>
       <c r="J37" t="s">
-        <v>247</v>
+        <v>256</v>
       </c>
       <c r="K37" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L37" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="M37" t="s">
-        <v>96</v>
+        <v>107</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="P37" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="B38" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="C38" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
       <c r="D38" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
-        <v>2005</v>
+        <v>2013</v>
       </c>
       <c r="I38">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="J38" t="s">
-        <v>247</v>
+        <v>256</v>
       </c>
       <c r="K38" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L38" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="M38" t="s">
-        <v>96</v>
+        <v>107</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="P38" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="B39" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="C39" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
       <c r="D39" t="s">
-        <v>67</v>
+        <v>53</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="I39">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="J39" t="s">
-        <v>247</v>
+        <v>256</v>
       </c>
       <c r="K39" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L39" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="M39" t="s">
-        <v>96</v>
+        <v>107</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="P39" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="B40" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="C40" t="s">
-        <v>278</v>
+        <v>103</v>
       </c>
       <c r="D40" t="s">
-        <v>279</v>
+        <v>78</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>126</v>
+        <v>21</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
+        <v>2003</v>
+      </c>
+      <c r="I40">
         <v>2013</v>
       </c>
-      <c r="I40">
-[...1 lines deleted...]
-      </c>
       <c r="J40" t="s">
-        <v>280</v>
+        <v>256</v>
       </c>
       <c r="K40" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L40" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="M40" t="s">
-        <v>282</v>
+        <v>107</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
         <v>283</v>
       </c>
       <c r="P40" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>276</v>
+        <v>285</v>
       </c>
       <c r="B41" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C41" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D41" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>126</v>
+        <v>34</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2015</v>
       </c>
       <c r="I41">
         <v>2025</v>
       </c>
       <c r="J41" t="s">
-        <v>235</v>
+        <v>244</v>
       </c>
       <c r="K41" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L41" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="M41" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="P41" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>291</v>
+        <v>285</v>
       </c>
       <c r="B42" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C42" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D42" t="s">
-        <v>67</v>
+        <v>295</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
-        <v>2004</v>
+        <v>2013</v>
       </c>
       <c r="I42">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="J42" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="K42" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L42" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="M42" t="s">
-        <v>296</v>
+        <v>290</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="P42" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B43" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C43" t="s">
-        <v>293</v>
+        <v>302</v>
       </c>
       <c r="D43" t="s">
-        <v>301</v>
+        <v>78</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>126</v>
+        <v>21</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
-        <v>2009</v>
+        <v>2004</v>
       </c>
       <c r="I43">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="J43" t="s">
-        <v>294</v>
+        <v>303</v>
       </c>
       <c r="K43" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L43" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="M43" t="s">
-        <v>296</v>
+        <v>305</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="P43" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
+        <v>308</v>
+      </c>
+      <c r="B44" t="s">
+        <v>309</v>
+      </c>
+      <c r="C44" t="s">
+        <v>302</v>
+      </c>
+      <c r="D44" t="s">
+        <v>310</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>34</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2009</v>
+      </c>
+      <c r="I44">
+        <v>2016</v>
+      </c>
+      <c r="J44" t="s">
+        <v>303</v>
+      </c>
+      <c r="K44" t="s">
+        <v>36</v>
+      </c>
+      <c r="L44" t="s">
+        <v>311</v>
+      </c>
+      <c r="M44" t="s">
         <v>305</v>
       </c>
-      <c r="B44" t="s">
-[...32 lines deleted...]
-      </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="P44" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="B45" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="C45" t="s">
-        <v>293</v>
+        <v>302</v>
       </c>
       <c r="D45" t="s">
-        <v>314</v>
+        <v>53</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>21</v>
       </c>
       <c r="G45" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>237</v>
+      </c>
+      <c r="H45"/>
       <c r="I45">
-        <v>2017</v>
+        <v>2025</v>
       </c>
       <c r="J45" t="s">
-        <v>294</v>
+        <v>316</v>
       </c>
       <c r="K45" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L45" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="M45" t="s">
-        <v>296</v>
+        <v>318</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="P45" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="B46" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="C46" t="s">
-        <v>286</v>
+        <v>302</v>
       </c>
       <c r="D46" t="s">
-        <v>185</v>
+        <v>323</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>21</v>
       </c>
       <c r="G46" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="H46">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I46"/>
+        <v>2009</v>
+      </c>
+      <c r="I46">
+        <v>2017</v>
+      </c>
       <c r="J46" t="s">
-        <v>320</v>
+        <v>303</v>
       </c>
       <c r="K46" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L46" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M46" t="s">
-        <v>282</v>
+        <v>305</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="P46" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="B47" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="C47" t="s">
-        <v>149</v>
+        <v>287</v>
       </c>
       <c r="D47" t="s">
-        <v>287</v>
+        <v>195</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>126</v>
+        <v>21</v>
       </c>
       <c r="G47" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="H47">
-        <v>2021</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="I47"/>
       <c r="J47" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="K47" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L47" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="M47" t="s">
-        <v>151</v>
+        <v>290</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="P47" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="B48" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="C48" t="s">
-        <v>332</v>
+        <v>159</v>
       </c>
       <c r="D48" t="s">
-        <v>43</v>
+        <v>288</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G48" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H48">
-        <v>2006</v>
+        <v>2021</v>
       </c>
       <c r="I48">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="J48" t="s">
-        <v>228</v>
+        <v>335</v>
       </c>
       <c r="K48" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L48"/>
+        <v>36</v>
+      </c>
+      <c r="L48" t="s">
+        <v>336</v>
+      </c>
       <c r="M48" t="s">
-        <v>333</v>
+        <v>161</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="P48" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="B49" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C49" t="s">
-        <v>332</v>
+        <v>341</v>
       </c>
       <c r="D49" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
-        <v>2015</v>
+        <v>2006</v>
       </c>
       <c r="I49">
         <v>2022</v>
       </c>
       <c r="J49" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="K49" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L49"/>
       <c r="M49" t="s">
-        <v>333</v>
+        <v>342</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="P49" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
+        <v>345</v>
+      </c>
+      <c r="B50" t="s">
+        <v>346</v>
+      </c>
+      <c r="C50" t="s">
         <v>341</v>
       </c>
-      <c r="B50" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D50" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
-        <v>2000</v>
+        <v>2015</v>
       </c>
       <c r="I50">
-        <v>2015</v>
+        <v>2022</v>
       </c>
       <c r="J50" t="s">
-        <v>344</v>
+        <v>238</v>
       </c>
       <c r="K50" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L50" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="M50" t="s">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="P50" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="B51" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C51" t="s">
-        <v>343</v>
+        <v>352</v>
       </c>
       <c r="D51" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
         <v>2000</v>
       </c>
       <c r="I51">
         <v>2015</v>
       </c>
       <c r="J51" t="s">
-        <v>344</v>
+        <v>353</v>
       </c>
       <c r="K51" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L51"/>
+        <v>36</v>
+      </c>
+      <c r="L51" t="s">
+        <v>354</v>
+      </c>
       <c r="M51" t="s">
-        <v>346</v>
+        <v>355</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="P51" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="B52" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="C52" t="s">
-        <v>343</v>
+        <v>352</v>
       </c>
       <c r="D52" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
-        <v>2016</v>
+        <v>2000</v>
       </c>
       <c r="I52">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="J52" t="s">
-        <v>86</v>
+        <v>353</v>
       </c>
       <c r="K52" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
-        <v>346</v>
+        <v>355</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="P52" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>353</v>
+        <v>362</v>
       </c>
       <c r="B53" t="s">
-        <v>357</v>
+        <v>363</v>
       </c>
       <c r="C53" t="s">
-        <v>343</v>
+        <v>352</v>
       </c>
       <c r="D53" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
         <v>2016</v>
       </c>
       <c r="I53">
         <v>2020</v>
       </c>
       <c r="J53" t="s">
-        <v>86</v>
+        <v>97</v>
       </c>
       <c r="K53" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
-        <v>346</v>
+        <v>355</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="P53" t="s">
-        <v>359</v>
+        <v>365</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="B54" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="C54" t="s">
-        <v>343</v>
+        <v>352</v>
       </c>
       <c r="D54" t="s">
-        <v>67</v>
+        <v>53</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
-        <v>2000</v>
+        <v>2016</v>
       </c>
       <c r="I54">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="J54" t="s">
-        <v>344</v>
+        <v>97</v>
       </c>
       <c r="K54" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L54"/>
       <c r="M54" t="s">
-        <v>346</v>
+        <v>355</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="P54" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
       <c r="B55" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="C55" t="s">
-        <v>343</v>
+        <v>352</v>
       </c>
       <c r="D55" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
         <v>2000</v>
       </c>
       <c r="I55">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="J55" t="s">
-        <v>86</v>
+        <v>353</v>
       </c>
       <c r="K55" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L55"/>
       <c r="M55" t="s">
-        <v>346</v>
+        <v>355</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="P55" t="s">
-        <v>367</v>
+        <v>372</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>368</v>
+        <v>373</v>
       </c>
       <c r="B56" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="C56" t="s">
-        <v>343</v>
+        <v>352</v>
       </c>
       <c r="D56" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
-        <v>2016</v>
+        <v>2000</v>
       </c>
       <c r="I56">
         <v>2020</v>
       </c>
       <c r="J56" t="s">
-        <v>86</v>
+        <v>97</v>
       </c>
       <c r="K56" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L56"/>
       <c r="M56" t="s">
-        <v>346</v>
+        <v>355</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="P56" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="B57" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="C57" t="s">
-        <v>374</v>
+        <v>352</v>
       </c>
       <c r="D57" t="s">
-        <v>43</v>
+        <v>78</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
-        <v>126</v>
+        <v>44</v>
       </c>
       <c r="G57" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="H57">
-        <v>2004</v>
-[...1 lines deleted...]
-      <c r="I57"/>
+        <v>2016</v>
+      </c>
+      <c r="I57">
+        <v>2020</v>
+      </c>
       <c r="J57" t="s">
-        <v>242</v>
+        <v>97</v>
       </c>
       <c r="K57" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L57"/>
       <c r="M57" t="s">
-        <v>376</v>
+        <v>355</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="P57" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="B58" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="C58" t="s">
-        <v>374</v>
+        <v>383</v>
       </c>
       <c r="D58" t="s">
-        <v>67</v>
+        <v>53</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
-        <v>126</v>
+        <v>34</v>
       </c>
       <c r="G58" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="H58">
         <v>2004</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
-        <v>242</v>
+        <v>251</v>
       </c>
       <c r="K58" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L58" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="M58" t="s">
-        <v>376</v>
+        <v>385</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="P58" t="s">
-        <v>378</v>
+        <v>387</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
+        <v>388</v>
+      </c>
+      <c r="B59" t="s">
+        <v>389</v>
+      </c>
+      <c r="C59" t="s">
         <v>383</v>
       </c>
-      <c r="B59" t="s">
-[...2 lines deleted...]
-      <c r="C59" t="s">
+      <c r="D59" t="s">
+        <v>78</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>34</v>
+      </c>
+      <c r="G59" t="s">
+        <v>62</v>
+      </c>
+      <c r="H59">
+        <v>2004</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>251</v>
+      </c>
+      <c r="K59" t="s">
+        <v>36</v>
+      </c>
+      <c r="L59" t="s">
+        <v>390</v>
+      </c>
+      <c r="M59" t="s">
         <v>385</v>
       </c>
-      <c r="D59" t="s">
-[...26 lines deleted...]
-      <c r="M59" t="s">
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>391</v>
+      </c>
+      <c r="P59" t="s">
         <v>387</v>
-      </c>
-[...7 lines deleted...]
-        <v>389</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="B60" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="C60" t="s">
-        <v>385</v>
+        <v>394</v>
       </c>
       <c r="D60" t="s">
-        <v>287</v>
+        <v>53</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
         <v>2013</v>
       </c>
       <c r="I60">
         <v>2014</v>
       </c>
       <c r="J60" t="s">
-        <v>247</v>
+        <v>256</v>
       </c>
       <c r="K60" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L60" t="s">
-        <v>386</v>
+        <v>395</v>
       </c>
       <c r="M60" t="s">
-        <v>387</v>
+        <v>396</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="P60" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
+        <v>399</v>
+      </c>
+      <c r="B61" t="s">
+        <v>400</v>
+      </c>
+      <c r="C61" t="s">
         <v>394</v>
       </c>
-      <c r="B61" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D61" t="s">
-        <v>396</v>
+        <v>288</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G61" t="s">
         <v>22</v>
       </c>
       <c r="H61">
         <v>2013</v>
       </c>
       <c r="I61">
         <v>2014</v>
       </c>
       <c r="J61" t="s">
-        <v>247</v>
+        <v>256</v>
       </c>
       <c r="K61" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L61" t="s">
-        <v>386</v>
+        <v>395</v>
       </c>
       <c r="M61" t="s">
-        <v>387</v>
+        <v>396</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="P61" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="B62" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="C62" t="s">
-        <v>401</v>
+        <v>394</v>
       </c>
       <c r="D62" t="s">
-        <v>43</v>
+        <v>405</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>21</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="I62">
-        <v>2018</v>
+        <v>2014</v>
       </c>
       <c r="J62" t="s">
-        <v>60</v>
+        <v>256</v>
       </c>
       <c r="K62" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L62" t="s">
-        <v>402</v>
+        <v>395</v>
       </c>
       <c r="M62" t="s">
-        <v>403</v>
+        <v>396</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="P62" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B63" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="C63" t="s">
-        <v>401</v>
+        <v>410</v>
       </c>
       <c r="D63" t="s">
-        <v>67</v>
+        <v>53</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
         <v>21</v>
       </c>
       <c r="G63" t="s">
         <v>22</v>
       </c>
       <c r="H63">
         <v>2016</v>
       </c>
       <c r="I63">
         <v>2018</v>
       </c>
       <c r="J63" t="s">
-        <v>86</v>
+        <v>71</v>
       </c>
       <c r="K63" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L63"/>
+        <v>36</v>
+      </c>
+      <c r="L63" t="s">
+        <v>411</v>
+      </c>
       <c r="M63" t="s">
-        <v>403</v>
+        <v>412</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="P63" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
+        <v>415</v>
+      </c>
+      <c r="B64" t="s">
+        <v>416</v>
+      </c>
+      <c r="C64" t="s">
         <v>410</v>
       </c>
-      <c r="B64" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D64" t="s">
-        <v>43</v>
+        <v>78</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>21</v>
       </c>
       <c r="G64" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="H64">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I64"/>
+        <v>2016</v>
+      </c>
+      <c r="I64">
+        <v>2018</v>
+      </c>
       <c r="J64" t="s">
-        <v>86</v>
+        <v>97</v>
       </c>
       <c r="K64" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L64"/>
       <c r="M64" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="P64" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="B65" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="C65" t="s">
-        <v>412</v>
+        <v>421</v>
       </c>
       <c r="D65" t="s">
-        <v>279</v>
+        <v>53</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
-        <v>418</v>
+        <v>21</v>
       </c>
       <c r="G65" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="H65">
-        <v>2022</v>
+        <v>2017</v>
       </c>
       <c r="I65"/>
       <c r="J65" t="s">
-        <v>419</v>
+        <v>97</v>
       </c>
       <c r="K65" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L65"/>
       <c r="M65" t="s">
-        <v>413</v>
+        <v>422</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="P65" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
+        <v>425</v>
+      </c>
+      <c r="B66" t="s">
+        <v>426</v>
+      </c>
+      <c r="C66" t="s">
+        <v>421</v>
+      </c>
+      <c r="D66" t="s">
+        <v>295</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>427</v>
+      </c>
+      <c r="G66" t="s">
+        <v>62</v>
+      </c>
+      <c r="H66">
+        <v>2022</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>428</v>
+      </c>
+      <c r="K66" t="s">
+        <v>36</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66" t="s">
         <v>422</v>
       </c>
-      <c r="B66" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="P66" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="B67" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="C67" t="s">
-        <v>430</v>
+        <v>421</v>
       </c>
       <c r="D67" t="s">
-        <v>43</v>
+        <v>433</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G67" t="s">
-        <v>431</v>
-[...2 lines deleted...]
-      <c r="I67"/>
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2005</v>
+      </c>
+      <c r="I67">
+        <v>2008</v>
+      </c>
       <c r="J67" t="s">
-        <v>228</v>
+        <v>63</v>
       </c>
       <c r="K67" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L67"/>
+        <v>36</v>
+      </c>
+      <c r="L67" t="s">
+        <v>434</v>
+      </c>
       <c r="M67" t="s">
-        <v>432</v>
+        <v>422</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="P67" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="B68" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="C68" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="D68" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G68" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>440</v>
+      </c>
+      <c r="H68"/>
+      <c r="I68"/>
       <c r="J68" t="s">
-        <v>135</v>
+        <v>238</v>
       </c>
       <c r="K68" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L68"/>
       <c r="M68" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="P68" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="B69" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="C69" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="D69" t="s">
-        <v>444</v>
+        <v>53</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
-        <v>126</v>
+        <v>44</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="I69">
-        <v>2020</v>
+        <v>2010</v>
       </c>
       <c r="J69" t="s">
-        <v>86</v>
+        <v>145</v>
       </c>
       <c r="K69" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L69"/>
       <c r="M69" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="N69" t="s">
-        <v>447</v>
+        <v>27</v>
       </c>
       <c r="O69" t="s">
         <v>448</v>
       </c>
       <c r="P69" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
         <v>450</v>
       </c>
       <c r="B70" t="s">
         <v>451</v>
       </c>
       <c r="C70" t="s">
-        <v>176</v>
+        <v>452</v>
       </c>
       <c r="D70" t="s">
-        <v>287</v>
+        <v>453</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G70" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H70">
-        <v>2015</v>
+        <v>2008</v>
       </c>
       <c r="I70">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="J70" t="s">
-        <v>294</v>
+        <v>97</v>
       </c>
       <c r="K70" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L70"/>
+        <v>36</v>
+      </c>
+      <c r="L70" t="s">
+        <v>454</v>
+      </c>
       <c r="M70" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="N70" t="s">
-        <v>27</v>
+        <v>456</v>
       </c>
       <c r="O70" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="P70" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="B71" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="C71" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="D71" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G71" t="s">
-        <v>22</v>
+        <v>461</v>
       </c>
       <c r="H71">
         <v>2015</v>
       </c>
       <c r="I71">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="J71" t="s">
-        <v>457</v>
+        <v>303</v>
       </c>
       <c r="K71" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L71"/>
       <c r="M71" t="s">
-        <v>452</v>
+        <v>462</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
       <c r="P71" t="s">
-        <v>454</v>
+        <v>464</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>459</v>
+        <v>465</v>
       </c>
       <c r="B72" t="s">
-        <v>460</v>
+        <v>466</v>
       </c>
       <c r="C72" t="s">
-        <v>461</v>
+        <v>186</v>
       </c>
       <c r="D72" t="s">
-        <v>93</v>
+        <v>288</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
-        <v>126</v>
+        <v>44</v>
       </c>
       <c r="G72" t="s">
-        <v>431</v>
-[...2 lines deleted...]
-      <c r="I72"/>
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2015</v>
+      </c>
+      <c r="I72">
+        <v>2024</v>
+      </c>
       <c r="J72" t="s">
-        <v>52</v>
+        <v>467</v>
       </c>
       <c r="K72" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L72"/>
       <c r="M72" t="s">
         <v>462</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>463</v>
+        <v>468</v>
       </c>
       <c r="P72" t="s">
         <v>464</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="B73" t="s">
-        <v>460</v>
+        <v>470</v>
       </c>
       <c r="C73" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
       <c r="D73" t="s">
-        <v>43</v>
+        <v>104</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
-        <v>467</v>
+        <v>34</v>
       </c>
       <c r="G73" t="s">
-        <v>431</v>
+        <v>440</v>
       </c>
       <c r="H73"/>
       <c r="I73"/>
       <c r="J73" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="K73" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L73"/>
       <c r="M73" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="P73" t="s">
-        <v>470</v>
+        <v>474</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>471</v>
+        <v>475</v>
       </c>
       <c r="B74" t="s">
-        <v>460</v>
+        <v>470</v>
       </c>
       <c r="C74" t="s">
-        <v>472</v>
+        <v>476</v>
       </c>
       <c r="D74" t="s">
-        <v>93</v>
+        <v>53</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
-        <v>467</v>
+        <v>477</v>
       </c>
       <c r="G74" t="s">
-        <v>431</v>
+        <v>440</v>
       </c>
       <c r="H74"/>
       <c r="I74"/>
       <c r="J74" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="K74" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L74"/>
       <c r="M74" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="P74" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
       <c r="B75" t="s">
+        <v>470</v>
+      </c>
+      <c r="C75" t="s">
+        <v>482</v>
+      </c>
+      <c r="D75" t="s">
+        <v>104</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
         <v>477</v>
       </c>
-      <c r="C75" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G75" t="s">
-        <v>51</v>
-[...3 lines deleted...]
-      </c>
+        <v>440</v>
+      </c>
+      <c r="H75"/>
       <c r="I75"/>
       <c r="J75" t="s">
-        <v>144</v>
+        <v>63</v>
       </c>
       <c r="K75" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L75"/>
       <c r="M75" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="P75" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="B76" t="s">
-        <v>183</v>
+        <v>487</v>
       </c>
       <c r="C76" t="s">
-        <v>184</v>
+        <v>488</v>
       </c>
       <c r="D76" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
         <v>21</v>
       </c>
       <c r="G76" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H76">
-        <v>1994</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I76"/>
       <c r="J76" t="s">
-        <v>60</v>
+        <v>154</v>
       </c>
       <c r="K76" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L76"/>
+        <v>36</v>
+      </c>
+      <c r="L76" t="s">
+        <v>489</v>
+      </c>
       <c r="M76" t="s">
-        <v>186</v>
+        <v>490</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>484</v>
+        <v>491</v>
       </c>
       <c r="P76" t="s">
-        <v>485</v>
+        <v>492</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>486</v>
+        <v>493</v>
       </c>
       <c r="B77" t="s">
-        <v>487</v>
+        <v>193</v>
       </c>
       <c r="C77" t="s">
-        <v>176</v>
+        <v>194</v>
       </c>
       <c r="D77" t="s">
-        <v>488</v>
+        <v>288</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
         <v>21</v>
       </c>
       <c r="G77" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H77">
-        <v>2015</v>
+        <v>1994</v>
       </c>
       <c r="I77">
-        <v>2019</v>
+        <v>2003</v>
       </c>
       <c r="J77" t="s">
-        <v>294</v>
+        <v>71</v>
       </c>
       <c r="K77" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L77"/>
       <c r="M77" t="s">
-        <v>452</v>
+        <v>196</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>490</v>
+        <v>494</v>
       </c>
       <c r="P77" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="B78" t="s">
-        <v>493</v>
+        <v>497</v>
       </c>
       <c r="C78" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="D78" t="s">
-        <v>287</v>
+        <v>498</v>
       </c>
       <c r="E78" t="s">
         <v>20</v>
       </c>
       <c r="F78" t="s">
         <v>21</v>
       </c>
       <c r="G78" t="s">
-        <v>8</v>
+        <v>461</v>
       </c>
       <c r="H78">
         <v>2015</v>
       </c>
       <c r="I78">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="J78" t="s">
-        <v>457</v>
+        <v>303</v>
       </c>
       <c r="K78" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L78"/>
+        <v>36</v>
+      </c>
+      <c r="L78" t="s">
+        <v>499</v>
+      </c>
       <c r="M78" t="s">
-        <v>452</v>
+        <v>462</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>494</v>
+        <v>500</v>
       </c>
       <c r="P78" t="s">
-        <v>495</v>
+        <v>501</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>496</v>
+        <v>502</v>
       </c>
       <c r="B79" t="s">
-        <v>497</v>
+        <v>503</v>
       </c>
       <c r="C79" t="s">
-        <v>478</v>
+        <v>186</v>
       </c>
       <c r="D79" t="s">
-        <v>43</v>
+        <v>288</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
         <v>21</v>
       </c>
       <c r="G79" t="s">
-        <v>51</v>
+        <v>8</v>
       </c>
       <c r="H79">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I79"/>
+        <v>2015</v>
+      </c>
+      <c r="I79">
+        <v>2024</v>
+      </c>
       <c r="J79" t="s">
-        <v>144</v>
+        <v>467</v>
       </c>
       <c r="K79" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L79"/>
       <c r="M79" t="s">
-        <v>480</v>
+        <v>462</v>
       </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
-        <v>499</v>
+        <v>504</v>
       </c>
       <c r="P79" t="s">
-        <v>482</v>
+        <v>505</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>496</v>
+        <v>506</v>
       </c>
       <c r="B80" t="s">
-        <v>190</v>
+        <v>507</v>
       </c>
       <c r="C80" t="s">
-        <v>184</v>
+        <v>488</v>
       </c>
       <c r="D80" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
         <v>21</v>
       </c>
       <c r="G80" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H80">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I80"/>
       <c r="J80" t="s">
-        <v>60</v>
+        <v>154</v>
       </c>
       <c r="K80" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L80" t="s">
-        <v>191</v>
+        <v>508</v>
       </c>
       <c r="M80" t="s">
-        <v>186</v>
+        <v>490</v>
       </c>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80" t="s">
-        <v>500</v>
+        <v>509</v>
       </c>
       <c r="P80" t="s">
-        <v>501</v>
+        <v>492</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
       <c r="B81" t="s">
-        <v>503</v>
+        <v>200</v>
       </c>
       <c r="C81" t="s">
-        <v>234</v>
+        <v>194</v>
       </c>
       <c r="D81" t="s">
-        <v>504</v>
+        <v>53</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
-        <v>126</v>
+        <v>21</v>
       </c>
       <c r="G81" t="s">
         <v>22</v>
       </c>
       <c r="H81">
-        <v>2022</v>
+        <v>2009</v>
       </c>
       <c r="I81">
-        <v>2024</v>
+        <v>2014</v>
       </c>
       <c r="J81" t="s">
-        <v>505</v>
+        <v>71</v>
       </c>
       <c r="K81" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L81" t="s">
-        <v>506</v>
+        <v>201</v>
       </c>
       <c r="M81" t="s">
-        <v>507</v>
+        <v>196</v>
       </c>
       <c r="N81" t="s">
         <v>27</v>
       </c>
       <c r="O81" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="P81" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B82" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C82" t="s">
-        <v>58</v>
+        <v>69</v>
       </c>
       <c r="D82" t="s">
-        <v>59</v>
+        <v>70</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
         <v>21</v>
       </c>
       <c r="G82" t="s">
-        <v>431</v>
+        <v>440</v>
       </c>
       <c r="H82"/>
       <c r="I82"/>
       <c r="J82" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="K82" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L82" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="M82" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="N82" t="s">
         <v>27</v>
       </c>
       <c r="O82" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="P82" t="s">
-        <v>64</v>
+        <v>75</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B83" t="s">
-        <v>49</v>
+        <v>60</v>
       </c>
       <c r="C83" t="s">
-        <v>50</v>
+        <v>61</v>
       </c>
       <c r="D83" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
         <v>21</v>
       </c>
       <c r="G83" t="s">
         <v>22</v>
       </c>
       <c r="H83">
         <v>2010</v>
       </c>
       <c r="I83">
         <v>2010</v>
       </c>
       <c r="J83" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="K83" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L83"/>
       <c r="M83" t="s">
-        <v>53</v>
+        <v>64</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="P83" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B84" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="C84" t="s">
-        <v>478</v>
+        <v>488</v>
       </c>
       <c r="D84" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
         <v>21</v>
       </c>
       <c r="G84" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="H84">
         <v>2018</v>
       </c>
       <c r="I84"/>
       <c r="J84" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="K84" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L84" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="M84" t="s">
-        <v>480</v>
+        <v>490</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="P84" t="s">
-        <v>482</v>
+        <v>492</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B85" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C85" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="D85" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
         <v>21</v>
       </c>
       <c r="G85" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="H85">
         <v>2015</v>
       </c>
       <c r="I85"/>
       <c r="J85" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="K85" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L85"/>
       <c r="M85" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="P85" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="B86"/>
       <c r="C86" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="D86" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
         <v>21</v>
       </c>
       <c r="G86" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="H86">
         <v>2010</v>
       </c>
       <c r="I86"/>
       <c r="J86" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="K86" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L86"/>
       <c r="M86" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="P86" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="B87" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="C87" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="D87" t="s">
-        <v>279</v>
+        <v>295</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
         <v>21</v>
       </c>
       <c r="G87" t="s">
         <v>22</v>
       </c>
       <c r="H87">
         <v>2001</v>
       </c>
       <c r="I87">
         <v>2018</v>
       </c>
       <c r="J87" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="K87" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L87"/>
       <c r="M87" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="N87" t="s">
         <v>27</v>
       </c>
       <c r="O87" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="P87" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="B88"/>
       <c r="C88" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="D88" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
         <v>21</v>
       </c>
       <c r="G88" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="H88">
         <v>2012</v>
       </c>
       <c r="I88"/>
       <c r="J88" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="K88" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L88"/>
       <c r="M88" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="P88" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="B89"/>
       <c r="C89" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="D89" t="s">
-        <v>279</v>
+        <v>295</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
         <v>21</v>
       </c>
       <c r="G89" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="H89">
         <v>2014</v>
       </c>
       <c r="I89"/>
       <c r="J89" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="K89" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L89"/>
       <c r="M89" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="P89" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="B90"/>
       <c r="C90" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="D90" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
         <v>21</v>
       </c>
       <c r="G90" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="H90">
         <v>2010</v>
       </c>
       <c r="I90"/>
       <c r="J90" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="K90" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L90"/>
       <c r="M90" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="P90" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="B91" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="C91" t="s">
-        <v>234</v>
+        <v>32</v>
       </c>
       <c r="D91" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
-        <v>126</v>
+        <v>34</v>
       </c>
       <c r="G91" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="H91">
         <v>2021</v>
       </c>
       <c r="I91"/>
       <c r="J91" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="K91" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L91"/>
       <c r="M91" t="s">
-        <v>507</v>
+        <v>38</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="P91" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="B92" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="C92" t="s">
-        <v>234</v>
+        <v>32</v>
       </c>
       <c r="D92" t="s">
-        <v>59</v>
+        <v>70</v>
       </c>
       <c r="E92" t="s">
         <v>20</v>
       </c>
       <c r="F92" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G92" t="s">
         <v>22</v>
       </c>
       <c r="H92">
         <v>2013</v>
       </c>
       <c r="I92">
         <v>2016</v>
       </c>
       <c r="J92" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="K92" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L92" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="M92" t="s">
-        <v>507</v>
+        <v>38</v>
       </c>
       <c r="N92" t="s">
         <v>27</v>
       </c>
       <c r="O92" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="P92" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="B93" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C93" t="s">
-        <v>332</v>
+        <v>341</v>
       </c>
       <c r="D93" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E93" t="s">
         <v>20</v>
       </c>
       <c r="F93" t="s">
         <v>21</v>
       </c>
       <c r="G93" t="s">
         <v>22</v>
       </c>
       <c r="H93">
         <v>2006</v>
       </c>
       <c r="I93">
         <v>2010</v>
       </c>
       <c r="J93" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="K93" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L93"/>
       <c r="M93" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="P93" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="B94" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="C94" t="s">
-        <v>332</v>
+        <v>341</v>
       </c>
       <c r="D94" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E94" t="s">
         <v>20</v>
       </c>
       <c r="F94" t="s">
         <v>21</v>
       </c>
       <c r="G94" t="s">
         <v>22</v>
       </c>
       <c r="H94">
         <v>2006</v>
       </c>
       <c r="I94">
         <v>2010</v>
       </c>
       <c r="J94" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="K94" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L94"/>
       <c r="M94" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="P94" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="B95" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="C95" t="s">
-        <v>332</v>
+        <v>341</v>
       </c>
       <c r="D95" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E95" t="s">
         <v>20</v>
       </c>
       <c r="F95" t="s">
         <v>21</v>
       </c>
       <c r="G95" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="H95">
         <v>2010</v>
       </c>
       <c r="I95"/>
       <c r="J95" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="K95" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L95"/>
       <c r="M95" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="P95" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="B96" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="C96" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="D96" t="s">
-        <v>279</v>
+        <v>295</v>
       </c>
       <c r="E96" t="s">
         <v>20</v>
       </c>
       <c r="F96" t="s">
-        <v>126</v>
+        <v>34</v>
       </c>
       <c r="G96" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="H96">
         <v>2024</v>
       </c>
       <c r="I96"/>
       <c r="J96" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="K96" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L96" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="M96" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="P96" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="B97" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="C97" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="D97" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E97" t="s">
         <v>20</v>
       </c>
       <c r="F97" t="s">
         <v>21</v>
       </c>
       <c r="G97" t="s">
         <v>22</v>
       </c>
       <c r="H97">
         <v>2012</v>
       </c>
       <c r="I97">
         <v>2013</v>
       </c>
       <c r="J97" t="s">
-        <v>294</v>
+        <v>303</v>
       </c>
       <c r="K97" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L97" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="M97" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="N97" t="s">
         <v>27</v>
       </c>
       <c r="O97" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="P97" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="B98" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="C98" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="D98" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="E98" t="s">
         <v>20</v>
       </c>
       <c r="F98" t="s">
         <v>21</v>
       </c>
       <c r="G98" t="s">
         <v>22</v>
       </c>
       <c r="H98">
         <v>2010</v>
       </c>
       <c r="I98">
         <v>2018</v>
       </c>
       <c r="J98" t="s">
-        <v>294</v>
+        <v>303</v>
       </c>
       <c r="K98" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L98" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="M98" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="P98" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="B99" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="C99" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="D99" t="s">
-        <v>59</v>
+        <v>70</v>
       </c>
       <c r="E99" t="s">
         <v>20</v>
       </c>
       <c r="F99" t="s">
         <v>21</v>
       </c>
       <c r="G99" t="s">
         <v>22</v>
       </c>
       <c r="H99">
         <v>2012</v>
       </c>
       <c r="I99">
         <v>2017</v>
       </c>
       <c r="J99" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="K99" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L99" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="M99" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="N99" t="s">
         <v>27</v>
       </c>
       <c r="O99" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="P99" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="B100" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="C100" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="D100" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E100" t="s">
         <v>20</v>
       </c>
       <c r="F100" t="s">
         <v>21</v>
       </c>
       <c r="G100" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="H100">
         <v>2009</v>
       </c>
       <c r="I100"/>
       <c r="J100" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="K100" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L100" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="M100" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="N100" t="s">
         <v>27</v>
       </c>
       <c r="O100" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="P100" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="B101" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="C101" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="D101" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E101" t="s">
         <v>20</v>
       </c>
       <c r="F101" t="s">
         <v>21</v>
       </c>
       <c r="G101" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="H101">
         <v>2009</v>
       </c>
       <c r="I101"/>
       <c r="J101" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="K101" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L101" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="M101" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="N101" t="s">
         <v>27</v>
       </c>
       <c r="O101" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="P101" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="B102" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="C102" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="D102" t="s">
-        <v>185</v>
+        <v>195</v>
       </c>
       <c r="E102" t="s">
         <v>20</v>
       </c>
       <c r="F102" t="s">
-        <v>126</v>
+        <v>34</v>
       </c>
       <c r="G102" t="s">
         <v>22</v>
       </c>
       <c r="H102">
         <v>2020</v>
       </c>
       <c r="I102">
         <v>2024</v>
       </c>
       <c r="J102" t="s">
-        <v>326</v>
+        <v>335</v>
       </c>
       <c r="K102" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L102" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="M102" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="N102" t="s">
         <v>27</v>
       </c>
       <c r="O102" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="P102" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="B103" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="C103" t="s">
-        <v>149</v>
+        <v>159</v>
       </c>
       <c r="D103" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="E103" t="s">
         <v>20</v>
       </c>
       <c r="F103" t="s">
-        <v>126</v>
+        <v>34</v>
       </c>
       <c r="G103" t="s">
         <v>22</v>
       </c>
       <c r="H103">
         <v>2007</v>
       </c>
       <c r="I103">
         <v>2013</v>
       </c>
       <c r="J103" t="s">
-        <v>135</v>
+        <v>145</v>
       </c>
       <c r="K103" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L103" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="M103" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="N103" t="s">
         <v>27</v>
       </c>
       <c r="O103" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="P103" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="B104" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="C104" t="s">
-        <v>149</v>
+        <v>159</v>
       </c>
       <c r="D104" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="E104" t="s">
         <v>20</v>
       </c>
       <c r="F104" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G104" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="H104">
         <v>2006</v>
       </c>
       <c r="I104"/>
       <c r="J104" t="s">
-        <v>135</v>
+        <v>145</v>
       </c>
       <c r="K104" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L104" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="M104" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="N104" t="s">
         <v>27</v>
       </c>
       <c r="O104" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="P104" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="B105" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="C105" t="s">
-        <v>149</v>
+        <v>159</v>
       </c>
       <c r="D105" t="s">
-        <v>59</v>
+        <v>70</v>
       </c>
       <c r="E105" t="s">
         <v>20</v>
       </c>
       <c r="F105" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G105" t="s">
         <v>22</v>
       </c>
       <c r="H105">
         <v>2007</v>
       </c>
       <c r="I105">
         <v>2015</v>
       </c>
       <c r="J105" t="s">
-        <v>135</v>
+        <v>145</v>
       </c>
       <c r="K105" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L105" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="M105" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="N105" t="s">
         <v>27</v>
       </c>
       <c r="O105" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="P105" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="B106" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="C106" t="s">
-        <v>437</v>
+        <v>446</v>
       </c>
       <c r="D106" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="E106" t="s">
         <v>20</v>
       </c>
       <c r="F106" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G106" t="s">
         <v>22</v>
       </c>
       <c r="H106">
         <v>1999</v>
       </c>
       <c r="I106">
         <v>2012</v>
       </c>
       <c r="J106" t="s">
-        <v>135</v>
+        <v>145</v>
       </c>
       <c r="K106" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L106" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="M106" t="s">
-        <v>438</v>
+        <v>447</v>
       </c>
       <c r="N106" t="s">
         <v>27</v>
       </c>
       <c r="O106" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="P106" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="B107" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="C107" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="D107" t="s">
-        <v>185</v>
+        <v>195</v>
       </c>
       <c r="E107" t="s">
         <v>20</v>
       </c>
       <c r="F107" t="s">
-        <v>126</v>
+        <v>34</v>
       </c>
       <c r="G107" t="s">
         <v>22</v>
       </c>
       <c r="H107">
         <v>2018</v>
       </c>
       <c r="I107">
         <v>2019</v>
       </c>
       <c r="J107" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="K107" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L107"/>
       <c r="M107" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="N107" t="s">
         <v>27</v>
       </c>
       <c r="O107" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="P107" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="B108" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="C108" t="s">
-        <v>241</v>
+        <v>250</v>
       </c>
       <c r="D108" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="E108" t="s">
         <v>20</v>
       </c>
       <c r="F108" t="s">
-        <v>126</v>
+        <v>34</v>
       </c>
       <c r="G108" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="H108">
         <v>2015</v>
       </c>
       <c r="I108"/>
       <c r="J108" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="K108" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L108" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="M108" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="N108" t="s">
         <v>27</v>
       </c>
       <c r="O108" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="P108" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="B109" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="C109" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="D109" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="E109" t="s">
         <v>20</v>
       </c>
       <c r="F109" t="s">
-        <v>126</v>
+        <v>34</v>
       </c>
       <c r="G109" t="s">
         <v>22</v>
       </c>
       <c r="H109">
         <v>2017</v>
       </c>
       <c r="I109">
         <v>2021</v>
       </c>
       <c r="J109" t="s">
-        <v>320</v>
+        <v>329</v>
       </c>
       <c r="K109" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="L109" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="M109" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="N109" t="s">
-        <v>447</v>
+        <v>456</v>
       </c>
       <c r="O109" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="P109" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="B110" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="C110" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="D110" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="E110" t="s">
         <v>20</v>
       </c>
       <c r="F110" t="s">
         <v>21</v>
       </c>
       <c r="G110" t="s">
         <v>22</v>
       </c>
       <c r="H110">
         <v>2009</v>
       </c>
       <c r="I110">
         <v>2016</v>
       </c>
       <c r="J110" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="K110" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L110"/>
       <c r="M110" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="N110" t="s">
         <v>27</v>
       </c>
       <c r="O110" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="P110" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="B111" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="C111" t="s">
-        <v>430</v>
+        <v>439</v>
       </c>
       <c r="D111" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E111" t="s">
         <v>20</v>
       </c>
       <c r="F111" t="s">
         <v>21</v>
       </c>
       <c r="G111" t="s">
         <v>22</v>
       </c>
       <c r="H111">
         <v>2013</v>
       </c>
       <c r="I111">
         <v>2020</v>
       </c>
       <c r="J111" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="K111" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L111" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="M111" t="s">
-        <v>432</v>
+        <v>441</v>
       </c>
       <c r="N111" t="s">
         <v>27</v>
       </c>
       <c r="O111" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="P111" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="B112" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="C112" t="s">
-        <v>430</v>
+        <v>439</v>
       </c>
       <c r="D112" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E112" t="s">
         <v>20</v>
       </c>
       <c r="F112" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G112" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="H112">
         <v>2011</v>
       </c>
       <c r="I112">
         <v>2015</v>
       </c>
       <c r="J112" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="K112" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L112" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="M112" t="s">
-        <v>432</v>
+        <v>441</v>
       </c>
       <c r="N112" t="s">
         <v>27</v>
       </c>
       <c r="O112" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="P112" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="B113" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="C113" t="s">
-        <v>478</v>
+        <v>488</v>
       </c>
       <c r="D113" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="E113" t="s">
         <v>20</v>
       </c>
       <c r="F113" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G113" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="H113">
         <v>2018</v>
       </c>
       <c r="I113"/>
       <c r="J113" t="s">
-        <v>86</v>
+        <v>97</v>
       </c>
       <c r="K113" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L113"/>
       <c r="M113" t="s">
-        <v>480</v>
+        <v>490</v>
       </c>
       <c r="N113" t="s">
         <v>27</v>
       </c>
       <c r="O113" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="P113" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="B114" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="C114" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="D114" t="s">
-        <v>185</v>
+        <v>195</v>
       </c>
       <c r="E114" t="s">
         <v>20</v>
       </c>
       <c r="F114" t="s">
-        <v>126</v>
+        <v>34</v>
       </c>
       <c r="G114" t="s">
         <v>22</v>
       </c>
       <c r="H114">
         <v>2016</v>
       </c>
       <c r="I114">
         <v>2019</v>
       </c>
       <c r="J114" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="K114" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L114"/>
       <c r="M114" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="N114" t="s">
         <v>27</v>
       </c>
       <c r="O114" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="P114" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="B115" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="C115" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="D115" t="s">
-        <v>185</v>
+        <v>195</v>
       </c>
       <c r="E115" t="s">
         <v>20</v>
       </c>
       <c r="F115" t="s">
-        <v>126</v>
+        <v>34</v>
       </c>
       <c r="G115" t="s">
         <v>22</v>
       </c>
       <c r="H115">
         <v>2016</v>
       </c>
       <c r="I115">
         <v>2019</v>
       </c>
       <c r="J115" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="K115" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L115"/>
       <c r="M115" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="N115" t="s">
         <v>27</v>
       </c>
       <c r="O115" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="P115" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="B116" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="C116" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="D116" t="s">
-        <v>59</v>
+        <v>70</v>
       </c>
       <c r="E116" t="s">
         <v>20</v>
       </c>
       <c r="F116" t="s">
-        <v>126</v>
+        <v>34</v>
       </c>
       <c r="G116" t="s">
         <v>22</v>
       </c>
       <c r="H116">
         <v>2006</v>
       </c>
       <c r="I116">
         <v>2015</v>
       </c>
       <c r="J116" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="K116" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L116"/>
       <c r="M116" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="N116" t="s">
         <v>27</v>
       </c>
       <c r="O116" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="P116" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="B117" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="C117" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="D117" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="E117" t="s">
         <v>20</v>
       </c>
       <c r="F117" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G117" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="H117">
         <v>2014</v>
       </c>
       <c r="I117"/>
       <c r="J117" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="K117" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L117"/>
       <c r="M117" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="N117" t="s">
         <v>27</v>
       </c>
       <c r="O117" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="P117" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="B118" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="C118" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="D118" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E118" t="s">
         <v>20</v>
       </c>
       <c r="F118" t="s">
-        <v>126</v>
+        <v>34</v>
       </c>
       <c r="G118" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="H118">
         <v>2011</v>
       </c>
       <c r="I118"/>
       <c r="J118" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="K118" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L118"/>
       <c r="M118" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="N118" t="s">
         <v>27</v>
       </c>
       <c r="O118" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="P118" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="B119" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="C119" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="D119" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="E119" t="s">
         <v>20</v>
       </c>
       <c r="F119" t="s">
         <v>21</v>
       </c>
       <c r="G119" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="H119">
         <v>2011</v>
       </c>
       <c r="I119"/>
       <c r="J119" t="s">
-        <v>86</v>
+        <v>97</v>
       </c>
       <c r="K119" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L119"/>
       <c r="M119" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="N119" t="s">
         <v>27</v>
       </c>
       <c r="O119" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="P119" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="B120" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="C120" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="D120" t="s">
-        <v>59</v>
+        <v>70</v>
       </c>
       <c r="E120" t="s">
         <v>20</v>
       </c>
       <c r="F120" t="s">
-        <v>126</v>
+        <v>34</v>
       </c>
       <c r="G120" t="s">
         <v>22</v>
       </c>
       <c r="H120">
         <v>2002</v>
       </c>
       <c r="I120">
         <v>2016</v>
       </c>
       <c r="J120" t="s">
-        <v>320</v>
+        <v>329</v>
       </c>
       <c r="K120" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L120" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="M120" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="N120" t="s">
         <v>27</v>
       </c>
       <c r="O120" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="P120" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="B121" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="C121" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="D121" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="E121" t="s">
         <v>20</v>
       </c>
       <c r="F121" t="s">
-        <v>126</v>
+        <v>34</v>
       </c>
       <c r="G121" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="H121">
         <v>2016</v>
       </c>
       <c r="I121"/>
       <c r="J121" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="K121" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L121"/>
       <c r="M121" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="N121" t="s">
         <v>27</v>
       </c>
       <c r="O121" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="P121" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="B122" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="C122" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="D122" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="E122" t="s">
         <v>20</v>
       </c>
       <c r="F122" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G122" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="H122">
         <v>2017</v>
       </c>
       <c r="I122"/>
       <c r="J122" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="K122" t="s">
         <v>24</v>
       </c>
       <c r="L122"/>
       <c r="M122" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="N122" t="s">
-        <v>447</v>
+        <v>456</v>
       </c>
       <c r="O122" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="P122" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="B123" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="C123" t="s">
-        <v>133</v>
+        <v>143</v>
       </c>
       <c r="D123" t="s">
-        <v>93</v>
+        <v>104</v>
       </c>
       <c r="E123" t="s">
         <v>20</v>
       </c>
       <c r="F123" t="s">
         <v>21</v>
       </c>
       <c r="G123" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="H123">
         <v>2017</v>
       </c>
       <c r="I123"/>
       <c r="J123" t="s">
-        <v>135</v>
+        <v>145</v>
       </c>
       <c r="K123" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L123"/>
       <c r="M123" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="N123" t="s">
         <v>27</v>
       </c>
       <c r="O123" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="P123" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="B124" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="C124" t="s">
-        <v>133</v>
+        <v>143</v>
       </c>
       <c r="D124" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="E124" t="s">
         <v>20</v>
       </c>
       <c r="F124" t="s">
         <v>21</v>
       </c>
       <c r="G124" t="s">
         <v>22</v>
       </c>
       <c r="H124">
         <v>2008</v>
       </c>
       <c r="I124">
         <v>2015</v>
       </c>
       <c r="J124" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="K124" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L124"/>
       <c r="M124" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="N124" t="s">
         <v>27</v>
       </c>
       <c r="O124" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="P124" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="B125" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="C125" t="s">
-        <v>133</v>
+        <v>143</v>
       </c>
       <c r="D125" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="E125" t="s">
         <v>20</v>
       </c>
       <c r="F125" t="s">
         <v>21</v>
       </c>
       <c r="G125" t="s">
         <v>22</v>
       </c>
       <c r="H125">
         <v>2009</v>
       </c>
       <c r="I125">
         <v>2013</v>
       </c>
       <c r="J125" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="K125" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L125"/>
       <c r="M125" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="N125" t="s">
         <v>27</v>
       </c>
       <c r="O125" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="P125" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="B126" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="C126" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="D126" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="E126" t="s">
         <v>20</v>
       </c>
       <c r="F126" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G126" t="s">
         <v>22</v>
       </c>
       <c r="H126">
         <v>2009</v>
       </c>
       <c r="I126">
         <v>2016</v>
       </c>
       <c r="J126" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="K126" t="s">
         <v>24</v>
       </c>
       <c r="L126"/>
       <c r="M126" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="N126" t="s">
         <v>27</v>
       </c>
       <c r="O126" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="P126" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="B127" t="s">
-        <v>460</v>
+        <v>470</v>
       </c>
       <c r="C127" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="D127" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E127" t="s">
         <v>20</v>
       </c>
       <c r="F127" t="s">
-        <v>126</v>
+        <v>34</v>
       </c>
       <c r="G127" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="H127">
         <v>2010</v>
       </c>
       <c r="I127"/>
       <c r="J127" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="K127" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L127"/>
       <c r="M127" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="N127" t="s">
         <v>27</v>
       </c>
       <c r="O127" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="P127" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="B128" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="C128" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="D128" t="s">
-        <v>112</v>
+        <v>123</v>
       </c>
       <c r="E128" t="s">
         <v>20</v>
       </c>
       <c r="F128" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G128" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="H128">
         <v>2021</v>
       </c>
       <c r="I128"/>
       <c r="J128" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="K128" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L128"/>
       <c r="M128"/>
       <c r="N128" t="s">
         <v>27</v>
       </c>
       <c r="O128" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="P128" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="B129" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="C129" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="D129" t="s">
-        <v>112</v>
+        <v>123</v>
       </c>
       <c r="E129" t="s">
         <v>20</v>
       </c>
       <c r="F129" t="s">
         <v>21</v>
       </c>
       <c r="G129" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="H129">
         <v>2021</v>
       </c>
       <c r="I129"/>
       <c r="J129" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="K129" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L129"/>
       <c r="M129"/>
       <c r="N129" t="s">
         <v>27</v>
       </c>
       <c r="O129" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="P129" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="B130" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="C130" t="s">
-        <v>401</v>
+        <v>410</v>
       </c>
       <c r="D130" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="E130" t="s">
         <v>20</v>
       </c>
       <c r="F130" t="s">
-        <v>126</v>
+        <v>34</v>
       </c>
       <c r="G130" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="H130">
         <v>2016</v>
       </c>
       <c r="I130"/>
       <c r="J130" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="K130" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L130"/>
       <c r="M130" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="N130" t="s">
-        <v>447</v>
+        <v>456</v>
       </c>
       <c r="O130" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="P130" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="B131" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="C131" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="D131" t="s">
-        <v>93</v>
+        <v>104</v>
       </c>
       <c r="E131" t="s">
         <v>20</v>
       </c>
       <c r="F131" t="s">
-        <v>126</v>
+        <v>34</v>
       </c>
       <c r="G131" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="H131">
         <v>2007</v>
       </c>
       <c r="I131"/>
       <c r="J131" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="K131" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L131" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="M131" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="N131" t="s">
         <v>27</v>
       </c>
       <c r="O131" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="P131" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="B132" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="C132" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="D132" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="E132" t="s">
         <v>20</v>
       </c>
       <c r="F132" t="s">
         <v>21</v>
       </c>
       <c r="G132" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="H132">
         <v>2007</v>
       </c>
       <c r="I132"/>
       <c r="J132" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="K132" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L132" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="M132" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="N132" t="s">
         <v>27</v>
       </c>
       <c r="O132" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="P132" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="B133" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="C133" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="D133" t="s">
-        <v>93</v>
+        <v>104</v>
       </c>
       <c r="E133" t="s">
         <v>20</v>
       </c>
       <c r="F133" t="s">
         <v>21</v>
       </c>
       <c r="G133" t="s">
         <v>22</v>
       </c>
       <c r="H133">
         <v>2014</v>
       </c>
       <c r="I133">
         <v>2018</v>
       </c>
       <c r="J133" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="K133" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L133" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="M133" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="N133" t="s">
         <v>27</v>
       </c>
       <c r="O133" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="P133" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="B134" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="C134" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="D134" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="E134" t="s">
         <v>20</v>
       </c>
       <c r="F134" t="s">
         <v>21</v>
       </c>
       <c r="G134" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="H134">
         <v>2011</v>
       </c>
       <c r="I134"/>
       <c r="J134" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="K134" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L134"/>
       <c r="M134" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="N134" t="s">
         <v>27</v>
       </c>
       <c r="O134" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="P134" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="B135" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="C135" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="D135" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="E135" t="s">
         <v>20</v>
       </c>
       <c r="F135" t="s">
         <v>21</v>
       </c>
       <c r="G135" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="H135">
         <v>2011</v>
       </c>
       <c r="I135"/>
       <c r="J135" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="K135" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L135"/>
       <c r="M135" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="N135" t="s">
         <v>27</v>
       </c>
       <c r="O135" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="P135" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="B136" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="C136" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="D136" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E136" t="s">
         <v>20</v>
       </c>
       <c r="F136" t="s">
         <v>21</v>
       </c>
       <c r="G136" t="s">
         <v>22</v>
       </c>
       <c r="H136">
         <v>2010</v>
       </c>
       <c r="I136">
         <v>2014</v>
       </c>
       <c r="J136" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="K136" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L136" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="M136" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="N136" t="s">
         <v>27</v>
       </c>
       <c r="O136" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="P136" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="B137" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="C137" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="D137" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="E137" t="s">
         <v>20</v>
       </c>
       <c r="F137" t="s">
         <v>21</v>
       </c>
       <c r="G137" t="s">
         <v>22</v>
       </c>
       <c r="H137">
         <v>2012</v>
       </c>
       <c r="I137">
         <v>2014</v>
       </c>
       <c r="J137" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="K137" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L137" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="M137" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="N137" t="s">
         <v>27</v>
       </c>
       <c r="O137" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="P137" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="B138" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="C138" t="s">
-        <v>133</v>
+        <v>143</v>
       </c>
       <c r="D138" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E138" t="s">
         <v>20</v>
       </c>
       <c r="F138" t="s">
         <v>21</v>
       </c>
       <c r="G138" t="s">
         <v>22</v>
       </c>
       <c r="H138">
         <v>2011</v>
       </c>
       <c r="I138">
         <v>2013</v>
       </c>
       <c r="J138" t="s">
-        <v>135</v>
+        <v>145</v>
       </c>
       <c r="K138" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L138"/>
       <c r="M138" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="N138" t="s">
         <v>27</v>
       </c>
       <c r="O138" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="P138" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">