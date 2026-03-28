--- v0 (2026-01-21)
+++ v1 (2026-03-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="938">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="939">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -2775,63 +2775,66 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-3-2020-labeling-energy-efficiency-label-electrical-appliances-part-3-household</t>
   </si>
   <si>
     <t>https://members.wto.org/crnattachments/2020/TBT/ARE/20_4362_00_e.pdf</t>
   </si>
   <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
+    <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
+  </si>
+  <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
+    <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
+  </si>
+  <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
-  </si>
-[...10 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
     <t>UNIT 1159:2007 Eficiencia energética - Lámparas incandescentes de uso doméstico y similares - Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for incandescent lamps.</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60064</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11592007-eficiencia-energetica-lamparas-incandescentes-de-uso-domestico-y-similares</t>
   </si>
   <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1159+-+Eficiencia+Energetica.+Lamparas+incandescentes+de+uso+domestico+y+similares+-+Especificaciones+etiquetado.pdf/7e86af5f-cb55-4c99-a3f1-1aaed79498db</t>
   </si>
   <si>
     <t>UNIT 1218:2018 Eficiencia energética ̶ Lámparas LED ̶ Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for LED lamps with built-in ballast.</t>
   </si>
   <si>
     <t>UNIT 1155:2007, UNIT-IEC 62560:2011, UNIT-IEC 62612:2013,  IEC 61000-3-2:2014, IEC/TS 62504:2011, EN 13032-4, IES LM 79</t>
   </si>
@@ -10440,295 +10443,295 @@
       <c r="H150">
         <v>2008</v>
       </c>
       <c r="I150">
         <v>2011</v>
       </c>
       <c r="J150" t="s">
         <v>79</v>
       </c>
       <c r="K150" t="s">
         <v>34</v>
       </c>
       <c r="L150" t="s">
         <v>906</v>
       </c>
       <c r="M150" t="s">
         <v>901</v>
       </c>
       <c r="N150" t="s">
         <v>27</v>
       </c>
       <c r="O150" t="s">
         <v>907</v>
       </c>
       <c r="P150" t="s">
-        <v>903</v>
+        <v>908</v>
       </c>
     </row>
     <row r="151" spans="1:16">
       <c r="A151" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="B151" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="C151" t="s">
         <v>899</v>
       </c>
       <c r="D151" t="s">
         <v>137</v>
       </c>
       <c r="E151" t="s">
         <v>20</v>
       </c>
       <c r="F151" t="s">
         <v>43</v>
       </c>
       <c r="G151" t="s">
         <v>87</v>
       </c>
       <c r="H151">
         <v>2007</v>
       </c>
       <c r="I151"/>
       <c r="J151" t="s">
         <v>88</v>
       </c>
       <c r="K151" t="s">
         <v>34</v>
       </c>
       <c r="L151" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="M151" t="s">
         <v>901</v>
       </c>
       <c r="N151" t="s">
         <v>27</v>
       </c>
       <c r="O151" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="P151" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
     </row>
     <row r="152" spans="1:16">
       <c r="A152" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="B152" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="C152" t="s">
         <v>899</v>
       </c>
       <c r="D152" t="s">
         <v>137</v>
       </c>
       <c r="E152" t="s">
         <v>20</v>
       </c>
       <c r="F152" t="s">
         <v>21</v>
       </c>
       <c r="G152" t="s">
         <v>22</v>
       </c>
       <c r="H152">
         <v>2014</v>
       </c>
       <c r="I152">
         <v>2018</v>
       </c>
       <c r="J152" t="s">
         <v>88</v>
       </c>
       <c r="K152" t="s">
         <v>34</v>
       </c>
       <c r="L152" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="M152" t="s">
         <v>901</v>
       </c>
       <c r="N152" t="s">
         <v>27</v>
       </c>
       <c r="O152" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="P152" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
     </row>
     <row r="153" spans="1:16">
       <c r="A153" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="B153" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="C153" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="D153" t="s">
         <v>77</v>
       </c>
       <c r="E153" t="s">
         <v>20</v>
       </c>
       <c r="F153" t="s">
         <v>43</v>
       </c>
       <c r="G153" t="s">
         <v>87</v>
       </c>
       <c r="H153">
         <v>2011</v>
       </c>
       <c r="I153"/>
       <c r="J153" t="s">
         <v>62</v>
       </c>
       <c r="K153" t="s">
         <v>34</v>
       </c>
       <c r="L153" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="M153" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="N153" t="s">
         <v>36</v>
       </c>
       <c r="O153" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="P153" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
     </row>
     <row r="154" spans="1:16">
       <c r="A154" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="B154" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="C154" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="D154" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="E154" t="s">
         <v>20</v>
       </c>
       <c r="F154" t="s">
         <v>43</v>
       </c>
       <c r="G154" t="s">
         <v>22</v>
       </c>
       <c r="H154">
         <v>2012</v>
       </c>
       <c r="I154">
         <v>2014</v>
       </c>
       <c r="J154" t="s">
         <v>402</v>
       </c>
       <c r="K154" t="s">
         <v>34</v>
       </c>
       <c r="L154" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="M154" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="N154" t="s">
         <v>27</v>
       </c>
       <c r="O154" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="P154" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
     </row>
     <row r="155" spans="1:16">
       <c r="A155" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="B155" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="C155" t="s">
         <v>340</v>
       </c>
       <c r="D155" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="E155" t="s">
         <v>61</v>
       </c>
       <c r="F155" t="s">
         <v>52</v>
       </c>
       <c r="G155" t="s">
         <v>22</v>
       </c>
       <c r="H155">
         <v>2014</v>
       </c>
       <c r="I155">
         <v>2017</v>
       </c>
       <c r="J155" t="s">
         <v>183</v>
       </c>
       <c r="K155" t="s">
         <v>34</v>
       </c>
       <c r="L155"/>
       <c r="M155" t="s">
         <v>343</v>
       </c>
       <c r="N155" t="s">
         <v>27</v>
       </c>
       <c r="O155" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="P155" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">