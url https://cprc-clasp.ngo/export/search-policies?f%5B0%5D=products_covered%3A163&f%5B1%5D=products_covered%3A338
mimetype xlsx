--- v0 (2025-11-27)
+++ v1 (2026-01-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="565">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="564">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,68 +104,104 @@
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
   </si>
   <si>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
+  </si>
+  <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>SNI IEC 62612:2016</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
     <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...1 lines deleted...]
-  <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
   </si>
   <si>
     <t>AS/NZS 4847.2:2010: Self-ballasted lamps for general lighting services—Minimum Energy Performance standards (MEPS) requirements</t>
   </si>
   <si>
     <t>This standard specifies Minimum Energy Performance Standards (MEPS) requirements and related attributes for self ballasted compact fluorescent lamps (CFLs) with integrated means for controlling starting and stable operation that are intended for domestic and similar general lighting purposes. This Standard applies to self ballasted lamps of all voltages and wattages irrespective of the type of lamp cap. This Standard covers lamps that are supplied as individual lamps or part of a luminaire. This Standard is to be read in conjunction with AS/NZS 4847.1.</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Entered into force, New</t>
@@ -201,53 +237,50 @@
     <t>November 2020</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
     <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
   </si>
   <si>
     <t>CARICOM Regional Energy Efficiency Labelling Scheme</t>
   </si>
   <si>
     <t>The CARICOM Regional Energy Efficiency Labelling Scheme is an approach, crafted by CROSQ under the mandate of COTED, to respond to the high energy costs and usage within CARICOM. The scheme is based on the implementation of minimum energy performance standards and labelling requirements for LED and CFL light bulbs, refrigerators and air conditioners. It involves the creation of labels for each electrical device indicated, which will be used by stores in the retail of these items.</t>
   </si>
   <si>
     <t>CARICOM</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Voluntary</t>
-  </si>
-[...1 lines deleted...]
-    <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CARICOM Regional Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/caricom-regional-energy-efficiency-labelling-scheme</t>
   </si>
   <si>
     <t>https://energy.crosq.org/the-caricom-energy-efficiency-labelling-scheme-what-you-need-to-know/</t>
   </si>
   <si>
     <t>CEL- Directional Integrated LED Lamps for Indoor Lighting</t>
   </si>
   <si>
     <t>This policy covers directional integrated LED lamps.</t>
   </si>
   <si>
     <t>China</t>
   </si>
@@ -764,444 +797,408 @@
     <t>https://cprc-clasp.ngo/policies/gb-29144-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-self</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E50CD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
     <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
 - Drying Performance
 - Energy Consumption
 - Water Usage
 - Program Time
 - Drying Uniformity
 - Condensation Efficiency
 - Noise Level
 - Off/Standby Power
 - Fluffiness Performance
 - Wrinkle Removal Performance
 - Washing Performance for Washer-Dryer Combo Machines
 - Washing-Drying Performance
 - Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
+    <t>January 2025</t>
+  </si>
+  <si>
+    <t>SAMR, SAC</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
+  </si>
+  <si>
+    <t>Greenhouse and Energy Minimum Standards (Self-ballasted Compact Fluorescent Lamps for General Lighting Services) Determination 2017</t>
+  </si>
+  <si>
+    <t>This Determination covers self-ballasted compact fluorescent lamps of any voltage or wattage and with any type of lamp cap, whether supplied as an individual lamp or as part of a luminaire, that are ordinarily supplied and used for general lighting services.</t>
+  </si>
+  <si>
+    <t>Australia</t>
+  </si>
+  <si>
+    <t>Indoor Luminaires, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>AS/NZS 4847.1:2010AS/NZS 4847.2:2010</t>
+  </si>
+  <si>
+    <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-self-ballasted-compact-fluorescent-lamps-general</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02133</t>
+  </si>
+  <si>
+    <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
+  </si>
+  <si>
+    <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
+  </si>
+  <si>
+    <t>JS 2097:2013 Energy labeling of household combined washer-driers</t>
+  </si>
+  <si>
+    <t>This policy covers electric mains operated household combined washer-driers. Appliances that can also use other energy sources are excluded.</t>
+  </si>
+  <si>
+    <t>Jordan</t>
+  </si>
+  <si>
+    <t>JS 2096</t>
+  </si>
+  <si>
+    <t>National Energy Research Centre (NERC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-20972013-energy-labeling-household-combined-washer-driers</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5458</t>
+  </si>
+  <si>
+    <t>JS 60456:2012 Clothes washing machines for household use - Methods for measuring the performance (EN 60456:2001 + AC:2011)</t>
+  </si>
+  <si>
+    <t>This policy specifies methods for measuring the performance of clothes washing machines for household use, with or without heating devices utilising cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force (spin extractors) and is applicable to appliances for both washing and drying textiles (washer-dryers).</t>
+  </si>
+  <si>
+    <t>JS 2103</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-604562012-clothes-washing-machines-household-use-methods-measuring-performance-en</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5305</t>
+  </si>
+  <si>
+    <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
+  </si>
+  <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
+    <t>Hong Kong SAR of China</t>
+  </si>
+  <si>
+    <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
+  </si>
+  <si>
+    <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
+    <t>MEPS and labeling schemes for bulbs</t>
+  </si>
+  <si>
+    <t>Information not available</t>
+  </si>
+  <si>
+    <t>Seychelles</t>
+  </si>
+  <si>
+    <t>October 2019</t>
+  </si>
+  <si>
+    <t>Energy Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-bulbs</t>
+  </si>
+  <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20 ; http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
+  </si>
+  <si>
+    <t>MEPS and labeling schemes for lighting products</t>
+  </si>
+  <si>
+    <t>Dominican Republic</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-lighting-products</t>
+  </si>
+  <si>
+    <t>https://rise.esmap.org/country/dominican-republic</t>
+  </si>
+  <si>
+    <t>IEEE 112:1996;IEC 60034-2-2/2007</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-lighting-products-0</t>
+  </si>
+  <si>
+    <t>Guyana</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard, Comparative Label</t>
+  </si>
+  <si>
+    <t>Energy Agency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-lighting-products-1</t>
+  </si>
+  <si>
+    <t>https://caricom.org/media-center/communications/news-from-the-community/guyana-standards-bureau-working-with-crosq-on-energy-efficiency-standard</t>
+  </si>
+  <si>
+    <t>MEPS for LED lamps</t>
+  </si>
+  <si>
+    <t>MEPL covers mains electric clothes washers intended for household and similar use. This includes both horizontal and vertical axis single bowl machines twin tub units and the washing function of combination washer|dryer units. MEPL does not apply to clothes washers specifically designed for commercial use.</t>
+  </si>
+  <si>
+    <t>AS/NZS 3823.3:2002</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-led-lamps</t>
+  </si>
+  <si>
+    <t>MEPS for lighting products</t>
+  </si>
+  <si>
+    <t>The Gambia</t>
+  </si>
+  <si>
+    <t>Lighting, Lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Not applicable</t>
+  </si>
+  <si>
+    <t>NB 10.07.001, NB 17.02.001</t>
+  </si>
+  <si>
+    <t>Ministry of Petroleum and Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-lighting-products-1</t>
+  </si>
+  <si>
+    <t>Namibian standards are similar to South African standards.</t>
+  </si>
+  <si>
+    <t>Namibia</t>
+  </si>
+  <si>
+    <t>Ministry of Mines and Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-lighting-products-0</t>
+  </si>
+  <si>
+    <t>https://www.ctc-n.org/system/files/dossier/3b/country_profile_-_namibia.pdf</t>
+  </si>
+  <si>
+    <t>Minimum Equipment Energy Performance Standards</t>
+  </si>
+  <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/minimum-equipment-energy-performance-standards</t>
+  </si>
+  <si>
+    <t>Minister of Energy and Mineral Resources Regulation No.18 of 2014 on Energy labels for energy saving lights</t>
+  </si>
+  <si>
+    <t>The MEPS and labeling requirements covers self-ballasted lamps (CFL).</t>
+  </si>
+  <si>
+    <t>SNI IEC 60969:2009, SNI 04-6958-2003</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no18-2014-energy-labels-energy-saving</t>
+  </si>
+  <si>
+    <t>https://jdih.esdm.go.id/peraturan/Permen%20ESDM%2018%20Tahun%202014.pdf</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade Decree N 769</t>
+  </si>
+  <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
+    <t>Russia</t>
+  </si>
+  <si>
+    <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>GOST 21766-87, GOST 21552-84</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade of the Russian Federation</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
+  </si>
+  <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
+    <t>National Energy Efficiency and Conservation Policy 2023</t>
+  </si>
+  <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
+    <t>Pakistan</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>January 2024</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, LPG</t>
+  </si>
+  <si>
+    <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/national-energy-efficiency-and-conservation-policy-2023</t>
+  </si>
+  <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
+    <t>NOM-030-ENER-2016</t>
+  </si>
+  <si>
+    <t>This Official Mexican Standard establishes the specifications and test methods for integrated LED lamps for general lighting, it is applicable to all omnidirectional and directional integrated LED lamps, which are intended for general lighting, from 100 V to 277 V ac and 50 Hz or 60 Hz frequency, which are manufactured or imported for sale within the national territory.</t>
+  </si>
+  <si>
+    <t>Mexico</t>
+  </si>
+  <si>
+    <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nom-030-ener-2016</t>
+  </si>
+  <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5469188&amp;fecha=17/01/2017</t>
+  </si>
+  <si>
+    <t>Pakistan Energy Labels for LED Lights</t>
+  </si>
+  <si>
+    <t>This policy establishes mandatory Minimum Energy Performance Standards (MEPS) and labels for LED lights that are normally used in households and buildings for general lighting purposes and street lighting. LED lights should conform to all the requirements of Pakistan Standard PS:IEC60050-845 with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
+    <t>PS:IEC60050-845</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-led-lights</t>
+  </si>
+  <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO415(I)-2024.pdf</t>
+  </si>
+  <si>
+    <t>Pakistan MEPS and labeling for CFLs</t>
+  </si>
+  <si>
+    <t>This standard shall apply to self-ballasted compact fluorescent lamps -CFLs; generally known as Energy Savers of all commonly used shapes|sizes: U-shaped &amp; Spiral shaped, Edison screw holder or bayonet|pin type adopter; in Pakistan, with nominal power rating from 3Watt to 60 Watt at rated supply voltage of 230 V, 50 Hz or voltage range 220 240 V, 50 Hz as marked on the lamp. The standard does not apply to self-ballasted fluorescent lamps used with covers.</t>
+  </si>
+  <si>
     <t>New</t>
-  </si>
-[...382 lines deleted...]
-    <t>This standard shall apply to self-ballasted compact fluorescent lamps -CFLs; generally known as Energy Savers of all commonly used shapes|sizes: U-shaped &amp; Spiral shaped, Edison screw holder or bayonet|pin type adopter; in Pakistan, with nominal power rating from 3Watt to 60 Watt at rated supply voltage of 230 V, 50 Hz or voltage range 220 240 V, 50 Hz as marked on the lamp. The standard does not apply to self-ballasted fluorescent lamps used with covers.</t>
   </si>
   <si>
     <t>PS-IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-meps-and-labeling-cfls</t>
   </si>
   <si>
     <t>https://drive.google.com/file/d/0B_Ht8Q1cIEovQW5CZlF0VTRRZHM/view</t>
   </si>
   <si>
     <t>PNS 2050-2:2015 - Lamps and related equipment - Energy efficiency and labeling requirements - Part 2: Self-ballasted lamps for general lighting services</t>
   </si>
   <si>
     <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>PNS IEC 969:2006; PNS IEC 968:2005</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
@@ -2263,3942 +2260,3942 @@
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>1980</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I3"/>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="M3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>43</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G4" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H4">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I4"/>
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
       <c r="J4" t="s">
         <v>45</v>
       </c>
       <c r="K4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L4" t="s">
         <v>46</v>
       </c>
       <c r="M4" t="s">
         <v>47</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>48</v>
       </c>
       <c r="P4" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>50</v>
       </c>
       <c r="B5" t="s">
         <v>51</v>
       </c>
       <c r="C5" t="s">
         <v>52</v>
       </c>
       <c r="D5" t="s">
         <v>53</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H5">
         <v>2013</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K5" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L5"/>
+        <v>36</v>
+      </c>
+      <c r="L5" t="s">
+        <v>56</v>
+      </c>
       <c r="M5" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="P5" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B6" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C6" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="D6" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E6" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>63</v>
+        <v>44</v>
       </c>
       <c r="G6" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="H6"/>
+        <v>54</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="K6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
         <v>66</v>
       </c>
-      <c r="N6" t="s">
-[...2 lines deleted...]
-      <c r="O6" t="s">
+      <c r="P6" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
+        <v>68</v>
+      </c>
+      <c r="B7" t="s">
         <v>69</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>70</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>71</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>72</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G7" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="H7"/>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="K7" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L7"/>
       <c r="M7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="P7" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G8" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H8">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8" t="s">
         <v>82</v>
       </c>
-      <c r="L8"/>
-      <c r="M8"/>
+      <c r="M8" t="s">
+        <v>83</v>
+      </c>
       <c r="N8" t="s">
-        <v>83</v>
+        <v>27</v>
       </c>
       <c r="O8" t="s">
         <v>84</v>
       </c>
       <c r="P8" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>86</v>
       </c>
       <c r="B9" t="s">
         <v>87</v>
       </c>
       <c r="C9" t="s">
         <v>88</v>
       </c>
       <c r="D9" t="s">
         <v>89</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H9">
-        <v>1998</v>
-[...1 lines deleted...]
-      <c r="I9">
         <v>2019</v>
       </c>
+      <c r="I9"/>
       <c r="J9" t="s">
         <v>90</v>
       </c>
       <c r="K9" t="s">
-        <v>35</v>
+        <v>91</v>
       </c>
       <c r="L9"/>
-      <c r="M9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M9"/>
       <c r="N9" t="s">
-        <v>27</v>
+        <v>92</v>
       </c>
       <c r="O9" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="P9" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B10" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C10" t="s">
-        <v>88</v>
+        <v>97</v>
       </c>
       <c r="D10" t="s">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
-        <v>2000</v>
+        <v>1998</v>
       </c>
       <c r="I10">
         <v>2019</v>
       </c>
       <c r="J10" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="K10" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="P10" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="B11" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="C11" t="s">
-        <v>88</v>
+        <v>97</v>
       </c>
       <c r="D11" t="s">
-        <v>80</v>
+        <v>98</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
-        <v>2010</v>
+        <v>2000</v>
       </c>
       <c r="I11">
         <v>2019</v>
       </c>
       <c r="J11" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="K11" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L11"/>
       <c r="M11" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="P11" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B12" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C12" t="s">
-        <v>108</v>
+        <v>97</v>
       </c>
       <c r="D12" t="s">
-        <v>109</v>
+        <v>89</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>63</v>
+        <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H12">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="I12"/>
+        <v>2010</v>
+      </c>
+      <c r="I12">
+        <v>2019</v>
+      </c>
       <c r="J12" t="s">
-        <v>54</v>
+        <v>110</v>
       </c>
       <c r="K12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L12" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="M12" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="P12" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B13" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C13" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D13" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E13" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="G13" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="H13"/>
+        <v>54</v>
+      </c>
+      <c r="H13">
+        <v>2016</v>
+      </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>118</v>
+        <v>64</v>
       </c>
       <c r="K13" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L13"/>
+        <v>36</v>
+      </c>
+      <c r="L13" t="s">
+        <v>119</v>
+      </c>
       <c r="M13" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="P13" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B14" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C14" t="s">
-        <v>71</v>
+        <v>125</v>
       </c>
       <c r="D14" t="s">
+        <v>126</v>
+      </c>
+      <c r="E14" t="s">
         <v>72</v>
       </c>
-      <c r="E14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" t="s">
-        <v>124</v>
+        <v>34</v>
       </c>
       <c r="G14" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="H14"/>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="K14" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L14"/>
       <c r="M14" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="P14" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="B15" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C15" t="s">
-        <v>131</v>
+        <v>80</v>
       </c>
       <c r="D15" t="s">
-        <v>43</v>
+        <v>81</v>
       </c>
       <c r="E15" t="s">
-        <v>20</v>
+        <v>72</v>
       </c>
       <c r="F15" t="s">
-        <v>124</v>
+        <v>133</v>
       </c>
       <c r="G15" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H15">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="K15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="M15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="P15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B16" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C16" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D16" t="s">
-        <v>140</v>
+        <v>53</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>33</v>
+        <v>133</v>
       </c>
       <c r="G16" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H16">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
         <v>141</v>
       </c>
       <c r="K16" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L16"/>
+        <v>36</v>
+      </c>
+      <c r="L16" t="s">
+        <v>142</v>
+      </c>
       <c r="M16" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="P16" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B17" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C17" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D17" t="s">
-        <v>72</v>
+        <v>149</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G17" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H17">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>54</v>
+        <v>150</v>
       </c>
       <c r="K17" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="P17" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="B18" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="C18" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="D18" t="s">
-        <v>109</v>
+        <v>81</v>
       </c>
       <c r="E18" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>63</v>
+        <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="H18"/>
+        <v>54</v>
+      </c>
+      <c r="H18">
+        <v>2016</v>
+      </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>154</v>
+        <v>64</v>
       </c>
       <c r="K18" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L18"/>
       <c r="M18" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="P18" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B19" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C19" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D19" t="s">
-        <v>162</v>
+        <v>118</v>
       </c>
       <c r="E19" t="s">
-        <v>20</v>
+        <v>72</v>
       </c>
       <c r="F19" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="G19" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="H19"/>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>154</v>
+        <v>163</v>
       </c>
       <c r="K19" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L19" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="M19" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="P19" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B20" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C20" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D20" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
-      <c r="H20">
-[...4 lines deleted...]
-      </c>
+      <c r="H20"/>
+      <c r="I20"/>
       <c r="J20" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="K20" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L20" t="s">
         <v>172</v>
       </c>
       <c r="M20" t="s">
         <v>173</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
         <v>174</v>
       </c>
       <c r="P20" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>176</v>
       </c>
       <c r="B21" t="s">
         <v>177</v>
       </c>
       <c r="C21" t="s">
-        <v>169</v>
+        <v>178</v>
       </c>
       <c r="D21" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
-        <v>1994</v>
+        <v>2000</v>
       </c>
       <c r="I21">
-        <v>2003</v>
+        <v>2009</v>
       </c>
       <c r="J21" t="s">
-        <v>45</v>
+        <v>180</v>
       </c>
       <c r="K21" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L21"/>
+        <v>36</v>
+      </c>
+      <c r="L21" t="s">
+        <v>181</v>
+      </c>
       <c r="M21" t="s">
-        <v>173</v>
+        <v>182</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="P21" t="s">
-        <v>175</v>
+        <v>184</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="B22" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="C22" t="s">
-        <v>169</v>
+        <v>178</v>
       </c>
       <c r="D22" t="s">
-        <v>72</v>
+        <v>187</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
-        <v>1997</v>
+        <v>1994</v>
       </c>
       <c r="I22">
-        <v>2009</v>
+        <v>2003</v>
       </c>
       <c r="J22" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="K22" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L22" t="s">
+        <v>36</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
         <v>182</v>
       </c>
-      <c r="M22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="P22" t="s">
-        <v>175</v>
+        <v>184</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="B23" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="C23" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="D23" t="s">
-        <v>43</v>
+        <v>81</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>63</v>
+        <v>44</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
-        <v>2015</v>
+        <v>1997</v>
       </c>
       <c r="I23">
-        <v>2023</v>
+        <v>2009</v>
       </c>
       <c r="J23" t="s">
-        <v>187</v>
+        <v>55</v>
       </c>
       <c r="K23" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L23" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="M23" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="P23" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B24" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C24" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D24" t="s">
-        <v>195</v>
+        <v>53</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I24">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="J24" t="s">
-        <v>154</v>
+        <v>196</v>
       </c>
       <c r="K24" t="s">
-        <v>196</v>
-[...1 lines deleted...]
-      <c r="L24"/>
+        <v>36</v>
+      </c>
+      <c r="L24" t="s">
+        <v>197</v>
+      </c>
       <c r="M24" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="P24" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B25" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C25" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D25" t="s">
-        <v>72</v>
+        <v>204</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G25" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H25">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I25"/>
+        <v>2016</v>
+      </c>
+      <c r="I25">
+        <v>2019</v>
+      </c>
       <c r="J25" t="s">
-        <v>203</v>
+        <v>163</v>
       </c>
       <c r="K25" t="s">
-        <v>35</v>
+        <v>205</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="P25" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B26" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="C26" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="D26" t="s">
-        <v>210</v>
+        <v>81</v>
       </c>
       <c r="E26" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G26" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H26">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="K26" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="P26" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B27" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C27" t="s">
-        <v>79</v>
+        <v>218</v>
       </c>
       <c r="D27" t="s">
-        <v>170</v>
+        <v>219</v>
       </c>
       <c r="E27" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="F27" t="s">
-        <v>124</v>
+        <v>44</v>
       </c>
       <c r="G27" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H27">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I27"/>
       <c r="J27" t="s">
-        <v>132</v>
+        <v>220</v>
       </c>
       <c r="K27" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L27"/>
       <c r="M27" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="P27" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B28" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C28" t="s">
-        <v>222</v>
+        <v>88</v>
       </c>
       <c r="D28" t="s">
-        <v>43</v>
+        <v>179</v>
       </c>
       <c r="E28" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="F28" t="s">
-        <v>124</v>
+        <v>133</v>
       </c>
       <c r="G28" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H28">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I28"/>
+        <v>2015</v>
+      </c>
+      <c r="I28">
+        <v>2015</v>
+      </c>
       <c r="J28" t="s">
-        <v>118</v>
+        <v>141</v>
       </c>
       <c r="K28" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L28" t="s">
-        <v>223</v>
+        <v>25</v>
       </c>
       <c r="M28" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="P28" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="B29" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="C29" t="s">
-        <v>222</v>
+        <v>231</v>
       </c>
       <c r="D29" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E29" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="F29" t="s">
-        <v>124</v>
+        <v>133</v>
       </c>
       <c r="G29" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H29">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I29"/>
       <c r="J29" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="K29" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L29" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="M29" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="P29" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
+        <v>236</v>
+      </c>
+      <c r="B30" t="s">
+        <v>237</v>
+      </c>
+      <c r="C30" t="s">
         <v>231</v>
       </c>
-      <c r="B30" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D30" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E30" t="s">
-        <v>20</v>
+        <v>72</v>
       </c>
       <c r="F30" t="s">
-        <v>21</v>
+        <v>133</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
-        <v>2003</v>
+        <v>2012</v>
       </c>
       <c r="I30">
-        <v>2013</v>
+        <v>2019</v>
       </c>
       <c r="J30" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="K30" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L30" t="s">
+        <v>232</v>
+      </c>
+      <c r="M30" t="s">
         <v>233</v>
       </c>
-      <c r="M30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="P30" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="B31" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="C31" t="s">
-        <v>238</v>
+        <v>80</v>
       </c>
       <c r="D31" t="s">
-        <v>239</v>
+        <v>53</v>
       </c>
       <c r="E31" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>240</v>
+        <v>21</v>
       </c>
       <c r="G31" t="s">
-        <v>241</v>
+        <v>22</v>
       </c>
       <c r="H31">
-        <v>2024</v>
-[...1 lines deleted...]
-      <c r="I31"/>
+        <v>2003</v>
+      </c>
+      <c r="I31">
+        <v>2013</v>
+      </c>
       <c r="J31" t="s">
+        <v>127</v>
+      </c>
+      <c r="K31" t="s">
+        <v>36</v>
+      </c>
+      <c r="L31" t="s">
         <v>242</v>
       </c>
-      <c r="K31" t="s">
-[...2 lines deleted...]
-      <c r="L31"/>
       <c r="M31" t="s">
+        <v>83</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
         <v>243</v>
       </c>
-      <c r="N31" t="s">
-[...2 lines deleted...]
-      <c r="O31" t="s">
+      <c r="P31" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
+        <v>245</v>
+      </c>
+      <c r="B32" t="s">
         <v>246</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
+        <v>80</v>
+      </c>
+      <c r="D32" t="s">
         <v>247</v>
       </c>
-      <c r="C32" t="s">
+      <c r="E32" t="s">
+        <v>72</v>
+      </c>
+      <c r="F32" t="s">
         <v>248</v>
       </c>
-      <c r="D32" t="s">
+      <c r="G32" t="s">
+        <v>8</v>
+      </c>
+      <c r="H32">
+        <v>2008</v>
+      </c>
+      <c r="I32">
+        <v>2024</v>
+      </c>
+      <c r="J32" t="s">
         <v>249</v>
       </c>
-      <c r="E32" t="s">
-[...14 lines deleted...]
-      <c r="J32" t="s">
+      <c r="K32" t="s">
+        <v>36</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
         <v>250</v>
       </c>
-      <c r="K32" t="s">
-[...2 lines deleted...]
-      <c r="L32" t="s">
+      <c r="N32" t="s">
+        <v>92</v>
+      </c>
+      <c r="O32" t="s">
         <v>251</v>
       </c>
-      <c r="M32" t="s">
+      <c r="P32" t="s">
         <v>252</v>
-      </c>
-[...7 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
+        <v>253</v>
+      </c>
+      <c r="B33" t="s">
+        <v>254</v>
+      </c>
+      <c r="C33" t="s">
         <v>255</v>
       </c>
-      <c r="B33" t="s">
+      <c r="D33" t="s">
         <v>256</v>
-      </c>
-[...4 lines deleted...]
-        <v>178</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H33">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I33"/>
+        <v>2009</v>
+      </c>
+      <c r="I33">
+        <v>2017</v>
+      </c>
       <c r="J33" t="s">
+        <v>257</v>
+      </c>
+      <c r="K33" t="s">
+        <v>36</v>
+      </c>
+      <c r="L33" t="s">
         <v>258</v>
       </c>
-      <c r="K33" t="s">
-[...2 lines deleted...]
-      <c r="L33" t="s">
+      <c r="M33" t="s">
         <v>259</v>
       </c>
-      <c r="M33" t="s">
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
         <v>260</v>
       </c>
-      <c r="N33" t="s">
-[...2 lines deleted...]
-      <c r="O33" t="s">
+      <c r="P33" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
+        <v>262</v>
+      </c>
+      <c r="B34" t="s">
         <v>263</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>264</v>
       </c>
-      <c r="C34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D34" t="s">
-        <v>170</v>
+        <v>187</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G34" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H34">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="I34"/>
       <c r="J34" t="s">
-        <v>118</v>
+        <v>265</v>
       </c>
       <c r="K34" t="s">
-        <v>82</v>
+        <v>36</v>
       </c>
       <c r="L34" t="s">
         <v>266</v>
       </c>
       <c r="M34" t="s">
         <v>267</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
         <v>268</v>
       </c>
       <c r="P34" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
         <v>270</v>
       </c>
       <c r="B35" t="s">
         <v>271</v>
       </c>
       <c r="C35" t="s">
-        <v>265</v>
+        <v>272</v>
       </c>
       <c r="D35" t="s">
-        <v>170</v>
+        <v>179</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I35">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="J35" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="K35" t="s">
-        <v>82</v>
+        <v>91</v>
       </c>
       <c r="L35" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="M35" t="s">
-        <v>267</v>
+        <v>274</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="P35" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="B36" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="C36" t="s">
-        <v>277</v>
+        <v>272</v>
       </c>
       <c r="D36" t="s">
-        <v>278</v>
+        <v>179</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>63</v>
+        <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
-        <v>2008</v>
+        <v>2012</v>
       </c>
       <c r="I36">
-        <v>2020</v>
+        <v>2013</v>
       </c>
       <c r="J36" t="s">
-        <v>54</v>
+        <v>127</v>
       </c>
       <c r="K36" t="s">
-        <v>35</v>
+        <v>91</v>
       </c>
       <c r="L36" t="s">
         <v>279</v>
       </c>
       <c r="M36" t="s">
+        <v>274</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
         <v>280</v>
       </c>
-      <c r="N36" t="s">
+      <c r="P36" t="s">
         <v>281</v>
-      </c>
-[...4 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
+        <v>282</v>
+      </c>
+      <c r="B37" t="s">
+        <v>283</v>
+      </c>
+      <c r="C37" t="s">
         <v>284</v>
       </c>
-      <c r="B37" t="s">
+      <c r="D37" t="s">
         <v>285</v>
-      </c>
-[...4 lines deleted...]
-        <v>72</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2008</v>
+      </c>
+      <c r="I37">
+        <v>2020</v>
+      </c>
+      <c r="J37" t="s">
         <v>64</v>
       </c>
-      <c r="H37"/>
-[...1 lines deleted...]
-      <c r="J37" t="s">
+      <c r="K37" t="s">
+        <v>36</v>
+      </c>
+      <c r="L37" t="s">
+        <v>286</v>
+      </c>
+      <c r="M37" t="s">
         <v>287</v>
       </c>
-      <c r="K37" t="s">
-[...3 lines deleted...]
-      <c r="M37" t="s">
+      <c r="N37" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="O37" t="s">
         <v>289</v>
       </c>
       <c r="P37" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
         <v>291</v>
       </c>
       <c r="B38" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="C38" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D38" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E38" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G38" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="H38"/>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="K38" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="P38" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>291</v>
+        <v>298</v>
       </c>
       <c r="B39" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="C39" t="s">
-        <v>292</v>
+        <v>299</v>
       </c>
       <c r="D39" t="s">
+        <v>81</v>
+      </c>
+      <c r="E39" t="s">
         <v>72</v>
       </c>
-      <c r="E39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F39" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G39" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="H39"/>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="K39" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L39"/>
       <c r="M39" t="s">
-        <v>293</v>
+        <v>300</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="P39" t="s">
-        <v>295</v>
+        <v>302</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>291</v>
+        <v>298</v>
       </c>
       <c r="B40" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="C40" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D40" t="s">
+        <v>81</v>
+      </c>
+      <c r="E40" t="s">
         <v>72</v>
       </c>
-      <c r="E40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F40" t="s">
-        <v>299</v>
+        <v>44</v>
       </c>
       <c r="G40" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="H40"/>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="K40" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L40"/>
+        <v>36</v>
+      </c>
+      <c r="L40" t="s">
+        <v>303</v>
+      </c>
       <c r="M40" t="s">
         <v>300</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="P40" t="s">
         <v>302</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>303</v>
+        <v>298</v>
       </c>
       <c r="B41" t="s">
-        <v>304</v>
+        <v>292</v>
       </c>
       <c r="C41" t="s">
         <v>305</v>
       </c>
       <c r="D41" t="s">
-        <v>306</v>
+        <v>81</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>63</v>
+        <v>306</v>
       </c>
       <c r="G41" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="H41"/>
+      <c r="I41"/>
       <c r="J41" t="s">
+        <v>294</v>
+      </c>
+      <c r="K41" t="s">
+        <v>36</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
         <v>307</v>
       </c>
-      <c r="K41" t="s">
-[...2 lines deleted...]
-      <c r="L41" t="s">
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
         <v>308</v>
       </c>
-      <c r="M41" t="s">
+      <c r="P41" t="s">
         <v>309</v>
-      </c>
-[...7 lines deleted...]
-        <v>311</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="B42" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="C42" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D42" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>21</v>
       </c>
       <c r="G42" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="H42"/>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="K42" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L42" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="M42" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="P42" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
+        <v>314</v>
+      </c>
+      <c r="B43" t="s">
+        <v>292</v>
+      </c>
+      <c r="C43" t="s">
+        <v>315</v>
+      </c>
+      <c r="D43" t="s">
         <v>316</v>
       </c>
-      <c r="B43" t="s">
-[...2 lines deleted...]
-      <c r="C43" t="s">
+      <c r="E43" t="s">
         <v>317</v>
-      </c>
-[...4 lines deleted...]
-        <v>319</v>
       </c>
       <c r="F43" t="s">
         <v>21</v>
       </c>
       <c r="G43" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="H43"/>
       <c r="I43"/>
       <c r="J43" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="K43" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L43" t="s">
+        <v>318</v>
+      </c>
+      <c r="M43" t="s">
+        <v>319</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
         <v>320</v>
-      </c>
-[...7 lines deleted...]
-        <v>322</v>
       </c>
       <c r="P43"/>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="B44" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="C44" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="D44" t="s">
+        <v>81</v>
+      </c>
+      <c r="E44" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="F44" t="s">
         <v>21</v>
       </c>
       <c r="G44" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="H44"/>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>154</v>
+        <v>163</v>
       </c>
       <c r="K44" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
+        <v>323</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>324</v>
+      </c>
+      <c r="P44" t="s">
         <v>325</v>
-      </c>
-[...7 lines deleted...]
-        <v>327</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="B45" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="C45" t="s">
-        <v>209</v>
+        <v>218</v>
       </c>
       <c r="D45" t="s">
-        <v>210</v>
+        <v>219</v>
       </c>
       <c r="E45" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="F45" t="s">
         <v>21</v>
       </c>
       <c r="G45" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H45">
         <v>2013</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>211</v>
+        <v>220</v>
       </c>
       <c r="K45" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L45"/>
       <c r="M45" t="s">
-        <v>212</v>
+        <v>221</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="P45" t="s">
-        <v>214</v>
+        <v>223</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="B46" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="C46" t="s">
-        <v>305</v>
+        <v>32</v>
       </c>
       <c r="D46" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>2013</v>
       </c>
       <c r="I46">
         <v>2016</v>
       </c>
       <c r="J46" t="s">
-        <v>154</v>
+        <v>163</v>
       </c>
       <c r="K46" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L46" t="s">
+        <v>331</v>
+      </c>
+      <c r="M46" t="s">
+        <v>38</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>332</v>
+      </c>
+      <c r="P46" t="s">
         <v>333</v>
-      </c>
-[...10 lines deleted...]
-        <v>335</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
+        <v>334</v>
+      </c>
+      <c r="B47" t="s">
+        <v>335</v>
+      </c>
+      <c r="C47" t="s">
         <v>336</v>
       </c>
-      <c r="B47" t="s">
+      <c r="D47" t="s">
         <v>337</v>
       </c>
-      <c r="C47" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E47" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="F47" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G47" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H47">
         <v>2012</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47" t="s">
+        <v>339</v>
+      </c>
+      <c r="M47" t="s">
+        <v>340</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
         <v>341</v>
       </c>
-      <c r="M47" t="s">
+      <c r="P47" t="s">
         <v>342</v>
-      </c>
-[...7 lines deleted...]
-        <v>344</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
+        <v>343</v>
+      </c>
+      <c r="B48" t="s">
+        <v>344</v>
+      </c>
+      <c r="C48" t="s">
         <v>345</v>
       </c>
-      <c r="B48" t="s">
+      <c r="D48" t="s">
         <v>346</v>
       </c>
-      <c r="C48" t="s">
+      <c r="E48" t="s">
+        <v>317</v>
+      </c>
+      <c r="F48" t="s">
         <v>347</v>
       </c>
-      <c r="D48" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G48" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H48">
         <v>2023</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="K48" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
+        <v>350</v>
+      </c>
+      <c r="N48" t="s">
+        <v>288</v>
+      </c>
+      <c r="O48" t="s">
+        <v>351</v>
+      </c>
+      <c r="P48" t="s">
         <v>352</v>
-      </c>
-[...7 lines deleted...]
-        <v>354</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
+        <v>353</v>
+      </c>
+      <c r="B49" t="s">
+        <v>354</v>
+      </c>
+      <c r="C49" t="s">
         <v>355</v>
       </c>
-      <c r="B49" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D49" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>21</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>2012</v>
       </c>
       <c r="I49">
         <v>2017</v>
       </c>
       <c r="J49" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="K49" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L49" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="M49" t="s">
+        <v>356</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>357</v>
+      </c>
+      <c r="P49" t="s">
         <v>358</v>
-      </c>
-[...7 lines deleted...]
-        <v>360</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="B50" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="C50" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="D50" t="s">
-        <v>178</v>
+        <v>187</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>2020</v>
       </c>
       <c r="I50">
         <v>2024</v>
       </c>
       <c r="J50" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="K50" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L50" t="s">
+        <v>361</v>
+      </c>
+      <c r="M50" t="s">
+        <v>350</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>362</v>
+      </c>
+      <c r="P50" t="s">
         <v>363</v>
-      </c>
-[...10 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
+        <v>364</v>
+      </c>
+      <c r="B51" t="s">
+        <v>365</v>
+      </c>
+      <c r="C51" t="s">
+        <v>345</v>
+      </c>
+      <c r="D51" t="s">
+        <v>53</v>
+      </c>
+      <c r="E51" t="s">
+        <v>72</v>
+      </c>
+      <c r="F51" t="s">
+        <v>347</v>
+      </c>
+      <c r="G51" t="s">
         <v>366</v>
-      </c>
-[...16 lines deleted...]
-        <v>241</v>
       </c>
       <c r="H51">
         <v>2014</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
+        <v>348</v>
+      </c>
+      <c r="K51" t="s">
+        <v>36</v>
+      </c>
+      <c r="L51" t="s">
+        <v>367</v>
+      </c>
+      <c r="M51" t="s">
         <v>350</v>
       </c>
-      <c r="K51" t="s">
-[...2 lines deleted...]
-      <c r="L51" t="s">
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
         <v>368</v>
       </c>
-      <c r="M51" t="s">
-[...5 lines deleted...]
-      <c r="O51" t="s">
+      <c r="P51" t="s">
         <v>369</v>
-      </c>
-[...1 lines deleted...]
-        <v>370</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
+        <v>370</v>
+      </c>
+      <c r="B52" t="s">
         <v>371</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
         <v>372</v>
       </c>
-      <c r="C52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D52" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
         <v>2007</v>
       </c>
       <c r="I52">
         <v>2015</v>
       </c>
       <c r="J52" t="s">
-        <v>132</v>
+        <v>141</v>
       </c>
       <c r="K52" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L52" t="s">
+        <v>373</v>
+      </c>
+      <c r="M52" t="s">
         <v>374</v>
       </c>
-      <c r="M52" t="s">
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
         <v>375</v>
       </c>
-      <c r="N52" t="s">
-[...2 lines deleted...]
-      <c r="O52" t="s">
+      <c r="P52" t="s">
         <v>376</v>
-      </c>
-[...1 lines deleted...]
-        <v>377</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
+        <v>377</v>
+      </c>
+      <c r="B53" t="s">
         <v>378</v>
       </c>
-      <c r="B53" t="s">
+      <c r="C53" t="s">
         <v>379</v>
       </c>
-      <c r="C53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D53" t="s">
-        <v>178</v>
+        <v>187</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
         <v>2018</v>
       </c>
       <c r="I53">
         <v>2019</v>
       </c>
       <c r="J53" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="K53" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
+        <v>380</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
         <v>381</v>
       </c>
-      <c r="N53" t="s">
-[...2 lines deleted...]
-      <c r="O53" t="s">
+      <c r="P53" t="s">
         <v>382</v>
-      </c>
-[...1 lines deleted...]
-        <v>383</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
+        <v>383</v>
+      </c>
+      <c r="B54" t="s">
         <v>384</v>
       </c>
-      <c r="B54" t="s">
+      <c r="C54" t="s">
         <v>385</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
         <v>386</v>
-      </c>
-[...1 lines deleted...]
-        <v>387</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>2017</v>
       </c>
       <c r="I54">
         <v>2021</v>
       </c>
       <c r="J54" t="s">
-        <v>258</v>
+        <v>265</v>
       </c>
       <c r="K54" t="s">
+        <v>387</v>
+      </c>
+      <c r="L54" t="s">
         <v>388</v>
       </c>
-      <c r="L54" t="s">
+      <c r="M54" t="s">
         <v>389</v>
       </c>
-      <c r="M54" t="s">
+      <c r="N54" t="s">
+        <v>288</v>
+      </c>
+      <c r="O54" t="s">
         <v>390</v>
       </c>
-      <c r="N54" t="s">
-[...2 lines deleted...]
-      <c r="O54" t="s">
+      <c r="P54" t="s">
         <v>391</v>
-      </c>
-[...1 lines deleted...]
-        <v>392</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
+        <v>392</v>
+      </c>
+      <c r="B55" t="s">
         <v>393</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
         <v>394</v>
       </c>
-      <c r="C55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D55" t="s">
-        <v>239</v>
+        <v>247</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
-        <v>396</v>
+        <v>395</v>
       </c>
       <c r="G55" t="s">
-        <v>241</v>
+        <v>366</v>
       </c>
       <c r="H55">
         <v>2024</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
+        <v>396</v>
+      </c>
+      <c r="K55" t="s">
+        <v>36</v>
+      </c>
+      <c r="L55" t="s">
         <v>397</v>
       </c>
-      <c r="K55" t="s">
-[...2 lines deleted...]
-      <c r="L55" t="s">
+      <c r="M55" t="s">
         <v>398</v>
       </c>
-      <c r="M55" t="s">
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
         <v>399</v>
       </c>
-      <c r="N55" t="s">
-[...2 lines deleted...]
-      <c r="O55" t="s">
+      <c r="P55" t="s">
         <v>400</v>
-      </c>
-[...1 lines deleted...]
-        <v>401</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
+        <v>401</v>
+      </c>
+      <c r="B56" t="s">
         <v>402</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
         <v>403</v>
       </c>
-      <c r="C56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D56" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="E56" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="F56" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="G56" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="H56"/>
       <c r="I56"/>
       <c r="J56" t="s">
-        <v>171</v>
+        <v>180</v>
       </c>
       <c r="K56" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L56" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="M56" t="s">
+        <v>404</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
         <v>405</v>
       </c>
-      <c r="N56" t="s">
-[...2 lines deleted...]
-      <c r="O56" t="s">
+      <c r="P56" t="s">
         <v>406</v>
-      </c>
-[...1 lines deleted...]
-        <v>407</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
+        <v>407</v>
+      </c>
+      <c r="B57" t="s">
         <v>408</v>
       </c>
-      <c r="B57" t="s">
+      <c r="C57" t="s">
         <v>409</v>
       </c>
-      <c r="C57" t="s">
+      <c r="D57" t="s">
         <v>410</v>
-      </c>
-[...1 lines deleted...]
-        <v>411</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>21</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
         <v>2009</v>
       </c>
       <c r="I57">
         <v>2016</v>
       </c>
       <c r="J57" t="s">
-        <v>211</v>
+        <v>220</v>
       </c>
       <c r="K57" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L57"/>
       <c r="M57" t="s">
-        <v>293</v>
+        <v>300</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
+        <v>411</v>
+      </c>
+      <c r="P57" t="s">
         <v>412</v>
-      </c>
-[...1 lines deleted...]
-        <v>413</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
+        <v>413</v>
+      </c>
+      <c r="B58" t="s">
         <v>414</v>
       </c>
-      <c r="B58" t="s">
+      <c r="C58" t="s">
         <v>415</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
         <v>416</v>
       </c>
-      <c r="D58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E58" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="F58" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G58" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H58">
         <v>2014</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="K58" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L58"/>
       <c r="M58" t="s">
+        <v>418</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
         <v>419</v>
       </c>
-      <c r="N58" t="s">
-[...2 lines deleted...]
-      <c r="O58" t="s">
+      <c r="P58" t="s">
         <v>420</v>
-      </c>
-[...1 lines deleted...]
-        <v>421</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
+        <v>421</v>
+      </c>
+      <c r="B59" t="s">
         <v>422</v>
       </c>
-      <c r="B59" t="s">
+      <c r="C59" t="s">
         <v>423</v>
       </c>
-      <c r="C59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D59" t="s">
-        <v>178</v>
+        <v>187</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
         <v>2016</v>
       </c>
       <c r="I59">
         <v>2019</v>
       </c>
       <c r="J59" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="K59" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
+        <v>424</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
         <v>425</v>
       </c>
-      <c r="N59" t="s">
-[...2 lines deleted...]
-      <c r="O59" t="s">
+      <c r="P59" t="s">
         <v>426</v>
-      </c>
-[...1 lines deleted...]
-        <v>427</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
+        <v>427</v>
+      </c>
+      <c r="B60" t="s">
         <v>428</v>
       </c>
-      <c r="B60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60" t="s">
-        <v>424</v>
+        <v>423</v>
       </c>
       <c r="D60" t="s">
-        <v>80</v>
+        <v>89</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
         <v>2007</v>
       </c>
       <c r="I60">
         <v>2018</v>
       </c>
       <c r="J60" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="K60" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L60" t="s">
+        <v>429</v>
+      </c>
+      <c r="M60" t="s">
+        <v>424</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
         <v>430</v>
       </c>
-      <c r="M60" t="s">
-[...5 lines deleted...]
-      <c r="O60" t="s">
+      <c r="P60" t="s">
         <v>431</v>
-      </c>
-[...1 lines deleted...]
-        <v>432</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
+        <v>432</v>
+      </c>
+      <c r="B61" t="s">
         <v>433</v>
       </c>
-      <c r="B61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61" t="s">
-        <v>424</v>
+        <v>423</v>
       </c>
       <c r="D61" t="s">
-        <v>178</v>
+        <v>187</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="G61" t="s">
         <v>22</v>
       </c>
       <c r="H61">
         <v>2016</v>
       </c>
       <c r="I61">
         <v>2019</v>
       </c>
       <c r="J61" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="K61" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L61"/>
       <c r="M61" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="P61" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
+        <v>435</v>
+      </c>
+      <c r="B62" t="s">
         <v>436</v>
       </c>
-      <c r="B62" t="s">
+      <c r="C62" t="s">
         <v>437</v>
       </c>
-      <c r="C62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D62" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
         <v>2006</v>
       </c>
       <c r="I62">
         <v>2015</v>
       </c>
       <c r="J62" t="s">
-        <v>154</v>
+        <v>163</v>
       </c>
       <c r="K62" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L62"/>
       <c r="M62" t="s">
-        <v>212</v>
+        <v>221</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
+        <v>438</v>
+      </c>
+      <c r="P62" t="s">
         <v>439</v>
-      </c>
-[...1 lines deleted...]
-        <v>440</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
+        <v>440</v>
+      </c>
+      <c r="B63" t="s">
         <v>441</v>
       </c>
-      <c r="B63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63" t="s">
-        <v>161</v>
+        <v>170</v>
       </c>
       <c r="D63" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E63" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="F63" t="s">
-        <v>124</v>
+        <v>133</v>
       </c>
       <c r="G63" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H63">
         <v>2012</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
-        <v>171</v>
+        <v>180</v>
       </c>
       <c r="K63" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L63"/>
       <c r="M63" t="s">
+        <v>442</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
         <v>443</v>
       </c>
-      <c r="N63" t="s">
-[...2 lines deleted...]
-      <c r="O63" t="s">
+      <c r="P63" t="s">
         <v>444</v>
-      </c>
-[...1 lines deleted...]
-        <v>445</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
+        <v>445</v>
+      </c>
+      <c r="B64" t="s">
         <v>446</v>
       </c>
-      <c r="B64" t="s">
+      <c r="C64" t="s">
+        <v>170</v>
+      </c>
+      <c r="D64" t="s">
         <v>447</v>
       </c>
-      <c r="C64" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E64" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="F64" t="s">
-        <v>124</v>
+        <v>133</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
         <v>2012</v>
       </c>
       <c r="I64">
         <v>2017</v>
       </c>
       <c r="J64" t="s">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="K64" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L64"/>
       <c r="M64" t="s">
-        <v>443</v>
+        <v>442</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
+        <v>448</v>
+      </c>
+      <c r="P64" t="s">
         <v>449</v>
-      </c>
-[...1 lines deleted...]
-        <v>450</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
+        <v>450</v>
+      </c>
+      <c r="B65" t="s">
         <v>451</v>
       </c>
-      <c r="B65" t="s">
+      <c r="C65" t="s">
         <v>452</v>
       </c>
-      <c r="C65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D65" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
         <v>2002</v>
       </c>
       <c r="I65">
         <v>2016</v>
       </c>
       <c r="J65" t="s">
-        <v>258</v>
+        <v>265</v>
       </c>
       <c r="K65" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L65" t="s">
+        <v>453</v>
+      </c>
+      <c r="M65" t="s">
         <v>454</v>
       </c>
-      <c r="M65" t="s">
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
         <v>455</v>
       </c>
-      <c r="N65" t="s">
-[...2 lines deleted...]
-      <c r="O65" t="s">
+      <c r="P65" t="s">
         <v>456</v>
-      </c>
-[...1 lines deleted...]
-        <v>457</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
+        <v>457</v>
+      </c>
+      <c r="B66" t="s">
         <v>458</v>
       </c>
-      <c r="B66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66" t="s">
-        <v>453</v>
+        <v>452</v>
       </c>
       <c r="D66" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E66" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="F66" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
         <v>2016</v>
       </c>
       <c r="I66">
         <v>2019</v>
       </c>
       <c r="J66" t="s">
-        <v>258</v>
+        <v>265</v>
       </c>
       <c r="K66" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L66" t="s">
+        <v>459</v>
+      </c>
+      <c r="M66" t="s">
+        <v>454</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
         <v>460</v>
       </c>
-      <c r="M66" t="s">
-[...5 lines deleted...]
-      <c r="O66" t="s">
+      <c r="P66" t="s">
         <v>461</v>
-      </c>
-[...1 lines deleted...]
-        <v>462</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
+        <v>462</v>
+      </c>
+      <c r="B67" t="s">
         <v>463</v>
       </c>
-      <c r="B67" t="s">
+      <c r="C67" t="s">
         <v>464</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
         <v>465</v>
-      </c>
-[...1 lines deleted...]
-        <v>466</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>21</v>
       </c>
       <c r="G67" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H67">
         <v>2016</v>
       </c>
       <c r="I67"/>
       <c r="J67" t="s">
-        <v>154</v>
+        <v>163</v>
       </c>
       <c r="K67" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L67"/>
       <c r="M67" t="s">
+        <v>466</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
         <v>467</v>
       </c>
-      <c r="N67" t="s">
-[...2 lines deleted...]
-      <c r="O67" t="s">
+      <c r="P67" t="s">
         <v>468</v>
-      </c>
-[...1 lines deleted...]
-        <v>469</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
+        <v>469</v>
+      </c>
+      <c r="B68" t="s">
         <v>470</v>
       </c>
-      <c r="B68" t="s">
+      <c r="C68" t="s">
+        <v>464</v>
+      </c>
+      <c r="D68" t="s">
         <v>471</v>
-      </c>
-[...4 lines deleted...]
-        <v>472</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G68" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H68">
         <v>2017</v>
       </c>
       <c r="I68"/>
       <c r="J68" t="s">
-        <v>154</v>
+        <v>163</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68"/>
       <c r="M68" t="s">
-        <v>467</v>
+        <v>466</v>
       </c>
       <c r="N68" t="s">
-        <v>281</v>
+        <v>288</v>
       </c>
       <c r="O68" t="s">
+        <v>472</v>
+      </c>
+      <c r="P68" t="s">
         <v>473</v>
-      </c>
-[...1 lines deleted...]
-        <v>474</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
+        <v>474</v>
+      </c>
+      <c r="B69" t="s">
         <v>475</v>
       </c>
-      <c r="B69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="D69" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
         <v>21</v>
       </c>
       <c r="G69" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H69">
         <v>2017</v>
       </c>
       <c r="I69"/>
       <c r="J69" t="s">
-        <v>132</v>
+        <v>141</v>
       </c>
       <c r="K69" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L69"/>
       <c r="M69" t="s">
-        <v>134</v>
+        <v>143</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
+        <v>476</v>
+      </c>
+      <c r="P69" t="s">
         <v>477</v>
-      </c>
-[...1 lines deleted...]
-        <v>478</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
+        <v>478</v>
+      </c>
+      <c r="B70" t="s">
         <v>479</v>
       </c>
-      <c r="B70" t="s">
+      <c r="C70" t="s">
+        <v>409</v>
+      </c>
+      <c r="D70" t="s">
         <v>480</v>
-      </c>
-[...4 lines deleted...]
-        <v>481</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G70" t="s">
         <v>22</v>
       </c>
       <c r="H70">
         <v>2009</v>
       </c>
       <c r="I70">
         <v>2016</v>
       </c>
       <c r="J70" t="s">
-        <v>211</v>
+        <v>220</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
       <c r="L70"/>
       <c r="M70" t="s">
-        <v>293</v>
+        <v>300</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
+        <v>481</v>
+      </c>
+      <c r="P70" t="s">
         <v>482</v>
-      </c>
-[...1 lines deleted...]
-        <v>483</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
+        <v>483</v>
+      </c>
+      <c r="B71" t="s">
         <v>484</v>
       </c>
-      <c r="B71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="D71" t="s">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G71" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H71">
         <v>2021</v>
       </c>
       <c r="I71"/>
       <c r="J71" t="s">
-        <v>81</v>
+        <v>90</v>
       </c>
       <c r="K71" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L71"/>
       <c r="M71"/>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
+        <v>485</v>
+      </c>
+      <c r="P71" t="s">
         <v>486</v>
-      </c>
-[...1 lines deleted...]
-        <v>487</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B72" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="C72" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="D72" t="s">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
         <v>21</v>
       </c>
       <c r="G72" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H72">
         <v>2021</v>
       </c>
       <c r="I72"/>
       <c r="J72" t="s">
-        <v>81</v>
+        <v>90</v>
       </c>
       <c r="K72" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L72"/>
       <c r="M72"/>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
+        <v>488</v>
+      </c>
+      <c r="P72" t="s">
         <v>489</v>
-      </c>
-[...1 lines deleted...]
-        <v>490</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
+        <v>490</v>
+      </c>
+      <c r="B73" t="s">
         <v>491</v>
       </c>
-      <c r="B73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="D73" t="s">
-        <v>80</v>
+        <v>89</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>21</v>
       </c>
       <c r="G73" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H73">
         <v>2021</v>
       </c>
       <c r="I73"/>
       <c r="J73" t="s">
-        <v>81</v>
+        <v>90</v>
       </c>
       <c r="K73" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L73"/>
       <c r="M73"/>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
+        <v>492</v>
+      </c>
+      <c r="P73" t="s">
         <v>493</v>
-      </c>
-[...1 lines deleted...]
-        <v>494</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
+        <v>494</v>
+      </c>
+      <c r="B74" t="s">
         <v>495</v>
       </c>
-      <c r="B74" t="s">
+      <c r="C74" t="s">
         <v>496</v>
       </c>
-      <c r="C74" t="s">
+      <c r="D74" t="s">
         <v>497</v>
-      </c>
-[...1 lines deleted...]
-        <v>498</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="G74" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H74">
         <v>2016</v>
       </c>
       <c r="I74"/>
       <c r="J74" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="K74" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L74"/>
       <c r="M74" t="s">
+        <v>499</v>
+      </c>
+      <c r="N74" t="s">
+        <v>288</v>
+      </c>
+      <c r="O74" t="s">
         <v>500</v>
       </c>
-      <c r="N74" t="s">
-[...2 lines deleted...]
-      <c r="O74" t="s">
+      <c r="P74" t="s">
         <v>501</v>
-      </c>
-[...1 lines deleted...]
-        <v>502</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
+        <v>502</v>
+      </c>
+      <c r="B75" t="s">
         <v>503</v>
       </c>
-      <c r="B75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75" t="s">
-        <v>277</v>
+        <v>284</v>
       </c>
       <c r="D75" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E75" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="F75" t="s">
-        <v>124</v>
+        <v>133</v>
       </c>
       <c r="G75" t="s">
         <v>22</v>
       </c>
       <c r="H75">
         <v>2011</v>
       </c>
       <c r="I75">
         <v>2020</v>
       </c>
       <c r="J75" t="s">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="K75" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L75" t="s">
+        <v>504</v>
+      </c>
+      <c r="M75" t="s">
         <v>505</v>
       </c>
-      <c r="M75" t="s">
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
         <v>506</v>
       </c>
-      <c r="N75" t="s">
-[...2 lines deleted...]
-      <c r="O75" t="s">
+      <c r="P75" t="s">
         <v>507</v>
-      </c>
-[...1 lines deleted...]
-        <v>508</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
+        <v>508</v>
+      </c>
+      <c r="B76" t="s">
         <v>509</v>
       </c>
-      <c r="B76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76" t="s">
-        <v>277</v>
+        <v>284</v>
       </c>
       <c r="D76" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E76" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="F76" t="s">
-        <v>124</v>
+        <v>133</v>
       </c>
       <c r="G76" t="s">
         <v>22</v>
       </c>
       <c r="H76">
         <v>1998</v>
       </c>
       <c r="I76">
         <v>2020</v>
       </c>
       <c r="J76" t="s">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="K76" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L76" t="s">
+        <v>510</v>
+      </c>
+      <c r="M76" t="s">
+        <v>505</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
         <v>511</v>
       </c>
-      <c r="M76" t="s">
-[...5 lines deleted...]
-      <c r="O76" t="s">
+      <c r="P76" t="s">
         <v>512</v>
-      </c>
-[...1 lines deleted...]
-        <v>513</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
+        <v>513</v>
+      </c>
+      <c r="B77" t="s">
         <v>514</v>
       </c>
-      <c r="B77" t="s">
+      <c r="C77" t="s">
         <v>515</v>
       </c>
-      <c r="C77" t="s">
+      <c r="D77" t="s">
         <v>516</v>
       </c>
-      <c r="D77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E77" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="F77" t="s">
         <v>21</v>
       </c>
       <c r="G77" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H77">
         <v>2021</v>
       </c>
       <c r="I77"/>
       <c r="J77" t="s">
-        <v>250</v>
+        <v>257</v>
       </c>
       <c r="K77" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L77" t="s">
+        <v>517</v>
+      </c>
+      <c r="M77" t="s">
         <v>518</v>
       </c>
-      <c r="M77" t="s">
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
         <v>519</v>
-      </c>
-[...4 lines deleted...]
-        <v>520</v>
       </c>
       <c r="P77"/>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
+        <v>513</v>
+      </c>
+      <c r="B78" t="s">
         <v>514</v>
       </c>
-      <c r="B78" t="s">
+      <c r="C78" t="s">
         <v>515</v>
       </c>
-      <c r="C78" t="s">
+      <c r="D78" t="s">
         <v>516</v>
       </c>
-      <c r="D78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E78" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="F78" t="s">
         <v>21</v>
       </c>
       <c r="G78" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H78">
         <v>2021</v>
       </c>
       <c r="I78"/>
       <c r="J78" t="s">
-        <v>250</v>
+        <v>257</v>
       </c>
       <c r="K78" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L78" t="s">
+        <v>517</v>
+      </c>
+      <c r="M78" t="s">
         <v>518</v>
       </c>
-      <c r="M78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>521</v>
+        <v>520</v>
       </c>
       <c r="P78"/>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
+        <v>521</v>
+      </c>
+      <c r="B79" t="s">
         <v>522</v>
       </c>
-      <c r="B79" t="s">
+      <c r="C79" t="s">
         <v>523</v>
       </c>
-      <c r="C79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D79" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="E79" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="F79" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="G79" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H79">
         <v>2016</v>
       </c>
       <c r="I79"/>
       <c r="J79" t="s">
-        <v>132</v>
+        <v>141</v>
       </c>
       <c r="K79" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L79" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="M79" t="s">
+        <v>524</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
         <v>525</v>
       </c>
-      <c r="N79" t="s">
-[...2 lines deleted...]
-      <c r="O79" t="s">
+      <c r="P79" t="s">
         <v>526</v>
-      </c>
-[...1 lines deleted...]
-        <v>527</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
+        <v>527</v>
+      </c>
+      <c r="B80" t="s">
         <v>528</v>
       </c>
-      <c r="B80" t="s">
+      <c r="C80" t="s">
         <v>529</v>
       </c>
-      <c r="C80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D80" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="G80" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H80">
         <v>2007</v>
       </c>
       <c r="I80"/>
       <c r="J80" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="K80" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L80" t="s">
+        <v>530</v>
+      </c>
+      <c r="M80" t="s">
         <v>531</v>
       </c>
-      <c r="M80" t="s">
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
         <v>532</v>
       </c>
-      <c r="N80" t="s">
-[...2 lines deleted...]
-      <c r="O80" t="s">
+      <c r="P80" t="s">
         <v>533</v>
-      </c>
-[...1 lines deleted...]
-        <v>534</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
+        <v>534</v>
+      </c>
+      <c r="B81" t="s">
         <v>535</v>
       </c>
-      <c r="B81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81" t="s">
-        <v>530</v>
+        <v>529</v>
       </c>
       <c r="D81" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
         <v>21</v>
       </c>
       <c r="G81" t="s">
         <v>22</v>
       </c>
       <c r="H81">
         <v>2014</v>
       </c>
       <c r="I81">
         <v>2018</v>
       </c>
       <c r="J81" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="K81" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L81" t="s">
+        <v>536</v>
+      </c>
+      <c r="M81" t="s">
+        <v>531</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
         <v>537</v>
       </c>
-      <c r="M81" t="s">
-[...5 lines deleted...]
-      <c r="O81" t="s">
+      <c r="P81" t="s">
         <v>538</v>
-      </c>
-[...1 lines deleted...]
-        <v>539</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
+        <v>539</v>
+      </c>
+      <c r="B82" t="s">
         <v>540</v>
       </c>
-      <c r="B82" t="s">
+      <c r="C82" t="s">
         <v>541</v>
       </c>
-      <c r="C82" t="s">
+      <c r="D82" t="s">
         <v>542</v>
-      </c>
-[...1 lines deleted...]
-        <v>543</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="G82" t="s">
         <v>22</v>
       </c>
       <c r="H82">
         <v>2012</v>
       </c>
       <c r="I82">
         <v>2014</v>
       </c>
       <c r="J82" t="s">
+        <v>543</v>
+      </c>
+      <c r="K82" t="s">
+        <v>36</v>
+      </c>
+      <c r="L82" t="s">
         <v>544</v>
       </c>
-      <c r="K82" t="s">
-[...2 lines deleted...]
-      <c r="L82" t="s">
+      <c r="M82" t="s">
         <v>545</v>
       </c>
-      <c r="M82" t="s">
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
         <v>546</v>
       </c>
-      <c r="N82" t="s">
-[...2 lines deleted...]
-      <c r="O82" t="s">
+      <c r="P82" t="s">
         <v>547</v>
-      </c>
-[...1 lines deleted...]
-        <v>548</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
+        <v>548</v>
+      </c>
+      <c r="B83" t="s">
         <v>549</v>
       </c>
-      <c r="B83" t="s">
+      <c r="C83" t="s">
         <v>550</v>
       </c>
-      <c r="C83" t="s">
+      <c r="D83" t="s">
         <v>551</v>
       </c>
-      <c r="D83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E83" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="F83" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G83" t="s">
         <v>22</v>
       </c>
       <c r="H83">
         <v>2014</v>
       </c>
       <c r="I83">
         <v>2017</v>
       </c>
       <c r="J83" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="K83" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L83"/>
       <c r="M83" t="s">
+        <v>552</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
         <v>553</v>
       </c>
-      <c r="N83" t="s">
-[...2 lines deleted...]
-      <c r="O83" t="s">
+      <c r="P83" t="s">
         <v>554</v>
-      </c>
-[...1 lines deleted...]
-        <v>555</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
+        <v>555</v>
+      </c>
+      <c r="B84" t="s">
         <v>556</v>
       </c>
-      <c r="B84" t="s">
+      <c r="C84" t="s">
+        <v>255</v>
+      </c>
+      <c r="D84" t="s">
         <v>557</v>
       </c>
-      <c r="C84" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E84" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="F84" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G84" t="s">
         <v>22</v>
       </c>
       <c r="H84">
         <v>2015</v>
       </c>
       <c r="I84">
         <v>2016</v>
       </c>
       <c r="J84" t="s">
-        <v>258</v>
+        <v>265</v>
       </c>
       <c r="K84" t="s">
+        <v>558</v>
+      </c>
+      <c r="L84" t="s">
         <v>559</v>
       </c>
-      <c r="L84" t="s">
+      <c r="M84" t="s">
         <v>560</v>
       </c>
-      <c r="M84" t="s">
+      <c r="N84" t="s">
         <v>561</v>
       </c>
-      <c r="N84" t="s">
+      <c r="O84" t="s">
         <v>562</v>
       </c>
-      <c r="O84" t="s">
+      <c r="P84" t="s">
         <v>563</v>
-      </c>
-[...1 lines deleted...]
-        <v>564</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">