--- v0 (2025-11-29)
+++ v1 (2026-03-05)
@@ -104,66 +104,102 @@
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
   </si>
   <si>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
+  </si>
+  <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>SNI IEC 62612:2016</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
     <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
-  </si>
-[...1 lines deleted...]
-    <t>Electricity</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
   </si>
   <si>
     <t>AS/NZS 4847.2:2010: Self-ballasted lamps for general lighting services—Minimum Energy Performance standards (MEPS) requirements</t>
   </si>
   <si>
     <t>This standard specifies Minimum Energy Performance Standards (MEPS) requirements and related attributes for self ballasted compact fluorescent lamps (CFLs) with integrated means for controlling starting and stable operation that are intended for domestic and similar general lighting purposes. This Standard applies to self ballasted lamps of all voltages and wattages irrespective of the type of lamp cap. This Standard covers lamps that are supplied as individual lamps or part of a luminaire. This Standard is to be read in conjunction with AS/NZS 4847.1.</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
@@ -271,53 +307,50 @@
 The requirements also apply to light sources and separate control gears placed on the market in a containing product.
 This Regulation shall not apply to light sources and separate control gears specified in points 1 and 2 of Annex III.
 Light sources and separate control gears specified in point 3 of Annex III shall comply only with the requirements of point 3(e) of Annex II.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
   </si>
   <si>
     <t>July 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192020-1-october-2019-laying-down-ecodesign-requirements-light</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2020-20210901</t>
   </si>
   <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
     <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
   </si>
   <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
-  </si>
-[...1 lines deleted...]
-    <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
     <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
   </si>
   <si>
     <t>Decision 4889/QD-BCT LED labeling guidelines</t>
   </si>
   <si>
     <t>This decision specifies the labeling instructions for LED lamps. Affixing the label is voluntary until December 31, 2019 and will be mandatory from January 1, 2020.</t>
   </si>
   <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
@@ -543,51 +576,51 @@
   <si>
     <t>https://www.legislation.gov.au/Details/F2012L02133</t>
   </si>
   <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
     <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
     <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
@@ -613,83 +646,50 @@
     <t>Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-bulbs</t>
   </si>
   <si>
     <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20 ; http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Comparative Label</t>
   </si>
   <si>
     <t>Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-lighting-products-1</t>
   </si>
   <si>
     <t>https://caricom.org/media-center/communications/news-from-the-community/guyana-standards-bureau-working-with-crosq-on-energy-efficiency-standard</t>
-  </si>
-[...31 lines deleted...]
-    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
   </si>
   <si>
     <t>MEPS for LED lamps</t>
   </si>
   <si>
     <t>MEPL covers mains electric clothes washers intended for household and similar use. This includes both horizontal and vertical axis single bowl machines twin tub units and the washing function of combination washer|dryer units. MEPL does not apply to clothes washers specifically designed for commercial use.</t>
   </si>
   <si>
     <t>AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-led-lamps</t>
   </si>
   <si>
     <t>MEPS for lighting products</t>
   </si>
   <si>
     <t>The Gambia</t>
   </si>
   <si>
     <t>Lighting, Lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
@@ -1547,2125 +1547,2123 @@
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>1980</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I3"/>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="M3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>43</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G4" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H4">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I4"/>
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
       <c r="J4" t="s">
         <v>45</v>
       </c>
       <c r="K4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L4" t="s">
         <v>46</v>
       </c>
       <c r="M4" t="s">
         <v>47</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>48</v>
       </c>
       <c r="P4" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>50</v>
       </c>
       <c r="B5" t="s">
         <v>51</v>
       </c>
       <c r="C5" t="s">
         <v>52</v>
       </c>
       <c r="D5" t="s">
         <v>53</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H5">
         <v>2013</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K5" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L5"/>
+        <v>36</v>
+      </c>
+      <c r="L5" t="s">
+        <v>56</v>
+      </c>
       <c r="M5" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="P5" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B6" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C6" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="D6" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G6" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H6">
-        <v>2020</v>
+        <v>2013</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="K6" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L6"/>
       <c r="M6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="P6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H7">
-        <v>1998</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="K7" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L7"/>
+        <v>36</v>
+      </c>
+      <c r="L7" t="s">
+        <v>73</v>
+      </c>
       <c r="M7" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="P7" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B8" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C8" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="D8" t="s">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
-        <v>2000</v>
+        <v>1998</v>
       </c>
       <c r="I8">
         <v>2019</v>
       </c>
       <c r="J8" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="K8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="P8" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
+        <v>85</v>
+      </c>
+      <c r="B9" t="s">
+        <v>86</v>
+      </c>
+      <c r="C9" t="s">
+        <v>79</v>
+      </c>
+      <c r="D9" t="s">
         <v>80</v>
       </c>
-      <c r="B9" t="s">
-[...2 lines deleted...]
-      <c r="C9" t="s">
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2000</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>87</v>
+      </c>
+      <c r="K9" t="s">
+        <v>36</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
         <v>82</v>
       </c>
-      <c r="D9" t="s">
-[...26 lines deleted...]
-      </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="P9" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D10" t="s">
-        <v>43</v>
+        <v>93</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>92</v>
+        <v>34</v>
       </c>
       <c r="G10" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H10">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>93</v>
+        <v>64</v>
       </c>
       <c r="K10" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L10" t="s">
         <v>94</v>
       </c>
       <c r="M10" t="s">
         <v>95</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
         <v>96</v>
       </c>
       <c r="P10" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>98</v>
       </c>
       <c r="B11" t="s">
         <v>99</v>
       </c>
       <c r="C11" t="s">
         <v>100</v>
       </c>
       <c r="D11" t="s">
+        <v>53</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>101</v>
       </c>
-      <c r="E11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G11" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H11">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>102</v>
       </c>
       <c r="K11" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L11"/>
+        <v>36</v>
+      </c>
+      <c r="L11" t="s">
+        <v>103</v>
+      </c>
       <c r="M11" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="P11" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B12" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C12" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D12" t="s">
-        <v>61</v>
+        <v>110</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G12" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H12">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>54</v>
+        <v>111</v>
       </c>
       <c r="K12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="P12" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="B13" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="C13" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="D13" t="s">
-        <v>115</v>
+        <v>71</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>84</v>
+        <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="H13"/>
+        <v>54</v>
+      </c>
+      <c r="H13">
+        <v>2016</v>
+      </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>116</v>
+        <v>64</v>
       </c>
       <c r="K13" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L13"/>
       <c r="M13" t="s">
         <v>118</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
         <v>119</v>
       </c>
       <c r="P13" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>121</v>
       </c>
       <c r="B14" t="s">
         <v>122</v>
       </c>
       <c r="C14" t="s">
         <v>123</v>
       </c>
       <c r="D14" t="s">
         <v>124</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
-      <c r="H14">
-[...4 lines deleted...]
-      </c>
+      <c r="H14"/>
+      <c r="I14"/>
       <c r="J14" t="s">
-        <v>45</v>
+        <v>125</v>
       </c>
       <c r="K14" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L14"/>
+        <v>36</v>
+      </c>
+      <c r="L14" t="s">
+        <v>126</v>
+      </c>
       <c r="M14" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="P14" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B15" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C15" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="D15" t="s">
-        <v>61</v>
+        <v>133</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
-        <v>1997</v>
+        <v>1994</v>
       </c>
       <c r="I15">
-        <v>2009</v>
+        <v>2003</v>
       </c>
       <c r="J15" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="K15" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L15"/>
       <c r="M15" t="s">
-        <v>125</v>
+        <v>134</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="P15" t="s">
-        <v>127</v>
+        <v>136</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
+        <v>137</v>
+      </c>
+      <c r="B16" t="s">
+        <v>138</v>
+      </c>
+      <c r="C16" t="s">
         <v>132</v>
       </c>
-      <c r="B16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D16" t="s">
-        <v>43</v>
+        <v>71</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>84</v>
+        <v>44</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
-        <v>2015</v>
+        <v>1997</v>
       </c>
       <c r="I16">
-        <v>2023</v>
+        <v>2009</v>
       </c>
       <c r="J16" t="s">
-        <v>135</v>
+        <v>55</v>
       </c>
       <c r="K16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L16" t="s">
+        <v>139</v>
+      </c>
+      <c r="M16" t="s">
+        <v>134</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>140</v>
+      </c>
+      <c r="P16" t="s">
         <v>136</v>
-      </c>
-[...10 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B17" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C17" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D17" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G17" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H17">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I17"/>
+        <v>2015</v>
+      </c>
+      <c r="I17">
+        <v>2023</v>
+      </c>
       <c r="J17" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="K17" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L17"/>
+        <v>36</v>
+      </c>
+      <c r="L17" t="s">
+        <v>145</v>
+      </c>
       <c r="M17" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="P17" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B18" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C18" t="s">
-        <v>60</v>
+        <v>151</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>71</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H18">
-        <v>2003</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I18"/>
       <c r="J18" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="K18" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L18"/>
       <c r="M18" t="s">
-        <v>64</v>
+        <v>153</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="P18" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="B19" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="C19" t="s">
-        <v>155</v>
+        <v>70</v>
       </c>
       <c r="D19" t="s">
-        <v>156</v>
+        <v>53</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
-        <v>2009</v>
+        <v>2003</v>
       </c>
       <c r="I19">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="J19" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="K19" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L19" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="M19" t="s">
-        <v>159</v>
+        <v>74</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
         <v>160</v>
       </c>
       <c r="P19" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>162</v>
       </c>
       <c r="B20" t="s">
         <v>163</v>
       </c>
       <c r="C20" t="s">
         <v>164</v>
       </c>
       <c r="D20" t="s">
-        <v>124</v>
+        <v>165</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H20">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I20"/>
+        <v>2009</v>
+      </c>
+      <c r="I20">
+        <v>2017</v>
+      </c>
       <c r="J20" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="K20" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L20" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="M20" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="P20" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B21" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C21" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D21" t="s">
-        <v>173</v>
+        <v>133</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>84</v>
+        <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H21">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="I21"/>
       <c r="J21" t="s">
-        <v>54</v>
+        <v>174</v>
       </c>
       <c r="K21" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L21" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="M21" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="N21" t="s">
-        <v>176</v>
+        <v>27</v>
       </c>
       <c r="O21" t="s">
         <v>177</v>
       </c>
       <c r="P21" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>179</v>
       </c>
       <c r="B22" t="s">
         <v>180</v>
       </c>
       <c r="C22" t="s">
         <v>181</v>
       </c>
       <c r="D22" t="s">
-        <v>61</v>
+        <v>182</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>84</v>
+        <v>34</v>
       </c>
       <c r="G22" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-      <c r="I22"/>
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2008</v>
+      </c>
+      <c r="I22">
+        <v>2020</v>
+      </c>
       <c r="J22" t="s">
+        <v>64</v>
+      </c>
+      <c r="K22" t="s">
+        <v>36</v>
+      </c>
+      <c r="L22" t="s">
         <v>183</v>
       </c>
-      <c r="K22" t="s">
-[...2 lines deleted...]
-      <c r="L22"/>
       <c r="M22" t="s">
         <v>184</v>
       </c>
       <c r="N22" t="s">
-        <v>27</v>
+        <v>185</v>
       </c>
       <c r="O22" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="P22" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B23" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="C23" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="D23" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>189</v>
+        <v>34</v>
       </c>
       <c r="G23" t="s">
-        <v>182</v>
+        <v>191</v>
       </c>
       <c r="H23"/>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>183</v>
+        <v>192</v>
       </c>
       <c r="K23" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="P23" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B24" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="C24" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D24" t="s">
-        <v>196</v>
+        <v>71</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>84</v>
+        <v>198</v>
       </c>
       <c r="G24" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="H24"/>
+      <c r="I24"/>
       <c r="J24" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="K24" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L24"/>
       <c r="M24" t="s">
         <v>199</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
         <v>200</v>
       </c>
       <c r="P24" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>202</v>
       </c>
       <c r="B25" t="s">
         <v>203</v>
       </c>
       <c r="C25" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="D25" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
-        <v>182</v>
+        <v>191</v>
       </c>
       <c r="H25"/>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="K25" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L25" t="s">
         <v>204</v>
       </c>
       <c r="M25" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
         <v>205</v>
       </c>
       <c r="P25" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>206</v>
       </c>
       <c r="B26" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="C26" t="s">
         <v>207</v>
       </c>
       <c r="D26" t="s">
         <v>208</v>
       </c>
       <c r="E26" t="s">
         <v>209</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
-        <v>182</v>
+        <v>191</v>
       </c>
       <c r="H26"/>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>183</v>
+        <v>192</v>
       </c>
       <c r="K26" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L26" t="s">
         <v>210</v>
       </c>
       <c r="M26" t="s">
         <v>211</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
         <v>212</v>
       </c>
       <c r="P26"/>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>213</v>
       </c>
       <c r="B27" t="s">
         <v>214</v>
       </c>
       <c r="C27" t="s">
-        <v>195</v>
+        <v>32</v>
       </c>
       <c r="D27" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2013</v>
       </c>
       <c r="I27">
         <v>2016</v>
       </c>
       <c r="J27" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="K27" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L27" t="s">
         <v>215</v>
       </c>
       <c r="M27" t="s">
-        <v>199</v>
+        <v>38</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
         <v>216</v>
       </c>
       <c r="P27" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
         <v>218</v>
       </c>
       <c r="B28" t="s">
         <v>219</v>
       </c>
       <c r="C28" t="s">
         <v>220</v>
       </c>
       <c r="D28" t="s">
         <v>221</v>
       </c>
       <c r="E28" t="s">
         <v>209</v>
       </c>
       <c r="F28" t="s">
         <v>222</v>
       </c>
       <c r="G28" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H28">
         <v>2023</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
         <v>223</v>
       </c>
       <c r="K28" t="s">
         <v>224</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
         <v>225</v>
       </c>
       <c r="N28" t="s">
-        <v>176</v>
+        <v>185</v>
       </c>
       <c r="O28" t="s">
         <v>226</v>
       </c>
       <c r="P28" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>228</v>
       </c>
       <c r="B29" t="s">
         <v>229</v>
       </c>
       <c r="C29" t="s">
         <v>230</v>
       </c>
       <c r="D29" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2012</v>
       </c>
       <c r="I29">
         <v>2017</v>
       </c>
       <c r="J29" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="K29" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L29" t="s">
         <v>228</v>
       </c>
       <c r="M29" t="s">
         <v>231</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
         <v>232</v>
       </c>
       <c r="P29" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>234</v>
       </c>
       <c r="B30" t="s">
         <v>235</v>
       </c>
       <c r="C30" t="s">
         <v>220</v>
       </c>
       <c r="D30" t="s">
-        <v>124</v>
+        <v>133</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>84</v>
+        <v>34</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2020</v>
       </c>
       <c r="I30">
         <v>2024</v>
       </c>
       <c r="J30" t="s">
         <v>236</v>
       </c>
       <c r="K30" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L30" t="s">
         <v>237</v>
       </c>
       <c r="M30" t="s">
         <v>225</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
         <v>238</v>
       </c>
       <c r="P30" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
         <v>240</v>
       </c>
       <c r="B31" t="s">
         <v>241</v>
       </c>
       <c r="C31" t="s">
         <v>242</v>
       </c>
       <c r="D31" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2007</v>
       </c>
       <c r="I31">
         <v>2015</v>
       </c>
       <c r="J31" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="K31" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L31" t="s">
         <v>243</v>
       </c>
       <c r="M31" t="s">
         <v>244</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
         <v>245</v>
       </c>
       <c r="P31" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
         <v>247</v>
       </c>
       <c r="B32" t="s">
         <v>248</v>
       </c>
       <c r="C32" t="s">
         <v>249</v>
       </c>
       <c r="D32" t="s">
-        <v>124</v>
+        <v>133</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>84</v>
+        <v>34</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2018</v>
       </c>
       <c r="I32">
         <v>2019</v>
       </c>
       <c r="J32" t="s">
-        <v>183</v>
+        <v>192</v>
       </c>
       <c r="K32" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
         <v>250</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
         <v>251</v>
       </c>
       <c r="P32" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
         <v>253</v>
       </c>
       <c r="B33" t="s">
         <v>254</v>
       </c>
       <c r="C33" t="s">
         <v>255</v>
       </c>
       <c r="D33" t="s">
         <v>256</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>84</v>
+        <v>34</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2017</v>
       </c>
       <c r="I33">
         <v>2021</v>
       </c>
       <c r="J33" t="s">
-        <v>165</v>
+        <v>174</v>
       </c>
       <c r="K33" t="s">
         <v>257</v>
       </c>
       <c r="L33" t="s">
         <v>258</v>
       </c>
       <c r="M33" t="s">
         <v>259</v>
       </c>
       <c r="N33" t="s">
-        <v>176</v>
+        <v>185</v>
       </c>
       <c r="O33" t="s">
         <v>260</v>
       </c>
       <c r="P33" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>262</v>
       </c>
       <c r="B34" t="s">
         <v>263</v>
       </c>
       <c r="C34" t="s">
         <v>264</v>
       </c>
       <c r="D34" t="s">
         <v>265</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2009</v>
       </c>
       <c r="I34">
         <v>2016</v>
       </c>
       <c r="J34" t="s">
         <v>266</v>
       </c>
       <c r="K34" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
         <v>267</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
         <v>268</v>
       </c>
       <c r="P34" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
         <v>270</v>
       </c>
       <c r="B35" t="s">
         <v>271</v>
       </c>
       <c r="C35" t="s">
         <v>272</v>
       </c>
       <c r="D35" t="s">
-        <v>124</v>
+        <v>133</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>84</v>
+        <v>34</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2016</v>
       </c>
       <c r="I35">
         <v>2019</v>
       </c>
       <c r="J35" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="K35" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
         <v>273</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
         <v>274</v>
       </c>
       <c r="P35" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
         <v>276</v>
       </c>
       <c r="B36" t="s">
         <v>277</v>
       </c>
       <c r="C36" t="s">
         <v>272</v>
       </c>
       <c r="D36" t="s">
-        <v>124</v>
+        <v>133</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>84</v>
+        <v>34</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2016</v>
       </c>
       <c r="I36">
         <v>2019</v>
       </c>
       <c r="J36" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="K36" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
         <v>273</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
         <v>278</v>
       </c>
       <c r="P36" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
         <v>279</v>
       </c>
       <c r="B37" t="s">
         <v>280</v>
       </c>
       <c r="C37" t="s">
         <v>281</v>
       </c>
       <c r="D37" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>84</v>
+        <v>34</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2006</v>
       </c>
       <c r="I37">
         <v>2015</v>
       </c>
       <c r="J37" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="K37" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
         <v>282</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
         <v>283</v>
       </c>
       <c r="P37" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
         <v>285</v>
       </c>
       <c r="B38" t="s">
         <v>286</v>
       </c>
       <c r="C38" t="s">
         <v>287</v>
       </c>
       <c r="D38" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>84</v>
+        <v>34</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2002</v>
       </c>
       <c r="I38">
         <v>2016</v>
       </c>
       <c r="J38" t="s">
-        <v>165</v>
+        <v>174</v>
       </c>
       <c r="K38" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L38" t="s">
         <v>288</v>
       </c>
       <c r="M38" t="s">
         <v>289</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
         <v>290</v>
       </c>
       <c r="P38" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
         <v>292</v>
       </c>
       <c r="B39" t="s">
         <v>293</v>
       </c>
       <c r="C39" t="s">
         <v>294</v>
       </c>
       <c r="D39" t="s">
         <v>295</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G39" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H39">
         <v>2017</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
         <v>296</v>
       </c>
       <c r="N39" t="s">
-        <v>176</v>
+        <v>185</v>
       </c>
       <c r="O39" t="s">
         <v>297</v>
       </c>
       <c r="P39" t="s">
         <v>298</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
         <v>299</v>
       </c>
       <c r="B40" t="s">
         <v>300</v>
       </c>
       <c r="C40" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="D40" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H40">
         <v>2017</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="K40" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
         <v>301</v>
       </c>
       <c r="P40" t="s">
         <v>302</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
         <v>303</v>
       </c>
       <c r="B41" t="s">
         <v>304</v>
       </c>
       <c r="C41" t="s">
         <v>264</v>
       </c>
       <c r="D41" t="s">
         <v>305</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2009</v>
       </c>
       <c r="I41">
         <v>2016</v>
       </c>
       <c r="J41" t="s">
         <v>266</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
         <v>267</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
         <v>306</v>
       </c>
       <c r="P41" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
         <v>308</v>
       </c>
       <c r="B42" t="s">
         <v>309</v>
       </c>
       <c r="C42" t="s">
         <v>310</v>
       </c>
       <c r="D42" t="s">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G42" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H42">
         <v>2021</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
         <v>311</v>
       </c>
       <c r="K42" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L42"/>
       <c r="M42"/>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
         <v>312</v>
       </c>
       <c r="P42" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
         <v>308</v>
       </c>
       <c r="B43" t="s">
         <v>314</v>
       </c>
       <c r="C43" t="s">
         <v>310</v>
       </c>
       <c r="D43" t="s">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>21</v>
       </c>
       <c r="G43" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H43">
         <v>2021</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
         <v>311</v>
       </c>
       <c r="K43" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L43"/>
       <c r="M43"/>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
         <v>315</v>
       </c>
       <c r="P43" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
         <v>317</v>
       </c>
       <c r="B44" t="s">
         <v>318</v>
       </c>
       <c r="C44" t="s">
         <v>319</v>
       </c>
       <c r="D44" t="s">
         <v>320</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>84</v>
+        <v>34</v>
       </c>
       <c r="G44" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H44">
         <v>2016</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
         <v>321</v>
       </c>
       <c r="K44" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
         <v>322</v>
       </c>
       <c r="N44" t="s">
-        <v>176</v>
+        <v>185</v>
       </c>
       <c r="O44" t="s">
         <v>323</v>
       </c>
       <c r="P44" t="s">
         <v>324</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
         <v>325</v>
       </c>
       <c r="B45" t="s">
         <v>326</v>
       </c>
       <c r="C45" t="s">
         <v>327</v>
       </c>
       <c r="D45" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>84</v>
+        <v>34</v>
       </c>
       <c r="G45" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="H45">
         <v>2007</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>183</v>
+        <v>192</v>
       </c>
       <c r="K45" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L45" t="s">
         <v>328</v>
       </c>
       <c r="M45" t="s">
         <v>329</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
         <v>330</v>
       </c>
       <c r="P45" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
         <v>332</v>
       </c>
       <c r="B46" t="s">
         <v>333</v>
       </c>
       <c r="C46" t="s">
         <v>327</v>
       </c>
       <c r="D46" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>21</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>2014</v>
       </c>
       <c r="I46">
         <v>2018</v>
       </c>
       <c r="J46" t="s">
-        <v>183</v>
+        <v>192</v>
       </c>
       <c r="K46" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L46" t="s">
         <v>334</v>
       </c>
       <c r="M46" t="s">
         <v>329</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
         <v>335</v>
       </c>
       <c r="P46" t="s">
         <v>336</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>