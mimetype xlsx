--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -12,512 +12,643 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="184">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CARICOM Regional Energy Efficiency Labelling Scheme</t>
   </si>
   <si>
+    <t>The CARICOM Regional Energy Efficiency Labelling Scheme is an approach, crafted by CROSQ under the mandate of COTED, to respond to the high energy costs and usage within CARICOM. The scheme is based on the implementation of minimum energy performance standards and labelling requirements for LED and CFL light bulbs, refrigerators and air conditioners. It involves the creation of labels for each electrical device indicated, which will be used by stores in the retail of these items.</t>
+  </si>
+  <si>
     <t>CARICOM</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CARICOM Regional Organization for Standards and Quality</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/caricom-regional-energy-efficiency-labelling-scheme</t>
   </si>
   <si>
+    <t>https://energy.crosq.org/the-caricom-energy-efficiency-labelling-scheme-what-you-need-to-know/</t>
+  </si>
+  <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>CQC31-465137-2013. CQC Mark Certification. Self-ballasted LED reflector Lamps</t>
   </si>
   <si>
+    <t>Apply to self-ballasted LED reflector lamps E27; operating under the conditions of 220V 50Hz and with the rated power of 60W or below</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>CQC 3129-2013, GB 17625.1-2012</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465137-2013-cqc-mark-certification-self-ballasted-led-reflector-lamps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492710.shtml</t>
+  </si>
+  <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
+    <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
+  </si>
+  <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
+  </si>
+  <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-scheme</t>
   </si>
   <si>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Lamps (Light Bulbs) Version 2.1</t>
   </si>
   <si>
+    <t>The ENERGY STAR Lamps specification scope includes the lamp types intended to replace incandescent lamps as outlined in Table 1. The scope of this specification is limited to lamps with: Integrated ballasts and drivers intended to be connected to the electric power grid with the following ANSI standard base types: E26, E26d, E17, E11, E12, G4, G9, GU10, GU24, GU5.3, and GX5.3; and Rated nominal operating voltages of 120, 240 or 277 VAC, or 12 or 24 VAC or VDC.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>See policy document for full list</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-lamps-light-bulbs-version-21</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/light_bulbs/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Luminaires Version 2.2</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>The ENERGY STAR Luminaires specification is limited to residential type lighting products; however to the extent that products that fall under the scope of this specification are sold into the commercial market; they may be included and listed appropriately for the applicable end user. Certification is limited to luminaires below a total input power of 250 watts intended to be connected directly to the electric power grid. Among the included products: inseparable SSL Luminaires; Accent Lights; Cove Mount and Under Cabinet Lights; Downlights; Outdoor Lighting; Portable Desk Task Lights; wall sconces and retrofits; ceiling mount and retrofits; etc.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-luminaires-version-22</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/lighting_fans/light_fixtures/partners</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Dominican Republic</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/country/dominican-republic</t>
+  </si>
+  <si>
     <t>IEEE 112:1996;IEC 60034-2-2/2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-lighting-products-0</t>
   </si>
   <si>
     <t>MEPS for lighting products</t>
   </si>
   <si>
     <t>The Gambia</t>
   </si>
   <si>
     <t>Lighting, Lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>NB 10.07.001, NB 17.02.001</t>
   </si>
   <si>
     <t>Ministry of Petroleum and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-lighting-products-1</t>
   </si>
   <si>
+    <t>Namibian standards are similar to South African standards.</t>
+  </si>
+  <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-lighting-products-0</t>
   </si>
   <si>
+    <t>https://www.ctc-n.org/system/files/dossier/3b/country_profile_-_namibia.pdf</t>
+  </si>
+  <si>
     <t>Minimum Equipment Energy Performance Standards</t>
   </si>
   <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-equipment-energy-performance-standards</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>Pakistan MEPS and labeling for CFLs</t>
   </si>
   <si>
+    <t>This standard shall apply to self-ballasted compact fluorescent lamps -CFLs; generally known as Energy Savers of all commonly used shapes|sizes: U-shaped &amp; Spiral shaped, Edison screw holder or bayonet|pin type adopter; in Pakistan, with nominal power rating from 3Watt to 60 Watt at rated supply voltage of 230 V, 50 Hz or voltage range 220 240 V, 50 Hz as marked on the lamp. The standard does not apply to self-ballasted fluorescent lamps used with covers.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>PS-IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-meps-and-labeling-cfls</t>
   </si>
   <si>
+    <t>https://drive.google.com/file/d/0B_Ht8Q1cIEovQW5CZlF0VTRRZHM/view</t>
+  </si>
+  <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: CFLs</t>
   </si>
   <si>
+    <t>This standard establishes requirements for integral compact fluorescent lamps (CFL) where the tube and ballast are combined into a single unit. These lamps allow consumers to replace incandescent lamps easily with CFL. The product group that is within the scope of certification would include screw-based lamps with ballast and adaptor in a single assembly.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-cfls</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=7</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: LEDs</t>
   </si>
   <si>
+    <t>This category establishes criteria for a range of Light Emitting Diode (“LED lighting”), which is used by directly connecting to a commercial power source.</t>
+  </si>
+  <si>
     <t>Streetlighting, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-leds</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=45</t>
+  </si>
+  <si>
     <t>SLS 1530: 2016 Minimum energy performance for self-ballasted integral type led lamps for general lighting services</t>
   </si>
   <si>
+    <t>Specifies Minimum Energy Performance Standard (MEPS) for self ballasted integral type LED lamps for general lighting services operating on supply voltage of greater than 50 V a.c. up to 250 V a.c. 50 Hz nominal and rated power up to 60 W, having screw and bayonet lamp caps. It also includes method of measurement of electrical energy consumption and luminous flux for determination of efficiency of the lamps for the purpose of MEPS.
+Amendment text available here http://www.slsi.lk/images/web/images/PDF_upload/amds/amd-523-sls-1530.pdf</t>
+  </si>
+  <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>SLS 1530: 2016</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1530-2016-minimum-energy-performance-self-ballasted-integral-type-led-lamps-general</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2358&amp;lang=en</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LED Lamp</t>
   </si>
   <si>
+    <t>The Scheme applies to integral directional and non-directional LED lamps which has a single lamp cap, and is intended for general lighting purposes having the following characteristics:</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>IEC 62612:2013</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-led-lamp</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_LED%20Lamps_eng%20-%20Ver%202020%20Final.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Non-integrated Type Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to non-integrated type CFLs which is electrically connected to permanently wired external ballast and is intended for general lighting purposes and having the following characteristics:</t>
+  </si>
+  <si>
     <t>CIE 84 IEC IEC 61199</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-non-integrated-type-compact</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_NICFL%202020_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
   <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tuvalu-energy-efficiency-act-2016</t>
   </si>
   <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
+  </si>
+  <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
+    <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/voluntary-labelling-electrical-appliances</t>
+  </si>
+  <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/Voluntary_labelling.pdf#search=Voluntary%20labelling%20of%20Electrical%20Appliance</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -781,1135 +912,1282 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N25"/>
+  <dimension ref="A1:P25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="187" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="187.526" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2"/>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
       <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-    </row>
-[...24 lines deleted...]
-      <c r="J3" t="s">
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>34</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>33</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...17 lines deleted...]
-      <c r="C4" t="s">
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>53</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G6" t="s">
+        <v>42</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>61</v>
+      </c>
+      <c r="K6" t="s">
+        <v>62</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>63</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>68</v>
+      </c>
+      <c r="D7" t="s">
+        <v>69</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>41</v>
+      </c>
+      <c r="G7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H7">
+        <v>2017</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
         <v>33</v>
       </c>
-      <c r="D4" t="s">
-[...8 lines deleted...]
-      <c r="G4">
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>70</v>
+      </c>
+      <c r="M7" t="s">
+        <v>71</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>72</v>
+      </c>
+      <c r="P7" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" t="s">
+        <v>68</v>
+      </c>
+      <c r="D8" t="s">
+        <v>69</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G8" t="s">
+        <v>76</v>
+      </c>
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>33</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>70</v>
+      </c>
+      <c r="M8" t="s">
+        <v>71</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
+        <v>81</v>
+      </c>
+      <c r="D9" t="s">
+        <v>40</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>82</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9"/>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>83</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>84</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>85</v>
+      </c>
+      <c r="P9" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>81</v>
+      </c>
+      <c r="D10" t="s">
+        <v>40</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>60</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10"/>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>83</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>87</v>
+      </c>
+      <c r="M10" t="s">
+        <v>84</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>88</v>
+      </c>
+      <c r="P10" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>89</v>
+      </c>
+      <c r="B11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C11" t="s">
+        <v>90</v>
+      </c>
+      <c r="D11" t="s">
+        <v>91</v>
+      </c>
+      <c r="E11" t="s">
+        <v>92</v>
+      </c>
+      <c r="F11" t="s">
+        <v>82</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11"/>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>83</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>93</v>
+      </c>
+      <c r="M11" t="s">
+        <v>94</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>95</v>
+      </c>
+      <c r="P11"/>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>89</v>
+      </c>
+      <c r="B12" t="s">
+        <v>96</v>
+      </c>
+      <c r="C12" t="s">
+        <v>97</v>
+      </c>
+      <c r="D12" t="s">
+        <v>40</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>82</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12"/>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>51</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>98</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>99</v>
+      </c>
+      <c r="P12" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>101</v>
+      </c>
+      <c r="B13" t="s">
+        <v>102</v>
+      </c>
+      <c r="C13" t="s">
+        <v>58</v>
+      </c>
+      <c r="D13" t="s">
+        <v>59</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>82</v>
+      </c>
+      <c r="G13" t="s">
+        <v>42</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>61</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>63</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>103</v>
+      </c>
+      <c r="P13" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>104</v>
+      </c>
+      <c r="B14" t="s">
+        <v>105</v>
+      </c>
+      <c r="C14" t="s">
+        <v>106</v>
+      </c>
+      <c r="D14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E14" t="s">
+        <v>92</v>
+      </c>
+      <c r="F14" t="s">
+        <v>108</v>
+      </c>
+      <c r="G14" t="s">
+        <v>42</v>
+      </c>
+      <c r="H14">
+        <v>2023</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>109</v>
+      </c>
+      <c r="K14" t="s">
+        <v>110</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>111</v>
+      </c>
+      <c r="N14" t="s">
+        <v>112</v>
+      </c>
+      <c r="O14" t="s">
+        <v>113</v>
+      </c>
+      <c r="P14" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>115</v>
+      </c>
+      <c r="B15" t="s">
+        <v>116</v>
+      </c>
+      <c r="C15" t="s">
+        <v>106</v>
+      </c>
+      <c r="D15" t="s">
+        <v>69</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>108</v>
+      </c>
+      <c r="G15" t="s">
+        <v>117</v>
+      </c>
+      <c r="H15">
         <v>2014</v>
       </c>
-      <c r="H4"/>
-[...3 lines deleted...]
-      <c r="J4" t="s">
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>109</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>118</v>
+      </c>
+      <c r="M15" t="s">
+        <v>111</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>119</v>
+      </c>
+      <c r="P15" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>121</v>
+      </c>
+      <c r="B16" t="s">
+        <v>122</v>
+      </c>
+      <c r="C16" t="s">
+        <v>123</v>
+      </c>
+      <c r="D16" t="s">
+        <v>50</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...19 lines deleted...]
-      <c r="C5" t="s">
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16"/>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>124</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>125</v>
+      </c>
+      <c r="M16" t="s">
+        <v>126</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>127</v>
+      </c>
+      <c r="P16" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>129</v>
+      </c>
+      <c r="B17" t="s">
+        <v>130</v>
+      </c>
+      <c r="C17" t="s">
+        <v>131</v>
+      </c>
+      <c r="D17" t="s">
+        <v>69</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
         <v>41</v>
       </c>
-      <c r="D5" t="s">
-[...10 lines deleted...]
-      <c r="I5" t="s">
+      <c r="G17" t="s">
         <v>42</v>
       </c>
-      <c r="J5" t="s">
+      <c r="H17">
+        <v>2012</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>124</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>132</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>133</v>
+      </c>
+      <c r="P17" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>135</v>
+      </c>
+      <c r="B18" t="s">
+        <v>136</v>
+      </c>
+      <c r="C18" t="s">
+        <v>131</v>
+      </c>
+      <c r="D18" t="s">
+        <v>137</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>41</v>
+      </c>
+      <c r="G18" t="s">
+        <v>76</v>
+      </c>
+      <c r="H18">
+        <v>2012</v>
+      </c>
+      <c r="I18">
+        <v>2017</v>
+      </c>
+      <c r="J18" t="s">
+        <v>138</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>132</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>139</v>
+      </c>
+      <c r="P18" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>141</v>
+      </c>
+      <c r="B19" t="s">
+        <v>142</v>
+      </c>
+      <c r="C19" t="s">
+        <v>143</v>
+      </c>
+      <c r="D19" t="s">
+        <v>69</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...35 lines deleted...]
-      <c r="I6" t="s">
+      <c r="G19" t="s">
+        <v>76</v>
+      </c>
+      <c r="H19">
+        <v>2016</v>
+      </c>
+      <c r="I19">
+        <v>2019</v>
+      </c>
+      <c r="J19" t="s">
+        <v>144</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>145</v>
+      </c>
+      <c r="M19" t="s">
+        <v>146</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>147</v>
+      </c>
+      <c r="P19" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>149</v>
+      </c>
+      <c r="B20" t="s">
+        <v>150</v>
+      </c>
+      <c r="C20" t="s">
+        <v>151</v>
+      </c>
+      <c r="D20" t="s">
+        <v>69</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>41</v>
+      </c>
+      <c r="G20" t="s">
+        <v>76</v>
+      </c>
+      <c r="H20">
+        <v>2011</v>
+      </c>
+      <c r="I20">
+        <v>2020</v>
+      </c>
+      <c r="J20" t="s">
+        <v>138</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>152</v>
+      </c>
+      <c r="M20" t="s">
+        <v>153</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>154</v>
+      </c>
+      <c r="P20" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>156</v>
+      </c>
+      <c r="B21" t="s">
+        <v>157</v>
+      </c>
+      <c r="C21" t="s">
+        <v>151</v>
+      </c>
+      <c r="D21" t="s">
+        <v>69</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>41</v>
+      </c>
+      <c r="G21" t="s">
+        <v>76</v>
+      </c>
+      <c r="H21">
+        <v>1998</v>
+      </c>
+      <c r="I21">
+        <v>2020</v>
+      </c>
+      <c r="J21" t="s">
+        <v>138</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>158</v>
+      </c>
+      <c r="M21" t="s">
+        <v>153</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>159</v>
+      </c>
+      <c r="P21" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>161</v>
+      </c>
+      <c r="B22" t="s">
+        <v>162</v>
+      </c>
+      <c r="C22" t="s">
+        <v>163</v>
+      </c>
+      <c r="D22" t="s">
+        <v>164</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>82</v>
+      </c>
+      <c r="G22" t="s">
+        <v>42</v>
+      </c>
+      <c r="H22">
+        <v>2021</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>165</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>166</v>
+      </c>
+      <c r="M22" t="s">
+        <v>167</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>168</v>
+      </c>
+      <c r="P22"/>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>161</v>
+      </c>
+      <c r="B23" t="s">
+        <v>162</v>
+      </c>
+      <c r="C23" t="s">
+        <v>163</v>
+      </c>
+      <c r="D23" t="s">
+        <v>164</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>82</v>
+      </c>
+      <c r="G23" t="s">
+        <v>42</v>
+      </c>
+      <c r="H23">
+        <v>2021</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>165</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>166</v>
+      </c>
+      <c r="M23" t="s">
+        <v>167</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>169</v>
+      </c>
+      <c r="P23"/>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>170</v>
+      </c>
+      <c r="B24" t="s">
+        <v>171</v>
+      </c>
+      <c r="C24" t="s">
+        <v>172</v>
+      </c>
+      <c r="D24" t="s">
         <v>50</v>
       </c>
-      <c r="J6" t="s">
-[...32 lines deleted...]
-      <c r="G7">
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>42</v>
+      </c>
+      <c r="H24">
+        <v>2016</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>173</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>125</v>
+      </c>
+      <c r="M24" t="s">
+        <v>174</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>175</v>
+      </c>
+      <c r="P24" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>177</v>
+      </c>
+      <c r="B25" t="s">
+        <v>178</v>
+      </c>
+      <c r="C25" t="s">
+        <v>179</v>
+      </c>
+      <c r="D25" t="s">
+        <v>180</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>60</v>
+      </c>
+      <c r="G25" t="s">
+        <v>76</v>
+      </c>
+      <c r="H25">
+        <v>2014</v>
+      </c>
+      <c r="I25">
         <v>2017</v>
       </c>
-      <c r="H7"/>
-[...70 lines deleted...]
-      <c r="C9" t="s">
+      <c r="J25" t="s">
         <v>33</v>
       </c>
-      <c r="D9" t="s">
-[...681 lines deleted...]
-      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
       <c r="M25" t="s">
-        <v>23</v>
+        <v>181</v>
       </c>
       <c r="N25" t="s">
-        <v>140</v>
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>182</v>
+      </c>
+      <c r="P25" t="s">
+        <v>183</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>