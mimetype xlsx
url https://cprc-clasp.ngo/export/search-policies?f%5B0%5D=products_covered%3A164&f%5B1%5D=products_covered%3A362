--- v0 (2025-10-15)
+++ v1 (2025-12-15)
@@ -12,1382 +12,1915 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="411">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="580">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
+  </si>
+  <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>SNI IEC 62612:2016</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...1 lines deleted...]
-  <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>AS/NZS 4782.2:2004: Double-capped fluorescent lamps—Performance specifications—Minimum Energy Performance Standard (MEPS)</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>AS/NZS 4782.1:2004</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-478222004-double-capped-fluorescent-lamps-performance-specifications-minimum-energy</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/led-</t>
+  </si>
+  <si>
     <t>China Water Efficiency Labeling Program (CWEL)</t>
   </si>
   <si>
+    <t>The Water Efficiency Labeling Programwas introducedin 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-2</t>
   </si>
   <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Comparative Label, Minimum Performance Standard</t>
-[...1 lines deleted...]
-  <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>CQC31-461225-2012. Energy Conservation Certification Rules for Ballasts for Tubular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Apply to ballasts for tubular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 17896-2012; GB/T 15144-2009</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461225-2012-energy-conservation-certification-rules-ballasts-tubular-fluorescent</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-08-24/553843.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465132-2013. CQC Mark Certification - Fluorescent Lamps for General Lighting Service; Double-Capped</t>
   </si>
   <si>
+    <t>Applies to double-capped fluorescent lamps for general lighting services</t>
+  </si>
+  <si>
     <t>GB/T 10682-2010 GB 19043-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465132-2013-cqc-mark-certification-fluorescent-lamps-general-lighting-service-double</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492726.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465197-2014. CQC Mark Certification - Double-capped LED Lamps designed to retrofit linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Applies to G13 double-capped T8 LED Lamps designed to retrofit linear Fluorescent Lamps with technical characteristics based on GB|T 10682</t>
+  </si>
+  <si>
     <t>CQC 3148-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465197-2014-cqc-mark-certification-double-capped-led-lamps-designed-retrofit-linear</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/rootfiles/2014/11/02/1414876321132078-1414876321176625.pdf</t>
+  </si>
+  <si>
     <t>CQC32-432411-2016. Water Conservation Certification Rules for Flush Valve</t>
   </si>
   <si>
+    <t>Apply to flush valve</t>
+  </si>
+  <si>
     <t>Other</t>
   </si>
   <si>
     <t>GB 28379-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-432411-2016-water-conservation-certification-rules-flush-valve</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-05-30/492659.shtml</t>
+  </si>
+  <si>
     <t>CQC32-432414-2009. Water Conservation Certification Rules for Valves with Screwed Connections for Water-Heating System</t>
   </si>
   <si>
+    <t>Apply to valves with screwed connections for water-heating system</t>
+  </si>
+  <si>
     <t>GB/T 8464-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-432414-2009-water-conservation-certification-rules-valves-screwed-connections-water</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492612.shtml</t>
+  </si>
+  <si>
     <t>CQC32-432421-2021. Water Conservation Certification Rules for Faucets</t>
   </si>
   <si>
+    <t>Apply to faucets</t>
+  </si>
+  <si>
     <t>GB 25501-2019; GB 18145-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-432421-2021-water-conservation-certification-rules-faucets</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39490</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Department Circular No. DC 2020-06-0016</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for room air conditioners (window and split type), refrigeration units (single door, two-door manual defrost, and frost-free), and lighting products (CLFs, LFLs, single-capped fluorescent lamps, and LEDs).</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Lighting, Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/department-circular-no-dc-2020-06-0016</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/laws-and-issuances/department-circular-no-dc2020-06-0016</t>
+  </si>
+  <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
+    <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
+  </si>
+  <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7601 Fluorescent lamps which are the tubular type of rated powerconsumption of 20W, 28W, 32W, and 40W, the circular type of rated powerconsumption of 32W, and 40W, and the compact type of rated powerconsumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W, FPL36W, FPL 45W, and FPL 55W .7</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
   </si>
   <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
     <t>Vanuatu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Tubular Fluorescent Lamps (TFL)</t>
   </si>
   <si>
+    <t>The policy specifies the tubular fluorescent lamps for general lighting services covering all wattages with nominal dimension starting from 1100 millimeter and upto1500 millimeter covering color temperature of 6500 kelvin for halo-phosphate category, and 2700 kelvin, 4000 kelvin and 6500 kelvin  tri-phosphate lamps categories for display of particulars on label.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>IS 2418 (part 1 and 2) -1977 with all amendments</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-tubular-fluorescent-lamps-tfl</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/TFLnoti_New.pdf</t>
+  </si>
+  <si>
     <t>Energy Label Regulation for Sanitary Fittings</t>
   </si>
   <si>
+    <t>All producers and distributors of sanitary fittings can apply to use the energy label for sanitary fittings. Only products available on the Swiss market may bear the voluntary energy label. The use of the Swiss voluntary energy label for sanitary fittings abroad is the responsibility of the manufacturers and distributors concerned. The energy label indicates the amount of energy used. In the case of sanitary fittings – showers and taps – this is the amount of energy used to heat the water used. Consequently, only hot water taps and showers can receive the label; cold water taps cannot. Mixer taps can only receive the energy label if they are clearly indicated as such.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Schweizerischer Verband für energieeffiziente Sanitärprodukte (SVES)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-label-regulation-sanitary-fittings</t>
   </si>
   <si>
+    <t>https://en.etiquetteenergie-sanitaire.ch/Regulation</t>
+  </si>
+  <si>
     <t>ETA 0808 - Specifications for assigning ANQIP water efficiency labels to taps and flow meters (p. 3)</t>
   </si>
   <si>
+    <t>This policy applies to washbasin taps, kitchen taps, and urinal flowmeters.</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/eta-0808-specifications-assigning-anqip-water-efficiency-labels-taps-and-flow-meters-p-3</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0808_v.3_novo.1.pdf</t>
+  </si>
+  <si>
     <t>Fluorescent tubes</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fluorescent-tubes</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>GB 25501-2019 Minimum allowable values of water efficiency and water efficiency grades for faucets</t>
   </si>
   <si>
+    <t>This standard specifies the minimum allowable values of water efficiency, evaluating values of water conservation, water efficiency grades and test methods for faucets. It is applicable to the water efficiency evaluation of washbasin faucets, kitchen faucets, bidgets faucets and ordinary washing faucets that are installed at ends of cold and hot water supply pipelines in buildings, with nominal pressure (static pressure) of not greater than 1.0 MPa and medium temperature of 4℃~ 90℃.</t>
+  </si>
+  <si>
     <t>GB/T 33733</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-25501-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94003A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB19043-2013 Minimum allowable values of energy efficiency grades of double-capped fluorescent lamps for general lighting service</t>
   </si>
   <si>
+    <t>Applies to non-directional self-ballasted LED lamps with the rated rated power of 2W-60W; rated voltage of 220V; frequency 50Hz</t>
+  </si>
+  <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb19043-2013-minimum-allowable-values-energy-efficiency-grades-double-capped-fluorescent</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6C0D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact
+fluorescent lamps) and circular fluorescent lamps for general
+lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting
+services with lamp cap E14, E27, GU10, B22d and G13; and
+(e) filament tungsten incandescent lamps</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>d MS IEC 60081:2003 or IEC 60081:2003
 ,   
                      MS IEC 60969:2006 or IEC 60969:2001
 ,   
                      MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Double-capped Fluorescent Lamps) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers double-capped fluorescent lamps in the product classes set out in subsection (2) that are:</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 4782.1:2004AS/NZS 4782.2:2004AS/NZS 4782.3:2006AS/NZS 61231: 2001</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-double-capped-fluorescent-lamps-determination-2017</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2017L00652</t>
+  </si>
+  <si>
     <t>Greenmark N42 - Fluorescent Lamps Tubes</t>
   </si>
   <si>
+    <t>This standard is applicable to the preheat-type fluorescent lamps or tubes which meet the definition of CNS 691 and excludes the compact fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n42-fluorescent-lamps-tubes</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/42/0b942ae7-ba35-45af-8945-4a1ae0e9fdb7.pdf</t>
+  </si>
+  <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
+    <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
+  </si>
+  <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Lighting Products 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for lighting products used for General Lighting Service Lamps according to section 9 of Department Circular No. 2020-06-0015. Products in scope include Linear Fluorescent Lamps (LFL) or Double-Capped Fluorescent Lamps (DFL), Double-Capped Linear LED Lamps, Self-Ballasted Compact Fluorescent Lamps (CFL), Single-Capped Fluorescent Lamps (SFL), Self-Ballasted Non Directional LED Lamps.</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>CIE 84 1st Edition 1989
 ,   
                     PNS IEC 60081
 ,   
                     PNS IEC 60901
 ,   
                     ANSI C78.377-2015
 ,   
                     CIE S 025/E:2015
 ,   
                     CIE 13.3:1995
 ,   
                     IES LM 79-08
 ,   
                     IES LM 80-15
 ,   
                     PNS IEC 62612
 ,   
                     PNS IEC 61000-3-2
 ,   
                     IEC 60838-2-3 E.D. 1.0 B:2016 Miscellaneous Lampholders</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024</t>
+  </si>
+  <si>
     <t>Indian Standard for Requirements For Water Efficient Plumbing Products (WEPP): Part 2 Sanitary Fittings</t>
   </si>
   <si>
+    <t>This standard covers requirements for assessment and star ratingof sanitary fittings, such as faucets (taps) and showerheads,for their performance based on water efficiency,which are in addition to the requirements specified in relevant Indian Standards as applicable.</t>
+  </si>
+  <si>
     <t>Bureau of Indian Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/indian-standard-requirements-water-efficient-plumbing-products-wepp-part-2-sanitary</t>
   </si>
   <si>
+    <t>https://bis.gov.in/wp-content/uploads/2020/08/write-up-for-publicity-of-WC-drafts-for-WEPP.pdf</t>
+  </si>
+  <si>
     <t>INTE E22-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for linear fluorescent lamps. This standard applies to linear fluorescent lamps; intended for lighting residential; commercial; services and industrial sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e22-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-1-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-requisitos-1480?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps. This standard applies to linear fluorescent lamps intended for lighting residential; commercial; services and industrial sectors that are marketed in the National territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e22-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-2 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps (LFL). This standard applies to linear fluorescent lamps, intended for lighting residential, commercial, service and industrial sectors that are marketed in the national territory. This standard does not apply to types of lamps that have one or more of the following characteristics: - Linear fluorescent lamps with a length of less than 50 cm, color temperature greater than 7000 K, designed to operate at low temperatures, ultraviolet and other special applications. . - Compact fluorescent lamp without integrated ballast, circular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e22-2-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?variant=5673</t>
+  </si>
+  <si>
     <t>ISIRI NS 7341, 1st edition- Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Electric lamps - Tubular, double capped</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NS687 (Double Capped), NS 2702 (High Pressure Mercury Vapor), NS 5191 (HPSI), NS 5211 (Single Capped), 98/11/EC</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-ns-7341-1st-edition-technical-specifications-and-test-method-energy-consumption-and</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>JS 2092:2013 Energy efficiency labeling of household electric lamps</t>
   </si>
   <si>
+    <t>This policy covers household electric lamps supplied directly from the mains (filament and integral compact fluorescent lamps), and to household fluorescent lamps (including linear, and non-integral compact fluorescent lamps), even when marketed for non-household use.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2092</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20922013-energy-efficiency-labeling-household-electric-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5453</t>
+  </si>
+  <si>
     <t>JS 2093:2013 Technical regulation on eco-design requirements for fluorescent lamps without integrated ballast; for high intensity discharge lamps; and for ballasts and luminaires able to operate such lamps</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of fluorescent lamps without integrated ballast, of high intensity discharge lamps, and of ballasts and luminaires able to operate such lamps as defined in Article 3, even when they are integrated into other energy related products.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Drivers/ Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20932013-technical-regulation-eco-design-requirements-fluorescent-lamps-without</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5462</t>
+  </si>
+  <si>
     <t>Korea Ecolabel Standards Water-saving Faucets EL221:2012</t>
   </si>
   <si>
+    <t>The criteria shall apply to single faucet, cold and warm water mixed faucet or stagnant water faucet the water faucet (hereafter referred to as "faucet") used in water supply/bath supply with less than the usage pressure of 7.5kgf/㎠ 735kPa, to the water-saving faucet, which shall be set up at the end of water pipe and have water-saving effect, and to the valve that have water- saving effect through the function of immediate water-stopping, self-closing and fixed-quantity water-stopping. However, faucets for special use such as ones for drinking water, fountain and toilet shall be excluded.</t>
+  </si>
+  <si>
     <t>KSB 2331</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/korea-ecolabel-standards-water-saving-faucets-el2212012</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW74bllzXvqY5Wq0bOgPxdSkbYOaV9uckpercent2FRVFBygq3tRSx2WHxMnswq0VzzPLOeGRpercent2FjEUYTYWPvjh94a8dm0PyBXVQlEUV6y</t>
+  </si>
+  <si>
     <t>KS 2448-1:2013 Double-capped flourescent lamps-performance specification-minimum energy performance standards</t>
   </si>
   <si>
+    <t>This standard specifies MEPS requirements for double-capped; FD1 and FDH2; tubular lamps with a nominal length of 550 mm to 1500 mm and having nominal wattage of 16 watts or more that are within the scope of IEC 60081.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ks-2448-12013-double-capped-flourescent-lamps-performance-specification-minimum-energy</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10039</t>
+  </si>
+  <si>
     <t>L.I. 1815 Energy Efficiency Standards and Labelling Regulations - Non-ducted Air Conditioners and Self-ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>These Regulations apply to non-ducted air conditioners or self-ballasted fluorescent lamps manufactured in Ghana or imported for use in Ghana.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>GS 324:2003</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-1815-energy-efficiency-standards-and-labelling-regulations-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI_1815.pdf</t>
+  </si>
+  <si>
     <t>MELS for General Lighting</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-general-lighting</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy set energy label scheme for all regulated lamps:</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy references AS/NZS 4847.2:2010, which specifies minimum energy performance requirements for self-ballasted lamps for general lighting services, and AS/NZS 4782.3(Int):2006, which defines performance requirements for double-capped fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Samoa*</t>
   </si>
   <si>
     <t>AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>Samoa Ministry of Finance</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/wp-content/uploads/2019/08/Energy-Regulation.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Fluorescent Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for General Lighting</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
   </si>
   <si>
     <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
   </si>
   <si>
     <t>CIE3 84:1989 and IEC 60064, Measurement of luminous flux
 ,   
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for lamps as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting-2024</t>
   </si>
   <si>
-    <t>MEPS for indoor LED lamps</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy references AS/NZS 4782.2:2004, which specifies performance and energy efficiency specifications for tubular fluorescent lamps of length 550 mm to 1500 mm both inclusive with wattage of 16 watts or more that are within the scope of AS/NZS 4782.1. Modified adoption of, and reproduced from, IEC 61347-2-11:2001.</t>
+  </si>
+  <si>
     <t>AS/NZS 4782.2:2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-linear-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Chilled-Warm-Hot Water Fountain Machines</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot water fountain machines.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-chilled-warm-hot-water-fountain-machines</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Chilled/Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot drinking water dispensers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-chilledwarmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-warmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Ministerial Regulation Prescribing High Efficiency Double-Capped Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers double-capped fluorescent lamps, which are straight cylindrical fluorescent lamps intended for general lighting use. It applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-double-capped-fluorescent-lamps-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048416</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>NOM-028-ENER-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the minimum efficiency limits for general- purpose lamps, intended for the lighting of the residential, commercial, services, industrial and public lighting sectors , as well as their test methods. This Official Mexican Standard applies to general-purpose lamps intended for lighting in the residential, commercial, services, industrial and public lighting sectors, such as: incandescent, incandescent with halogen, linear fluorescent, high intensity discharge and mixed light; that are imported, manufactured, and / or marketed within the national territory.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-028-ener-2017</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5515627&amp;fecha=09/03/2018</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for LED Lights</t>
   </si>
   <si>
+    <t>This policy establishes mandatory Minimum Energy Performance Standards (MEPS) and labels for LED lights that are normally used in households and buildings for general lighting purposes and street lighting. LED lights should conform to all the requirements of Pakistan Standard PS:IEC60050-845 with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>PS:IEC60050-845</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-led-lights</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO415(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-1-1:2007 Amendment 1:2013 - Lamps and related equipment-Energy efficiency and labeling requirements - Part 1-1: Double-capped fluorescent lamps</t>
   </si>
   <si>
+    <t>This labeling program covers single-capped fluorescent lamps for general lighting service.</t>
+  </si>
+  <si>
     <t>PNS IEC 60081:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-1-12007-amendment-12013-lamps-and-related-equipment-energy-efficiency-and</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202050-1-1%20amd%201-2013.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-1-2:2006 - Lamps and related equipments – Energy labeling requirements – Part 1-2: Single-capped fluorescent lamps</t>
   </si>
   <si>
     <t>PNS IEC 60901:2001 Amd. 01, 02, &amp; 03:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-1-22006-lamps-and-related-equipments-energy-labeling-requirements-part-1-2-single</t>
   </si>
   <si>
+    <t>https://www.lites.asia/files/otherfiles/0000/0238/Manila_lites_asia_meeting_1.8_Philippine_policies_for_EE_lighting_Mirna_Campanano.pdf</t>
+  </si>
+  <si>
     <t>Provision No. 257</t>
   </si>
   <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-257</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
     <t>Register of Manufacturers and Importers of Incandescent and Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The Resolution establishes the requirements and procedures, as well as the conditions that will be required to grant the Prior Import Licenses, which must include the mandatory Energy Efficiency Certificate for such products. The Resolution applies to manufacturers and importers of the following products:</t>
+  </si>
+  <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/register-manufacturers-and-importers-incandescent-and-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.gma.trade/single-post/2019/01/14/Registration-and-Energy-Efficiency-Certification-of-Lamps-in-Paraguay</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Etiquetado De EE Lamparas Fluroescentes</t>
   </si>
   <si>
+    <t>Linear (tube) fluorescent, Circular, Rectilinear , compact; linear; circular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>CIE 84 1989,IEC 60901:2001,IEC 60969:2001</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-etiquetado-de-ee-lamparas-fluroescentes</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/res_conj_019.pdf</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
     <t>SASO 2870:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to: 
+Incandescent lamps
+Halogen lamps
+Compact flourescent lamps with integrated ballast (CFLi)
+Light-emitting diode (LED) lamps (Incandescent retrofit types)
+Light-emitting diode (LED) lamps (Halogen retrofit types)</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-28702018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/saudi-arabia-market-access-new-requirements-lighting-products-saso-iecee-and-saso-ee</t>
+  </si>
+  <si>
     <t>SASO 2902:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to:
+Incandescent lamps with a luminous flux above or equal 12,000 lumens
+Halogen lamps with a luminous flux above or equal 12.000 lumens
+Compact fluorescent lamps with integrated ballast (CLFi) with a luminous flux above or equal 12,000 Lumens
+Compact fluorescent lamps without integrated ballast (CFLni)
+Fluorescent Lamps (all types)
+High-Intensity Discharge Lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/saso-29022018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
     <t>Sello FIDE No. 4106 - Self-Ballasted Circular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-ballasted circular fluorescent lamps with T5 or T9 bulb, with electronic or electromagnetic adapter, E-26 or E-27 base, and rated supply voltage of 120V and 127V +-10% at an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NOM-058-SCFI / NMX-J-295-ANCE / NMX-J-531-ANCE / IES-LM-66 / IES LM-16 / IES-LM-54 / IES LM-65</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4106-self-ballasted-circular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4106_05.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4108 - T8 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T8 fluorescent lamps, quick start, of power ratings: 15W (457.2mm), 17W (604 mm), 25W (914.4 mm), 25W (1200 mm), 28W (1200 mm) 30W (1200 mm) y 32W (1200 mm), U" shape of 31W (41.27 mm between electrodes); as well as instant start lamps of 55W (2438.4 mm) 59W (2438.4 mm) and high light output (HO) in 86W (2438.4 mm). "</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NOM-028-ENER / NMX-J-531-ANCE / NMX-J-197-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4108-t8-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4108_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4110 - Luminaires for Indoor Use With Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for interior fixtures, built-in or overlaid, using linear fluorescent lamps or U-shaped, with T8 or T5 bulbs and their respective ballast, reflector mirror orcabinet using highly reflective paint, with or without diffuser.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / IES LM-41 / IES-LM-54</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4110-luminaires-indoor-use-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4110_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4119 - T5 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T5 linear fluorescent lamps, quick start, operating at the following power ratings: 14W, 21W, 28W, 35W and with high light output or without amalgam in the following power ratings: 24W, 39W, 49W, 54W and 80W.</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NOM-028-ENER / NMX-J-531-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4119-t5-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4119_05.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4124 - Luminaires for Outdoor Use With Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor lighting fixtures for compact fluorescent lamps T4 or T5 with electronic or electromagnetic ballast operating voltages of 120, 127, 220 or 277 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / NMX-J-295-ANCE / NMX-J-531-ANCE / IES-LM-66 / IES LM-40 / IES LM-16 / IES-LM-54</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4124-luminaires-outdoor-use-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4124_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4125 - Luminaires for Indoor Use with Compact or Circular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for indoor luminaires, built-in or other, for T4 and T5 compact fluorescent lamps or T5 and T9 circular fluorescent lamps, with electronic or electromagnetic ballast operating voltages of 120, 127, 220 or 277 volts and at frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4125-luminaires-indoor-use-compact-or-circular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4125_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4132 - Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for compact fluorescent lamps without ballast, single tube-shaped, double, triple and long twin tube T4 or T5.</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NMX-J-531-ANCE / NMX-J-197-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.4 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4132-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4132_02.pdf</t>
+  </si>
+  <si>
     <t>SI 60968</t>
   </si>
   <si>
+    <t>Self-ballasted lamps for general lighting services</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-60968</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=f176cda1-c392-4f0e-8c7d-e062df37c908</t>
+  </si>
+  <si>
     <t>SLNS 91: 2011 Energy Efficiency Labelling – Labelling of Fluorescent Tubular and Compact Lamps</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of energy efficiency classification of fluorescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label. This National Standard is applicable to tubular, circular and compact fluorescent lamps using both integrated and non-integrated electromagnetic or electronic ballasts, with the following  specifications:</t>
+  </si>
+  <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/slns-91-2011-energy-efficiency-labelling-labelling-fluorescent-tubular-and-compact-lamps</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-91-2011/</t>
+  </si>
+  <si>
     <t>SLS 1625 : 2013</t>
   </si>
   <si>
+    <t>Sri Lanka Standard Energy Efficiency Rating for Double Capped Tubular Fluorescent Lamps</t>
+  </si>
+  <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>January 2022</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1625-2013</t>
   </si>
   <si>
+    <t>http://www.energy.gov.lk/images/energy-management/regulations-lfl-and-ballasts.pdf</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>TCVN 7896:2015 Compact fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for compact fluorescent lamps (CFL).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78962015-compact-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7896-2015-bong-den-huynh-quang-compact-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8249:2013 Linear tubular fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for linear tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-82492013-linear-tubular-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8249-2013-bong-den-huynh-quang-ong-thang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Faucets and water saving equipment TGL-11-R3-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to faucets and water-saving equipment including faucets for sinks, faucets for washbasins, self-closing faucets for washbasins, automatic faucets for sanitary wares, shower units, rinsing sprays, flush valves for urinals, and flush valves for toilets.</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 2067, TIS 1277 (faucets for sinks)
 ,   
                     TIS 2067, TIS 1278 (faucets for wash basins)
 ,   
                     TIS 2067, TIS 1377 (self-closing faucets for wash basins)
 ,   
                     TIS 2147 (automatic faucets for sanitary wares)
 ,   
                     TIS 2066, TIS 1187 (shower units)
 ,   
                     TIS 1497 (rinsing sprays)
 ,   
                     TIS 1094 (flush valves for urinals)
 ,   
                     TIS 1093 (flush valves for toilets)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-faucets-and-water-saving-equipment-tgl-11-r3-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-11-R3-17.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Fluorescent Lamps TGL-2-R4-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to fluorescent lamps consisting of single-capped fluorescent lamps, double-capped fluorescent lamps, and self-ballasted lamps for general lighting purposes.</t>
   </si>
   <si>
     <t>Double–capped fluorescent lamps: TIS 236, TIS 956, TIS 2309, TIS 2310
 ,   
                     Single–capped fluorescent lamps: TIS 1713, TIS 2235, TIS 2334 ,TIS 2310</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-fluorescent-lamps-tgl-2-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-02-R4-15.pdf</t>
+  </si>
+  <si>
     <t>TIS 2309-2556 (2013) double-capped fluorescent lamps: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies requirements for minimum energy efficiency for double capped fluorescent lamps with a rated wattage of 14 W to 80 W and a diameter of 16 mm and 26 mm (T5 and T8), in accordance with the scope of TIS 236. This standard specifies requirements for lamps intended for general lighting purposes used in the luminaires and ballast is connected to a single-phase electric power supply having a rated voltage 220 V 50 Hz and applied to lamp intended for use with high-frequency ballast (electronic ballast).</t>
+  </si>
+  <si>
     <t>Lighting, Lamps, Tubular Lamps</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2309-2556-2013-double-capped-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/13.PDF</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
   <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tuvalu-energy-efficiency-act-2016</t>
   </si>
   <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Eficiencia energética - Lámparas fluorescentes compactas, circulares y tubulares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for compact, circular, and tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60081, IEC 60901, IEC 60969</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11602007-eficiencia-energetica-lamparas-fluorescentes-compactas-circulares-y</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1160+-+Eficiencia+Energetica.+Lamparas+fluorescentes+compactas%2C+circulares+y+tubulares.+Especificaciones+y+etiquetado.pdf/0de30c77-9758-48ed-b393-3085dcf6af48</t>
+  </si>
+  <si>
     <t>US 902:2011 Self-ballasted lamps for General Lighting Services - Performance requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the performance requirements; together with the test methods and conditions required to show compliance of tubular fluorescent and other gas-discharge lamps with integrated means for controlling starting and stable operation -self-ballasted lamps; intended for domestic and similar general lighting purposes.</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us-9022011-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=540&amp;preview</t>
+  </si>
+  <si>
     <t>US 903-1:2011 Double-capped fluorescent lamps-performance specifications</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies Minimum Energy Performance Standard (MEPS) requirements for double-capped tubular fluorescent lamps with a nominal length of 550 mm to 1500 mm and having nominal lamp wattage of 16 watts or more. This standard covers lamps for general illumination purposes, for use in luminaires and with lamp ballasts connected to a 240 V 50 Hz single phase or similar mains supply.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/us-903-12011-double-capped-fluorescent-lamps-performance-specifications</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=541&amp;preview</t>
+  </si>
+  <si>
     <t>VC 9091 Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the safety; efficacy performance; life and interchangeability requirements for single-capped tubular fluorescent lamps with integrated means for controlling starting and stable operation- self-ballasted lamps- and non-self-ballasted single-capped tubular fluorescent lamps; intended for general lighting purposes that have: a rated wattage up to 60W; a rated voltage of 100 to 250 V a.c.; and 2G7 2GX7 GR8 2G10 G10q GR10q GX10q GY10q 2G11 2GX11 GR14q G23 GX23 G24 GX24 GX24q G24d GX32 and Edison screw or Bayonet caps.</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Annex AA of SANS 60901; or Annex AA of SANS 60969
 ,   
                     SANS 61199
 ,   
                     SANS 60968</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9091-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209091.pdf</t>
+  </si>
+  <si>
     <t>Water Conservation Certification</t>
   </si>
   <si>
+    <t>China resource conservation certification is carried out to encourage consumers to consume energy conservation products, and to guide popularizing energy conservation product and advanced technology. The Certification covers more than 7000 water-using products, including water closet, faucets, and showers and it is a voluntary endorsement labeling scheme.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-conservation-certification</t>
   </si>
   <si>
+    <t>http://www.sqi.com.cn/SQI_Web/English/SQI_EN_Introduction_Details.aspx?NGUID=f5285f6931894565bc9efdc15eecfbcf</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficient-products-wep-i</t>
   </si>
   <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
+  </si>
+  <si>
     <t>WaterSense® High-Efficiency Lavatory Faucet Specification</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for high-efficiency lavatory faucets and faucet accessories under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to lavatory faucets, lavatory faucet accessories specifically designed to control the flow of water, and any other lavatory faucet technologies that meet these performance specifications. This specification applies to lavatory faucets in private use, such as in residences, and private</t>
+  </si>
+  <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>16 CFR 305.11; ASME A112.18.1/CSA B125.1 and NSF/ANSI Standard 61</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/watersenser-high-efficiency-lavatory-faucet-specification</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-faucets.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1651,3949 +2184,4490 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N91"/>
+  <dimension ref="A1:P91"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="242" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="242.941" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="163.817" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2022</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H5">
+        <v>2004</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5" t="s">
+        <v>56</v>
+      </c>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>62</v>
+      </c>
+      <c r="D6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>44</v>
+      </c>
+      <c r="G6" t="s">
+        <v>54</v>
+      </c>
+      <c r="H6">
+        <v>2021</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>64</v>
+      </c>
+      <c r="K6" t="s">
+        <v>65</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>66</v>
+      </c>
+      <c r="N6" t="s">
+        <v>67</v>
+      </c>
+      <c r="O6" t="s">
+        <v>68</v>
+      </c>
+      <c r="P6" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>70</v>
+      </c>
+      <c r="B7" t="s">
+        <v>71</v>
+      </c>
+      <c r="C7" t="s">
+        <v>72</v>
+      </c>
+      <c r="D7" t="s">
+        <v>73</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H7">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>74</v>
+      </c>
+      <c r="K7" t="s">
+        <v>36</v>
+      </c>
+      <c r="L7" t="s">
+        <v>75</v>
+      </c>
+      <c r="M7" t="s">
+        <v>76</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>77</v>
+      </c>
+      <c r="P7" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>79</v>
+      </c>
+      <c r="B8" t="s">
+        <v>80</v>
+      </c>
+      <c r="C8" t="s">
+        <v>81</v>
+      </c>
+      <c r="D8" t="s">
+        <v>82</v>
+      </c>
+      <c r="E8" t="s">
+        <v>83</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>84</v>
+      </c>
+      <c r="H8"/>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>85</v>
+      </c>
+      <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>86</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>87</v>
+      </c>
+      <c r="P8" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>89</v>
+      </c>
+      <c r="B9" t="s">
+        <v>90</v>
+      </c>
+      <c r="C9" t="s">
+        <v>62</v>
+      </c>
+      <c r="D9" t="s">
+        <v>53</v>
+      </c>
+      <c r="E9" t="s">
+        <v>83</v>
+      </c>
+      <c r="F9" t="s">
+        <v>91</v>
+      </c>
+      <c r="G9" t="s">
+        <v>54</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>92</v>
+      </c>
+      <c r="K9" t="s">
+        <v>36</v>
+      </c>
+      <c r="L9" t="s">
+        <v>93</v>
+      </c>
+      <c r="M9" t="s">
+        <v>94</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>95</v>
+      </c>
+      <c r="P9" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>97</v>
+      </c>
+      <c r="B10" t="s">
+        <v>98</v>
+      </c>
+      <c r="C10" t="s">
+        <v>62</v>
+      </c>
+      <c r="D10" t="s">
+        <v>53</v>
+      </c>
+      <c r="E10" t="s">
+        <v>83</v>
+      </c>
+      <c r="F10" t="s">
+        <v>91</v>
+      </c>
+      <c r="G10" t="s">
+        <v>54</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>85</v>
+      </c>
+      <c r="K10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L10" t="s">
+        <v>99</v>
+      </c>
+      <c r="M10" t="s">
+        <v>94</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>100</v>
+      </c>
+      <c r="P10" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>102</v>
+      </c>
+      <c r="B11" t="s">
+        <v>103</v>
+      </c>
+      <c r="C11" t="s">
+        <v>62</v>
+      </c>
+      <c r="D11" t="s">
+        <v>53</v>
+      </c>
+      <c r="E11" t="s">
+        <v>83</v>
+      </c>
+      <c r="F11" t="s">
+        <v>91</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11">
+        <v>2014</v>
+      </c>
+      <c r="J11" t="s">
+        <v>85</v>
+      </c>
+      <c r="K11" t="s">
+        <v>36</v>
+      </c>
+      <c r="L11" t="s">
+        <v>104</v>
+      </c>
+      <c r="M11" t="s">
+        <v>94</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>105</v>
+      </c>
+      <c r="P11" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>107</v>
+      </c>
+      <c r="B12" t="s">
+        <v>108</v>
+      </c>
+      <c r="C12" t="s">
+        <v>62</v>
+      </c>
+      <c r="D12" t="s">
+        <v>63</v>
+      </c>
+      <c r="E12" t="s">
+        <v>83</v>
+      </c>
+      <c r="F12" t="s">
+        <v>91</v>
+      </c>
+      <c r="G12" t="s">
+        <v>54</v>
+      </c>
+      <c r="H12">
+        <v>2016</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>92</v>
+      </c>
+      <c r="K12" t="s">
+        <v>109</v>
+      </c>
+      <c r="L12" t="s">
+        <v>110</v>
+      </c>
+      <c r="M12" t="s">
+        <v>94</v>
+      </c>
+      <c r="N12" t="s">
+        <v>67</v>
+      </c>
+      <c r="O12" t="s">
+        <v>111</v>
+      </c>
+      <c r="P12" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>113</v>
+      </c>
+      <c r="B13" t="s">
+        <v>114</v>
+      </c>
+      <c r="C13" t="s">
+        <v>62</v>
+      </c>
+      <c r="D13" t="s">
+        <v>63</v>
+      </c>
+      <c r="E13" t="s">
+        <v>83</v>
+      </c>
+      <c r="F13" t="s">
+        <v>91</v>
+      </c>
+      <c r="G13" t="s">
+        <v>54</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>92</v>
+      </c>
+      <c r="K13" t="s">
+        <v>109</v>
+      </c>
+      <c r="L13" t="s">
+        <v>115</v>
+      </c>
+      <c r="M13" t="s">
+        <v>94</v>
+      </c>
+      <c r="N13" t="s">
+        <v>67</v>
+      </c>
+      <c r="O13" t="s">
+        <v>116</v>
+      </c>
+      <c r="P13" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>118</v>
+      </c>
+      <c r="B14" t="s">
+        <v>119</v>
+      </c>
+      <c r="C14" t="s">
+        <v>62</v>
+      </c>
+      <c r="D14" t="s">
+        <v>63</v>
+      </c>
+      <c r="E14" t="s">
+        <v>83</v>
+      </c>
+      <c r="F14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G14" t="s">
+        <v>54</v>
+      </c>
+      <c r="H14">
+        <v>2021</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>92</v>
+      </c>
+      <c r="K14" t="s">
+        <v>109</v>
+      </c>
+      <c r="L14" t="s">
+        <v>120</v>
+      </c>
+      <c r="M14" t="s">
+        <v>94</v>
+      </c>
+      <c r="N14" t="s">
+        <v>67</v>
+      </c>
+      <c r="O14" t="s">
+        <v>121</v>
+      </c>
+      <c r="P14" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>123</v>
+      </c>
+      <c r="B15" t="s">
+        <v>124</v>
+      </c>
+      <c r="C15" t="s">
+        <v>125</v>
+      </c>
+      <c r="D15" t="s">
+        <v>126</v>
+      </c>
+      <c r="E15" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F15" t="s">
+        <v>127</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2011</v>
+      </c>
+      <c r="I15">
+        <v>2023</v>
+      </c>
+      <c r="J15" t="s">
+        <v>128</v>
+      </c>
+      <c r="K15" t="s">
+        <v>36</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>129</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>130</v>
+      </c>
+      <c r="P15" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>132</v>
+      </c>
+      <c r="B16" t="s">
+        <v>133</v>
+      </c>
+      <c r="C16" t="s">
+        <v>134</v>
+      </c>
+      <c r="D16" t="s">
+        <v>135</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G16" t="s">
+        <v>54</v>
+      </c>
+      <c r="H16">
+        <v>2020</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>128</v>
+      </c>
+      <c r="K16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>136</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>137</v>
+      </c>
+      <c r="P16" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>139</v>
+      </c>
+      <c r="B17" t="s">
+        <v>140</v>
+      </c>
+      <c r="C17" t="s">
+        <v>141</v>
+      </c>
+      <c r="D17" t="s">
+        <v>142</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>44</v>
+      </c>
+      <c r="G17" t="s">
+        <v>54</v>
+      </c>
+      <c r="H17">
+        <v>2020</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>143</v>
+      </c>
+      <c r="K17" t="s">
+        <v>36</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>144</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>145</v>
+      </c>
+      <c r="P17" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>147</v>
+      </c>
+      <c r="B18" t="s">
+        <v>148</v>
+      </c>
+      <c r="C18" t="s">
+        <v>149</v>
+      </c>
+      <c r="D18" t="s">
+        <v>73</v>
+      </c>
+      <c r="E18" t="s">
+        <v>83</v>
+      </c>
+      <c r="F18" t="s">
+        <v>34</v>
+      </c>
+      <c r="G18" t="s">
+        <v>84</v>
+      </c>
+      <c r="H18"/>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>150</v>
+      </c>
+      <c r="K18" t="s">
+        <v>36</v>
+      </c>
+      <c r="L18" t="s">
+        <v>151</v>
+      </c>
+      <c r="M18" t="s">
+        <v>152</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>153</v>
+      </c>
+      <c r="P18" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>155</v>
+      </c>
+      <c r="B19" t="s">
+        <v>156</v>
+      </c>
+      <c r="C19" t="s">
+        <v>157</v>
+      </c>
+      <c r="D19" t="s">
+        <v>158</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>44</v>
+      </c>
+      <c r="G19" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H19">
+        <v>1994</v>
+      </c>
+      <c r="I19">
+        <v>2003</v>
+      </c>
+      <c r="J19" t="s">
+        <v>55</v>
+      </c>
+      <c r="K19" t="s">
+        <v>36</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>159</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>160</v>
+      </c>
+      <c r="P19" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>162</v>
+      </c>
+      <c r="B20" t="s">
+        <v>163</v>
+      </c>
+      <c r="C20" t="s">
+        <v>164</v>
+      </c>
+      <c r="D20" t="s">
+        <v>165</v>
+      </c>
+      <c r="E20" t="s">
+        <v>83</v>
+      </c>
+      <c r="F20" t="s">
+        <v>34</v>
+      </c>
+      <c r="G20" t="s">
+        <v>54</v>
+      </c>
+      <c r="H20">
+        <v>2017</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>166</v>
+      </c>
+      <c r="K20" t="s">
+        <v>36</v>
+      </c>
+      <c r="L20" t="s">
+        <v>167</v>
+      </c>
+      <c r="M20" t="s">
+        <v>168</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>169</v>
+      </c>
+      <c r="P20" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>171</v>
+      </c>
+      <c r="B21" t="s">
+        <v>172</v>
+      </c>
+      <c r="C21" t="s">
+        <v>173</v>
+      </c>
+      <c r="D21" t="s">
+        <v>53</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>34</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2009</v>
+      </c>
+      <c r="I21">
+        <v>2018</v>
+      </c>
+      <c r="J21" t="s">
+        <v>150</v>
+      </c>
+      <c r="K21" t="s">
+        <v>36</v>
+      </c>
+      <c r="L21" t="s">
+        <v>174</v>
+      </c>
+      <c r="M21" t="s">
+        <v>175</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>176</v>
+      </c>
+      <c r="P21" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>178</v>
+      </c>
+      <c r="B22" t="s">
+        <v>179</v>
+      </c>
+      <c r="C22" t="s">
+        <v>180</v>
+      </c>
+      <c r="D22" t="s">
+        <v>181</v>
+      </c>
+      <c r="E22" t="s">
+        <v>83</v>
+      </c>
+      <c r="F22" t="s">
+        <v>44</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2010</v>
+      </c>
+      <c r="I22">
+        <v>2017</v>
+      </c>
+      <c r="J22" t="s">
+        <v>182</v>
+      </c>
+      <c r="K22" t="s">
+        <v>65</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>183</v>
+      </c>
+      <c r="N22" t="s">
+        <v>67</v>
+      </c>
+      <c r="O22" t="s">
+        <v>184</v>
+      </c>
+      <c r="P22" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>186</v>
+      </c>
+      <c r="B23" t="s">
+        <v>187</v>
+      </c>
+      <c r="C23" t="s">
+        <v>188</v>
+      </c>
+      <c r="D23" t="s">
+        <v>189</v>
+      </c>
+      <c r="E23" t="s">
+        <v>83</v>
+      </c>
+      <c r="F23" t="s">
+        <v>44</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2008</v>
+      </c>
+      <c r="I23">
+        <v>2015</v>
+      </c>
+      <c r="J23" t="s">
+        <v>64</v>
+      </c>
+      <c r="K23" t="s">
+        <v>65</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>190</v>
+      </c>
+      <c r="N23" t="s">
+        <v>67</v>
+      </c>
+      <c r="O23" t="s">
+        <v>191</v>
+      </c>
+      <c r="P23" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>193</v>
+      </c>
+      <c r="B24" t="s">
+        <v>193</v>
+      </c>
+      <c r="C24" t="s">
+        <v>194</v>
+      </c>
+      <c r="D24" t="s">
+        <v>53</v>
+      </c>
+      <c r="E24" t="s">
+        <v>83</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2002</v>
+      </c>
+      <c r="I24">
+        <v>2001</v>
+      </c>
+      <c r="J24" t="s">
+        <v>195</v>
+      </c>
+      <c r="K24" t="s">
+        <v>36</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>196</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>197</v>
+      </c>
+      <c r="P24" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>199</v>
+      </c>
+      <c r="B25" t="s">
+        <v>200</v>
+      </c>
+      <c r="C25" t="s">
+        <v>62</v>
+      </c>
+      <c r="D25" t="s">
+        <v>63</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2011</v>
+      </c>
+      <c r="I25">
+        <v>2020</v>
+      </c>
+      <c r="J25" t="s">
+        <v>85</v>
+      </c>
+      <c r="K25" t="s">
+        <v>65</v>
+      </c>
+      <c r="L25" t="s">
+        <v>201</v>
+      </c>
+      <c r="M25" t="s">
+        <v>202</v>
+      </c>
+      <c r="N25" t="s">
+        <v>67</v>
+      </c>
+      <c r="O25" t="s">
+        <v>203</v>
+      </c>
+      <c r="P25" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>205</v>
+      </c>
+      <c r="B26" t="s">
+        <v>206</v>
+      </c>
+      <c r="C26" t="s">
+        <v>62</v>
+      </c>
+      <c r="D26" t="s">
+        <v>53</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2003</v>
+      </c>
+      <c r="I26">
+        <v>2013</v>
+      </c>
+      <c r="J26" t="s">
+        <v>85</v>
+      </c>
+      <c r="K26" t="s">
+        <v>36</v>
+      </c>
+      <c r="L26" t="s">
+        <v>99</v>
+      </c>
+      <c r="M26" t="s">
+        <v>207</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>208</v>
+      </c>
+      <c r="P26" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>210</v>
+      </c>
+      <c r="B27" t="s">
+        <v>211</v>
+      </c>
+      <c r="C27" t="s">
+        <v>212</v>
+      </c>
+      <c r="D27" t="s">
+        <v>213</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>34</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2015</v>
+      </c>
+      <c r="I27">
+        <v>2025</v>
+      </c>
+      <c r="J27" t="s">
+        <v>214</v>
+      </c>
+      <c r="K27" t="s">
+        <v>36</v>
+      </c>
+      <c r="L27" t="s">
+        <v>215</v>
+      </c>
+      <c r="M27" t="s">
+        <v>216</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>217</v>
+      </c>
+      <c r="P27" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>219</v>
+      </c>
+      <c r="B28" t="s">
+        <v>220</v>
+      </c>
+      <c r="C28" t="s">
+        <v>221</v>
+      </c>
+      <c r="D28" t="s">
+        <v>53</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2004</v>
+      </c>
+      <c r="I28">
+        <v>2017</v>
+      </c>
+      <c r="J28" t="s">
+        <v>222</v>
+      </c>
+      <c r="K28" t="s">
+        <v>36</v>
+      </c>
+      <c r="L28" t="s">
+        <v>223</v>
+      </c>
+      <c r="M28" t="s">
+        <v>224</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>225</v>
+      </c>
+      <c r="P28" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>227</v>
+      </c>
+      <c r="B29" t="s">
+        <v>228</v>
+      </c>
+      <c r="C29" t="s">
+        <v>194</v>
+      </c>
+      <c r="D29" t="s">
+        <v>53</v>
+      </c>
+      <c r="E29" t="s">
+        <v>83</v>
+      </c>
+      <c r="F29" t="s">
+        <v>91</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2002</v>
+      </c>
+      <c r="I29">
+        <v>2013</v>
+      </c>
+      <c r="J29" t="s">
+        <v>195</v>
+      </c>
+      <c r="K29" t="s">
+        <v>36</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>229</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>230</v>
+      </c>
+      <c r="P29" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>232</v>
+      </c>
+      <c r="B30" t="s">
+        <v>233</v>
+      </c>
+      <c r="C30" t="s">
+        <v>212</v>
+      </c>
+      <c r="D30" t="s">
+        <v>158</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>54</v>
+      </c>
+      <c r="H30">
+        <v>2015</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>182</v>
+      </c>
+      <c r="K30" t="s">
+        <v>36</v>
+      </c>
+      <c r="L30" t="s">
+        <v>234</v>
+      </c>
+      <c r="M30" t="s">
+        <v>216</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>235</v>
+      </c>
+      <c r="P30" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>237</v>
+      </c>
+      <c r="B31" t="s">
+        <v>238</v>
+      </c>
+      <c r="C31" t="s">
+        <v>134</v>
+      </c>
+      <c r="D31" t="s">
+        <v>213</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>34</v>
+      </c>
+      <c r="G31" t="s">
+        <v>54</v>
+      </c>
+      <c r="H31">
+        <v>2021</v>
+      </c>
+      <c r="I31">
+        <v>2024</v>
+      </c>
+      <c r="J31" t="s">
+        <v>239</v>
+      </c>
+      <c r="K31" t="s">
+        <v>36</v>
+      </c>
+      <c r="L31" t="s">
+        <v>240</v>
+      </c>
+      <c r="M31" t="s">
+        <v>136</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>241</v>
+      </c>
+      <c r="P31" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>243</v>
+      </c>
+      <c r="B32" t="s">
+        <v>244</v>
+      </c>
+      <c r="C32" t="s">
+        <v>173</v>
+      </c>
+      <c r="D32" t="s">
+        <v>181</v>
+      </c>
+      <c r="E32" t="s">
+        <v>83</v>
+      </c>
+      <c r="F32" t="s">
+        <v>34</v>
+      </c>
+      <c r="G32" t="s">
+        <v>84</v>
+      </c>
+      <c r="H32"/>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>85</v>
+      </c>
+      <c r="K32" t="s">
+        <v>65</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>245</v>
+      </c>
+      <c r="N32" t="s">
+        <v>67</v>
+      </c>
+      <c r="O32" t="s">
+        <v>246</v>
+      </c>
+      <c r="P32" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>248</v>
+      </c>
+      <c r="B33" t="s">
+        <v>249</v>
+      </c>
+      <c r="C33" t="s">
+        <v>250</v>
+      </c>
+      <c r="D33" t="s">
+        <v>53</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2000</v>
+      </c>
+      <c r="I33">
+        <v>2016</v>
+      </c>
+      <c r="J33" t="s">
+        <v>251</v>
+      </c>
+      <c r="K33" t="s">
+        <v>36</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>252</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>253</v>
+      </c>
+      <c r="P33" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>255</v>
+      </c>
+      <c r="B34" t="s">
+        <v>256</v>
+      </c>
+      <c r="C34" t="s">
+        <v>250</v>
+      </c>
+      <c r="D34" t="s">
+        <v>53</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>44</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2000</v>
+      </c>
+      <c r="I34">
+        <v>2020</v>
+      </c>
+      <c r="J34" t="s">
+        <v>74</v>
+      </c>
+      <c r="K34" t="s">
+        <v>36</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>252</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>257</v>
+      </c>
+      <c r="P34" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>259</v>
+      </c>
+      <c r="B35" t="s">
+        <v>260</v>
+      </c>
+      <c r="C35" t="s">
+        <v>250</v>
+      </c>
+      <c r="D35" t="s">
+        <v>53</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>44</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2016</v>
+      </c>
+      <c r="I35">
+        <v>2020</v>
+      </c>
+      <c r="J35" t="s">
+        <v>74</v>
+      </c>
+      <c r="K35" t="s">
+        <v>36</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>252</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>261</v>
+      </c>
+      <c r="P35" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>263</v>
+      </c>
+      <c r="B36" t="s">
+        <v>264</v>
+      </c>
+      <c r="C36" t="s">
+        <v>265</v>
+      </c>
+      <c r="D36" t="s">
+        <v>53</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>34</v>
+      </c>
+      <c r="G36" t="s">
+        <v>54</v>
+      </c>
+      <c r="H36">
+        <v>2004</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>266</v>
+      </c>
+      <c r="K36" t="s">
+        <v>36</v>
+      </c>
+      <c r="L36" t="s">
+        <v>267</v>
+      </c>
+      <c r="M36" t="s">
+        <v>268</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>269</v>
+      </c>
+      <c r="P36" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>271</v>
+      </c>
+      <c r="B37" t="s">
+        <v>272</v>
+      </c>
+      <c r="C37" t="s">
+        <v>273</v>
+      </c>
+      <c r="D37" t="s">
+        <v>213</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>44</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2013</v>
+      </c>
+      <c r="I37">
+        <v>2014</v>
+      </c>
+      <c r="J37" t="s">
+        <v>85</v>
+      </c>
+      <c r="K37" t="s">
+        <v>36</v>
+      </c>
+      <c r="L37" t="s">
+        <v>274</v>
+      </c>
+      <c r="M37" t="s">
+        <v>275</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>276</v>
+      </c>
+      <c r="P37" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>278</v>
+      </c>
+      <c r="B38" t="s">
+        <v>279</v>
+      </c>
+      <c r="C38" t="s">
+        <v>273</v>
+      </c>
+      <c r="D38" t="s">
+        <v>280</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2013</v>
+      </c>
+      <c r="I38">
+        <v>2014</v>
+      </c>
+      <c r="J38" t="s">
+        <v>85</v>
+      </c>
+      <c r="K38" t="s">
+        <v>36</v>
+      </c>
+      <c r="L38" t="s">
+        <v>274</v>
+      </c>
+      <c r="M38" t="s">
+        <v>275</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>281</v>
+      </c>
+      <c r="P38" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>283</v>
+      </c>
+      <c r="B39" t="s">
+        <v>284</v>
+      </c>
+      <c r="C39" t="s">
+        <v>157</v>
+      </c>
+      <c r="D39" t="s">
+        <v>63</v>
+      </c>
+      <c r="E39" t="s">
+        <v>83</v>
+      </c>
+      <c r="F39" t="s">
+        <v>91</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>1992</v>
+      </c>
+      <c r="I39">
+        <v>2012</v>
+      </c>
+      <c r="J39" t="s">
+        <v>182</v>
+      </c>
+      <c r="K39" t="s">
+        <v>65</v>
+      </c>
+      <c r="L39" t="s">
+        <v>285</v>
+      </c>
+      <c r="M39" t="s">
+        <v>286</v>
+      </c>
+      <c r="N39" t="s">
+        <v>67</v>
+      </c>
+      <c r="O39" t="s">
+        <v>287</v>
+      </c>
+      <c r="P39" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>289</v>
+      </c>
+      <c r="B40" t="s">
+        <v>290</v>
+      </c>
+      <c r="C40" t="s">
+        <v>291</v>
+      </c>
+      <c r="D40" t="s">
+        <v>53</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2016</v>
+      </c>
+      <c r="I40">
+        <v>2018</v>
+      </c>
+      <c r="J40" t="s">
+        <v>74</v>
+      </c>
+      <c r="K40" t="s">
+        <v>36</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>292</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>293</v>
+      </c>
+      <c r="P40" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>295</v>
+      </c>
+      <c r="B41" t="s">
+        <v>296</v>
+      </c>
+      <c r="C41" t="s">
+        <v>297</v>
+      </c>
+      <c r="D41" t="s">
+        <v>298</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>34</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2005</v>
+      </c>
+      <c r="I41">
+        <v>2008</v>
+      </c>
+      <c r="J41" t="s">
+        <v>299</v>
+      </c>
+      <c r="K41" t="s">
+        <v>36</v>
+      </c>
+      <c r="L41" t="s">
+        <v>300</v>
+      </c>
+      <c r="M41" t="s">
+        <v>301</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>302</v>
+      </c>
+      <c r="P41" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>304</v>
+      </c>
+      <c r="B42" t="s">
+        <v>305</v>
+      </c>
+      <c r="C42" t="s">
+        <v>306</v>
+      </c>
+      <c r="D42" t="s">
+        <v>213</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>44</v>
+      </c>
+      <c r="G42" t="s">
+        <v>8</v>
+      </c>
+      <c r="H42">
+        <v>2015</v>
+      </c>
+      <c r="I42">
+        <v>2019</v>
+      </c>
+      <c r="J42" t="s">
+        <v>222</v>
+      </c>
+      <c r="K42" t="s">
+        <v>36</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>307</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>308</v>
+      </c>
+      <c r="P42" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>310</v>
+      </c>
+      <c r="B43" t="s">
+        <v>311</v>
+      </c>
+      <c r="C43" t="s">
+        <v>306</v>
+      </c>
+      <c r="D43" t="s">
+        <v>213</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>44</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2015</v>
+      </c>
+      <c r="I43">
+        <v>2024</v>
+      </c>
+      <c r="J43" t="s">
+        <v>312</v>
+      </c>
+      <c r="K43" t="s">
+        <v>36</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>307</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>313</v>
+      </c>
+      <c r="P43" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>314</v>
+      </c>
+      <c r="B44" t="s">
+        <v>315</v>
+      </c>
+      <c r="C44" t="s">
+        <v>316</v>
+      </c>
+      <c r="D44" t="s">
+        <v>213</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>54</v>
+      </c>
+      <c r="H44">
+        <v>2018</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>128</v>
+      </c>
+      <c r="K44" t="s">
+        <v>36</v>
+      </c>
+      <c r="L44" t="s">
+        <v>317</v>
+      </c>
+      <c r="M44" t="s">
+        <v>318</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>319</v>
+      </c>
+      <c r="P44" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>321</v>
+      </c>
+      <c r="B45" t="s">
+        <v>156</v>
+      </c>
+      <c r="C45" t="s">
+        <v>157</v>
+      </c>
+      <c r="D45" t="s">
+        <v>213</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>1994</v>
+      </c>
+      <c r="I45">
+        <v>2003</v>
+      </c>
+      <c r="J45" t="s">
+        <v>55</v>
+      </c>
+      <c r="K45" t="s">
+        <v>36</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>159</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>322</v>
+      </c>
+      <c r="P45" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>324</v>
+      </c>
+      <c r="B46" t="s">
+        <v>325</v>
+      </c>
+      <c r="C46" t="s">
+        <v>306</v>
+      </c>
+      <c r="D46" t="s">
+        <v>326</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>8</v>
+      </c>
+      <c r="H46">
+        <v>2015</v>
+      </c>
+      <c r="I46">
+        <v>2019</v>
+      </c>
+      <c r="J46" t="s">
+        <v>222</v>
+      </c>
+      <c r="K46" t="s">
+        <v>36</v>
+      </c>
+      <c r="L46" t="s">
+        <v>327</v>
+      </c>
+      <c r="M46" t="s">
+        <v>307</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>328</v>
+      </c>
+      <c r="P46" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>330</v>
+      </c>
+      <c r="B47" t="s">
+        <v>331</v>
+      </c>
+      <c r="C47" t="s">
+        <v>306</v>
+      </c>
+      <c r="D47" t="s">
+        <v>213</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>8</v>
+      </c>
+      <c r="H47">
+        <v>2015</v>
+      </c>
+      <c r="I47">
+        <v>2024</v>
+      </c>
+      <c r="J47" t="s">
+        <v>312</v>
+      </c>
+      <c r="K47" t="s">
+        <v>36</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>307</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>332</v>
+      </c>
+      <c r="P47" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>334</v>
+      </c>
+      <c r="B48" t="s">
+        <v>335</v>
+      </c>
+      <c r="C48" t="s">
+        <v>316</v>
+      </c>
+      <c r="D48" t="s">
+        <v>53</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>54</v>
+      </c>
+      <c r="H48">
+        <v>2018</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>128</v>
+      </c>
+      <c r="K48" t="s">
+        <v>36</v>
+      </c>
+      <c r="L48" t="s">
+        <v>336</v>
+      </c>
+      <c r="M48" t="s">
+        <v>318</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>337</v>
+      </c>
+      <c r="P48" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>338</v>
+      </c>
+      <c r="B49" t="s">
+        <v>339</v>
+      </c>
+      <c r="C49" t="s">
+        <v>194</v>
+      </c>
+      <c r="D49" t="s">
+        <v>63</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>54</v>
+      </c>
+      <c r="H49">
+        <v>2018</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>150</v>
+      </c>
+      <c r="K49" t="s">
+        <v>36</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>196</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>340</v>
+      </c>
+      <c r="P49" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>342</v>
+      </c>
+      <c r="B50" t="s">
+        <v>343</v>
+      </c>
+      <c r="C50" t="s">
+        <v>194</v>
+      </c>
+      <c r="D50" t="s">
+        <v>63</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>54</v>
+      </c>
+      <c r="H50">
+        <v>2016</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>150</v>
+      </c>
+      <c r="K50" t="s">
+        <v>36</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>196</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>344</v>
+      </c>
+      <c r="P50" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>345</v>
+      </c>
+      <c r="B51"/>
+      <c r="C51" t="s">
+        <v>194</v>
+      </c>
+      <c r="D51" t="s">
+        <v>63</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>54</v>
+      </c>
+      <c r="H51">
+        <v>2018</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>150</v>
+      </c>
+      <c r="K51" t="s">
+        <v>36</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>196</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>346</v>
+      </c>
+      <c r="P51" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>347</v>
+      </c>
+      <c r="B52" t="s">
+        <v>348</v>
+      </c>
+      <c r="C52" t="s">
+        <v>349</v>
+      </c>
+      <c r="D52" t="s">
+        <v>53</v>
+      </c>
+      <c r="E52" t="s">
+        <v>83</v>
+      </c>
+      <c r="F52" t="s">
+        <v>350</v>
+      </c>
+      <c r="G52" t="s">
+        <v>54</v>
+      </c>
+      <c r="H52">
+        <v>2015</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>351</v>
+      </c>
+      <c r="K52" t="s">
+        <v>36</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>352</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>353</v>
+      </c>
+      <c r="P52" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>355</v>
+      </c>
+      <c r="B53" t="s">
+        <v>356</v>
+      </c>
+      <c r="C53" t="s">
+        <v>357</v>
+      </c>
+      <c r="D53" t="s">
+        <v>358</v>
+      </c>
+      <c r="E53" t="s">
+        <v>359</v>
+      </c>
+      <c r="F53" t="s">
+        <v>360</v>
+      </c>
+      <c r="G53" t="s">
+        <v>54</v>
+      </c>
+      <c r="H53">
+        <v>2023</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>128</v>
+      </c>
+      <c r="K53" t="s">
+        <v>361</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>362</v>
+      </c>
+      <c r="N53" t="s">
+        <v>363</v>
+      </c>
+      <c r="O53" t="s">
+        <v>364</v>
+      </c>
+      <c r="P53" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>366</v>
+      </c>
+      <c r="B54" t="s">
+        <v>367</v>
+      </c>
+      <c r="C54" t="s">
+        <v>368</v>
+      </c>
+      <c r="D54" t="s">
+        <v>213</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>21</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2010</v>
+      </c>
+      <c r="I54">
+        <v>2018</v>
+      </c>
+      <c r="J54" t="s">
+        <v>222</v>
+      </c>
+      <c r="K54" t="s">
+        <v>36</v>
+      </c>
+      <c r="L54" t="s">
+        <v>366</v>
+      </c>
+      <c r="M54" t="s">
+        <v>369</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>370</v>
+      </c>
+      <c r="P54" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>372</v>
+      </c>
+      <c r="B55" t="s">
+        <v>373</v>
+      </c>
+      <c r="C55" t="s">
+        <v>357</v>
+      </c>
+      <c r="D55" t="s">
+        <v>158</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>34</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2020</v>
+      </c>
+      <c r="I55">
+        <v>2024</v>
+      </c>
+      <c r="J55" t="s">
+        <v>239</v>
+      </c>
+      <c r="K55" t="s">
+        <v>36</v>
+      </c>
+      <c r="L55" t="s">
+        <v>374</v>
+      </c>
+      <c r="M55" t="s">
+        <v>362</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>375</v>
+      </c>
+      <c r="P55" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>377</v>
+      </c>
+      <c r="B56" t="s">
+        <v>378</v>
+      </c>
+      <c r="C56" t="s">
+        <v>134</v>
+      </c>
+      <c r="D56" t="s">
+        <v>53</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>34</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2007</v>
+      </c>
+      <c r="I56">
+        <v>2013</v>
+      </c>
+      <c r="J56" t="s">
+        <v>166</v>
+      </c>
+      <c r="K56" t="s">
+        <v>36</v>
+      </c>
+      <c r="L56" t="s">
+        <v>379</v>
+      </c>
+      <c r="M56" t="s">
+        <v>136</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>380</v>
+      </c>
+      <c r="P56" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>382</v>
+      </c>
+      <c r="B57" t="s">
+        <v>378</v>
+      </c>
+      <c r="C57" t="s">
+        <v>134</v>
+      </c>
+      <c r="D57" t="s">
+        <v>53</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>44</v>
+      </c>
+      <c r="G57" t="s">
+        <v>54</v>
+      </c>
+      <c r="H57">
+        <v>2006</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>166</v>
+      </c>
+      <c r="K57" t="s">
+        <v>36</v>
+      </c>
+      <c r="L57" t="s">
+        <v>383</v>
+      </c>
+      <c r="M57" t="s">
+        <v>136</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>384</v>
+      </c>
+      <c r="P57" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>386</v>
+      </c>
+      <c r="B58" t="s">
+        <v>387</v>
+      </c>
+      <c r="C58" t="s">
+        <v>388</v>
+      </c>
+      <c r="D58" t="s">
+        <v>53</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>44</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>1999</v>
+      </c>
+      <c r="I58">
+        <v>2012</v>
+      </c>
+      <c r="J58" t="s">
+        <v>166</v>
+      </c>
+      <c r="K58" t="s">
+        <v>36</v>
+      </c>
+      <c r="L58" t="s">
+        <v>389</v>
+      </c>
+      <c r="M58" t="s">
+        <v>390</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>391</v>
+      </c>
+      <c r="P58" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>393</v>
+      </c>
+      <c r="B59" t="s">
+        <v>394</v>
+      </c>
+      <c r="C59" t="s">
+        <v>395</v>
+      </c>
+      <c r="D59" t="s">
+        <v>158</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>34</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2018</v>
+      </c>
+      <c r="I59">
+        <v>2019</v>
+      </c>
+      <c r="J59" t="s">
+        <v>299</v>
+      </c>
+      <c r="K59" t="s">
+        <v>36</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>396</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>397</v>
+      </c>
+      <c r="P59" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>399</v>
+      </c>
+      <c r="B60" t="s">
+        <v>400</v>
+      </c>
+      <c r="C60" t="s">
+        <v>401</v>
+      </c>
+      <c r="D60" t="s">
+        <v>213</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>34</v>
+      </c>
+      <c r="G60" t="s">
+        <v>54</v>
+      </c>
+      <c r="H60">
+        <v>2015</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>55</v>
+      </c>
+      <c r="K60" t="s">
+        <v>36</v>
+      </c>
+      <c r="L60" t="s">
+        <v>402</v>
+      </c>
+      <c r="M60" t="s">
+        <v>403</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>404</v>
+      </c>
+      <c r="P60" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>406</v>
+      </c>
+      <c r="B61" t="s">
+        <v>407</v>
+      </c>
+      <c r="C61" t="s">
+        <v>180</v>
+      </c>
+      <c r="D61" t="s">
+        <v>408</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>34</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2017</v>
+      </c>
+      <c r="I61">
+        <v>2021</v>
+      </c>
+      <c r="J61" t="s">
+        <v>182</v>
+      </c>
+      <c r="K61" t="s">
+        <v>409</v>
+      </c>
+      <c r="L61" t="s">
+        <v>410</v>
+      </c>
+      <c r="M61" t="s">
+        <v>411</v>
+      </c>
+      <c r="N61" t="s">
+        <v>363</v>
+      </c>
+      <c r="O61" t="s">
+        <v>412</v>
+      </c>
+      <c r="P61" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>414</v>
+      </c>
+      <c r="B62" t="s">
+        <v>415</v>
+      </c>
+      <c r="C62" t="s">
+        <v>416</v>
+      </c>
+      <c r="D62" t="s">
+        <v>73</v>
+      </c>
+      <c r="E62" t="s">
+        <v>83</v>
+      </c>
+      <c r="F62" t="s">
+        <v>34</v>
+      </c>
+      <c r="G62" t="s">
+        <v>84</v>
+      </c>
+      <c r="H62"/>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>266</v>
+      </c>
+      <c r="K62" t="s">
+        <v>36</v>
+      </c>
+      <c r="L62" t="s">
+        <v>75</v>
+      </c>
+      <c r="M62" t="s">
+        <v>417</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>418</v>
+      </c>
+      <c r="P62" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>420</v>
+      </c>
+      <c r="B63" t="s">
+        <v>421</v>
+      </c>
+      <c r="C63" t="s">
+        <v>422</v>
+      </c>
+      <c r="D63" t="s">
+        <v>158</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>34</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2016</v>
+      </c>
+      <c r="I63">
+        <v>2019</v>
+      </c>
+      <c r="J63" t="s">
+        <v>55</v>
+      </c>
+      <c r="K63" t="s">
+        <v>36</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>423</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>424</v>
+      </c>
+      <c r="P63" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>426</v>
+      </c>
+      <c r="B64" t="s">
+        <v>427</v>
+      </c>
+      <c r="C64" t="s">
+        <v>422</v>
+      </c>
+      <c r="D64" t="s">
+        <v>158</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>34</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2016</v>
+      </c>
+      <c r="I64">
+        <v>2019</v>
+      </c>
+      <c r="J64" t="s">
+        <v>55</v>
+      </c>
+      <c r="K64" t="s">
+        <v>36</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>423</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>428</v>
+      </c>
+      <c r="P64" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>429</v>
+      </c>
+      <c r="B65" t="s">
+        <v>430</v>
+      </c>
+      <c r="C65" t="s">
+        <v>368</v>
+      </c>
+      <c r="D65" t="s">
+        <v>53</v>
+      </c>
+      <c r="E65" t="s">
+        <v>83</v>
+      </c>
+      <c r="F65" t="s">
+        <v>91</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>1996</v>
+      </c>
+      <c r="I65">
+        <v>2012</v>
+      </c>
+      <c r="J65" t="s">
+        <v>431</v>
+      </c>
+      <c r="K65" t="s">
+        <v>36</v>
+      </c>
+      <c r="L65" t="s">
+        <v>432</v>
+      </c>
+      <c r="M65" t="s">
+        <v>433</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>434</v>
+      </c>
+      <c r="P65" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>436</v>
+      </c>
+      <c r="B66" t="s">
+        <v>437</v>
+      </c>
+      <c r="C66" t="s">
+        <v>368</v>
+      </c>
+      <c r="D66" t="s">
+        <v>53</v>
+      </c>
+      <c r="E66" t="s">
+        <v>83</v>
+      </c>
+      <c r="F66" t="s">
+        <v>91</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>1996</v>
+      </c>
+      <c r="I66">
+        <v>2013</v>
+      </c>
+      <c r="J66" t="s">
+        <v>431</v>
+      </c>
+      <c r="K66" t="s">
+        <v>36</v>
+      </c>
+      <c r="L66" t="s">
+        <v>438</v>
+      </c>
+      <c r="M66" t="s">
+        <v>433</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>439</v>
+      </c>
+      <c r="P66" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>441</v>
+      </c>
+      <c r="B67" t="s">
+        <v>442</v>
+      </c>
+      <c r="C67" t="s">
+        <v>368</v>
+      </c>
+      <c r="D67" t="s">
+        <v>53</v>
+      </c>
+      <c r="E67" t="s">
+        <v>83</v>
+      </c>
+      <c r="F67" t="s">
+        <v>91</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>1997</v>
+      </c>
+      <c r="I67">
+        <v>2012</v>
+      </c>
+      <c r="J67" t="s">
+        <v>431</v>
+      </c>
+      <c r="K67" t="s">
+        <v>36</v>
+      </c>
+      <c r="L67" t="s">
+        <v>443</v>
+      </c>
+      <c r="M67" t="s">
+        <v>433</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>444</v>
+      </c>
+      <c r="P67" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>446</v>
+      </c>
+      <c r="B68" t="s">
+        <v>447</v>
+      </c>
+      <c r="C68" t="s">
+        <v>368</v>
+      </c>
+      <c r="D68" t="s">
+        <v>53</v>
+      </c>
+      <c r="E68" t="s">
+        <v>83</v>
+      </c>
+      <c r="F68" t="s">
+        <v>91</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2003</v>
+      </c>
+      <c r="I68">
+        <v>2013</v>
+      </c>
+      <c r="J68" t="s">
+        <v>431</v>
+      </c>
+      <c r="K68" t="s">
+        <v>36</v>
+      </c>
+      <c r="L68" t="s">
+        <v>448</v>
+      </c>
+      <c r="M68" t="s">
+        <v>433</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>449</v>
+      </c>
+      <c r="P68" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>451</v>
+      </c>
+      <c r="B69" t="s">
+        <v>452</v>
+      </c>
+      <c r="C69" t="s">
+        <v>368</v>
+      </c>
+      <c r="D69" t="s">
+        <v>53</v>
+      </c>
+      <c r="E69" t="s">
+        <v>83</v>
+      </c>
+      <c r="F69" t="s">
+        <v>91</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2004</v>
+      </c>
+      <c r="I69">
+        <v>2012</v>
+      </c>
+      <c r="J69" t="s">
+        <v>431</v>
+      </c>
+      <c r="K69" t="s">
+        <v>36</v>
+      </c>
+      <c r="L69" t="s">
+        <v>453</v>
+      </c>
+      <c r="M69" t="s">
+        <v>433</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>454</v>
+      </c>
+      <c r="P69" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>456</v>
+      </c>
+      <c r="B70" t="s">
+        <v>457</v>
+      </c>
+      <c r="C70" t="s">
+        <v>368</v>
+      </c>
+      <c r="D70" t="s">
+        <v>53</v>
+      </c>
+      <c r="E70" t="s">
+        <v>83</v>
+      </c>
+      <c r="F70" t="s">
+        <v>91</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2004</v>
+      </c>
+      <c r="I70">
+        <v>2012</v>
+      </c>
+      <c r="J70" t="s">
+        <v>431</v>
+      </c>
+      <c r="K70" t="s">
+        <v>36</v>
+      </c>
+      <c r="L70" t="s">
+        <v>453</v>
+      </c>
+      <c r="M70" t="s">
+        <v>433</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>458</v>
+      </c>
+      <c r="P70" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>460</v>
+      </c>
+      <c r="B71" t="s">
+        <v>461</v>
+      </c>
+      <c r="C71" t="s">
+        <v>368</v>
+      </c>
+      <c r="D71" t="s">
+        <v>53</v>
+      </c>
+      <c r="E71" t="s">
+        <v>83</v>
+      </c>
+      <c r="F71" t="s">
+        <v>91</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2005</v>
+      </c>
+      <c r="I71">
+        <v>2012</v>
+      </c>
+      <c r="J71" t="s">
+        <v>431</v>
+      </c>
+      <c r="K71" t="s">
+        <v>36</v>
+      </c>
+      <c r="L71" t="s">
+        <v>462</v>
+      </c>
+      <c r="M71" t="s">
+        <v>433</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>463</v>
+      </c>
+      <c r="P71" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>465</v>
+      </c>
+      <c r="B72" t="s">
+        <v>466</v>
+      </c>
+      <c r="C72" t="s">
+        <v>467</v>
+      </c>
+      <c r="D72" t="s">
+        <v>53</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>44</v>
+      </c>
+      <c r="G72" t="s">
+        <v>54</v>
+      </c>
+      <c r="H72">
+        <v>2014</v>
+      </c>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>150</v>
+      </c>
+      <c r="K72" t="s">
+        <v>36</v>
+      </c>
+      <c r="L72"/>
+      <c r="M72" t="s">
+        <v>468</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>469</v>
+      </c>
+      <c r="P72" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>471</v>
+      </c>
+      <c r="B73" t="s">
+        <v>472</v>
+      </c>
+      <c r="C73" t="s">
+        <v>473</v>
+      </c>
+      <c r="D73" t="s">
+        <v>213</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>21</v>
+      </c>
+      <c r="G73" t="s">
+        <v>54</v>
+      </c>
+      <c r="H73">
+        <v>2011</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>74</v>
+      </c>
+      <c r="K73" t="s">
+        <v>36</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>474</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>475</v>
+      </c>
+      <c r="P73" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>477</v>
+      </c>
+      <c r="B74" t="s">
+        <v>478</v>
+      </c>
+      <c r="C74" t="s">
+        <v>479</v>
+      </c>
+      <c r="D74" t="s">
+        <v>53</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>34</v>
+      </c>
+      <c r="G74" t="s">
+        <v>54</v>
+      </c>
+      <c r="H74">
+        <v>2016</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>480</v>
+      </c>
+      <c r="K74" t="s">
+        <v>36</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
+        <v>481</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>482</v>
+      </c>
+      <c r="P74" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>484</v>
+      </c>
+      <c r="B75" t="s">
+        <v>485</v>
+      </c>
+      <c r="C75" t="s">
+        <v>486</v>
+      </c>
+      <c r="D75" t="s">
+        <v>487</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>44</v>
+      </c>
+      <c r="G75" t="s">
+        <v>54</v>
+      </c>
+      <c r="H75">
+        <v>2017</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>150</v>
+      </c>
+      <c r="K75" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...48 lines deleted...]
-      <c r="A4" t="s">
+      <c r="L75"/>
+      <c r="M75" t="s">
+        <v>488</v>
+      </c>
+      <c r="N75" t="s">
+        <v>363</v>
+      </c>
+      <c r="O75" t="s">
+        <v>489</v>
+      </c>
+      <c r="P75" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>491</v>
+      </c>
+      <c r="B76" t="s">
+        <v>492</v>
+      </c>
+      <c r="C76" t="s">
+        <v>125</v>
+      </c>
+      <c r="D76" t="s">
+        <v>53</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>21</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2008</v>
+      </c>
+      <c r="I76">
+        <v>2015</v>
+      </c>
+      <c r="J76" t="s">
+        <v>128</v>
+      </c>
+      <c r="K76" t="s">
+        <v>36</v>
+      </c>
+      <c r="L76"/>
+      <c r="M76" t="s">
+        <v>129</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>493</v>
+      </c>
+      <c r="P76" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>495</v>
+      </c>
+      <c r="B77" t="s">
+        <v>496</v>
+      </c>
+      <c r="C77" t="s">
+        <v>125</v>
+      </c>
+      <c r="D77" t="s">
+        <v>53</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2009</v>
+      </c>
+      <c r="I77">
+        <v>2013</v>
+      </c>
+      <c r="J77" t="s">
+        <v>128</v>
+      </c>
+      <c r="K77" t="s">
+        <v>36</v>
+      </c>
+      <c r="L77"/>
+      <c r="M77" t="s">
+        <v>129</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>497</v>
+      </c>
+      <c r="P77" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>499</v>
+      </c>
+      <c r="B78" t="s">
+        <v>500</v>
+      </c>
+      <c r="C78" t="s">
+        <v>349</v>
+      </c>
+      <c r="D78" t="s">
+        <v>63</v>
+      </c>
+      <c r="E78" t="s">
+        <v>83</v>
+      </c>
+      <c r="F78" t="s">
+        <v>91</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>2011</v>
+      </c>
+      <c r="I78">
+        <v>2017</v>
+      </c>
+      <c r="J78" t="s">
+        <v>501</v>
+      </c>
+      <c r="K78" t="s">
+        <v>65</v>
+      </c>
+      <c r="L78" t="s">
+        <v>502</v>
+      </c>
+      <c r="M78" t="s">
+        <v>503</v>
+      </c>
+      <c r="N78" t="s">
+        <v>67</v>
+      </c>
+      <c r="O78" t="s">
+        <v>504</v>
+      </c>
+      <c r="P78" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>506</v>
+      </c>
+      <c r="B79" t="s">
+        <v>507</v>
+      </c>
+      <c r="C79" t="s">
+        <v>349</v>
+      </c>
+      <c r="D79" t="s">
+        <v>53</v>
+      </c>
+      <c r="E79" t="s">
+        <v>83</v>
+      </c>
+      <c r="F79" t="s">
+        <v>91</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>2002</v>
+      </c>
+      <c r="I79">
+        <v>2015</v>
+      </c>
+      <c r="J79" t="s">
+        <v>501</v>
+      </c>
+      <c r="K79" t="s">
+        <v>36</v>
+      </c>
+      <c r="L79" t="s">
+        <v>508</v>
+      </c>
+      <c r="M79" t="s">
+        <v>503</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>509</v>
+      </c>
+      <c r="P79" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>511</v>
+      </c>
+      <c r="B80" t="s">
+        <v>512</v>
+      </c>
+      <c r="C80" t="s">
+        <v>349</v>
+      </c>
+      <c r="D80" t="s">
+        <v>513</v>
+      </c>
+      <c r="E80" t="s">
+        <v>83</v>
+      </c>
+      <c r="F80" t="s">
+        <v>21</v>
+      </c>
+      <c r="G80" t="s">
+        <v>54</v>
+      </c>
+      <c r="H80">
+        <v>2013</v>
+      </c>
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>351</v>
+      </c>
+      <c r="K80" t="s">
+        <v>36</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>514</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>515</v>
+      </c>
+      <c r="P80" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>517</v>
+      </c>
+      <c r="B81" t="s">
+        <v>518</v>
+      </c>
+      <c r="C81" t="s">
+        <v>519</v>
+      </c>
+      <c r="D81" t="s">
+        <v>520</v>
+      </c>
+      <c r="E81" t="s">
+        <v>83</v>
+      </c>
+      <c r="F81" t="s">
+        <v>21</v>
+      </c>
+      <c r="G81" t="s">
+        <v>54</v>
+      </c>
+      <c r="H81">
+        <v>2021</v>
+      </c>
+      <c r="I81"/>
+      <c r="J81" t="s">
+        <v>222</v>
+      </c>
+      <c r="K81" t="s">
+        <v>36</v>
+      </c>
+      <c r="L81" t="s">
+        <v>521</v>
+      </c>
+      <c r="M81" t="s">
+        <v>522</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>523</v>
+      </c>
+      <c r="P81"/>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>517</v>
+      </c>
+      <c r="B82" t="s">
+        <v>518</v>
+      </c>
+      <c r="C82" t="s">
+        <v>519</v>
+      </c>
+      <c r="D82" t="s">
+        <v>520</v>
+      </c>
+      <c r="E82" t="s">
+        <v>83</v>
+      </c>
+      <c r="F82" t="s">
+        <v>21</v>
+      </c>
+      <c r="G82" t="s">
+        <v>54</v>
+      </c>
+      <c r="H82">
+        <v>2021</v>
+      </c>
+      <c r="I82"/>
+      <c r="J82" t="s">
+        <v>222</v>
+      </c>
+      <c r="K82" t="s">
+        <v>36</v>
+      </c>
+      <c r="L82" t="s">
+        <v>521</v>
+      </c>
+      <c r="M82" t="s">
+        <v>522</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>524</v>
+      </c>
+      <c r="P82"/>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>525</v>
+      </c>
+      <c r="B83" t="s">
+        <v>526</v>
+      </c>
+      <c r="C83" t="s">
+        <v>527</v>
+      </c>
+      <c r="D83" t="s">
+        <v>73</v>
+      </c>
+      <c r="E83" t="s">
+        <v>83</v>
+      </c>
+      <c r="F83" t="s">
         <v>34</v>
       </c>
-      <c r="B4" t="s">
-[...8 lines deleted...]
-      <c r="E4" t="s">
+      <c r="G83" t="s">
+        <v>54</v>
+      </c>
+      <c r="H83">
+        <v>2016</v>
+      </c>
+      <c r="I83"/>
+      <c r="J83" t="s">
+        <v>166</v>
+      </c>
+      <c r="K83" t="s">
+        <v>36</v>
+      </c>
+      <c r="L83" t="s">
+        <v>75</v>
+      </c>
+      <c r="M83" t="s">
+        <v>528</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>529</v>
+      </c>
+      <c r="P83" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>531</v>
+      </c>
+      <c r="B84" t="s">
+        <v>532</v>
+      </c>
+      <c r="C84" t="s">
+        <v>533</v>
+      </c>
+      <c r="D84" t="s">
+        <v>213</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>21</v>
+      </c>
+      <c r="G84" t="s">
+        <v>54</v>
+      </c>
+      <c r="H84">
+        <v>2007</v>
+      </c>
+      <c r="I84"/>
+      <c r="J84" t="s">
+        <v>299</v>
+      </c>
+      <c r="K84" t="s">
+        <v>36</v>
+      </c>
+      <c r="L84" t="s">
+        <v>534</v>
+      </c>
+      <c r="M84" t="s">
+        <v>535</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>536</v>
+      </c>
+      <c r="P84" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>538</v>
+      </c>
+      <c r="B85" t="s">
+        <v>539</v>
+      </c>
+      <c r="C85" t="s">
+        <v>540</v>
+      </c>
+      <c r="D85" t="s">
+        <v>53</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>21</v>
+      </c>
+      <c r="G85" t="s">
+        <v>54</v>
+      </c>
+      <c r="H85">
+        <v>2011</v>
+      </c>
+      <c r="I85"/>
+      <c r="J85" t="s">
+        <v>55</v>
+      </c>
+      <c r="K85" t="s">
+        <v>36</v>
+      </c>
+      <c r="L85"/>
+      <c r="M85" t="s">
+        <v>541</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>542</v>
+      </c>
+      <c r="P85" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>544</v>
+      </c>
+      <c r="B86" t="s">
+        <v>545</v>
+      </c>
+      <c r="C86" t="s">
+        <v>540</v>
+      </c>
+      <c r="D86" t="s">
+        <v>53</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>21</v>
+      </c>
+      <c r="G86" t="s">
+        <v>54</v>
+      </c>
+      <c r="H86">
+        <v>2011</v>
+      </c>
+      <c r="I86"/>
+      <c r="J86" t="s">
+        <v>55</v>
+      </c>
+      <c r="K86" t="s">
+        <v>36</v>
+      </c>
+      <c r="L86"/>
+      <c r="M86" t="s">
+        <v>541</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>546</v>
+      </c>
+      <c r="P86" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>548</v>
+      </c>
+      <c r="B87" t="s">
+        <v>549</v>
+      </c>
+      <c r="C87" t="s">
+        <v>550</v>
+      </c>
+      <c r="D87" t="s">
+        <v>53</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>21</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
+        <v>2012</v>
+      </c>
+      <c r="I87">
+        <v>2014</v>
+      </c>
+      <c r="J87" t="s">
+        <v>431</v>
+      </c>
+      <c r="K87" t="s">
+        <v>36</v>
+      </c>
+      <c r="L87" t="s">
+        <v>551</v>
+      </c>
+      <c r="M87" t="s">
+        <v>552</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>553</v>
+      </c>
+      <c r="P87" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>555</v>
+      </c>
+      <c r="B88" t="s">
+        <v>556</v>
+      </c>
+      <c r="C88" t="s">
+        <v>62</v>
+      </c>
+      <c r="D88" t="s">
+        <v>557</v>
+      </c>
+      <c r="E88" t="s">
+        <v>83</v>
+      </c>
+      <c r="F88" t="s">
+        <v>91</v>
+      </c>
+      <c r="G88" t="s">
+        <v>54</v>
+      </c>
+      <c r="H88">
+        <v>2017</v>
+      </c>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>64</v>
+      </c>
+      <c r="K88" t="s">
+        <v>65</v>
+      </c>
+      <c r="L88"/>
+      <c r="M88" t="s">
+        <v>94</v>
+      </c>
+      <c r="N88" t="s">
+        <v>67</v>
+      </c>
+      <c r="O88" t="s">
+        <v>558</v>
+      </c>
+      <c r="P88" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>560</v>
+      </c>
+      <c r="B89" t="s">
+        <v>561</v>
+      </c>
+      <c r="C89" t="s">
+        <v>221</v>
+      </c>
+      <c r="D89" t="s">
+        <v>562</v>
+      </c>
+      <c r="E89" t="s">
+        <v>83</v>
+      </c>
+      <c r="F89" t="s">
+        <v>44</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89">
+        <v>2015</v>
+      </c>
+      <c r="I89">
+        <v>2016</v>
+      </c>
+      <c r="J89" t="s">
+        <v>182</v>
+      </c>
+      <c r="K89" t="s">
+        <v>65</v>
+      </c>
+      <c r="L89" t="s">
+        <v>563</v>
+      </c>
+      <c r="M89" t="s">
+        <v>564</v>
+      </c>
+      <c r="N89" t="s">
+        <v>67</v>
+      </c>
+      <c r="O89" t="s">
+        <v>565</v>
+      </c>
+      <c r="P89" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>567</v>
+      </c>
+      <c r="B90" t="s">
+        <v>568</v>
+      </c>
+      <c r="C90" t="s">
+        <v>173</v>
+      </c>
+      <c r="D90" t="s">
+        <v>569</v>
+      </c>
+      <c r="E90" t="s">
+        <v>83</v>
+      </c>
+      <c r="F90" t="s">
+        <v>91</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
+        <v>2011</v>
+      </c>
+      <c r="I90">
+        <v>2017</v>
+      </c>
+      <c r="J90" t="s">
+        <v>85</v>
+      </c>
+      <c r="K90" t="s">
+        <v>65</v>
+      </c>
+      <c r="L90"/>
+      <c r="M90" t="s">
+        <v>570</v>
+      </c>
+      <c r="N90" t="s">
+        <v>67</v>
+      </c>
+      <c r="O90" t="s">
+        <v>571</v>
+      </c>
+      <c r="P90" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>573</v>
+      </c>
+      <c r="B91" t="s">
+        <v>574</v>
+      </c>
+      <c r="C91" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...88 lines deleted...]
-      <c r="I6" t="s">
+      <c r="D91" t="s">
+        <v>63</v>
+      </c>
+      <c r="E91" t="s">
+        <v>83</v>
+      </c>
+      <c r="F91" t="s">
+        <v>575</v>
+      </c>
+      <c r="G91" t="s">
         <v>54</v>
       </c>
-      <c r="J6" t="s">
-[...49 lines deleted...]
-      <c r="N7" t="s">
+      <c r="H91">
+        <v>2007</v>
+      </c>
+      <c r="I91"/>
+      <c r="J91" t="s">
+        <v>182</v>
+      </c>
+      <c r="K91" t="s">
         <v>65</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E8" t="s">
+      <c r="L91" t="s">
+        <v>576</v>
+      </c>
+      <c r="M91" t="s">
+        <v>577</v>
+      </c>
+      <c r="N91" t="s">
         <v>67</v>
       </c>
-      <c r="F8" t="s">
-[...3528 lines deleted...]
-        <v>410</v>
+      <c r="O91" t="s">
+        <v>578</v>
+      </c>
+      <c r="P91" t="s">
+        <v>579</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>