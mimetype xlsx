--- v0 (2025-10-12)
+++ v1 (2025-11-27)
@@ -12,481 +12,614 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="130">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="174">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>CQC31-461225-2012. Energy Conservation Certification Rules for Ballasts for Tubular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Apply to ballasts for tubular fluorescent lamps</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 17896-2012; GB/T 15144-2009</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461225-2012-energy-conservation-certification-rules-ballasts-tubular-fluorescent</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-08-24/553843.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465132-2013. CQC Mark Certification - Fluorescent Lamps for General Lighting Service; Double-Capped</t>
   </si>
   <si>
+    <t>Applies to double-capped fluorescent lamps for general lighting services</t>
+  </si>
+  <si>
     <t>GB/T 10682-2010 GB 19043-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465132-2013-cqc-mark-certification-fluorescent-lamps-general-lighting-service-double</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492726.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465197-2014. CQC Mark Certification - Double-capped LED Lamps designed to retrofit linear Fluorescent Lamps</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Applies to G13 double-capped T8 LED Lamps designed to retrofit linear Fluorescent Lamps with technical characteristics based on GB|T 10682</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>CQC 3148-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465197-2014-cqc-mark-certification-double-capped-led-lamps-designed-retrofit-linear</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/rootfiles/2014/11/02/1414876321132078-1414876321176625.pdf</t>
+  </si>
+  <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
+    <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
+  </si>
+  <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
   </si>
   <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
     <t>Vanuatu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
     <t>Fluorescent tubes</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fluorescent-tubes</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Greenmark N42 - Fluorescent Lamps Tubes</t>
   </si>
   <si>
+    <t>This standard is applicable to the preheat-type fluorescent lamps or tubes which meet the definition of CNS 691 and excludes the compact fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n42-fluorescent-lamps-tubes</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/42/0b942ae7-ba35-45af-8945-4a1ae0e9fdb7.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Double-Capped Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers double-capped fluorescent lamps, which are straight cylindrical fluorescent lamps intended for general lighting use. It applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-double-capped-fluorescent-lamps-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048416</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4106 - Self-Ballasted Circular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-ballasted circular fluorescent lamps with T5 or T9 bulb, with electronic or electromagnetic adapter, E-26 or E-27 base, and rated supply voltage of 120V and 127V +-10% at an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NOM-058-SCFI / NMX-J-295-ANCE / NMX-J-531-ANCE / IES-LM-66 / IES LM-16 / IES-LM-54 / IES LM-65</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4106-self-ballasted-circular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4106_05.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4108 - T8 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T8 fluorescent lamps, quick start, of power ratings: 15W (457.2mm), 17W (604 mm), 25W (914.4 mm), 25W (1200 mm), 28W (1200 mm) 30W (1200 mm) y 32W (1200 mm), U" shape of 31W (41.27 mm between electrodes); as well as instant start lamps of 55W (2438.4 mm) 59W (2438.4 mm) and high light output (HO) in 86W (2438.4 mm). "</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NOM-028-ENER / NMX-J-531-ANCE / NMX-J-197-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4108-t8-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4108_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4110 - Luminaires for Indoor Use With Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for interior fixtures, built-in or overlaid, using linear fluorescent lamps or U-shaped, with T8 or T5 bulbs and their respective ballast, reflector mirror orcabinet using highly reflective paint, with or without diffuser.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / IES LM-41 / IES-LM-54</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4110-luminaires-indoor-use-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4110_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4119 - T5 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T5 linear fluorescent lamps, quick start, operating at the following power ratings: 14W, 21W, 28W, 35W and with high light output or without amalgam in the following power ratings: 24W, 39W, 49W, 54W and 80W.</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NOM-028-ENER / NMX-J-531-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4119-t5-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4119_05.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4124 - Luminaires for Outdoor Use With Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor lighting fixtures for compact fluorescent lamps T4 or T5 with electronic or electromagnetic ballast operating voltages of 120, 127, 220 or 277 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / NMX-J-295-ANCE / NMX-J-531-ANCE / IES-LM-66 / IES LM-40 / IES LM-16 / IES-LM-54</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4124-luminaires-outdoor-use-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4124_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4125 - Luminaires for Indoor Use with Compact or Circular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for indoor luminaires, built-in or other, for T4 and T5 compact fluorescent lamps or T5 and T9 circular fluorescent lamps, with electronic or electromagnetic ballast operating voltages of 120, 127, 220 or 277 volts and at frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4125-luminaires-indoor-use-compact-or-circular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4125_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4132 - Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for compact fluorescent lamps without ballast, single tube-shaped, double, triple and long twin tube T4 or T5.</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NMX-J-531-ANCE / NMX-J-197-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.4 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4132-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4132_02.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Fluorescent Lamps TGL-2-R4-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to fluorescent lamps consisting of single-capped fluorescent lamps, double-capped fluorescent lamps, and self-ballasted lamps for general lighting purposes.</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Double–capped fluorescent lamps: TIS 236, TIS 956, TIS 2309, TIS 2310
 ,   
                     Single–capped fluorescent lamps: TIS 1713, TIS 2235, TIS 2334 ,TIS 2310</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-fluorescent-lamps-tgl-2-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-02-R4-15.pdf</t>
+  </si>
+  <si>
     <t>TIS 2309-2556 (2013) double-capped fluorescent lamps: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies requirements for minimum energy efficiency for double capped fluorescent lamps with a rated wattage of 14 W to 80 W and a diameter of 16 mm and 26 mm (T5 and T8), in accordance with the scope of TIS 236. This standard specifies requirements for lamps intended for general lighting purposes used in the luminaires and ballast is connected to a single-phase electric power supply having a rated voltage 220 V 50 Hz and applied to lamp intended for use with high-frequency ballast (electronic ballast).</t>
+  </si>
+  <si>
     <t>Lighting, Lamps, Tubular Lamps</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2309-2556-2013-double-capped-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/13.PDF</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
   <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tuvalu-energy-efficiency-act-2016</t>
+  </si>
+  <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -750,1121 +883,1264 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N24"/>
+  <dimension ref="A1:P24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="187" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="187.526" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="163.817" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2"/>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
       <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2012</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>47</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5">
+        <v>2014</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
+        <v>37</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>53</v>
+      </c>
+      <c r="D6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H6"/>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L6" t="s">
+        <v>56</v>
+      </c>
+      <c r="M6" t="s">
+        <v>57</v>
+      </c>
+      <c r="N6" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...11 lines deleted...]
-      <c r="G3">
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>62</v>
+      </c>
+      <c r="D7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7">
+        <v>2017</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>64</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>65</v>
+      </c>
+      <c r="M7" t="s">
+        <v>66</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>70</v>
+      </c>
+      <c r="D8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>71</v>
+      </c>
+      <c r="G8" t="s">
+        <v>47</v>
+      </c>
+      <c r="H8">
+        <v>2002</v>
+      </c>
+      <c r="I8">
+        <v>2001</v>
+      </c>
+      <c r="J8" t="s">
+        <v>72</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>73</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>74</v>
+      </c>
+      <c r="P8" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>76</v>
+      </c>
+      <c r="B9" t="s">
+        <v>77</v>
+      </c>
+      <c r="C9" t="s">
+        <v>70</v>
+      </c>
+      <c r="D9" t="s">
+        <v>32</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>33</v>
+      </c>
+      <c r="G9" t="s">
+        <v>47</v>
+      </c>
+      <c r="H9">
+        <v>2002</v>
+      </c>
+      <c r="I9">
+        <v>2013</v>
+      </c>
+      <c r="J9" t="s">
+        <v>72</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>78</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>79</v>
+      </c>
+      <c r="P9" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
+        <v>83</v>
+      </c>
+      <c r="D10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>84</v>
+      </c>
+      <c r="G10" t="s">
+        <v>34</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>85</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>86</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>87</v>
+      </c>
+      <c r="P10" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>89</v>
+      </c>
+      <c r="B11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" t="s">
+        <v>91</v>
+      </c>
+      <c r="D11" t="s">
+        <v>92</v>
+      </c>
+      <c r="E11" t="s">
+        <v>93</v>
+      </c>
+      <c r="F11" t="s">
+        <v>94</v>
+      </c>
+      <c r="G11" t="s">
+        <v>34</v>
+      </c>
+      <c r="H11">
+        <v>2023</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>95</v>
+      </c>
+      <c r="K11" t="s">
+        <v>96</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>97</v>
+      </c>
+      <c r="N11" t="s">
+        <v>98</v>
+      </c>
+      <c r="O11" t="s">
+        <v>99</v>
+      </c>
+      <c r="P11" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>101</v>
+      </c>
+      <c r="B12" t="s">
+        <v>102</v>
+      </c>
+      <c r="C12" t="s">
+        <v>103</v>
+      </c>
+      <c r="D12" t="s">
+        <v>54</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12"/>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>104</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>105</v>
+      </c>
+      <c r="M12" t="s">
+        <v>106</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>107</v>
+      </c>
+      <c r="P12" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>109</v>
+      </c>
+      <c r="B13" t="s">
+        <v>110</v>
+      </c>
+      <c r="C13" t="s">
+        <v>111</v>
+      </c>
+      <c r="D13" t="s">
+        <v>32</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>33</v>
+      </c>
+      <c r="G13" t="s">
+        <v>47</v>
+      </c>
+      <c r="H13">
+        <v>1996</v>
+      </c>
+      <c r="I13">
         <v>2012</v>
       </c>
-      <c r="H3"/>
-[...3 lines deleted...]
-      <c r="J3" t="s">
+      <c r="J13" t="s">
+        <v>112</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>113</v>
+      </c>
+      <c r="M13" t="s">
+        <v>114</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>115</v>
+      </c>
+      <c r="P13" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>117</v>
+      </c>
+      <c r="B14" t="s">
+        <v>118</v>
+      </c>
+      <c r="C14" t="s">
+        <v>111</v>
+      </c>
+      <c r="D14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>33</v>
+      </c>
+      <c r="G14" t="s">
+        <v>47</v>
+      </c>
+      <c r="H14">
+        <v>1996</v>
+      </c>
+      <c r="I14">
+        <v>2013</v>
+      </c>
+      <c r="J14" t="s">
+        <v>112</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>119</v>
+      </c>
+      <c r="M14" t="s">
+        <v>114</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>120</v>
+      </c>
+      <c r="P14" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>122</v>
+      </c>
+      <c r="B15" t="s">
+        <v>123</v>
+      </c>
+      <c r="C15" t="s">
+        <v>111</v>
+      </c>
+      <c r="D15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>33</v>
+      </c>
+      <c r="G15" t="s">
+        <v>47</v>
+      </c>
+      <c r="H15">
+        <v>1997</v>
+      </c>
+      <c r="I15">
+        <v>2012</v>
+      </c>
+      <c r="J15" t="s">
+        <v>112</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>124</v>
+      </c>
+      <c r="M15" t="s">
+        <v>114</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>125</v>
+      </c>
+      <c r="P15" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>127</v>
+      </c>
+      <c r="B16" t="s">
+        <v>128</v>
+      </c>
+      <c r="C16" t="s">
+        <v>111</v>
+      </c>
+      <c r="D16" t="s">
+        <v>32</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>33</v>
+      </c>
+      <c r="G16" t="s">
+        <v>47</v>
+      </c>
+      <c r="H16">
+        <v>2003</v>
+      </c>
+      <c r="I16">
+        <v>2013</v>
+      </c>
+      <c r="J16" t="s">
+        <v>112</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>129</v>
+      </c>
+      <c r="M16" t="s">
+        <v>114</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>130</v>
+      </c>
+      <c r="P16" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>132</v>
+      </c>
+      <c r="B17" t="s">
+        <v>133</v>
+      </c>
+      <c r="C17" t="s">
+        <v>111</v>
+      </c>
+      <c r="D17" t="s">
+        <v>32</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>33</v>
+      </c>
+      <c r="G17" t="s">
+        <v>47</v>
+      </c>
+      <c r="H17">
+        <v>2004</v>
+      </c>
+      <c r="I17">
+        <v>2012</v>
+      </c>
+      <c r="J17" t="s">
+        <v>112</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>134</v>
+      </c>
+      <c r="M17" t="s">
+        <v>114</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>135</v>
+      </c>
+      <c r="P17" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>137</v>
+      </c>
+      <c r="B18" t="s">
+        <v>138</v>
+      </c>
+      <c r="C18" t="s">
+        <v>111</v>
+      </c>
+      <c r="D18" t="s">
+        <v>32</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>33</v>
+      </c>
+      <c r="G18" t="s">
+        <v>47</v>
+      </c>
+      <c r="H18">
+        <v>2004</v>
+      </c>
+      <c r="I18">
+        <v>2012</v>
+      </c>
+      <c r="J18" t="s">
+        <v>112</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>134</v>
+      </c>
+      <c r="M18" t="s">
+        <v>114</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>139</v>
+      </c>
+      <c r="P18" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>141</v>
+      </c>
+      <c r="B19" t="s">
+        <v>142</v>
+      </c>
+      <c r="C19" t="s">
+        <v>111</v>
+      </c>
+      <c r="D19" t="s">
+        <v>32</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>33</v>
+      </c>
+      <c r="G19" t="s">
+        <v>47</v>
+      </c>
+      <c r="H19">
+        <v>2005</v>
+      </c>
+      <c r="I19">
+        <v>2012</v>
+      </c>
+      <c r="J19" t="s">
+        <v>112</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>143</v>
+      </c>
+      <c r="M19" t="s">
+        <v>114</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>144</v>
+      </c>
+      <c r="P19" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>146</v>
+      </c>
+      <c r="B20" t="s">
+        <v>147</v>
+      </c>
+      <c r="C20" t="s">
+        <v>83</v>
+      </c>
+      <c r="D20" t="s">
+        <v>32</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>33</v>
+      </c>
+      <c r="G20" t="s">
+        <v>47</v>
+      </c>
+      <c r="H20">
+        <v>2002</v>
+      </c>
+      <c r="I20">
+        <v>2015</v>
+      </c>
+      <c r="J20" t="s">
+        <v>148</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>149</v>
+      </c>
+      <c r="M20" t="s">
+        <v>150</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>151</v>
+      </c>
+      <c r="P20" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>153</v>
+      </c>
+      <c r="B21" t="s">
+        <v>154</v>
+      </c>
+      <c r="C21" t="s">
+        <v>83</v>
+      </c>
+      <c r="D21" t="s">
+        <v>155</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>71</v>
+      </c>
+      <c r="G21" t="s">
+        <v>34</v>
+      </c>
+      <c r="H21">
+        <v>2013</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>85</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>156</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>157</v>
+      </c>
+      <c r="P21" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>159</v>
+      </c>
+      <c r="B22" t="s">
+        <v>160</v>
+      </c>
+      <c r="C22" t="s">
+        <v>161</v>
+      </c>
+      <c r="D22" t="s">
+        <v>162</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>71</v>
+      </c>
+      <c r="G22" t="s">
+        <v>34</v>
+      </c>
+      <c r="H22">
+        <v>2021</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>163</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>164</v>
+      </c>
+      <c r="M22" t="s">
+        <v>165</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>166</v>
+      </c>
+      <c r="P22"/>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>159</v>
+      </c>
+      <c r="B23" t="s">
+        <v>160</v>
+      </c>
+      <c r="C23" t="s">
+        <v>161</v>
+      </c>
+      <c r="D23" t="s">
+        <v>162</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>71</v>
+      </c>
+      <c r="G23" t="s">
+        <v>34</v>
+      </c>
+      <c r="H23">
+        <v>2021</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>163</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>164</v>
+      </c>
+      <c r="M23" t="s">
+        <v>165</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>167</v>
+      </c>
+      <c r="P23"/>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>168</v>
+      </c>
+      <c r="B24" t="s">
+        <v>169</v>
+      </c>
+      <c r="C24" t="s">
+        <v>170</v>
+      </c>
+      <c r="D24" t="s">
+        <v>54</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...13 lines deleted...]
-      <c r="A4" t="s">
+      <c r="G24" t="s">
         <v>34</v>
       </c>
-      <c r="B4" t="s">
+      <c r="H24">
+        <v>2016</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>64</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>105</v>
+      </c>
+      <c r="M24" t="s">
+        <v>171</v>
+      </c>
+      <c r="N24" t="s">
         <v>26</v>
       </c>
-      <c r="C4" t="s">
-[...879 lines deleted...]
-        <v>129</v>
+      <c r="O24" t="s">
+        <v>172</v>
+      </c>
+      <c r="P24" t="s">
+        <v>173</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>