--- v0 (2025-11-26)
+++ v1 (2026-03-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="291">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="292">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -631,111 +631,114 @@
     <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for General Lighting</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
   </si>
   <si>
     <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>CIE3 84:1989 and IEC 60064, Measurement of luminous flux
 ,   
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
     <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
   </si>
   <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NOM-011-ENER-2025, Energy Efficiency in Central, Packaged, and Split Air Conditioners</t>
   </si>
   <si>
     <t>This standard establishes the minimum Seasonal Energy Efficiency Ratio (SEER) level that applies to central, package, or split-type air conditioners with a duct system, operated with electrical energy, in nominal cooling capacities from 5,275 W to 19,050 W that operate by mechanical compression and include an air-cooled evaporator coil, an air-cooled condenser coil, and that include a single-speed compressor ( fixed capacity) or an inverter compressor (variable frequency or refrigerant flow) or a compressor that uses two stages (stage capacity), with or without a reversible cycle.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
@@ -2614,696 +2617,696 @@
       </c>
       <c r="P27" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
         <v>203</v>
       </c>
       <c r="B28" t="s">
         <v>204</v>
       </c>
       <c r="C28" t="s">
         <v>196</v>
       </c>
       <c r="D28" t="s">
         <v>205</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="H28">
         <v>2015</v>
       </c>
       <c r="I28">
         <v>2019</v>
       </c>
       <c r="J28" t="s">
         <v>198</v>
       </c>
       <c r="K28" t="s">
         <v>34</v>
       </c>
       <c r="L28" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="M28" t="s">
         <v>200</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="P28" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B29" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C29" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D29" t="s">
         <v>53</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2010</v>
       </c>
       <c r="I29">
         <v>2012</v>
       </c>
       <c r="J29" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="K29" t="s">
         <v>34</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="P29" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B30" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C30" t="s">
         <v>196</v>
       </c>
       <c r="D30" t="s">
         <v>53</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>197</v>
       </c>
       <c r="H30">
         <v>2021</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
         <v>198</v>
       </c>
       <c r="K30" t="s">
         <v>34</v>
       </c>
       <c r="L30" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="M30" t="s">
         <v>200</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="P30" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B31" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C31" t="s">
         <v>175</v>
       </c>
       <c r="D31" t="s">
         <v>81</v>
       </c>
       <c r="E31" t="s">
         <v>42</v>
       </c>
       <c r="F31" t="s">
         <v>43</v>
       </c>
       <c r="G31" t="s">
         <v>54</v>
       </c>
       <c r="H31">
         <v>2017</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="K31" t="s">
         <v>34</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
         <v>176</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="P31" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B32" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C32" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D32" t="s">
         <v>53</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>92</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2006</v>
       </c>
       <c r="I32">
         <v>2025</v>
       </c>
       <c r="J32" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="K32" t="s">
         <v>34</v>
       </c>
       <c r="L32" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="M32" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="P32" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B33" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C33" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D33" t="s">
         <v>91</v>
       </c>
       <c r="E33" t="s">
         <v>42</v>
       </c>
       <c r="F33" t="s">
         <v>92</v>
       </c>
       <c r="G33" t="s">
         <v>101</v>
       </c>
       <c r="H33"/>
       <c r="I33"/>
       <c r="J33" t="s">
         <v>189</v>
       </c>
       <c r="K33" t="s">
         <v>34</v>
       </c>
       <c r="L33" t="s">
         <v>93</v>
       </c>
       <c r="M33" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="P33" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B34" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C34" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D34" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>1982</v>
       </c>
       <c r="I34">
         <v>2024</v>
       </c>
       <c r="J34" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="N34" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="O34" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="P34" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B35" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C35" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D35" t="s">
         <v>53</v>
       </c>
       <c r="E35" t="s">
         <v>42</v>
       </c>
       <c r="F35" t="s">
         <v>43</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2010</v>
       </c>
       <c r="I35">
         <v>2016</v>
       </c>
       <c r="J35" t="s">
         <v>44</v>
       </c>
       <c r="K35" t="s">
         <v>34</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="P35" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B36" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C36" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D36" t="s">
         <v>81</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>92</v>
       </c>
       <c r="G36" t="s">
         <v>54</v>
       </c>
       <c r="H36">
         <v>2019</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
         <v>83</v>
       </c>
       <c r="K36" t="s">
         <v>34</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="P36" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B37" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C37" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D37" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>43</v>
       </c>
       <c r="G37" t="s">
         <v>54</v>
       </c>
       <c r="H37">
         <v>2018</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
         <v>44</v>
       </c>
       <c r="K37" t="s">
         <v>34</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="P37" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B38" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C38" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D38" t="s">
         <v>81</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>92</v>
       </c>
       <c r="G38" t="s">
         <v>54</v>
       </c>
       <c r="H38">
         <v>2004</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
         <v>135</v>
       </c>
       <c r="K38" t="s">
         <v>34</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="P38" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B39" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C39" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D39" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>92</v>
       </c>
       <c r="G39" t="s">
-        <v>22</v>
+        <v>206</v>
       </c>
       <c r="H39">
         <v>2002</v>
       </c>
       <c r="I39">
         <v>2007</v>
       </c>
       <c r="J39" t="s">
         <v>198</v>
       </c>
       <c r="K39" t="s">
         <v>34</v>
       </c>
       <c r="L39" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="M39" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="P39" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B40" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C40" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D40" t="s">
         <v>91</v>
       </c>
       <c r="E40" t="s">
         <v>42</v>
       </c>
       <c r="F40" t="s">
         <v>92</v>
       </c>
       <c r="G40" t="s">
         <v>54</v>
       </c>
       <c r="H40">
         <v>2016</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
         <v>144</v>
       </c>
       <c r="K40" t="s">
         <v>34</v>
       </c>
       <c r="L40" t="s">
         <v>93</v>
       </c>
       <c r="M40" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="P40" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B41" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C41" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D41" t="s">
         <v>53</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>92</v>
       </c>
       <c r="G41" t="s">
         <v>54</v>
       </c>
       <c r="H41">
         <v>2014</v>
       </c>
       <c r="I41">
         <v>2019</v>
       </c>
       <c r="J41" t="s">
         <v>62</v>
       </c>
       <c r="K41" t="s">
         <v>34</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="P41" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">