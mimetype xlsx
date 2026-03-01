--- v0 (2025-10-15)
+++ v1 (2026-03-01)
@@ -12,274 +12,317 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for DVD Players</t>
   </si>
   <si>
+    <t>Digital Versatile Disc Players.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-dvd-players</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for DVD Players|Recorders</t>
   </si>
   <si>
+    <t>The applicable products shall be household DVD players or recorders which meet the requirements of CNS-13438; CNS-13439; CNS-14336 or CNS-14408; or have been recognized by the competent authority as household DVD player; recorder products.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>IEC62301</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-dvd-playersrecorders</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=25</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4146 - Audio and Video Systems</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for audio visual systems: home theater systems, DVD players, and Blu-ray players operating at nominal voltages of 110, 115, 127, 220, 230V, at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Home Theater Equipment, DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / NOM-008-SCFI / NOM-024-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4146-audio-and-video-systems</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4146.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Video Media Players / Recorders TGL-39-04</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to mains-powered electronic equipment designed to reproduce video-audio signals recorded in data storage media video cassette tape, VCD, DVD, etc. in connection with other visual display units and sound speaker units such as TVs.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Certificate of conformity and test results. (with quality and environmental requirements).
 ,   
                     Standby power consumption of the applied product shall comply with the following requirements: The power consumption of the applied product in on-mode not exceeded 15W. Exempted from this are audio-DVD combination units.</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-video-media-players-recorders-tgl-39-04</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-39-04.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -543,403 +586,448 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="119" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="130" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="119.114" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="503.591" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="130.825" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...35 lines deleted...]
-      <c r="N3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
         <v>32</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="E4" t="s">
         <v>33</v>
       </c>
-      <c r="B4" t="s">
+      <c r="F4" t="s">
         <v>34</v>
       </c>
-      <c r="C4" t="s">
-[...12 lines deleted...]
-        <v>2007</v>
+      <c r="G4" t="s">
+        <v>42</v>
       </c>
       <c r="H4">
         <v>2007</v>
       </c>
-      <c r="I4" t="s">
-        <v>36</v>
+      <c r="I4">
+        <v>2007</v>
       </c>
       <c r="J4" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="K4" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="M4" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="N4" t="s">
-        <v>39</v>
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="B5" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>52</v>
+      </c>
+      <c r="G5" t="s">
         <v>42</v>
       </c>
-      <c r="D5" t="s">
-[...8 lines deleted...]
-      <c r="G5">
+      <c r="H5">
         <v>2016</v>
       </c>
-      <c r="H5">
+      <c r="I5">
         <v>2019</v>
       </c>
-      <c r="I5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J5" t="s">
-        <v>45</v>
-[...4 lines deleted...]
-      </c>
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>54</v>
+      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>23</v>
+        <v>55</v>
       </c>
       <c r="N5" t="s">
-        <v>47</v>
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="B6" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="C6" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="D6" t="s">
-        <v>28</v>
+        <v>61</v>
       </c>
       <c r="E6" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F6" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G6">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>42</v>
+      </c>
+      <c r="H6">
         <v>2008</v>
       </c>
-      <c r="H6">
+      <c r="I6">
         <v>2009</v>
       </c>
-      <c r="I6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J6" t="s">
-        <v>21</v>
+        <v>62</v>
       </c>
       <c r="K6" t="s">
-        <v>52</v>
+        <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="M6" t="s">
-        <v>23</v>
+        <v>64</v>
       </c>
       <c r="N6" t="s">
-        <v>54</v>
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
+    <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>68</v>
       </c>
       <c r="C7" t="s">
-        <v>27</v>
+        <v>69</v>
       </c>
       <c r="D7" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="E7" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F7" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G7">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
         <v>2004</v>
       </c>
-      <c r="H7"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>21</v>
+        <v>70</v>
       </c>
       <c r="K7" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>59</v>
+        <v>71</v>
       </c>
       <c r="M7" t="s">
-        <v>23</v>
+        <v>72</v>
       </c>
       <c r="N7" t="s">
-        <v>60</v>
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>73</v>
+      </c>
+      <c r="P7" t="s">
+        <v>74</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>