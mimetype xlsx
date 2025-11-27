--- v0 (2025-10-12)
+++ v1 (2025-11-27)
@@ -12,3124 +12,4655 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="970">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1459">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
     <t>AS/NZS 4782.2:2004: Double-capped fluorescent lamps—Performance specifications—Minimum Energy Performance Standard (MEPS)</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>AS/NZS 4782.1:2004</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-478222004-double-capped-fluorescent-lamps-performance-specifications-minimum-energy</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/led-</t>
+  </si>
+  <si>
     <t>BDS 101:1991 Electric boiling plates for domestic use</t>
   </si>
   <si>
+    <t>Requirements for electric boiling plates, open type and enclose type intended for operation on AC and DC circuits having voltage rating not exceeding 250 volts.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-1011991-electric-boiling-plates-domestic-use</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BDS 253:1990 Electric kettles for domestic use (First Revision)</t>
   </si>
   <si>
+    <t>Minimum requirements for electric kettles with metalic bodies meant for domestic use and having voltages not exceeding 250 volts.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-2531990-electric-kettles-domestic-use-first-revision</t>
   </si>
   <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL- Rice cookers</t>
   </si>
   <si>
+    <t>This policy covers rice cookers.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 4706.1; GB 4706.19; QB/T 4099</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-rice-cookers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
     <t>CEL-016. Automatic Electric Rice Cooker</t>
   </si>
   <si>
+    <t>Applies to automatic electric rice cookers working under normal voltage and rated power lower than 2000W, with electric heating elements as the heat source.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 4706.19 GB 12021.6-2008 CCEC/T11-2006 QB/T 3899</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-016-automatic-electric-rice-cooker</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99(1).pdf</t>
+  </si>
+  <si>
     <t>CEL-025. Household and Similar Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwaves with rated input power lower than 2500W and uses the electro-magnetic power in ISM frequency range 2450MHz and resistance heating element to heat including microwave ovens with single microwave function and with barbecue and hot wind convection function. Does not apply to commercial and industrial microwave ovens or ovens with ventilators.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>GB-T 18800-2008 CCEC-T09-2006 GB 24849-2010 GB 4706.21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-025-household-and-similar-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-034. Cooker Hood</t>
   </si>
   <si>
+    <t>Applies to cooker hoods with the rated voltage not exceeding 250 V and cookers stove and similar types with upper hood</t>
+  </si>
+  <si>
     <t>GB 29539-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-034-cooker-hood</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B630_%E5%90%B8%E6%B2%B9%E7%83%9F%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-036. Household Cookers</t>
   </si>
   <si>
+    <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does not apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
+  </si>
+  <si>
     <t>GB 21456-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-036-household-cookers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B615_%E5%AE%B6%E7%94%A8%E7%94%B5%E7%A3%81%E7%81%B6%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-038. Household Gas Stoves</t>
   </si>
   <si>
+    <t>Applies only to gas stove with a nominal heat load of a single burner not more than 5.23 kW.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>GB-T 13611, GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-038-household-gas-stoves</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B632_%E5%AE%B6%E7%94%A8%E7%87%83%E6%B0%94%E7%81%B6%E5%85%B7%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-039. Commercial Gas Stoves</t>
   </si>
   <si>
+    <t>Applies to commercial gas-to-energy stoves with a rated thermal load of single burner not exceeding 60 kW and a nominal heat load of each burner not exceeding 80 kW and a vapor pressure not exceeding 500Pa. A nominal diameter should not be less than 600 mm.</t>
+  </si>
+  <si>
     <t>GB/T 13611, GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-039-commercial-gas-stoves</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B633_%E5%95%86%E7%94%A8%E7%87%83%E6%B0%94%E7%81%B6%E5%85%B7%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household dishwashers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2017-20210501&amp;qid=1654699029821</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
-    <t>Dishwashers</t>
-[...1 lines deleted...]
-  <si>
     <t>October 2023</t>
   </si>
   <si>
-    <t>Energy Efficiency, Water Efficiency</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
-    <t>European Union</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
+    <t>https://www.legislation.gov.uk/eur/2019/2017/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 65-2014 of 1 October 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of domestic ovens and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-2010</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0065-20170307</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/65/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2022 of 1 October 2019 laying down ecodesign requirements for household dishwashers pursuant to Directive 2009/125/EC of the European Parliament and of the Council amending Commission Regulation (EC) No 1275/</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>EN 50242</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192022-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2022-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
+  </si>
+  <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 66/2014 of 14 January 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for domestic ovens, hobs and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.   
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0066-20170109</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/66</t>
+  </si>
+  <si>
     <t>Conpet Seal Gas stoves and ovens</t>
   </si>
   <si>
+    <t>Gas stoves and ovens</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>NBR 13723 1/1999 parte 1, NBR 13723 2/1999 parte 2, NBR 14583/2000</t>
   </si>
   <si>
     <t>National Program of Rational Use of Oil and Natural Gas (Conpet)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/conpet-seal-gas-stoves-and-ovens</t>
   </si>
   <si>
+    <t>https://thebrazilbusiness.com/article/energy-efficiency-labeling-in-brazil</t>
+  </si>
+  <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>CQC31-448184-2011. CQC Mark Certification - Commercial Induction Cooker</t>
   </si>
   <si>
+    <t>Applies to household induction coookers with one or more heating units with the rated power of each unit of 700W</t>
+  </si>
+  <si>
     <t>SB-T 10548</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448184-2011-cqc-mark-certification-commercial-induction-cooker</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492839.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461225-2012. Energy Conservation Certification Rules for Ballasts for Tubular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Apply to ballasts for tubular fluorescent lamps</t>
+  </si>
+  <si>
     <t>GB 17896-2012; GB/T 15144-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461225-2012-energy-conservation-certification-rules-ballasts-tubular-fluorescent</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-08-24/553843.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465132-2013. CQC Mark Certification - Fluorescent Lamps for General Lighting Service; Double-Capped</t>
   </si>
   <si>
+    <t>Applies to double-capped fluorescent lamps for general lighting services</t>
+  </si>
+  <si>
     <t>GB/T 10682-2010 GB 19043-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465132-2013-cqc-mark-certification-fluorescent-lamps-general-lighting-service-double</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492726.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465197-2014. CQC Mark Certification - Double-capped LED Lamps designed to retrofit linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Applies to G13 double-capped T8 LED Lamps designed to retrofit linear Fluorescent Lamps with technical characteristics based on GB|T 10682</t>
+  </si>
+  <si>
     <t>CQC 3148-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465197-2014-cqc-mark-certification-double-capped-led-lamps-designed-retrofit-linear</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/rootfiles/2014/11/02/1414876321132078-1414876321176625.pdf</t>
+  </si>
+  <si>
     <t>CQC61-445151-2015. CQC Mark Certification - Commercial gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to commercial gas-to-energy stoves with a rated thermal load of single burner not exceeding 60 kW and a nominal heat load of each burner not exceeding 80 kW. A nominal diameter should not be less than 600 mm.</t>
+  </si>
+  <si>
     <t>GB 30531-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-445151-2015-cqc-mark-certification-commercial-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/512311.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448151-2018 Energy Conservation and Environmentally-friendly Certification Rules for Range Hood</t>
   </si>
   <si>
+    <t>Applies to venting type range hood products -except for intgrated kitchen; installed above cooker cooking range or appliances of similar purpose with the rated voltage not exceeding 250V.</t>
+  </si>
+  <si>
     <t>CQC6101-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-448151-2018-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-05-08/498678.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448211-2015. CQC Mark Certification - domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to products with rated load no bigger than 5.23kW for a single burner</t>
+  </si>
+  <si>
     <t>CQC 6151-2009 QB/T 1236-2008 GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-448211-2015-cqc-mark-certification-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/512168.shtml</t>
+  </si>
+  <si>
     <t>CQC62-448120-2020. Energy and Water Conservation  Certification Rules for Dishwashers</t>
   </si>
   <si>
+    <t>Apply to dishwashers</t>
+  </si>
+  <si>
     <t>GB 38383-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc62-448120-2020-energy-and-water-conservation-certification-rules-dishwashers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-03-22/556507.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Department Circular No. DC 2020-06-0016</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for room air conditioners (window and split type), refrigeration units (single door, two-door manual defrost, and frost-free), and lighting products (CLFs, LFLs, single-capped fluorescent lamps, and LEDs).</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Lighting, Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/department-circular-no-dc-2020-06-0016</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/laws-and-issuances/department-circular-no-dc2020-06-0016</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Electric Kettles for Household Use (DE-UZ 133)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to electric water kettles for household use. In order to be eligible the electric kettle must have a removable water tank for cordless use. The power cable remains connected to the base plate and need not be unplugged from the outlet when moving the tank, to fill in water. In addition, products applying for the Blue Angel eco-label must be equipped with a concealed heating coil. Compliance with the above-mentioned criteria does not only improve the user friendliness but also indirectly extend the products service life.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>EN 62301</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-electric-kettles-household-use-de-uz-133</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20133-201309-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Cooker Hoods (DE-UZ 147)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
+  </si>
+  <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>DIN EN 61591 and DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-household-cooker-hoods-de-uz-147</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20147-201001-en%20Criteria-2018-10-17.pdf</t>
+  </si>
+  <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of the technical regulation on energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>Applies to household dishwashers of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, including:</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulation-energy-labeling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/TR-posudomoyka.docx</t>
+  </si>
+  <si>
     <t>Draft rice cooker policy</t>
   </si>
   <si>
+    <t>Rice cookers. No information available</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/draft-rice-cooker-policy</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Microwave Ovens</t>
   </si>
   <si>
+    <t>A household microwave oven with nameplate outputpower of power supply less than equal to 2,000W</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-microwave-ovens</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Efficient Biomass Cookstoves Policy</t>
   </si>
   <si>
+    <t>This Nigerian Industrial Standard specifies design, construction, quality and safety requirements, sampling and labeling for clean solid biomass type cookstoves.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Water Boiling Tests (WBT) version 4.2.3:2014; The current edition shall apply</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/efficient-biomass-cookstoves-policy</t>
   </si>
   <si>
+    <t>https://fscluster.org/sites/default/files/documents/standard_for_clean_cookstoves_son.pdf</t>
+  </si>
+  <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
+    <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
+  </si>
+  <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Ovens; No. En-Tech 10205010121</t>
   </si>
   <si>
+    <t>This policy specifies energy efficiency endorsement labeling criteria for electric ovens. It applies to products of single-phase AC power supply with voltage below 300 V.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-electric-ovens-no-en-tech-10205010121</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=51</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Electric Cookers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of C.C.C. Code: 8516.60.20.00-4 under the electric cookers category including both the direct-heat and indirect heat types; or recognized by the Bureau of Energy of MOEA as electric cookers; and shall also meet the requirements of CNS 2518.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS 2518</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-electric-cookers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=21</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Gas Burning Cooking Appliances; En-Tech 10004066280</t>
   </si>
   <si>
+    <t>Gas Burning Cooking Appliances shall meet the requirements of CNS 13604; and the definition of C.C.C. Code 7321.81.00.00-0-A; or recognized by the Bureau of Energy; MOEA.</t>
+  </si>
+  <si>
     <t>CNS 13604</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-gas-burning-cooking</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=19%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Microwave Oven; No. En-Tech 10105012081</t>
   </si>
   <si>
+    <t>Household and combination microwave ovens which meet the requirements of CNS 3765-25 - Safety of household and similar electrical appliances - Part 2: Particular requirements for microwave ovens and obtain the Certificate for Registration of Product Certification or the Type Approval Certificate from the Bureau of Standards Metrology and Inspection; of the Ministry of Economic Affairs</t>
+  </si>
+  <si>
     <t>IEC 60705: 2010 Edition 4.0 and IEC 62301:2011 Edition 2.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-microwave-oven-no-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=48</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Range Hoods; No. En-Tech 10105012081</t>
   </si>
   <si>
+    <t>Range Hoods shall meet the requirements of CNS 3765-31 - Safety of household and similar electrical appliances - Part 2: Particular requirements of range hoods. Meanwhile products shall meet the definition of C.C.C. Code 8414.60.00.00-1; or recognized by the Bureau of Energy; MOEA as range hood.</t>
+  </si>
+  <si>
     <t>ISO 5801 or AMCA 210</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-range-hoods-no-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=47</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Dish Dryers</t>
   </si>
   <si>
+    <t>A machine which only dries dishware, glassware, cutlery and, in some cases,cooking utensils by electrical means with the rated capacity 10 person or lessafter washing, and has the top or front door or sliding door.</t>
+  </si>
+  <si>
     <t>Dish Dryers</t>
   </si>
   <si>
     <t>December 2015</t>
   </si>
   <si>
     <t>KS C IEC 60335-1 Part 1; KS C IEC 60335-2-5 Part 2- 5; KS C IEC 60704-2-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-dish-dryers</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Dishwashers</t>
   </si>
   <si>
+    <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and/or electrical means with the rated capacity 20 personor less.</t>
+  </si>
+  <si>
     <t>KS C IEC 60436</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-dishwashers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7601 Fluorescent lamps which are the tubular type of rated powerconsumption of 20W, 28W, 32W, and 40W, the circular type of rated powerconsumption of 32W, and 40W, and the compact type of rated powerconsumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W, FPL36W, FPL 45W, and FPL 55W .7</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-fluorescent-lamps</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Rice Cookers</t>
   </si>
   <si>
+    <t>By Annex 1 household electric rice-cooker and rice-warmer with a rated capacity 20 person or less.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-rice-cookers</t>
   </si>
   <si>
     <t>Energy Efficiency Label No5 for Cooktop</t>
+  </si>
+  <si>
+    <t>This program covers an electric induction cooker with 1 – 4 heads and the diameter of the cooker does not exceed 220 mm. Covers Portable type and built-in type all sizes (watts), single-phase AC, rated frequency 50 Hz and rated voltage does not exceed 250 V, manufactured locally or imported for sale in Thailand, and must not be a product that does not pass the random test of electric efficiency of the program within 1 year from the notification of the random test result.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013)
 ,   
                     IEC 61817
 ,   
                     IEC 60350-2</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-cooktop</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/stove.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Electric Stoves</t>
   </si>
   <si>
+    <t>This program covers shallow bottoms pan type: heating type integrated with pan, separate heating with the pan.</t>
+  </si>
+  <si>
     <t>TIS 2673-2559 (2016)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-electric-stoves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/pan.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Microwaves</t>
   </si>
   <si>
+    <t>This program covers microwave oven types: single and multi-functions</t>
+  </si>
+  <si>
     <t>IEC 60705</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-microwaves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/microwave.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Short Pans</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency level criteria and testing requirements for electric pans. The criteria for energy efficiency levels (electricity cost [baht/year]) for electric pans are: 
+number5: 78.00-79.99
+number5*: 80.00-81.99 
+number5**: 82.00-83.99
+number5***: &gt;=84.00</t>
+  </si>
+  <si>
     <t>Electric Hot Pots</t>
   </si>
   <si>
     <t>TIS 2673-2016</t>
   </si>
   <si>
     <t>Electricity Generating Authority of Thailand</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-short-pans</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/wp-content/uploads/2022/10/short_pan.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
   </si>
   <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
     <t>Vanuatu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
+    <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
   <si>
     <t>Egyptian Organisation for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-and-similar-electrical-appliances</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14008</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
+  </si>
+  <si>
+    <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14544</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Domestic Liquefied Petroleum Gas Stove</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards for star labeled domestic liquefied petroleum gas stove for household use. The domestic gas stove means domestic gas burning appliance with metallic bodies with or without toughened glass top, consisting of single or multiple burners, injector jets, gas taps, burner pan supports, piping and fitting intended for use with liquefied petroleum gas at 30 grams-force per square centimetre (gf/cm2) gas inlet pressure.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>LPG Stoves</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Tubular Fluorescent Lamps (TFL)</t>
   </si>
   <si>
+    <t>The policy specifies the tubular fluorescent lamps for general lighting services covering all wattages with nominal dimension starting from 1100 millimeter and upto1500 millimeter covering color temperature of 6500 kelvin for halo-phosphate category, and 2700 kelvin, 4000 kelvin and 6500 kelvin  tri-phosphate lamps categories for display of particulars on label.</t>
+  </si>
+  <si>
     <t>IS 2418 (part 1 and 2) -1977 with all amendments</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-tubular-fluorescent-lamps-tfl</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/TFLnoti_New.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Labeling of Electrical Products and Household Appliances (NM 14.2.300)</t>
   </si>
   <si>
+    <t>This standard specifies mandatory labeling requirements for cooling appliances (refrigerators, freezers, and air conditioners), cooking appliances (electric ovens), cleaning appliances (dishwashers, washing machines, and clothes dryers), and household electric lamps (incandescent and fluorescent lamps with/without integrated ballast).</t>
+  </si>
+  <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers, Laundry, Washing Machines, Lighting, Lamps, Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Institut Marocain de Normalisation (IMANOR)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-electrical-products-and-household-appliances-nm-142300</t>
   </si>
   <si>
+    <t>https://www.imanor.gov.ma/Norme/nm-14-2-300/#</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Coffee Brewer Version 1.1</t>
   </si>
   <si>
+    <t>Products, that meet the definitions of Type II* Commercial Coffee Brewers as specified in the policy document, including Satellite Coffee Brewers without a heated docking station, are eligible for ENERGY STAR certification.
+Type II: A batch commercial coffee brewer designed to use loose, ground coffee and a re-usable or single-use coffee filter, and has a standard brew volume of &gt;24 to 384 fluid ounces per brew event. Type II brewers shall not use disposable packages of pre-ground coffee.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>ASTM F-2990-12</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-coffee-brewer-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/sites/default/files/Commercial%20Coffee%20Brewers%20Version%201.1%20Specification_2.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Dishwashers Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Dishwasher as specified in the policy document are eligible for ENERGY STAR qualification, including: under counter; single tank, door type; single tank conveyor; multiple tank conveyor and flight type machines. Glasswashing machines; pot, pan, and utensil machines; and dual sanitizing machines are also eligible. Only those under counter machines designed for wash cycles of 10 minutes or less are eligible for ENERGY STAR. Version 2.0 specification only covers electric models.
+Dishwashers intended for use in residential or laboratory applications are not eligible for ENERGY STAR under this product specification. Steam, gas, and other non-electric models cannot qualify for ENERGY STAR under this Version 2.0.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Commercial Dishwashers Rev. May-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-dishwashers-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_dishwashers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Fryers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Open Deep-Fat Fryer that are countertop; floor type; or drop-in designe are eligible for ENERGY STAR certification under this specification; with the exception of Fryers with vats measuring less than 12 inches wide or greater tan 24 inches wide.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Fryers</t>
   </si>
   <si>
     <t>ASTM Standard F1361-07 (2013); ASTM Standard F2144-09</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-fryers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_fryers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Griddles Version 1.2</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Single-Sided and Double-Sided Commercial Griddle are eligible for ENERGY STAR qualification; with the exception of Griddles with manual controls and fry-top ranges.</t>
+  </si>
+  <si>
     <t>Griddles</t>
   </si>
   <si>
     <t>ASTM F1275-14; ASTM F1605-14</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-griddles-version-12</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_griddles/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Hot Food Holding Cabinets Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Hot Food Holding Cabinet as specified in the policy document are eligible for ENERGY STAR qualification under this specification. Dual function equipment (e.g., cook-and-hold and proofing units), heated transparent merchandising cabinets, and drawer warmers are not eligible for ENERGY STAR.</t>
+  </si>
+  <si>
     <t>Hot Food Holding Cabinets</t>
   </si>
   <si>
     <t>ASTM Standard F2140-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-hot-food-holding-cabinets-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_hot_food_holding_cabinets/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Ovens Version 2.2</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Commercial Oven and Convection Oven, Combination Oven, or Rack Oven as specified in the specification document are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. The following sub-types are eligible:
+a. Full-size gas and half- and full-size electric convection ovens,
+b. Half- and full-size gas combination ovens with a pan capacity ≥ 6,
+c. Half- and full-size electric combination ovens with a pan capacity ≥ 5 and ≤ 20, and
+d. Single and double gas rack ovens</t>
+  </si>
+  <si>
     <t>ASTM F1496-13; ASTM F2861-14; ASTM F2093-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-ovens-version-22</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_ovens/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Steam Cookers Version 1.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Steam Cooker are eligible for ENERGY STAR. Also referred to as a “compartment steamer,” a device with one or more food steaming compartments in which the energy in the steam is transferred to the food by direct contact. May include countertop models, wall-mounted models and floor-models mounted on a stand, pedestal or cabinet-style base.</t>
+  </si>
+  <si>
     <t>Steam Cookers</t>
   </si>
   <si>
     <t>ASTM Standard F1484-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-steam-cookers-version-12</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_steam_cookers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Dishwashers Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a dishwasher and are a consumer product as specified in the policy document are eligible for ENERGY STAR certification, with the exception of commercial dishwashers.</t>
+  </si>
+  <si>
     <t>10 CFR 430 Subpart B Appendix C11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-dishwashers-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/dishwashers/partners</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Gas cooking appliances</t>
   </si>
   <si>
+    <t>This policy covers gas burners.</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
+    <t>It covers grills or ovens</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-gas-cooking-appliances-0</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Rice Cookers</t>
   </si>
   <si>
+    <t>Electric rice cookers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-rice-cookers</t>
   </si>
   <si>
     <t>Fluorescent tubes</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fluorescent-tubes</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>GB 12021.6-2017 Minimum allowable values of energy efficiency and energy efficiency grades for electric rice cookers</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120216-2017-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D81DDAD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21456-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for household induction cookers</t>
   </si>
   <si>
+    <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does NOT apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs</t>
   </si>
   <si>
     <t>GB 4706.29-2008 GB 4706.22-2008 GB 21456-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21456-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E9F5D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
+    <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
+a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
+b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
+c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
+d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
+e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
+f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
-  </si>
-[...1 lines deleted...]
-    <t>September 2025</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21456-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=F966E2FC4C7AB718356847B0DB1045E4</t>
+  </si>
+  <si>
     <t>GB 24849-2017 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Household and Similar Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwaves with rated input power lower than 2500W and uses the electro-magnetic power in ISM frequency range 2450MHz and resistance heating element to heat including microwave ovens with single microwave function and with barbecue and hot wind convection function. Does NOT apply to commercial and industrial microwave ovens or ovens with ventilators.</t>
+  </si>
+  <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24849-2017-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D817BCD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29539-2013 Minimum allowable values of energy efficiency and energy efficiency grades for range hoods</t>
   </si>
   <si>
+    <t>This policy applies to efflux-type range hood with rated voltage below 250V and installed above domestic cooktop stove or other similar devices.</t>
+  </si>
+  <si>
     <t>GB/T 17713-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-29539-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E800D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
+  </si>
+  <si>
     <t>GB / T 13611</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
+  </si>
+  <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 38383-2019 The minimum allowable values of the energy, water consumption, and grades for dishwashers</t>
   </si>
   <si>
+    <t>This policy covers dishwashers.</t>
+  </si>
+  <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>GB/T 20290-2016; QB/T 1520-2013</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38383-2019-minimum-allowable-values-energy-water-consumption-and-grades-dishwashers</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CCD4A5E05397BE0A0AD02D</t>
+  </si>
+  <si>
     <t>GB 38383-2025 Minimum Allowable Values and Grades of the Energy Efficiency and Water Efficiency for Dishwashers</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This standard raises energy efficiency and water efficiency for electric dishwashers used at home. It will replace GB38383—2019 and will be effective starting April 2027.</t>
+  </si>
+  <si>
+    <t>September 2025</t>
   </si>
   <si>
     <t>GB/T20290—2024
 ,   
                     GB/T23119</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38383-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3840811E06397BE0A0A2D54</t>
+  </si>
+  <si>
     <t>GB 39177-2020 Minimum allowable values of energy efficiency and energy efficiency grades for electric pressure cookers</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency grades, MEPS, and test methods for electric pressure cookers. It applies to electric pressure cookers heated by electric heating elements or electromagnetic induction, with a rated power of not more than 2000 W, rated volume of no more than 10 L, and a rated cooking pressure of 40 kPa–140 kPa.</t>
+  </si>
+  <si>
     <t>Kitchen</t>
   </si>
   <si>
     <t>GB 39177-2020</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-0</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EF23FD1E05397BE0A0A98CA</t>
+  </si>
+  <si>
+    <t>MEPS for electric pressure cookers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-0</t>
-[...1 lines deleted...]
-  <si>
     <t>GB19043-2013 Minimum allowable values of energy efficiency grades of double-capped fluorescent lamps for general lighting service</t>
   </si>
   <si>
+    <t>Applies to non-directional self-ballasted LED lamps with the rated rated power of 2W-60W; rated voltage of 220V; frequency 50Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb19043-2013-minimum-allowable-values-energy-efficiency-grades-double-capped-fluorescent</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6C0D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
+    <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
+  </si>
+  <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
-    <t>October 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
+  </si>
+  <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>GOST 14919-83 Household electric cooking ranges, cooking plates, and cooking ovens - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric cooking ranges, cooking plates, and cooking ovens.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>GOST 14919-83</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-14919-83-household-electric-cooking-ranges-cooking-plates-and-cooking-ovens-general</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/7652/</t>
+  </si>
+  <si>
     <t>GOST 27454-87 Household electric dishwashers - Perfomance characteristics and basic dimensions</t>
   </si>
   <si>
+    <t>This policy covers household dishwashers intended for washing, rinsing, drying, and storage of kitchenware and cutlery.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-27454-87-household-electric-dishwashers-perfomance-characteristics-and-basic</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38812/</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency rating label for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode.</t>
+  </si>
+  <si>
+    <t>Asia and Pacific, Malaysia</t>
+  </si>
+  <si>
+    <t>March 2025</t>
+  </si>
+  <si>
+    <t>IEC 60350-1:2016</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
+  </si>
+  <si>
     <t>Malaysia</t>
   </si>
   <si>
-    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact
+fluorescent lamps) and circular fluorescent lamps for general
+lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting
+services with lamp cap E14, E27, GU10, B22d and G13; and
+(e) filament tungsten incandescent lamps</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>d MS IEC 60081:2003 or IEC 60081:2003
 ,   
                      MS IEC 60969:2006 or IEC 60969:2001
 ,   
                      MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
+(a) solo;
+(b) combination;
+(c) convection; and
+(d) any other microwave oven with similar function;</t>
+  </si>
+  <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Dishwashers) Determination 2015</t>
   </si>
   <si>
+    <t>The standard is applicable to electric dishwashers which are intended for household or similar use. A number of performance requirements must be met by dishwashers during a test for energy consumption. These include: Washing index  the washing index of the test machine must exceed the specified value measured on the reference machine which is tested in parallel. The reference machine is a dishwasher which specially constructed and calibrated for this purpose (Miele G590). Drying index  the drying index of the test machine must exceed 50% (this is conducted as a separate test) Rated capacity  all specified load items shall be supported. Water consumption  shall not exceed 110% of the value stated by the manufacturer. Water pressure  machine shall be capable of operating at the maximum and minimum water pressure stated by the manufacturer. "</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AS/NZS2007</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-dishwashers-determination-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2015L01825</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Double-capped Fluorescent Lamps) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers double-capped fluorescent lamps in the product classes set out in subsection (2) that are:</t>
+  </si>
+  <si>
     <t>AS/NZS 4782.1:2004AS/NZS 4782.2:2004AS/NZS 4782.3:2006AS/NZS 61231: 2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-double-capped-fluorescent-lamps-determination-2017</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2017L00652</t>
+  </si>
+  <si>
     <t>Greenmark N102 - Electric Cookers</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric cookers which meet the definition of CNS 2518.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n102-electric-cookers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/102/20181362-65c6-4169-ac8e-83a9e68578d5.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N108 - Gas Stoves</t>
   </si>
   <si>
+    <t>gas stoves as defined in CNS 13604 on Gas Cooking Appliances.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n108-gas-stoves</t>
   </si>
   <si>
     <t>Greenmark N126 - Electric Kettles</t>
   </si>
   <si>
+    <t>This standard is applicable to electric kettles which meet the definition of CNS 15548.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n126-electric-kettles</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/126/7ab784a7-239c-4e83-86c5-ca7331a47b72.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N131 - Range Hoods</t>
   </si>
   <si>
+    <t>This standard is applicable to range hoods which meet the definition of CNS 3805.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n131-range-hoods</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/131/3287c4fc-6816-4ef9-ba60-17a5ca19b988.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N145 - Electric Ovens</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric ovens which meet the definition of CNS 3693.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n145-electric-ovens</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/145/9257cb4f-a32b-44b8-b546-a9ba04596840.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N147 - Electric Coffeemakers</t>
   </si>
   <si>
+    <t>This standard applies to electric coffeemakers, which can be automatic coffeemakers, espresso machines, drip brewers, or single-serve/capsule coffeemakers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n147-electric-coffeemakers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/150/6399582e-f7bd-4133-a927-0a94536a96a9.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N42 - Fluorescent Lamps Tubes</t>
   </si>
   <si>
+    <t>This standard is applicable to the preheat-type fluorescent lamps or tubes which meet the definition of CNS 691 and excludes the compact fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n42-fluorescent-lamps-tubes</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/42/0b942ae7-ba35-45af-8945-4a1ae0e9fdb7.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N52 - Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwave ovens for household use</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n52-microwave-ovens</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/52/8328d357-ae60-4932-89c2-e28dd5cc58ed.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N7 - Thermal insulation materials for building</t>
   </si>
   <si>
+    <t>This standard is applicable to thermal insulation materials  used in the buildings wall; roof; floor and ceiling applications.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n7-thermal-insulation-materials-building</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife//uploadfiles/Criteria/7/f7bafa8f-c4da-4aea-a425-c14e8ece04da.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N72 - Induction Cookers</t>
   </si>
   <si>
+    <t>This standard applies to induction cookers which meet the requirements of CNS12339.</t>
+  </si>
+  <si>
     <t>CNS13803</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n72-induction-cookers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/Eng/Criteriax_Detail.aspx?Serial=70</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Microwave Oven</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labelling requirements for microwave oven that can be connected to mains power and for household use. This Guide shall apply to the following function of microwave oven with size up to or equal to 32 Litre: (a) solo; (b) combination; (c) convection; (d) any other microwave oven with similar function; and (e) exclude any type of built-in microwave oven which its power supplied direct from power source.</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS IEC 62301:2012, IEC 60705:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-microwave-oven</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_Microwave_Oven_Issue_Date_01_MARCH_2020.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Rice cooker</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for rice cooker that can be connected to mains power and for household use. This Guide shall apply to the rice cooker with size up to or equal to 3.6 L and rated power up to 1600 Watt.</t>
+  </si>
+  <si>
     <t>MS 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-rice-cooker</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-%20Guide%20on%20MEPS%20for%20Rice%20Cooker%20(UPDATED).pdf</t>
+  </si>
+  <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
+    <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
+  </si>
+  <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Electric Deep Fryer</t>
   </si>
   <si>
+    <t>This scheme covers electric deep fryers (electric and liquefied petroleum gas fryers type), with the characteristics of working in batches and the maximum mass of oil used for frying is not more than 27 kg or 30 liters.</t>
+  </si>
+  <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>TIS 2717-2559</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-electric-deep-fryer</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/19_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Infrared gas stove</t>
   </si>
   <si>
+    <t>This scheme covers infrared gas stoves (high-pressure gas stoves)--cooking stoves that use liquefied petroleum gas as the fuel for heating power--that use gas pressures from 5 to 200 kPa and sizes of high-pressure gas furnaces from 8.0 to 16.5 centimeters.</t>
+  </si>
+  <si>
     <t>ref. A study project of energy efficiency standard for infrared gas stoves (DEDE)</t>
   </si>
   <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-infrared-gas-stove</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/2_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Liquefied petroleum gas (LPG) Cookstoves</t>
   </si>
   <si>
+    <t>This scheme covers household stoves (direct heating and flame types) with a maximum gas consumption of each burner that does not exceed 0.42 kg/h (or 5.78 kW) and the total gas consumption of all burners does not exceed 1. kg/h (or 13.76 kW) with one or more burners (without grill, oven or electric stove components). Household cooking stoves for liquefied petroleum gas must only be low-pressure gas stoves and must not be infrared stoves.</t>
+  </si>
+  <si>
     <t>Kitchen, LPG Stoves</t>
   </si>
   <si>
     <t>TIS 2312-2549</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-liquefied-petroleum-gas-lpg-cookstoves</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/1_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Range Hood</t>
   </si>
   <si>
+    <t>This scheme covers domestic range hoods, operated by a motor which it controls, intended to collect contaminated air from above a hob, with a rated voltage not exceeding 250 volts. Excluded - Commercial fume hoods or intended to be used in locations with special conditions such as potentially corrosive or explosive atmospheres (dust, vapors, or gases).</t>
+  </si>
+  <si>
     <t>TIS 710–2530 or JIS C 9603:1988</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-range-hood</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/18_01032565.pdf</t>
+  </si>
+  <si>
     <t>Household microwave ovens</t>
   </si>
   <si>
+    <t>Draft labels for microwave ovens. No information available</t>
+  </si>
+  <si>
     <t>BDS IEC 60705:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/household-microwave-ovens</t>
   </si>
   <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Lighting Products 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for lighting products used for General Lighting Service Lamps according to section 9 of Department Circular No. 2020-06-0015. Products in scope include Linear Fluorescent Lamps (LFL) or Double-Capped Fluorescent Lamps (DFL), Double-Capped Linear LED Lamps, Self-Ballasted Compact Fluorescent Lamps (CFL), Single-Capped Fluorescent Lamps (SFL), Self-Ballasted Non Directional LED Lamps.</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>CIE 84 1st Edition 1989
 ,   
                     PNS IEC 60081
 ,   
                     PNS IEC 60901
 ,   
                     ANSI C78.377-2015
 ,   
                     CIE S 025/E:2015
 ,   
                     CIE 13.3:1995
 ,   
                     IES LM 79-08
 ,   
                     IES LM 80-15
 ,   
                     PNS IEC 62612
 ,   
                     PNS IEC 61000-3-2
 ,   
                     IEC 60838-2-3 E.D. 1.0 B:2016 Miscellaneous Lampholders</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 267 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for commercial electric ovens.</t>
+  </si>
+  <si>
     <t>NBR NM 60335-1 / IEC 60335-2-36 / IEC 60335-2-42 / IEC 60335-2-102</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-267-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-267-de-22-de-junho-de-2021-328227052</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 268 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for microwave ovens.</t>
+  </si>
+  <si>
     <t>IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-268-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-268-de-22-de-junho-2021-328222087</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 8 of 05 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for gas stoves and ovens for household use.</t>
+  </si>
+  <si>
     <t>ABNT NBR 13723-1:2003 /  ABNT NBR 14698 and ABNT NBR 13866 / ABNT NBR 15076:2004 / ABNT NBR 7195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-8-05-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-8-de-5-de-janeiro-de-2022-375029861</t>
+  </si>
+  <si>
     <t>INTE E17-1 2017</t>
   </si>
   <si>
+    <t>This national standard establishes the minimum limits of energy efficiency that electric cookers; insoles and electric ovens with resistive elements for domestic use and induction templates for domestic use must meet. Applies for electric ranges that use a 60 Hz AC source with a nominal system voltage of 120-240 V.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>ISO 2859-1</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e17-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-1-2017-eficiencia-energetica-cocinas-electricas-plantillas-plantillas-de-induccion-y-hornos-electricos-de-uso-domestico-parte-1-requisitos-1048?search=INTE+E17-1</t>
+  </si>
+  <si>
     <t>INTE E17-2 2017</t>
   </si>
   <si>
+    <t>This standard applies to electric cookers; insoles and electric ovens for domestic use with electrical connection 120 V; 240 V at 60 Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e17-2-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-2-2017-eficiencia-energetica-cocinas-electricas-plantillas-y-hornos-electricos-de-uso-domestico-parte-2-etiquetado-1558?search=INTE+E17-2</t>
+  </si>
+  <si>
     <t>INTE E22-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for linear fluorescent lamps. This standard applies to linear fluorescent lamps; intended for lighting residential; commercial; services and industrial sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e22-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-1-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-requisitos-1480?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps. This standard applies to linear fluorescent lamps intended for lighting residential; commercial; services and industrial sectors that are marketed in the National territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e22-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-2 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps (LFL). This standard applies to linear fluorescent lamps, intended for lighting residential, commercial, service and industrial sectors that are marketed in the national territory. This standard does not apply to types of lamps that have one or more of the following characteristics: - Linear fluorescent lamps with a length of less than 50 cm, color temperature greater than 7000 K, designed to operate at low temperatures, ultraviolet and other special applications. . - Compact fluorescent lamp without integrated ballast, circular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e22-2-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?variant=5673</t>
+  </si>
+  <si>
     <t>ISIRI 14628-Determination of Criteria for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Covers air units with capacity of 3570m3 per h to 34000m3 per h</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>ISIRI 10335</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-14628-determination-criteria-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 16163:2013-determination of criteria for energy consumption and labeling instruction</t>
   </si>
   <si>
+    <t>Residential electric dishwasher</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/isiri-161632013-determination-criteria-energy-consumption-and-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 7875-1st edition- Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes electric kettles with capacity of minimum 4L and maximum 30L with 250 Va.c.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7875-1st-edition-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI NS 7341, 1st edition- Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Electric lamps - Tubular, double capped</t>
+  </si>
+  <si>
     <t>NS687 (Double Capped), NS 2702 (High Pressure Mercury Vapor), NS 5191 (HPSI), NS 5211 (Single Capped), 98/11/EC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-ns-7341-1st-edition-technical-specifications-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>JS 2092:2013 Energy efficiency labeling of household electric lamps</t>
   </si>
   <si>
+    <t>This policy covers household electric lamps supplied directly from the mains (filament and integral compact fluorescent lamps), and to household fluorescent lamps (including linear, and non-integral compact fluorescent lamps), even when marketed for non-household use.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2092</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20922013-energy-efficiency-labeling-household-electric-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5453</t>
+  </si>
+  <si>
     <t>JS 2093:2013 Technical regulation on eco-design requirements for fluorescent lamps without integrated ballast; for high intensity discharge lamps; and for ballasts and luminaires able to operate such lamps</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of fluorescent lamps without integrated ballast, of high intensity discharge lamps, and of ballasts and luminaires able to operate such lamps as defined in Article 3, even when they are integrated into other energy related products.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Drivers/ Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20932013-technical-regulation-eco-design-requirements-fluorescent-lamps-without</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5462</t>
+  </si>
+  <si>
     <t>JS 2098:2013 Energy labeling of household electric ovens</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household electric ovens including ovens being part of larger appliances.</t>
+  </si>
+  <si>
     <t>JS 2098</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20982013-energy-labeling-household-electric-ovens</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5454</t>
+  </si>
+  <si>
     <t>JS 2099:2013 Technical Regulation on eco-design requirements for household dishwashers</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries, including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>JS 2099</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-20992013-technical-regulation-eco-design-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5465</t>
+  </si>
+  <si>
     <t>JS 2100:2013 Energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>This policy covers electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>JS 2100</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21002013-energy-labeling-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5452</t>
+  </si>
+  <si>
     <t>KS 2448-1:2013 Double-capped flourescent lamps-performance specification-minimum energy performance standards</t>
   </si>
   <si>
+    <t>This standard specifies MEPS requirements for double-capped; FD1 and FDH2; tubular lamps with a nominal length of 550 mm to 1500 mm and having nominal wattage of 16 watts or more that are within the scope of IEC 60081.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ks-2448-12013-double-capped-flourescent-lamps-performance-specification-minimum-energy</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10039</t>
+  </si>
+  <si>
     <t>L.I. 1815 Energy Efficiency Standards and Labelling Regulations - Non-ducted Air Conditioners and Self-ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>These Regulations apply to non-ducted air conditioners or self-ballasted fluorescent lamps manufactured in Ghana or imported for use in Ghana.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>GS 324:2003</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-1815-energy-efficiency-standards-and-labelling-regulations-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI_1815.pdf</t>
+  </si>
+  <si>
     <t>labeling for dishwashers</t>
   </si>
   <si>
+    <t>MEPL covers mains electric dishwashers intended for household and similar use. MEPL does not apply to dishwashers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>AS/NZS 2007.2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/labeling-dishwashers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/dishwasher-factsheet.pdf</t>
+  </si>
+  <si>
     <t>LI 2445 Energy Commission (Energy Efficiency Standards and Labelling) (Rice Cookers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply a rice cooker manufactured in the country or imported into the country for display, sale, or use that has a rated power not exceeding two thousand watts, voltage not exceeding two hundred and fifty volts, and volume not exceeding ten litres.</t>
+  </si>
+  <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2445-energy-commission-energy-efficiency-standards-and-labelling-rice-cookers</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>LI 2450 Energy Commission (Energy Efficiency Standards and Labelling) (Microwave Ovens) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an electric mains-operated microwave oven, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to microwave ovens which cannot accept a load with a diameter equal or greater than 200mm or heigh of 120mm.</t>
+  </si>
+  <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2450-energy-commission-energy-efficiency-standards-and-labelling-microwave-ovens</t>
   </si>
   <si>
     <t>LI 2454 Renewable Energy (Standards and Labelling) (Improved Biomass Cookstoves) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an improved biomass cookstoves, manufactured in the country or imported into the country for sale, display or use as a domestic cookstove, or an institutional cookstove that uses solid biomass fuels including wood, charcoal, briquette, or pellet.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/li-2454-renewable-energy-standards-and-labelling-improved-biomass-cookstoves-regulations</t>
   </si>
   <si>
     <t>LI 2457 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Kettles) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to kettles with a water capacity not exceeding 2.5 litres, manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/li-2457-energy-commission-energy-efficiency-standards-and-labelling-electric-kettles</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MELS for General Lighting</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-general-lighting</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy set energy label scheme for all regulated lamps:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy references AS/NZS 4847.2:2010, which specifies minimum energy performance requirements for self-ballasted lamps for general lighting services, and AS/NZS 4782.3(Int):2006, which defines performance requirements for double-capped fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Samoa*</t>
   </si>
   <si>
     <t>AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>Samoa Ministry of Finance</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/wp-content/uploads/2019/08/Energy-Regulation.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Dish Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-dish-dryers</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for Dishwashers</t>
   </si>
   <si>
+    <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and or electrical means with the rated capacity 20 personor less.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-dishwashers</t>
   </si>
   <si>
     <t>MEPS for Electric stove</t>
   </si>
   <si>
+    <t>Electric stove with the rated power consumption of 500W, less than 10kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-electric-stove</t>
   </si>
   <si>
     <t>MEPS for Fluorescent Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-fluorescent-lamps</t>
   </si>
   <si>
     <t>MEPS for General Lighting</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
   </si>
   <si>
     <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
   </si>
   <si>
     <t>CIE3 84:1989 and IEC 60064, Measurement of luminous flux
 ,   
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for lamps as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting-2024</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for indoor LED lamps</t>
   </si>
   <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy references AS/NZS 4782.2:2004, which specifies performance and energy efficiency specifications for tubular fluorescent lamps of length 550 mm to 1500 mm both inclusive with wattage of 16 watts or more that are within the scope of AS/NZS 4782.1. Modified adoption of, and reproduced from, IEC 61347-2-11:2001.</t>
+  </si>
+  <si>
     <t>AS/NZS 4782.2:2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-linear-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Rice Cooker</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling requirements for cover rice cookers with rice cooking capacity not exceeding 3 L and voltage up to 250 V, excluding pressure cookers (HS code: 8516.60.10).</t>
   </si>
   <si>
     <t>SNI IEC 60335-1
 ,   
                     SNI IEC 60335-2-15</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-1</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124347_115KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PENANAK_NASI.PDF</t>
+  </si>
+  <si>
     <t>Minimum energy performance standard(MEPS) and labelling for clay plate resistor based electric injera mitad</t>
   </si>
   <si>
+    <t>This Ethiopian Minimum Energy Performance Standard and label grading applies to clay plate resistor</t>
+  </si>
+  <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>Ethiopian Standards Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standardmeps-and-labelling-clay-plate-resistor-based-electric</t>
   </si>
   <si>
+    <t>http://eea.gov.et/media/attachments/LAWS%20AND%20REGUALTIONS/Energy%20laws%20and%20regualtions/4-MEPS%20INJER%20MITAD%20%20Ethiopia%20draft%2029-2-2020%20version%20final%20East%20Gate%20(4).pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Electric Hot Water Pots</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-electric-hot-water-pots</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-rice-cookers</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
+    <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Double-Capped Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers double-capped fluorescent lamps, which are straight cylindrical fluorescent lamps intended for general lighting use. It applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-double-capped-fluorescent-lamps-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048416</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Electric Rice Cookers, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric rice cookers that automatically convert electricity into heat for cooking rice and maintaining a certain warming temperature range. It covers electric rice cookers with a wattage range from 400 to 800 watts.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-electric-rice-cookers-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/47.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electric Kettles, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric kettles that automatically convert electrical energy into heat for use in boiling water (one-phase alternating current with a rated voltage that does not exceed 250 volts and an electric frequency is 50 hertz).</t>
+  </si>
+  <si>
     <t>Kitchen, Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-electric-kettles-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048431</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electric Thermo Pot, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric thermo pots that automatically convert electricity into heat for use in boiling water and maintains a certain heat temperature. Applicable capacities of the electric thermos include 1. less than 2.4 cubic decimeters, 2. 2.4 to 3.0 cubic decimeters, and 3. more than 3.0 cubic decimeters.</t>
+  </si>
+  <si>
     <t>Kitchen, Electric Hot Pots</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-electric-thermo-pot-be-2552-2009</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=1776761</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Determining High Efficiency Electric Stove, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric stoves that have a heat source under the surface of the cooking part for heating the container (one-phase alternating current, with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz). This policy covers hot plate electric stoves and induction stoves and excludes industrial electric stoves.</t>
+  </si>
+  <si>
     <t>Kitchen, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-determining-high-efficiency-electric-stove-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048429</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Electric Oven, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric ovens for heating food, beverages, and baking with a rated voltage not exceeding 250 volts and an electric frequency of 50 hertz. The volume of the electric oven must have a capacity of 12 liters or more.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-electric-oven-be-2564-2021</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17162824</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Pans, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric shallow frying pans, which include pans with built-in and separate heating systems (single-phase AC, a rated frequency of 50 Hz, and a rated voltage that does not exceed 250 V).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-electric-pans-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=17162822</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Liquefied petroleum gas (LPG) Cookstoves, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers household stoves that use liquefied petroleum gas.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-liquefied-petroleum-gas-lpg</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048419</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Microwave Oven, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers domestic microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages. The voltage is not more than 250 volts and the electric frequency is 50 hertz.</t>
+  </si>
+  <si>
     <t>Kitchen, Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-microwave-oven-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048430</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 325 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for ovens.</t>
+  </si>
+  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mmemctmdic-ordinance-no-325-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_325-2011-fornos-e-fogoes-a-gas.pdf</t>
+  </si>
+  <si>
     <t>MS: 204:2015 Energy efficiency and labelling requirement-Domestic Ovens and Range hoods</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household refrigerating applliances</t>
+  </si>
+  <si>
     <t>MS 204</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-2042015-energy-efficiency-and-labelling-requirement-domestic-ovens-and-range-hoods</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-679/</t>
+  </si>
+  <si>
     <t>MS: 205:2011 Energy efficiency and labelling requirement-Household electric dishwasher</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for dishwasher</t>
+  </si>
+  <si>
     <t>MS 205</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-2052011-energy-efficiency-and-labelling-requirement-household-electric-dishwasher</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-680/</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>NF397 - NF Environnement - Cafetieres electriques a filtre pour usage domestique</t>
   </si>
   <si>
+    <t>The NF Environnement -filter coffee machine for domestic use- is for filter coffee machines for household use or assimilated. To be eligible the coffee maker must be equipped with a thermal carafe. Exclusions: Coffee machines for professional use espresso coffee makers percolator coffee makers and coffee makers with a hot plate resistance are not covered.</t>
+  </si>
+  <si>
     <t>France</t>
   </si>
   <si>
     <t>NF EN 60335-1 (20020301) NF EN 60335-2-15 (20010401) NF EN 60661 (20021201) PR NF EN 62301 ISO 11469:2000 (20000515)</t>
   </si>
   <si>
     <t>AFNOR Certification</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nf397-nf-environnement-cafetieres-electriques-filtre-pour-usage-domestique</t>
   </si>
   <si>
     <t>NOM-028-ENER-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the minimum efficiency limits for general- purpose lamps, intended for the lighting of the residential, commercial, services, industrial and public lighting sectors , as well as their test methods. This Official Mexican Standard applies to general-purpose lamps intended for lighting in the residential, commercial, services, industrial and public lighting sectors, such as: incandescent, incandescent with halogen, linear fluorescent, high intensity discharge and mixed light; that are imported, manufactured, and / or marketed within the national territory.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-028-ener-2017</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5515627&amp;fecha=09/03/2018</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered dishwashers within the scope of EU Ecodesign Regulation 1016-2010-EC and Energy Labelling Regulation 1059-2010-EC.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-003-white-goods</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for LED Lights</t>
   </si>
   <si>
+    <t>This policy establishes mandatory Minimum Energy Performance Standards (MEPS) and labels for LED lights that are normally used in households and buildings for general lighting purposes and street lighting. LED lights should conform to all the requirements of Pakistan Standard PS:IEC60050-845 with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>PS:IEC60050-845</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-led-lights</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO415(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Standard: Household Microwave Oven - Methods for Measuring Performance</t>
   </si>
   <si>
+    <t>This standard applies to microwave ovens for household use and combination microwave ovens. Microwave ovens are defined as appliances using electromagnetic energy in the ISM frequency band of 2,450 MHz for heating food and beverages in the cavity. Combination microwave ovens are microwave ovens in which the microwave energy is combined with thermal energy.</t>
+  </si>
+  <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IEC 60705:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-standard-household-microwave-oven-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electrotechnical/56-PS%205254%20based%20on%2060705.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-1-1:2007 Amendment 1:2013 - Lamps and related equipment-Energy efficiency and labeling requirements - Part 1-1: Double-capped fluorescent lamps</t>
   </si>
   <si>
+    <t>This labeling program covers single-capped fluorescent lamps for general lighting service.</t>
+  </si>
+  <si>
     <t>PNS IEC 60081:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-1-12007-amendment-12013-lamps-and-related-equipment-energy-efficiency-and</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202050-1-1%20amd%201-2013.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-1-2:2006 - Lamps and related equipments – Energy labeling requirements – Part 1-2: Single-capped fluorescent lamps</t>
   </si>
   <si>
     <t>PNS IEC 60901:2001 Amd. 01, 02, &amp; 03:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-1-22006-lamps-and-related-equipments-energy-labeling-requirements-part-1-2-single</t>
   </si>
   <si>
+    <t>https://www.lites.asia/files/otherfiles/0000/0238/Manila_lites_asia_meeting_1.8_Philippine_policies_for_EE_lighting_Mirna_Campanano.pdf</t>
+  </si>
+  <si>
     <t>Prakas on Energy Efficiency Label for Designated Appliances</t>
   </si>
   <si>
+    <t>This policy will establish energy efficiency standards and labels for designated appliances including room air conditioners, refrigerators, fans, rice cooker, and LED/lamp</t>
+  </si>
+  <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/prakas-energy-efficiency-label-designated-appliances</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2024/11/MEPS-Implementation-Status-Countries.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Microwave Ovens</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for microwave ovens.</t>
+  </si>
+  <si>
     <t>ABNT NBR NM IEC 60335-2-25; IEC 60705; IEC 62301; ABNT NBR 5891</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-microwave-ovens</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Provision 170/2016</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>IRAM 62412 / IRAM 62301</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-1702016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
     <t>Provision No. 257</t>
   </si>
   <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-257</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
     <t>Register of Manufacturers and Importers of Incandescent and Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The Resolution establishes the requirements and procedures, as well as the conditions that will be required to grant the Prior Import Licenses, which must include the mandatory Energy Efficiency Certificate for such products. The Resolution applies to manufacturers and importers of the following products:</t>
+  </si>
+  <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/register-manufacturers-and-importers-incandescent-and-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.gma.trade/single-post/2019/01/14/Registration-and-Energy-Efficiency-Certification-of-Lamps-in-Paraguay</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Etiquetado De EE Lamparas Fluroescentes</t>
   </si>
   <si>
+    <t>Linear (tube) fluorescent, Circular, Rectilinear , compact; linear; circular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>CIE 84 1989,IEC 60901:2001,IEC 60969:2001</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-etiquetado-de-ee-lamparas-fluroescentes</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/res_conj_019.pdf</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Energy Efficiency Grade Label for Electric Range</t>
+  </si>
+  <si>
+    <t>This regulation revised energy efficiency grade labels for electric range. Products in scope include electric ranges with a rated input voltage of single-phase AC 220V, a rated frequency of 60Hz, and a rated power consumption between 1kW and 10kW.</t>
   </si>
   <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS C IEC 60350
 ,   
                     K 60335-2-6
 ,   
                     IEC 60350-2</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-energy-efficiency-grade-label-electric</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Energy Efficiency Grade Label for Electric Rice Cooker</t>
+  </si>
+  <si>
+    <t>This regulation revised energy efficiency grades and labeling for electric rice cooker, pursuant to Article 15 of the Energy Use Rationalization Act. Products in scope include electric rice cookers with a rated voltage of 220 V with a single-phase alternating current, and electric rice cookers with a rated voltage of 220 V and an electric warmer.</t>
   </si>
   <si>
     <t>KS A 0006
 ,   
                     KS Q 5002
 ,   
                     KS A 0078
 ,   
                     KS A 0511
 ,   
                     KS C 9310
 ,   
                     KS C 9312
 ,   
                     KS G 3602
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-energy-efficiency-grade-label-electric-0</t>
   </si>
   <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
+    <t>Electric dishwashers for household use.</t>
+  </si>
+  <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
+  </si>
+  <si>
     <t>Resolution No. 69 - Labeling for Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>Labeling for gas cooking appliances.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>SEC PC Nº7/1-2</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-69-labeling-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_COMBUSTIBLES/PC_7-1_2.PDF</t>
+  </si>
+  <si>
     <t>Resolution No. 8 - Labeling for Dishwashers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for electric dishwashers.</t>
+  </si>
+  <si>
     <t>IEC 60436:2012-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-8-labeling-dishwashers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100327</t>
+  </si>
+  <si>
     <t>SASO 2870:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to: 
+Incandescent lamps
+Halogen lamps
+Compact flourescent lamps with integrated ballast (CFLi)
+Light-emitting diode (LED) lamps (Incandescent retrofit types)
+Light-emitting diode (LED) lamps (Halogen retrofit types)</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-28702018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/saudi-arabia-market-access-new-requirements-lighting-products-saso-iecee-and-saso-ee</t>
+  </si>
+  <si>
     <t>SASO 2902:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to:
+Incandescent lamps with a luminous flux above or equal 12,000 lumens
+Halogen lamps with a luminous flux above or equal 12.000 lumens
+Compact fluorescent lamps with integrated ballast (CLFi) with a luminous flux above or equal 12,000 Lumens
+Compact fluorescent lamps without integrated ballast (CFLni)
+Fluorescent Lamps (all types)
+High-Intensity Discharge Lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/saso-29022018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
     <t>Schedule 22 - Microwave Ovens</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for microwave ovens (including combination microwave ovens) meant for household or similar use, with or without grill or convection functions, being manufactured, imported or sold in India. This schedule applies to all types of counter-top microwave oven (covered under the scope of IS 302-2-25, and IEC 60705). The label is expected to be voluntary until the end of 2020, and become mandatory in 2021.</t>
+  </si>
+  <si>
     <t>IEC 60705: Amendment 1, 2010 and Amendment 2, 2018, IEC 62301, IS 302-2-25</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-22-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule22-MWO.pdf</t>
+  </si>
+  <si>
     <t>Schedule 9 - Domestic Liquefied Petroleum Gas Stoves</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling requirements for domestic gas stoves using LPG at 30 gf/cm2 gas inlet pressure being manufactured, imported, or sold in India</t>
+  </si>
+  <si>
     <t>IS 4246:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-9-domestic-liquefied-petroleum-gas-stoves</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Final_LPG_schedule.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4106 - Self-Ballasted Circular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-ballasted circular fluorescent lamps with T5 or T9 bulb, with electronic or electromagnetic adapter, E-26 or E-27 base, and rated supply voltage of 120V and 127V +-10% at an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-295-ANCE / NMX-J-531-ANCE / IES-LM-66 / IES LM-16 / IES-LM-54 / IES LM-65</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4106-self-ballasted-circular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4106_05.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4108 - T8 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T8 fluorescent lamps, quick start, of power ratings: 15W (457.2mm), 17W (604 mm), 25W (914.4 mm), 25W (1200 mm), 28W (1200 mm) 30W (1200 mm) y 32W (1200 mm), U" shape of 31W (41.27 mm between electrodes); as well as instant start lamps of 55W (2438.4 mm) 59W (2438.4 mm) and high light output (HO) in 86W (2438.4 mm). "</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NOM-028-ENER / NMX-J-531-ANCE / NMX-J-197-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4108-t8-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4108_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4110 - Luminaires for Indoor Use With Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for interior fixtures, built-in or overlaid, using linear fluorescent lamps or U-shaped, with T8 or T5 bulbs and their respective ballast, reflector mirror orcabinet using highly reflective paint, with or without diffuser.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / IES LM-41 / IES-LM-54</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4110-luminaires-indoor-use-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4110_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4119 - T5 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T5 linear fluorescent lamps, quick start, operating at the following power ratings: 14W, 21W, 28W, 35W and with high light output or without amalgam in the following power ratings: 24W, 39W, 49W, 54W and 80W.</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NOM-028-ENER / NMX-J-531-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4119-t5-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4119_05.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4124 - Luminaires for Outdoor Use With Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor lighting fixtures for compact fluorescent lamps T4 or T5 with electronic or electromagnetic ballast operating voltages of 120, 127, 220 or 277 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / NMX-J-295-ANCE / NMX-J-531-ANCE / IES-LM-66 / IES LM-40 / IES LM-16 / IES-LM-54</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4124-luminaires-outdoor-use-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4124_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4125 - Luminaires for Indoor Use with Compact or Circular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for indoor luminaires, built-in or other, for T4 and T5 compact fluorescent lamps or T5 and T9 circular fluorescent lamps, with electronic or electromagnetic ballast operating voltages of 120, 127, 220 or 277 volts and at frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4125-luminaires-indoor-use-compact-or-circular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4125_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4132 - Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for compact fluorescent lamps without ballast, single tube-shaped, double, triple and long twin tube T4 or T5.</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NMX-J-531-ANCE / NMX-J-197-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.4 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4132-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4132_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4145 - Tortilla Making Machines</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors.</t>
+  </si>
+  <si>
     <t>Tortilla Making Machines</t>
   </si>
   <si>
     <t>NOM-019-ENER / ASTM E 1086 / ASTM E 353 / UNE-EN 10020 / NSF/ANSI Standard 51 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4145-tortilla-making-machines</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4145_03.pdf</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 1: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - ovens</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-60350-part-1-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - hobs</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
     <t>SI 60968</t>
   </si>
   <si>
+    <t>Self-ballasted lamps for general lighting services</t>
+  </si>
+  <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-60968</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=f176cda1-c392-4f0e-8c7d-e062df37c908</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Microwave Ovens</t>
   </si>
   <si>
+    <t>This policy establishes criteria for microwave ovens for household use. A microwave oven is an electrical appliance intended for household use that uses high-frequency electromagnetic waves for heating food or beverages, with a rated voltage of not more than 250 V and a frequency ranging from 890 MHz to 6 GHz.</t>
+  </si>
+  <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=81</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Coffee Machine</t>
   </si>
   <si>
+    <t>This category establishes criteria for espresso and coffee machines, which include fully-automatic espresso/coffee machines, hand-operated piston espresso/coffee machines and capsule espresso/coffee machines. The category does not cover espresso/coffee machines with a system to warm cups, or capsule espresso/coffee machines which require capsules made by a certain manufacturer.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-coffee-machine</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=56</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Dishwashers</t>
   </si>
   <si>
+    <t>This category establishes criteria for dishwashers designed to be stand-alone on floors or counter surfaces meant for household use. They apply to devices which serve the function of dishwashing alone or in combination with other functions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-dishwashers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=76</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Electric Kettles</t>
   </si>
   <si>
+    <t>This category establishes criteria for electric kettles for household use based on environmental, performance and health parameters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-electric-kettles</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=55</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Gas Cookers and Gas-fired Appliances</t>
   </si>
   <si>
+    <t>This category establishes criteria for household gas-powered cooking devices that are isolated in design i.e. individual machines (which operate with gas burners located on steel originated or glass and ceramic layered cooker top) and gas-powered cooking devices with built-in ovens (the latter may be either natural gas or electricity powered). This category does not include gas powered cooking devices which operate with gas burners located below a glass and ceramic layered cooker top.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-gas-cookers-and-gas-fired-appliances</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=57</t>
+  </si>
+  <si>
     <t>SLNS 91: 2011 Energy Efficiency Labelling – Labelling of Fluorescent Tubular and Compact Lamps</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of energy efficiency classification of fluorescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label. This National Standard is applicable to tubular, circular and compact fluorescent lamps using both integrated and non-integrated electromagnetic or electronic ballasts, with the following  specifications:</t>
+  </si>
+  <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/slns-91-2011-energy-efficiency-labelling-labelling-fluorescent-tubular-and-compact-lamps</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-91-2011/</t>
+  </si>
+  <si>
     <t>SLS 1625 : 2013</t>
   </si>
   <si>
+    <t>Sri Lanka Standard Energy Efficiency Rating for Double Capped Tubular Fluorescent Lamps</t>
+  </si>
+  <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>January 2022</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1625-2013</t>
   </si>
   <si>
+    <t>http://www.energy.gov.lk/images/energy-management/regulations-lfl-and-ballasts.pdf</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
     <t>Standard NOM-019-ENER-2009 - Tortilla Making Machines</t>
   </si>
   <si>
+    <t>This policy covers minimum requirements for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors. Not included are domestic manual tortilla-making machines, which are not operated by electric motors.</t>
+  </si>
+  <si>
     <t>NOM-019-ENER-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-019-ener-2009-tortilla-making-machines</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5072738&amp;fecha=09/12/2008</t>
+  </si>
+  <si>
     <t>Standard NOM-025-ENER-2013 - Domestic Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household gas cooking appliances.</t>
+  </si>
+  <si>
     <t>NOM-010-SESH-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-025-ener-2013-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5302707&amp;fecha=17/06/2013</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>TCVN 13372:2021 Energy Efficiency for induction hobs</t>
   </si>
   <si>
+    <t>This standard standard specifies the minimum energy efficiency level and the method for determining the energy consumption of an induction cooker. This policy applies to All types of induction cookers with built-in other types of cooking zones such as radiant cooking zones. It will enter into force on 1 January 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-133722021-energy-efficiency-induction-hobs</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13372%3A2021</t>
+  </si>
+  <si>
     <t>TCVN 13373:2021 - Infrared cookers</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy efficiency levels and methods for determining energy consumption for infrared cookers/hobs. This standard applies to infrared cookers that integrate other types of cooking zones such as induction cooking zones. This policy will enter into force on 1 April 2025.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-133732021-infrared-cookers</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13373-2021-Bep-hong-ngoai-Hieu-suat-nang-luong-920208.aspx</t>
+  </si>
+  <si>
     <t>TCVN 7896:2015 Compact fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for compact fluorescent lamps (CFL).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78962015-compact-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7896-2015-bong-den-huynh-quang-compact-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8249:2013 Linear tubular fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for linear tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-82492013-linear-tubular-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8249-2013-bong-den-huynh-quang-ong-thang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8252:2015 Rice cookers - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for rice cookers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-82522015-rice-cookers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8252-2015-noi-com-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Dishwashers TGL-83-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to dishwashers used in housing.</t>
   </si>
   <si>
     <t>TIS 1838 (or IEC 60335-2-5, EN 60335-2-5), Household dishwashers
 ,   
                     TIS 1839 (or IEC 60335-2-5, EN 60335-2-5), Commercial dishwashers
 ,   
                     IEC 62321
 ,   
                     IEC 60436
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2 (or EN 55014-1)
 ,   
                     EN 55014-2</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-dishwashers-tgl-83-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-83-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fryers TGL-82-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to an electric pan that uses electricity to heat.</t>
   </si>
   <si>
     <t>TIS 1509
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2 (or EN 55014-1)
 ,   
                     EN 55014-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-fryers-tgl-82-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-82-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric rice-cookers TGL-73-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to electric rice cookers with a rated voltage not exceeding 250 V and with a capacity not exceeding 10 liters for residential use or similar purposes.</t>
+  </si>
+  <si>
     <t>TIS 1039</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-rice-cookers-tgl-73-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-73-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Thermo Pot TGL-63-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to electric thermo pots for residential use (single-phase alternating current (AC), frequency 50 Hz, rated voltage not more than 250 V, rated water capacity not more than 10 liters)</t>
+  </si>
+  <si>
     <t>TIS 2062</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-thermo-pot-tgl-63-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-63-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Fluorescent Lamps TGL-2-R4-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to fluorescent lamps consisting of single-capped fluorescent lamps, double-capped fluorescent lamps, and self-ballasted lamps for general lighting purposes.</t>
   </si>
   <si>
     <t>Double–capped fluorescent lamps: TIS 236, TIS 956, TIS 2309, TIS 2310
 ,   
                     Single–capped fluorescent lamps: TIS 1713, TIS 2235, TIS 2334 ,TIS 2310</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-fluorescent-lamps-tgl-2-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-02-R4-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Microwave oven TGL-38-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages.</t>
   </si>
   <si>
     <t>TIS 1773
 ,   
                     TIS 2238 (or IEC 62301)
 ,   
                     IEC 60705
 ,   
                     TIS 2368</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-microwave-oven-tgl-38-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-38-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Toaster TGL-92-14</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to automatic pop-up toasters.</t>
   </si>
   <si>
     <t>Kitchen, Toasters</t>
   </si>
   <si>
     <t>TIS 1641
 ,   
                     IEC 60335-2-9
 ,   
                     TIS 2238</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-toaster-tgl-92-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-92-14.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Household Dishwashers</t>
   </si>
   <si>
+    <t>(1) Subject to paragraph (2), this Chapter applies to electric mains-operated household dishwashers, including—
+(a) built-in dishwashers; and
+(b) dishwashers that can also be powered by batteries.
+(2) Nothing in this Chapter applies to—
+(a) dishwashers in the scope of the Supply of Machinery (Safety) Regulations 2008(1);
+(b) battery-operated household dishwashers that can be connected to the mains through an AC/DC converter purchased separately.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-household</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/3/made</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Electric Kettle</t>
   </si>
   <si>
+    <t>This program covers electric kettles with internal or external heating types, single-phase alternating current</t>
+  </si>
+  <si>
     <t>TIS 2588-2556</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-electric-kettle</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ele_kettle.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for rice cooker</t>
+  </si>
+  <si>
+    <t>This program covers the following rice cooker types: normal rice cookers (rice cooker), cook/warm rice cookers (jar type), digital rice cookers (computerized)</t>
   </si>
   <si>
     <t>TIS 2545-2555
 ,   
                     TIS 1039 - 2547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-rice-cooker</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ek.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Rice Cookers</t>
   </si>
   <si>
+    <t>This program covers electric thermos pot types (classified by the operation of work) - normal type and auto warm.</t>
+  </si>
+  <si>
     <t>JIS C 9213-1988</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-rice-cookers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/rc.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Electric Rice Cookers</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electric heating elements for heating source operated at atmospheric pressure rice-cookers and the maximum rated power consumption not exceeding 2 kW. The scheme does not cover induction heating electric rice-cookers.</t>
+  </si>
+  <si>
     <t>CCEC/T11-2006 JIS C9212 QB/T 3899</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-electric-rice-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Rice%20Cookers%202020_eng_v2.7%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Gas Cookers</t>
   </si>
   <si>
+    <t>This policy applies to new gas cookers that are designed for primary use in domestic premises and burn gas defined in Gas Safety Ordinance, have a rated heat input not exceeding 7 kW for each burner, either table-top type or built-in type, and have one or multiple burners.</t>
+  </si>
+  <si>
     <t>GB16410-2007</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-gas-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Gas%20Cooker%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Induction Cookers</t>
   </si>
   <si>
+    <t>This policy applies to cookers using electromagnetic induction heating as the heating source with a rated power consumption range from 700–3500 W for each heating unit. The total rated power shall not exceed 7000 W.</t>
+  </si>
+  <si>
     <t>GB 21456 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-induction-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Induction%20Cookers%202019_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwave ovens using electromagnetic energy in the ISM frequency band of 2,450 MHz, with rated power input of less than 2,500 Watt for household use. It also applies to combination microwave ovens with additional heating elements or convection capability. Does not apply to microwave ovens for commercial and industrial use; ovens incorporating conventional heating means only; and ovens with exhaust hood.</t>
+  </si>
+  <si>
     <t>IEC 60705: 2010 Edition 4.0, IEC 62301: 2011 Edition 2.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Microwave%20Ovens%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 2309-2556 (2013) double-capped fluorescent lamps: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies requirements for minimum energy efficiency for double capped fluorescent lamps with a rated wattage of 14 W to 80 W and a diameter of 16 mm and 26 mm (T5 and T8), in accordance with the scope of TIS 236. This standard specifies requirements for lamps intended for general lighting purposes used in the luminaires and ballast is connected to a single-phase electric power supply having a rated voltage 220 V 50 Hz and applied to lamp intended for use with high-frequency ballast (electronic ballast).</t>
+  </si>
+  <si>
     <t>Lighting, Lamps, Tubular Lamps</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2309-2556-2013-double-capped-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/13.PDF</t>
+  </si>
+  <si>
     <t>TIS 2545-2555 (2012) Electric rice-cookers : energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies heat efficiency requirements for household electric rice cookers. Covers only single-phase electric rice cookers with a rated frequency of 50 Hz, a rated voltage not exceeding 250 volts, a rated power supply not exceeding 2 kW, and a rated capacity not exceeding 5 Litres. This policy prescribes the general requirements, mark, sampling, and criteria for conformity and testing.</t>
+  </si>
+  <si>
     <t>Kitchen, Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2545-2555-2012-electric-rice-cookers-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/006/16.PDF</t>
+  </si>
+  <si>
     <t>TIS 2578-2555 (2012) Microwave ovens: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies the size, general requirement, mark and labeling, sampling, and criteria for conformity and testing for microwaves for household use and similar purposes (single-phase, with a frequency of 50 Hz, a rated voltage that does not exceed 250 V).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2578-2555-2012-microwave-ovens-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/050/2.PDF</t>
+  </si>
+  <si>
     <t>TIS 2588-2556 (2013) Electric kettles: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of electric kettles used for single-phase AC power, frequency 50 Hz, rated voltage not more than 250 V and rated capacity not more than 2.5 liters, for boiling water for residential and general use with similar purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2588-2556-2013-electric-kettles-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://law.industry.go.th/laws/file/61091</t>
+  </si>
+  <si>
     <t>TIS 2589-2556 (2013) Electric hobs: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of electric hobs for household and similar purposes, their rated voltage not more than 250 V at a frequency of 50 Hz and having a diameter not more than 220 mm. This policy specifies types and dimensions, marks, and testing.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2589-2556-2013-electric-hobs-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/127/8.PDF</t>
+  </si>
+  <si>
     <t>TIS 2673-2559 (2016) Electric fryers: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric fryers intended for household and similar purposes use for alternating current single phase with a rated voltage not exceeding 250 V and 50 Hz.</t>
+  </si>
+  <si>
     <t>Kitchen, Fryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2673-2559-2016-electric-fryers-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://siamvip.com/managefiles/fileUploads/cnkconsultant/imgUploads/indu_370.PDF</t>
+  </si>
+  <si>
     <t>TIS 2674-2559 (2016) Electric ovens: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric ovens intended for household and similar purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2674-2559-2016-electric-ovens-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://siamvip.com/managefiles/fileUploads/cnkconsultant/imgUploads/indu_371.PDF</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
   </si>
   <si>
+    <t>Domestic electric and gas ovens including when incorporated into cookers and for domestic electric range hoods including when sold for non-domestic purposes. This Regulation shall not apply to:  a. ovens that use energy sources other than electricity or gas; b. ovens which offer a microwave heating function;  c. small ovens;  d. portable ovens;  e. heat storage ovens</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
+    <t>EU 65-2014</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Natural Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens including when incorporated in cookers; domestic hobs and domestic electric range hoods including when sold for non-domestic purposes. This Regulation does not apply to:  a. appliances that use energy sources other than electricity or gas;   b. appliances which offer microwave heating function;   c. small ovens;   d. portable ovens;    e. heat storage ovens;   f. ovens which are heated with steam as a primary heating function;   g. covered gas burners in hobs;   h. outdoor cooking appliances;   i. appliances designed for use only with gases of the third family propane and butane; and    j. grills.</t>
+  </si>
+  <si>
     <t>EU 66-2014</t>
   </si>
   <si>
-    <t>Ministry of Energy and Natural Resources</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017-0</t>
   </si>
   <si>
-    <t>EU 65-2014</t>
-[...4 lines deleted...]
-  <si>
     <t>Turkish Official Gazette No 31434 | Comminique on Ecodesign Requirements for Household Dishwashers (2019/2022/EU) (SGM:2021/1)</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-comminique-ecodesign-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-1.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Home Type Dishwasher Energy of Machines Notification on Labeling (2019/2017/EU) (SGM:2021/2)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.  This policy is a transposition of (EU) 2019/2017.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-home-type-dishwasher-energy-machines-notification</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-2.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
+  </si>
+  <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
   <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tuvalu-energy-efficiency-act-2016</t>
   </si>
   <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-6: 2018 – Labeling – Energy efficiency label for electrical appliances Part 6: Dishwashers.</t>
   </si>
   <si>
+    <t>This regulation is developed to ensure that dishwasher are registered and monitored for their continuous compliance to the set specifications. Includes energy consumption and water consumption.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-6-2018-labeling-energy-efficiency-label-electrical-appliances-part-6-dishwashers</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2018/TBT/ARE/18_1779_00_e.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Eficiencia energética - Lámparas fluorescentes compactas, circulares y tubulares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for compact, circular, and tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60081, IEC 60901, IEC 60969</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11602007-eficiencia-energetica-lamparas-fluorescentes-compactas-circulares-y</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1160+-+Eficiencia+Energetica.+Lamparas+fluorescentes+compactas%2C+circulares+y+tubulares.+Especificaciones+y+etiquetado.pdf/0de30c77-9758-48ed-b393-3085dcf6af48</t>
+  </si>
+  <si>
     <t>US 761: 2019, household biomass stoves requirement( 2nd edition)</t>
   </si>
   <si>
+    <t>This Uganda standard specifies the classification,technical requirements, performance requirements, safety requirements and test methods of biomass cookstoves intended for use in households. This standard is applicable to cookstoves using solid biomass</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us-761-2019-household-biomass-stoves-requirement-2nd-edition</t>
   </si>
   <si>
+    <t>https://unbs.go.ug/attachments/menus/27/Uganda-Standards-Catalogue-as-at-31-March-2019.pdf</t>
+  </si>
+  <si>
     <t>US 902:2011 Self-ballasted lamps for General Lighting Services - Performance requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the performance requirements; together with the test methods and conditions required to show compliance of tubular fluorescent and other gas-discharge lamps with integrated means for controlling starting and stable operation -self-ballasted lamps; intended for domestic and similar general lighting purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/us-9022011-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=540&amp;preview</t>
+  </si>
+  <si>
     <t>US 903-1:2011 Double-capped fluorescent lamps-performance specifications</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies Minimum Energy Performance Standard (MEPS) requirements for double-capped tubular fluorescent lamps with a nominal length of 550 mm to 1500 mm and having nominal lamp wattage of 16 watts or more. This standard covers lamps for general illumination purposes, for use in luminaires and with lamp ballasts connected to a 240 V 50 Hz single phase or similar mains supply.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/us-903-12011-double-capped-fluorescent-lamps-performance-specifications</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=541&amp;preview</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9008</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>VC 9091 Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the safety; efficacy performance; life and interchangeability requirements for single-capped tubular fluorescent lamps with integrated means for controlling starting and stable operation- self-ballasted lamps- and non-self-ballasted single-capped tubular fluorescent lamps; intended for general lighting purposes that have: a rated wattage up to 60W; a rated voltage of 100 to 250 V a.c.; and 2G7 2GX7 GR8 2G10 G10q GR10q GX10q GY10q 2G11 2GX11 GR14q G23 GX23 G24 GX24 GX24q G24d GX32 and Edison screw or Bayonet caps.</t>
   </si>
   <si>
     <t>Annex AA of SANS 60901; or Annex AA of SANS 60969
 ,   
                     SANS 61199
 ,   
                     SANS 60968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9091-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209091.pdf</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficient-products-wep-i</t>
+  </si>
+  <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -3393,11183 +4924,12754 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N263"/>
+  <dimension ref="A1:P263"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="163.817" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1980</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>35</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>43</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>52</v>
+      </c>
+      <c r="H5">
+        <v>2004</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>35</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D6" t="s">
+        <v>61</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>52</v>
+      </c>
+      <c r="H6">
+        <v>1991</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>62</v>
+      </c>
+      <c r="K6" t="s">
+        <v>35</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>63</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>60</v>
+      </c>
+      <c r="D7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>52</v>
+      </c>
+      <c r="H7">
         <v>1990</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>62</v>
+      </c>
+      <c r="K7" t="s">
+        <v>35</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>63</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>70</v>
+      </c>
+      <c r="B8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C8" t="s">
+        <v>72</v>
+      </c>
+      <c r="D8" t="s">
+        <v>73</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F8" t="s">
+        <v>33</v>
+      </c>
+      <c r="G8" t="s">
+        <v>52</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>44</v>
+      </c>
+      <c r="K8" t="s">
+        <v>35</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>74</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>79</v>
+      </c>
+      <c r="D9" t="s">
+        <v>80</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>33</v>
+      </c>
+      <c r="G9" t="s">
+        <v>52</v>
+      </c>
+      <c r="H9">
+        <v>2018</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>81</v>
+      </c>
+      <c r="K9" t="s">
+        <v>35</v>
+      </c>
+      <c r="L9" t="s">
+        <v>82</v>
+      </c>
+      <c r="M9" t="s">
+        <v>83</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>84</v>
+      </c>
+      <c r="P9" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B10" t="s">
+        <v>87</v>
+      </c>
+      <c r="C10" t="s">
+        <v>79</v>
+      </c>
+      <c r="D10" t="s">
+        <v>80</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>33</v>
+      </c>
+      <c r="G10" t="s">
         <v>22</v>
-      </c>
-[...322 lines deleted...]
-        <v>2010</v>
       </c>
       <c r="H10">
         <v>2010</v>
       </c>
-      <c r="I10" t="s">
-        <v>71</v>
+      <c r="I10">
+        <v>2010</v>
       </c>
       <c r="J10" t="s">
-        <v>30</v>
+        <v>88</v>
       </c>
       <c r="K10" t="s">
-        <v>72</v>
+        <v>35</v>
       </c>
       <c r="L10" t="s">
-        <v>68</v>
+        <v>89</v>
       </c>
       <c r="M10" t="s">
-        <v>24</v>
+        <v>83</v>
       </c>
       <c r="N10" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>90</v>
+      </c>
+      <c r="P10" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>74</v>
+        <v>92</v>
       </c>
       <c r="B11" t="s">
-        <v>64</v>
+        <v>93</v>
       </c>
       <c r="C11" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>94</v>
       </c>
       <c r="E11" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G11">
+        <v>33</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2011</v>
       </c>
-      <c r="H11">
+      <c r="I11">
         <v>2017</v>
       </c>
-      <c r="I11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J11" t="s">
-        <v>30</v>
+        <v>95</v>
       </c>
       <c r="K11" t="s">
-        <v>77</v>
+        <v>35</v>
       </c>
       <c r="L11" t="s">
-        <v>68</v>
+        <v>96</v>
       </c>
       <c r="M11" t="s">
-        <v>24</v>
+        <v>83</v>
       </c>
       <c r="N11" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>97</v>
+      </c>
+      <c r="P11" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
       <c r="A12" t="s">
+        <v>99</v>
+      </c>
+      <c r="B12" t="s">
+        <v>100</v>
+      </c>
+      <c r="C12" t="s">
         <v>79</v>
       </c>
-      <c r="B12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D12" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="E12" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G12">
+        <v>33</v>
+      </c>
+      <c r="G12" t="s">
+        <v>52</v>
+      </c>
+      <c r="H12">
         <v>2015</v>
       </c>
-      <c r="H12"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>30</v>
+        <v>81</v>
       </c>
       <c r="K12" t="s">
-        <v>80</v>
+        <v>35</v>
       </c>
       <c r="L12" t="s">
-        <v>68</v>
+        <v>101</v>
       </c>
       <c r="M12" t="s">
-        <v>24</v>
+        <v>83</v>
       </c>
       <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>102</v>
+      </c>
+      <c r="P12" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>104</v>
+      </c>
+      <c r="B13" t="s">
+        <v>105</v>
+      </c>
+      <c r="C13" t="s">
+        <v>79</v>
+      </c>
+      <c r="D13" t="s">
+        <v>61</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>33</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2008</v>
+      </c>
+      <c r="I13">
+        <v>2015</v>
+      </c>
+      <c r="J13" t="s">
         <v>81</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="H13">
+      <c r="K13" t="s">
+        <v>35</v>
+      </c>
+      <c r="L13" t="s">
+        <v>106</v>
+      </c>
+      <c r="M13" t="s">
+        <v>83</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>107</v>
+      </c>
+      <c r="P13" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>109</v>
+      </c>
+      <c r="B14" t="s">
+        <v>110</v>
+      </c>
+      <c r="C14" t="s">
+        <v>79</v>
+      </c>
+      <c r="D14" t="s">
+        <v>111</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>33</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2009</v>
+      </c>
+      <c r="I14">
         <v>2015</v>
       </c>
-      <c r="I13" t="s">
-[...5 lines deleted...]
-      <c r="K13" t="s">
+      <c r="J14" t="s">
+        <v>81</v>
+      </c>
+      <c r="K14" t="s">
+        <v>112</v>
+      </c>
+      <c r="L14" t="s">
+        <v>113</v>
+      </c>
+      <c r="M14" t="s">
         <v>83</v>
       </c>
-      <c r="L13" t="s">
-[...31 lines deleted...]
-      <c r="H14">
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>114</v>
+      </c>
+      <c r="P14" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>116</v>
+      </c>
+      <c r="B15" t="s">
+        <v>117</v>
+      </c>
+      <c r="C15" t="s">
+        <v>79</v>
+      </c>
+      <c r="D15" t="s">
+        <v>111</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>33</v>
+      </c>
+      <c r="G15" t="s">
+        <v>52</v>
+      </c>
+      <c r="H15">
         <v>2015</v>
       </c>
-      <c r="I14" t="s">
-[...43 lines deleted...]
-      </c>
+      <c r="I15"/>
       <c r="J15" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="K15" t="s">
-        <v>91</v>
+        <v>112</v>
       </c>
       <c r="L15" t="s">
-        <v>68</v>
+        <v>118</v>
       </c>
       <c r="M15" t="s">
-        <v>24</v>
+        <v>83</v>
       </c>
       <c r="N15" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>119</v>
+      </c>
+      <c r="P15" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="B16" t="s">
-        <v>94</v>
+        <v>122</v>
       </c>
       <c r="C16" t="s">
-        <v>95</v>
+        <v>123</v>
       </c>
       <c r="D16" t="s">
-        <v>17</v>
+        <v>124</v>
       </c>
       <c r="E16" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G16">
+        <v>33</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
         <v>1997</v>
       </c>
-      <c r="H16">
+      <c r="I16">
         <v>2019</v>
       </c>
-      <c r="I16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J16" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="K16"/>
+        <v>125</v>
+      </c>
+      <c r="K16" t="s">
+        <v>35</v>
+      </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>97</v>
+        <v>126</v>
       </c>
       <c r="N16" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:14">
+        <v>127</v>
+      </c>
+      <c r="O16" t="s">
+        <v>128</v>
+      </c>
+      <c r="P16" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="B17" t="s">
-        <v>99</v>
+        <v>130</v>
       </c>
       <c r="C17" t="s">
-        <v>95</v>
+        <v>131</v>
       </c>
       <c r="D17" t="s">
-        <v>17</v>
+        <v>124</v>
       </c>
       <c r="E17" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G17">
+        <v>33</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
         <v>1997</v>
       </c>
-      <c r="H17">
+      <c r="I17">
         <v>2019</v>
       </c>
-      <c r="I17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J17" t="s">
-        <v>30</v>
-[...7 lines deleted...]
-      </c>
+        <v>132</v>
+      </c>
+      <c r="K17" t="s">
+        <v>35</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17"/>
       <c r="N17" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:14">
+        <v>127</v>
+      </c>
+      <c r="O17" t="s">
+        <v>133</v>
+      </c>
+      <c r="P17" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>103</v>
+        <v>135</v>
       </c>
       <c r="B18" t="s">
-        <v>104</v>
+        <v>136</v>
       </c>
       <c r="C18" t="s">
-        <v>86</v>
+        <v>137</v>
       </c>
       <c r="D18" t="s">
-        <v>17</v>
+        <v>111</v>
       </c>
       <c r="E18" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G18">
+        <v>33</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
         <v>1979</v>
       </c>
-      <c r="H18">
+      <c r="I18">
         <v>2013</v>
       </c>
-      <c r="I18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J18" t="s">
+        <v>125</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>126</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>138</v>
+      </c>
+      <c r="P18" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>135</v>
+      </c>
+      <c r="B19" t="s">
+        <v>140</v>
+      </c>
+      <c r="C19" t="s">
+        <v>141</v>
+      </c>
+      <c r="D19" t="s">
+        <v>111</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>33</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>1979</v>
+      </c>
+      <c r="I19">
+        <v>2013</v>
+      </c>
+      <c r="J19" t="s">
+        <v>132</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19"/>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>142</v>
+      </c>
+      <c r="P19" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>144</v>
+      </c>
+      <c r="B20" t="s">
+        <v>145</v>
+      </c>
+      <c r="C20" t="s">
+        <v>123</v>
+      </c>
+      <c r="D20" t="s">
+        <v>124</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
         <v>21</v>
       </c>
-      <c r="K18"/>
-[...3 lines deleted...]
-      <c r="M18" t="s">
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2010</v>
+      </c>
+      <c r="I20">
+        <v>2019</v>
+      </c>
+      <c r="J20" t="s">
+        <v>125</v>
+      </c>
+      <c r="K20" t="s">
+        <v>35</v>
+      </c>
+      <c r="L20" t="s">
+        <v>146</v>
+      </c>
+      <c r="M20" t="s">
+        <v>126</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>147</v>
+      </c>
+      <c r="P20" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>149</v>
+      </c>
+      <c r="B21" t="s">
+        <v>150</v>
+      </c>
+      <c r="C21" t="s">
+        <v>131</v>
+      </c>
+      <c r="D21" t="s">
+        <v>151</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>52</v>
+      </c>
+      <c r="H21">
+        <v>2013</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>132</v>
+      </c>
+      <c r="K21" t="s">
+        <v>35</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21"/>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>152</v>
+      </c>
+      <c r="P21" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>149</v>
+      </c>
+      <c r="B22" t="s">
+        <v>154</v>
+      </c>
+      <c r="C22" t="s">
+        <v>123</v>
+      </c>
+      <c r="D22" t="s">
+        <v>151</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2013</v>
+      </c>
+      <c r="I22">
+        <v>2023</v>
+      </c>
+      <c r="J22" t="s">
+        <v>125</v>
+      </c>
+      <c r="K22" t="s">
+        <v>35</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>126</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>155</v>
+      </c>
+      <c r="P22" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>157</v>
+      </c>
+      <c r="B23" t="s">
+        <v>158</v>
+      </c>
+      <c r="C23" t="s">
+        <v>123</v>
+      </c>
+      <c r="D23" t="s">
+        <v>159</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>52</v>
+      </c>
+      <c r="H23">
+        <v>2014</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>125</v>
+      </c>
+      <c r="K23" t="s">
         <v>24</v>
       </c>
-      <c r="N18" t="s">
-[...25 lines deleted...]
-      <c r="H19">
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>126</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>160</v>
+      </c>
+      <c r="P23" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>157</v>
+      </c>
+      <c r="B24" t="s">
+        <v>162</v>
+      </c>
+      <c r="C24" t="s">
+        <v>131</v>
+      </c>
+      <c r="D24" t="s">
+        <v>159</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>52</v>
+      </c>
+      <c r="H24">
+        <v>2012</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>132</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24"/>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>163</v>
+      </c>
+      <c r="P24" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>165</v>
+      </c>
+      <c r="B25" t="s">
+        <v>166</v>
+      </c>
+      <c r="C25" t="s">
+        <v>167</v>
+      </c>
+      <c r="D25" t="s">
+        <v>61</v>
+      </c>
+      <c r="E25" t="s">
+        <v>43</v>
+      </c>
+      <c r="F25" t="s">
+        <v>168</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2008</v>
+      </c>
+      <c r="I25">
+        <v>2011</v>
+      </c>
+      <c r="J25" t="s">
+        <v>81</v>
+      </c>
+      <c r="K25" t="s">
+        <v>112</v>
+      </c>
+      <c r="L25" t="s">
+        <v>169</v>
+      </c>
+      <c r="M25" t="s">
+        <v>170</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>171</v>
+      </c>
+      <c r="P25" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>173</v>
+      </c>
+      <c r="B26" t="s">
+        <v>174</v>
+      </c>
+      <c r="C26" t="s">
+        <v>175</v>
+      </c>
+      <c r="D26" t="s">
+        <v>176</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>177</v>
+      </c>
+      <c r="G26" t="s">
+        <v>52</v>
+      </c>
+      <c r="H26">
+        <v>2016</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>44</v>
+      </c>
+      <c r="K26" t="s">
+        <v>35</v>
+      </c>
+      <c r="L26" t="s">
+        <v>178</v>
+      </c>
+      <c r="M26" t="s">
+        <v>179</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>180</v>
+      </c>
+      <c r="P26" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>182</v>
+      </c>
+      <c r="B27" t="s">
+        <v>183</v>
+      </c>
+      <c r="C27" t="s">
+        <v>184</v>
+      </c>
+      <c r="D27" t="s">
+        <v>185</v>
+      </c>
+      <c r="E27" t="s">
+        <v>43</v>
+      </c>
+      <c r="F27" t="s">
+        <v>177</v>
+      </c>
+      <c r="G27" t="s">
+        <v>186</v>
+      </c>
+      <c r="H27"/>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>88</v>
+      </c>
+      <c r="K27" t="s">
+        <v>35</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>187</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>188</v>
+      </c>
+      <c r="P27" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>190</v>
+      </c>
+      <c r="B28" t="s">
+        <v>191</v>
+      </c>
+      <c r="C28" t="s">
+        <v>79</v>
+      </c>
+      <c r="D28" t="s">
+        <v>61</v>
+      </c>
+      <c r="E28" t="s">
+        <v>43</v>
+      </c>
+      <c r="F28" t="s">
+        <v>168</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2015</v>
+      </c>
+      <c r="I28">
+        <v>2014</v>
+      </c>
+      <c r="J28" t="s">
+        <v>88</v>
+      </c>
+      <c r="K28" t="s">
+        <v>35</v>
+      </c>
+      <c r="L28" t="s">
+        <v>192</v>
+      </c>
+      <c r="M28" t="s">
+        <v>193</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>194</v>
+      </c>
+      <c r="P28" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>196</v>
+      </c>
+      <c r="B29" t="s">
+        <v>197</v>
+      </c>
+      <c r="C29" t="s">
+        <v>79</v>
+      </c>
+      <c r="D29" t="s">
+        <v>51</v>
+      </c>
+      <c r="E29" t="s">
+        <v>43</v>
+      </c>
+      <c r="F29" t="s">
+        <v>168</v>
+      </c>
+      <c r="G29" t="s">
+        <v>52</v>
+      </c>
+      <c r="H29">
+        <v>2012</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>81</v>
+      </c>
+      <c r="K29" t="s">
+        <v>35</v>
+      </c>
+      <c r="L29" t="s">
+        <v>198</v>
+      </c>
+      <c r="M29" t="s">
+        <v>193</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>199</v>
+      </c>
+      <c r="P29" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>201</v>
+      </c>
+      <c r="B30" t="s">
+        <v>202</v>
+      </c>
+      <c r="C30" t="s">
+        <v>79</v>
+      </c>
+      <c r="D30" t="s">
+        <v>51</v>
+      </c>
+      <c r="E30" t="s">
+        <v>43</v>
+      </c>
+      <c r="F30" t="s">
+        <v>168</v>
+      </c>
+      <c r="G30" t="s">
+        <v>52</v>
+      </c>
+      <c r="H30">
         <v>2013</v>
       </c>
-      <c r="I19" t="s">
-[...2 lines deleted...]
-      <c r="J19" t="s">
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>88</v>
+      </c>
+      <c r="K30" t="s">
+        <v>35</v>
+      </c>
+      <c r="L30" t="s">
+        <v>203</v>
+      </c>
+      <c r="M30" t="s">
+        <v>193</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>204</v>
+      </c>
+      <c r="P30" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>206</v>
+      </c>
+      <c r="B31" t="s">
+        <v>207</v>
+      </c>
+      <c r="C31" t="s">
+        <v>79</v>
+      </c>
+      <c r="D31" t="s">
+        <v>51</v>
+      </c>
+      <c r="E31" t="s">
+        <v>43</v>
+      </c>
+      <c r="F31" t="s">
+        <v>168</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2013</v>
+      </c>
+      <c r="I31">
+        <v>2014</v>
+      </c>
+      <c r="J31" t="s">
+        <v>88</v>
+      </c>
+      <c r="K31" t="s">
+        <v>35</v>
+      </c>
+      <c r="L31" t="s">
+        <v>208</v>
+      </c>
+      <c r="M31" t="s">
+        <v>193</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>209</v>
+      </c>
+      <c r="P31" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>211</v>
+      </c>
+      <c r="B32" t="s">
+        <v>212</v>
+      </c>
+      <c r="C32" t="s">
+        <v>79</v>
+      </c>
+      <c r="D32" t="s">
+        <v>61</v>
+      </c>
+      <c r="E32" t="s">
+        <v>43</v>
+      </c>
+      <c r="F32" t="s">
+        <v>168</v>
+      </c>
+      <c r="G32" t="s">
+        <v>52</v>
+      </c>
+      <c r="H32">
+        <v>2015</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>88</v>
+      </c>
+      <c r="K32" t="s">
+        <v>112</v>
+      </c>
+      <c r="L32" t="s">
+        <v>213</v>
+      </c>
+      <c r="M32" t="s">
+        <v>193</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>214</v>
+      </c>
+      <c r="P32" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>216</v>
+      </c>
+      <c r="B33" t="s">
+        <v>217</v>
+      </c>
+      <c r="C33" t="s">
+        <v>79</v>
+      </c>
+      <c r="D33" t="s">
+        <v>61</v>
+      </c>
+      <c r="E33" t="s">
+        <v>43</v>
+      </c>
+      <c r="F33" t="s">
+        <v>168</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2013</v>
+      </c>
+      <c r="I33">
+        <v>2018</v>
+      </c>
+      <c r="J33" t="s">
+        <v>88</v>
+      </c>
+      <c r="K33" t="s">
+        <v>35</v>
+      </c>
+      <c r="L33" t="s">
+        <v>218</v>
+      </c>
+      <c r="M33" t="s">
+        <v>193</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>219</v>
+      </c>
+      <c r="P33" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>221</v>
+      </c>
+      <c r="B34" t="s">
+        <v>222</v>
+      </c>
+      <c r="C34" t="s">
+        <v>79</v>
+      </c>
+      <c r="D34" t="s">
+        <v>61</v>
+      </c>
+      <c r="E34" t="s">
+        <v>43</v>
+      </c>
+      <c r="F34" t="s">
+        <v>168</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2003</v>
+      </c>
+      <c r="I34">
+        <v>2015</v>
+      </c>
+      <c r="J34" t="s">
+        <v>88</v>
+      </c>
+      <c r="K34" t="s">
+        <v>112</v>
+      </c>
+      <c r="L34" t="s">
+        <v>223</v>
+      </c>
+      <c r="M34" t="s">
+        <v>193</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>224</v>
+      </c>
+      <c r="P34" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>226</v>
+      </c>
+      <c r="B35" t="s">
+        <v>227</v>
+      </c>
+      <c r="C35" t="s">
+        <v>79</v>
+      </c>
+      <c r="D35" t="s">
+        <v>124</v>
+      </c>
+      <c r="E35" t="s">
+        <v>43</v>
+      </c>
+      <c r="F35" t="s">
+        <v>168</v>
+      </c>
+      <c r="G35" t="s">
+        <v>52</v>
+      </c>
+      <c r="H35">
+        <v>2020</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>81</v>
+      </c>
+      <c r="K35" t="s">
+        <v>35</v>
+      </c>
+      <c r="L35" t="s">
+        <v>228</v>
+      </c>
+      <c r="M35" t="s">
+        <v>193</v>
+      </c>
+      <c r="N35" t="s">
+        <v>127</v>
+      </c>
+      <c r="O35" t="s">
+        <v>229</v>
+      </c>
+      <c r="P35" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>231</v>
+      </c>
+      <c r="B36" t="s">
+        <v>232</v>
+      </c>
+      <c r="C36" t="s">
+        <v>233</v>
+      </c>
+      <c r="D36" t="s">
+        <v>234</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>235</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2011</v>
+      </c>
+      <c r="I36">
+        <v>2023</v>
+      </c>
+      <c r="J36" t="s">
+        <v>236</v>
+      </c>
+      <c r="K36" t="s">
+        <v>35</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>237</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>238</v>
+      </c>
+      <c r="P36" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>240</v>
+      </c>
+      <c r="B37" t="s">
+        <v>241</v>
+      </c>
+      <c r="C37" t="s">
+        <v>242</v>
+      </c>
+      <c r="D37" t="s">
+        <v>243</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
         <v>21</v>
       </c>
-      <c r="K19"/>
-[...27 lines deleted...]
-      <c r="G20">
+      <c r="G37" t="s">
+        <v>52</v>
+      </c>
+      <c r="H37">
+        <v>2020</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>236</v>
+      </c>
+      <c r="K37" t="s">
+        <v>35</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>244</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>245</v>
+      </c>
+      <c r="P37" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>247</v>
+      </c>
+      <c r="B38" t="s">
+        <v>248</v>
+      </c>
+      <c r="C38" t="s">
+        <v>249</v>
+      </c>
+      <c r="D38" t="s">
+        <v>68</v>
+      </c>
+      <c r="E38" t="s">
+        <v>43</v>
+      </c>
+      <c r="F38" t="s">
+        <v>168</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2013</v>
+      </c>
+      <c r="I38">
+        <v>2020</v>
+      </c>
+      <c r="J38" t="s">
+        <v>44</v>
+      </c>
+      <c r="K38" t="s">
+        <v>35</v>
+      </c>
+      <c r="L38" t="s">
+        <v>250</v>
+      </c>
+      <c r="M38" t="s">
+        <v>251</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>252</v>
+      </c>
+      <c r="P38" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>254</v>
+      </c>
+      <c r="B39" t="s">
+        <v>255</v>
+      </c>
+      <c r="C39" t="s">
+        <v>249</v>
+      </c>
+      <c r="D39" t="s">
+        <v>61</v>
+      </c>
+      <c r="E39" t="s">
+        <v>43</v>
+      </c>
+      <c r="F39" t="s">
+        <v>168</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
         <v>2010</v>
       </c>
-      <c r="H20">
-[...22 lines deleted...]
-      <c r="A21" t="s">
+      <c r="I39">
+        <v>2018</v>
+      </c>
+      <c r="J39" t="s">
+        <v>256</v>
+      </c>
+      <c r="K39" t="s">
+        <v>35</v>
+      </c>
+      <c r="L39" t="s">
+        <v>257</v>
+      </c>
+      <c r="M39" t="s">
+        <v>251</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>258</v>
+      </c>
+      <c r="P39" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>260</v>
+      </c>
+      <c r="B40" t="s">
+        <v>261</v>
+      </c>
+      <c r="C40" t="s">
+        <v>262</v>
+      </c>
+      <c r="D40" t="s">
+        <v>263</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>33</v>
+      </c>
+      <c r="G40" t="s">
+        <v>52</v>
+      </c>
+      <c r="H40">
+        <v>2020</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>264</v>
+      </c>
+      <c r="K40" t="s">
+        <v>35</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>265</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>266</v>
+      </c>
+      <c r="P40" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>268</v>
+      </c>
+      <c r="B41" t="s">
+        <v>269</v>
+      </c>
+      <c r="C41" t="s">
+        <v>270</v>
+      </c>
+      <c r="D41" t="s">
+        <v>124</v>
+      </c>
+      <c r="E41" t="s">
+        <v>43</v>
+      </c>
+      <c r="F41" t="s">
+        <v>33</v>
+      </c>
+      <c r="G41" t="s">
+        <v>186</v>
+      </c>
+      <c r="H41"/>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>271</v>
+      </c>
+      <c r="K41" t="s">
+        <v>35</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>272</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>273</v>
+      </c>
+      <c r="P41" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>275</v>
+      </c>
+      <c r="B42" t="s">
+        <v>276</v>
+      </c>
+      <c r="C42" t="s">
+        <v>60</v>
+      </c>
+      <c r="D42" t="s">
+        <v>80</v>
+      </c>
+      <c r="E42" t="s">
+        <v>43</v>
+      </c>
+      <c r="F42" t="s">
+        <v>33</v>
+      </c>
+      <c r="G42" t="s">
+        <v>186</v>
+      </c>
+      <c r="H42"/>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>256</v>
+      </c>
+      <c r="K42" t="s">
+        <v>35</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>63</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>277</v>
+      </c>
+      <c r="P42" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>279</v>
+      </c>
+      <c r="B43" t="s">
+        <v>280</v>
+      </c>
+      <c r="C43" t="s">
+        <v>281</v>
+      </c>
+      <c r="D43" t="s">
+        <v>94</v>
+      </c>
+      <c r="E43" t="s">
+        <v>43</v>
+      </c>
+      <c r="F43" t="s">
+        <v>168</v>
+      </c>
+      <c r="G43" t="s">
+        <v>52</v>
+      </c>
+      <c r="H43">
+        <v>2009</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>282</v>
+      </c>
+      <c r="K43" t="s">
+        <v>35</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>283</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>284</v>
+      </c>
+      <c r="P43" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>286</v>
+      </c>
+      <c r="B44" t="s">
+        <v>287</v>
+      </c>
+      <c r="C44" t="s">
+        <v>288</v>
+      </c>
+      <c r="D44" t="s">
+        <v>289</v>
+      </c>
+      <c r="E44" t="s">
+        <v>290</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>52</v>
+      </c>
+      <c r="H44">
+        <v>2018</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>291</v>
+      </c>
+      <c r="K44" t="s">
+        <v>292</v>
+      </c>
+      <c r="L44" t="s">
+        <v>293</v>
+      </c>
+      <c r="M44" t="s">
+        <v>294</v>
+      </c>
+      <c r="N44" t="s">
+        <v>295</v>
+      </c>
+      <c r="O44" t="s">
+        <v>296</v>
+      </c>
+      <c r="P44" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>298</v>
+      </c>
+      <c r="B45" t="s">
+        <v>299</v>
+      </c>
+      <c r="C45" t="s">
+        <v>300</v>
+      </c>
+      <c r="D45" t="s">
+        <v>176</v>
+      </c>
+      <c r="E45" t="s">
+        <v>43</v>
+      </c>
+      <c r="F45" t="s">
+        <v>177</v>
+      </c>
+      <c r="G45" t="s">
+        <v>186</v>
+      </c>
+      <c r="H45"/>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>301</v>
+      </c>
+      <c r="K45" t="s">
+        <v>35</v>
+      </c>
+      <c r="L45" t="s">
+        <v>302</v>
+      </c>
+      <c r="M45" t="s">
+        <v>303</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>304</v>
+      </c>
+      <c r="P45" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>306</v>
+      </c>
+      <c r="B46" t="s">
+        <v>307</v>
+      </c>
+      <c r="C46" t="s">
+        <v>308</v>
+      </c>
+      <c r="D46" t="s">
         <v>111</v>
       </c>
-      <c r="B21" t="s">
-[...14 lines deleted...]
-      <c r="G21">
+      <c r="E46" t="s">
+        <v>43</v>
+      </c>
+      <c r="F46" t="s">
+        <v>168</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2006</v>
+      </c>
+      <c r="I46">
         <v>2013</v>
       </c>
-      <c r="H21"/>
-[...310 lines deleted...]
-      <c r="C29" t="s">
+      <c r="J46" t="s">
+        <v>301</v>
+      </c>
+      <c r="K46" t="s">
+        <v>35</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>309</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>310</v>
+      </c>
+      <c r="P46" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>312</v>
+      </c>
+      <c r="B47" t="s">
+        <v>313</v>
+      </c>
+      <c r="C47" t="s">
+        <v>308</v>
+      </c>
+      <c r="D47" t="s">
+        <v>80</v>
+      </c>
+      <c r="E47" t="s">
         <v>43</v>
       </c>
-      <c r="D29" t="s">
-[...321 lines deleted...]
-      <c r="L36" t="s">
+      <c r="F47" t="s">
         <v>168</v>
       </c>
-      <c r="M36" t="s">
-[...434 lines deleted...]
-        <v>2010</v>
+      <c r="G47" t="s">
+        <v>22</v>
       </c>
       <c r="H47">
         <v>2010</v>
       </c>
-      <c r="I47" t="s">
-        <v>223</v>
+      <c r="I47">
+        <v>2010</v>
       </c>
       <c r="J47" t="s">
-        <v>30</v>
+        <v>314</v>
       </c>
       <c r="K47" t="s">
-        <v>224</v>
+        <v>35</v>
       </c>
       <c r="L47" t="s">
-        <v>225</v>
+        <v>315</v>
       </c>
       <c r="M47" t="s">
-        <v>24</v>
+        <v>316</v>
       </c>
       <c r="N47" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>317</v>
+      </c>
+      <c r="P47" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>227</v>
+        <v>319</v>
       </c>
       <c r="B48" t="s">
-        <v>219</v>
+        <v>320</v>
       </c>
       <c r="C48" t="s">
-        <v>51</v>
+        <v>308</v>
       </c>
       <c r="D48" t="s">
-        <v>36</v>
+        <v>61</v>
       </c>
       <c r="E48" t="s">
-        <v>121</v>
+        <v>43</v>
       </c>
       <c r="F48" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>168</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
       </c>
       <c r="H48">
         <v>2011</v>
       </c>
-      <c r="I48" t="s">
-        <v>223</v>
+      <c r="I48">
+        <v>2011</v>
       </c>
       <c r="J48" t="s">
-        <v>87</v>
+        <v>314</v>
       </c>
       <c r="K48" t="s">
-        <v>228</v>
+        <v>112</v>
       </c>
       <c r="L48" t="s">
-        <v>220</v>
+        <v>321</v>
       </c>
       <c r="M48" t="s">
-        <v>24</v>
+        <v>309</v>
       </c>
       <c r="N48" t="s">
-        <v>229</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>322</v>
+      </c>
+      <c r="P48" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>230</v>
+        <v>324</v>
       </c>
       <c r="B49" t="s">
-        <v>219</v>
+        <v>325</v>
       </c>
       <c r="C49" t="s">
-        <v>75</v>
+        <v>308</v>
       </c>
       <c r="D49" t="s">
-        <v>36</v>
+        <v>94</v>
       </c>
       <c r="E49" t="s">
-        <v>121</v>
+        <v>43</v>
       </c>
       <c r="F49" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G49">
+        <v>168</v>
+      </c>
+      <c r="G49" t="s">
+        <v>52</v>
+      </c>
+      <c r="H49">
         <v>2013</v>
       </c>
-      <c r="H49"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I49"/>
       <c r="J49" t="s">
-        <v>30</v>
+        <v>314</v>
       </c>
       <c r="K49" t="s">
-        <v>231</v>
+        <v>35</v>
       </c>
       <c r="L49" t="s">
-        <v>220</v>
+        <v>326</v>
       </c>
       <c r="M49" t="s">
-        <v>24</v>
+        <v>309</v>
       </c>
       <c r="N49" t="s">
-        <v>232</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>327</v>
+      </c>
+      <c r="P49" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>233</v>
+        <v>329</v>
       </c>
       <c r="B50" t="s">
-        <v>219</v>
+        <v>330</v>
       </c>
       <c r="C50" t="s">
-        <v>51</v>
+        <v>308</v>
       </c>
       <c r="D50" t="s">
-        <v>36</v>
+        <v>61</v>
       </c>
       <c r="E50" t="s">
-        <v>121</v>
+        <v>43</v>
       </c>
       <c r="F50" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G50">
+        <v>168</v>
+      </c>
+      <c r="G50" t="s">
+        <v>52</v>
+      </c>
+      <c r="H50">
         <v>2013</v>
       </c>
-      <c r="H50"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I50"/>
       <c r="J50" t="s">
-        <v>30</v>
+        <v>314</v>
       </c>
       <c r="K50" t="s">
-        <v>234</v>
+        <v>35</v>
       </c>
       <c r="L50" t="s">
-        <v>220</v>
+        <v>331</v>
       </c>
       <c r="M50" t="s">
-        <v>24</v>
+        <v>309</v>
       </c>
       <c r="N50" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>332</v>
+      </c>
+      <c r="P50" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>236</v>
+        <v>334</v>
       </c>
       <c r="B51" t="s">
-        <v>198</v>
+        <v>335</v>
       </c>
       <c r="C51" t="s">
-        <v>237</v>
+        <v>281</v>
       </c>
       <c r="D51" t="s">
-        <v>17</v>
+        <v>336</v>
       </c>
       <c r="E51" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F51" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G51">
+        <v>33</v>
+      </c>
+      <c r="G51" t="s">
+        <v>52</v>
+      </c>
+      <c r="H51">
         <v>2009</v>
       </c>
-      <c r="H51"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I51"/>
       <c r="J51" t="s">
-        <v>30</v>
+        <v>337</v>
       </c>
       <c r="K51" t="s">
-        <v>239</v>
+        <v>35</v>
       </c>
       <c r="L51" t="s">
-        <v>200</v>
+        <v>338</v>
       </c>
       <c r="M51" t="s">
-        <v>24</v>
+        <v>283</v>
       </c>
       <c r="N51" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>339</v>
+      </c>
+      <c r="P51" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>241</v>
+        <v>341</v>
       </c>
       <c r="B52" t="s">
-        <v>198</v>
+        <v>342</v>
       </c>
       <c r="C52" t="s">
-        <v>95</v>
+        <v>281</v>
       </c>
       <c r="D52" t="s">
-        <v>17</v>
+        <v>124</v>
       </c>
       <c r="E52" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F52" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G52">
+        <v>33</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
         <v>2002</v>
       </c>
-      <c r="H52">
+      <c r="I52">
         <v>2010</v>
       </c>
-      <c r="I52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J52" t="s">
-        <v>30</v>
+        <v>282</v>
       </c>
       <c r="K52" t="s">
-        <v>242</v>
+        <v>35</v>
       </c>
       <c r="L52" t="s">
-        <v>200</v>
+        <v>343</v>
       </c>
       <c r="M52" t="s">
-        <v>24</v>
+        <v>283</v>
       </c>
       <c r="N52" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>344</v>
+      </c>
+      <c r="P52" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>244</v>
+        <v>345</v>
       </c>
       <c r="B53" t="s">
-        <v>198</v>
+        <v>346</v>
       </c>
       <c r="C53" t="s">
-        <v>245</v>
+        <v>281</v>
       </c>
       <c r="D53" t="s">
-        <v>17</v>
+        <v>347</v>
       </c>
       <c r="E53" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G53">
+        <v>33</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
         <v>1994</v>
       </c>
-      <c r="H53">
+      <c r="I53">
         <v>2003</v>
       </c>
-      <c r="I53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J53" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>53</v>
+      </c>
+      <c r="K53" t="s">
+        <v>35</v>
+      </c>
+      <c r="L53"/>
       <c r="M53" t="s">
-        <v>24</v>
+        <v>283</v>
       </c>
       <c r="N53" t="s">
-        <v>246</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>348</v>
+      </c>
+      <c r="P53" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>247</v>
+        <v>349</v>
       </c>
       <c r="B54" t="s">
-        <v>198</v>
+        <v>350</v>
       </c>
       <c r="C54" t="s">
-        <v>65</v>
+        <v>281</v>
       </c>
       <c r="D54" t="s">
-        <v>17</v>
+        <v>80</v>
       </c>
       <c r="E54" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F54" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>33</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
       </c>
       <c r="H54">
         <v>2010</v>
       </c>
-      <c r="I54" t="s">
-        <v>199</v>
+      <c r="I54">
+        <v>2010</v>
       </c>
       <c r="J54" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="K54" t="s">
+        <v>35</v>
+      </c>
+      <c r="L54"/>
       <c r="M54" t="s">
-        <v>24</v>
+        <v>283</v>
       </c>
       <c r="N54" t="s">
-        <v>248</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>351</v>
+      </c>
+      <c r="P54" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>249</v>
+        <v>352</v>
       </c>
       <c r="B55" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="C55" t="s">
+        <v>354</v>
+      </c>
+      <c r="D55" t="s">
+        <v>61</v>
+      </c>
+      <c r="E55" t="s">
+        <v>43</v>
+      </c>
+      <c r="F55" t="s">
+        <v>33</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2014</v>
+      </c>
+      <c r="I55">
+        <v>2019</v>
+      </c>
+      <c r="J55" t="s">
+        <v>355</v>
+      </c>
+      <c r="K55" t="s">
+        <v>35</v>
+      </c>
+      <c r="L55" t="s">
+        <v>356</v>
+      </c>
+      <c r="M55" t="s">
+        <v>357</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>358</v>
+      </c>
+      <c r="P55" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>360</v>
+      </c>
+      <c r="B56" t="s">
+        <v>361</v>
+      </c>
+      <c r="C56" t="s">
+        <v>354</v>
+      </c>
+      <c r="D56" t="s">
+        <v>61</v>
+      </c>
+      <c r="E56" t="s">
+        <v>43</v>
+      </c>
+      <c r="F56" t="s">
+        <v>33</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2015</v>
+      </c>
+      <c r="I56">
+        <v>2019</v>
+      </c>
+      <c r="J56" t="s">
+        <v>291</v>
+      </c>
+      <c r="K56" t="s">
+        <v>35</v>
+      </c>
+      <c r="L56" t="s">
+        <v>362</v>
+      </c>
+      <c r="M56" t="s">
+        <v>357</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>363</v>
+      </c>
+      <c r="P56" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>365</v>
+      </c>
+      <c r="B57" t="s">
+        <v>366</v>
+      </c>
+      <c r="C57" t="s">
+        <v>354</v>
+      </c>
+      <c r="D57" t="s">
+        <v>94</v>
+      </c>
+      <c r="E57" t="s">
+        <v>43</v>
+      </c>
+      <c r="F57" t="s">
+        <v>33</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2014</v>
+      </c>
+      <c r="I57">
+        <v>2019</v>
+      </c>
+      <c r="J57" t="s">
+        <v>355</v>
+      </c>
+      <c r="K57" t="s">
+        <v>35</v>
+      </c>
+      <c r="L57" t="s">
+        <v>367</v>
+      </c>
+      <c r="M57" t="s">
+        <v>357</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>368</v>
+      </c>
+      <c r="P57" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>370</v>
+      </c>
+      <c r="B58" t="s">
+        <v>371</v>
+      </c>
+      <c r="C58" t="s">
+        <v>354</v>
+      </c>
+      <c r="D58" t="s">
+        <v>372</v>
+      </c>
+      <c r="E58" t="s">
+        <v>43</v>
+      </c>
+      <c r="F58" t="s">
+        <v>33</v>
+      </c>
+      <c r="G58" t="s">
+        <v>52</v>
+      </c>
+      <c r="H58">
+        <v>2015</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>355</v>
+      </c>
+      <c r="K58" t="s">
+        <v>35</v>
+      </c>
+      <c r="L58" t="s">
+        <v>373</v>
+      </c>
+      <c r="M58" t="s">
+        <v>374</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>375</v>
+      </c>
+      <c r="P58" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>377</v>
+      </c>
+      <c r="B59" t="s">
+        <v>378</v>
+      </c>
+      <c r="C59" t="s">
+        <v>379</v>
+      </c>
+      <c r="D59" t="s">
+        <v>380</v>
+      </c>
+      <c r="E59" t="s">
+        <v>43</v>
+      </c>
+      <c r="F59" t="s">
+        <v>177</v>
+      </c>
+      <c r="G59" t="s">
+        <v>52</v>
+      </c>
+      <c r="H59">
+        <v>2017</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>381</v>
+      </c>
+      <c r="K59" t="s">
+        <v>35</v>
+      </c>
+      <c r="L59" t="s">
+        <v>382</v>
+      </c>
+      <c r="M59" t="s">
+        <v>383</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>384</v>
+      </c>
+      <c r="P59" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>386</v>
+      </c>
+      <c r="B60" t="s">
+        <v>387</v>
+      </c>
+      <c r="C60" t="s">
+        <v>388</v>
+      </c>
+      <c r="D60" t="s">
+        <v>389</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>52</v>
+      </c>
+      <c r="H60">
+        <v>2014</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>301</v>
+      </c>
+      <c r="K60" t="s">
+        <v>35</v>
+      </c>
+      <c r="L60" t="s">
+        <v>390</v>
+      </c>
+      <c r="M60" t="s">
+        <v>391</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>392</v>
+      </c>
+      <c r="P60" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>394</v>
+      </c>
+      <c r="B61" t="s">
+        <v>395</v>
+      </c>
+      <c r="C61" t="s">
+        <v>388</v>
+      </c>
+      <c r="D61" t="s">
+        <v>396</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>21</v>
+      </c>
+      <c r="G61" t="s">
+        <v>52</v>
+      </c>
+      <c r="H61">
+        <v>2017</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>301</v>
+      </c>
+      <c r="K61" t="s">
+        <v>35</v>
+      </c>
+      <c r="L61" t="s">
+        <v>397</v>
+      </c>
+      <c r="M61" t="s">
+        <v>398</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>399</v>
+      </c>
+      <c r="P61" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>401</v>
+      </c>
+      <c r="B62" t="s">
+        <v>402</v>
+      </c>
+      <c r="C62" t="s">
+        <v>403</v>
+      </c>
+      <c r="D62" t="s">
+        <v>404</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>21</v>
+      </c>
+      <c r="G62" t="s">
+        <v>405</v>
+      </c>
+      <c r="H62">
+        <v>2025</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>406</v>
+      </c>
+      <c r="K62" t="s">
+        <v>407</v>
+      </c>
+      <c r="L62" t="s">
+        <v>408</v>
+      </c>
+      <c r="M62" t="s">
+        <v>409</v>
+      </c>
+      <c r="N62" t="s">
+        <v>410</v>
+      </c>
+      <c r="O62" t="s">
+        <v>411</v>
+      </c>
+      <c r="P62" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>413</v>
+      </c>
+      <c r="B63" t="s">
+        <v>414</v>
+      </c>
+      <c r="C63" t="s">
+        <v>403</v>
+      </c>
+      <c r="D63" t="s">
         <v>51</v>
       </c>
-      <c r="D55" t="s">
-[...11 lines deleted...]
-      <c r="H55">
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>177</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2009</v>
+      </c>
+      <c r="I63">
+        <v>2018</v>
+      </c>
+      <c r="J63" t="s">
+        <v>301</v>
+      </c>
+      <c r="K63" t="s">
+        <v>35</v>
+      </c>
+      <c r="L63" t="s">
+        <v>415</v>
+      </c>
+      <c r="M63" t="s">
+        <v>409</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>416</v>
+      </c>
+      <c r="P63" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>418</v>
+      </c>
+      <c r="B64" t="s">
+        <v>419</v>
+      </c>
+      <c r="C64" t="s">
+        <v>420</v>
+      </c>
+      <c r="D64" t="s">
+        <v>421</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>177</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2016</v>
+      </c>
+      <c r="I64">
         <v>2019</v>
       </c>
-      <c r="I55" t="s">
-[...37 lines deleted...]
-      <c r="G56">
+      <c r="J64" t="s">
+        <v>301</v>
+      </c>
+      <c r="K64" t="s">
+        <v>45</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>422</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>423</v>
+      </c>
+      <c r="P64" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>425</v>
+      </c>
+      <c r="B65" t="s">
+        <v>426</v>
+      </c>
+      <c r="C65" t="s">
+        <v>427</v>
+      </c>
+      <c r="D65" t="s">
+        <v>428</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>33</v>
+      </c>
+      <c r="G65" t="s">
+        <v>429</v>
+      </c>
+      <c r="H65">
+        <v>2010</v>
+      </c>
+      <c r="I65">
+        <v>2011</v>
+      </c>
+      <c r="J65" t="s">
+        <v>430</v>
+      </c>
+      <c r="K65" t="s">
+        <v>35</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65" t="s">
+        <v>431</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>432</v>
+      </c>
+      <c r="P65" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>434</v>
+      </c>
+      <c r="B66" t="s">
+        <v>435</v>
+      </c>
+      <c r="C66" t="s">
+        <v>436</v>
+      </c>
+      <c r="D66" t="s">
+        <v>437</v>
+      </c>
+      <c r="E66" t="s">
+        <v>43</v>
+      </c>
+      <c r="F66" t="s">
+        <v>168</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2016</v>
+      </c>
+      <c r="I66">
+        <v>2018</v>
+      </c>
+      <c r="J66" t="s">
+        <v>301</v>
+      </c>
+      <c r="K66" t="s">
+        <v>35</v>
+      </c>
+      <c r="L66" t="s">
+        <v>438</v>
+      </c>
+      <c r="M66" t="s">
+        <v>439</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>440</v>
+      </c>
+      <c r="P66" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>442</v>
+      </c>
+      <c r="B67" t="s">
+        <v>443</v>
+      </c>
+      <c r="C67" t="s">
+        <v>18</v>
+      </c>
+      <c r="D67" t="s">
+        <v>124</v>
+      </c>
+      <c r="E67" t="s">
+        <v>43</v>
+      </c>
+      <c r="F67" t="s">
+        <v>168</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2007</v>
+      </c>
+      <c r="I67">
+        <v>2012</v>
+      </c>
+      <c r="J67" t="s">
+        <v>88</v>
+      </c>
+      <c r="K67" t="s">
+        <v>35</v>
+      </c>
+      <c r="L67" t="s">
+        <v>444</v>
+      </c>
+      <c r="M67" t="s">
+        <v>439</v>
+      </c>
+      <c r="N67" t="s">
+        <v>127</v>
+      </c>
+      <c r="O67" t="s">
+        <v>445</v>
+      </c>
+      <c r="P67" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>447</v>
+      </c>
+      <c r="B68" t="s">
+        <v>448</v>
+      </c>
+      <c r="C68" t="s">
+        <v>449</v>
+      </c>
+      <c r="D68" t="s">
+        <v>450</v>
+      </c>
+      <c r="E68" t="s">
+        <v>43</v>
+      </c>
+      <c r="F68" t="s">
+        <v>168</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2011</v>
+      </c>
+      <c r="I68">
+        <v>2016</v>
+      </c>
+      <c r="J68" t="s">
+        <v>88</v>
+      </c>
+      <c r="K68" t="s">
+        <v>35</v>
+      </c>
+      <c r="L68" t="s">
+        <v>451</v>
+      </c>
+      <c r="M68" t="s">
+        <v>439</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>452</v>
+      </c>
+      <c r="P68" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>454</v>
+      </c>
+      <c r="B69" t="s">
+        <v>455</v>
+      </c>
+      <c r="C69" t="s">
+        <v>449</v>
+      </c>
+      <c r="D69" t="s">
+        <v>456</v>
+      </c>
+      <c r="E69" t="s">
+        <v>43</v>
+      </c>
+      <c r="F69" t="s">
+        <v>168</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2009</v>
+      </c>
+      <c r="I69">
+        <v>2020</v>
+      </c>
+      <c r="J69" t="s">
+        <v>88</v>
+      </c>
+      <c r="K69" t="s">
+        <v>35</v>
+      </c>
+      <c r="L69" t="s">
+        <v>457</v>
+      </c>
+      <c r="M69" t="s">
+        <v>439</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>458</v>
+      </c>
+      <c r="P69" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>460</v>
+      </c>
+      <c r="B70" t="s">
+        <v>461</v>
+      </c>
+      <c r="C70" t="s">
+        <v>449</v>
+      </c>
+      <c r="D70" t="s">
+        <v>462</v>
+      </c>
+      <c r="E70" t="s">
+        <v>43</v>
+      </c>
+      <c r="F70" t="s">
+        <v>168</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2003</v>
+      </c>
+      <c r="I70">
+        <v>2011</v>
+      </c>
+      <c r="J70" t="s">
+        <v>88</v>
+      </c>
+      <c r="K70" t="s">
+        <v>35</v>
+      </c>
+      <c r="L70" t="s">
+        <v>463</v>
+      </c>
+      <c r="M70" t="s">
+        <v>439</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>464</v>
+      </c>
+      <c r="P70" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>466</v>
+      </c>
+      <c r="B71" t="s">
+        <v>467</v>
+      </c>
+      <c r="C71" t="s">
+        <v>449</v>
+      </c>
+      <c r="D71" t="s">
+        <v>111</v>
+      </c>
+      <c r="E71" t="s">
+        <v>43</v>
+      </c>
+      <c r="F71" t="s">
+        <v>168</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2009</v>
+      </c>
+      <c r="I71">
         <v>2015</v>
       </c>
-      <c r="H56">
-[...282 lines deleted...]
-      <c r="C63" t="s">
+      <c r="J71" t="s">
+        <v>88</v>
+      </c>
+      <c r="K71" t="s">
+        <v>35</v>
+      </c>
+      <c r="L71" t="s">
+        <v>468</v>
+      </c>
+      <c r="M71" t="s">
+        <v>439</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>469</v>
+      </c>
+      <c r="P71" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>471</v>
+      </c>
+      <c r="B72" t="s">
+        <v>472</v>
+      </c>
+      <c r="C72" t="s">
+        <v>449</v>
+      </c>
+      <c r="D72" t="s">
+        <v>473</v>
+      </c>
+      <c r="E72" t="s">
         <v>43</v>
       </c>
-      <c r="D63" t="s">
-[...52 lines deleted...]
-      <c r="G64">
+      <c r="F72" t="s">
+        <v>168</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2003</v>
+      </c>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>88</v>
+      </c>
+      <c r="K72" t="s">
+        <v>35</v>
+      </c>
+      <c r="L72" t="s">
+        <v>474</v>
+      </c>
+      <c r="M72" t="s">
+        <v>439</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>475</v>
+      </c>
+      <c r="P72" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>477</v>
+      </c>
+      <c r="B73" t="s">
+        <v>478</v>
+      </c>
+      <c r="C73" t="s">
+        <v>449</v>
+      </c>
+      <c r="D73" t="s">
+        <v>124</v>
+      </c>
+      <c r="E73" t="s">
+        <v>43</v>
+      </c>
+      <c r="F73" t="s">
+        <v>168</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>1996</v>
+      </c>
+      <c r="I73">
         <v>2016</v>
       </c>
-      <c r="H64">
-[...394 lines deleted...]
-      </c>
       <c r="J73" t="s">
-        <v>30</v>
+        <v>88</v>
       </c>
       <c r="K73" t="s">
-        <v>338</v>
+        <v>35</v>
       </c>
       <c r="L73" t="s">
-        <v>312</v>
+        <v>479</v>
       </c>
       <c r="M73" t="s">
-        <v>24</v>
+        <v>439</v>
       </c>
       <c r="N73" t="s">
-        <v>339</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>480</v>
+      </c>
+      <c r="P73" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>340</v>
+        <v>482</v>
       </c>
       <c r="B74" t="s">
-        <v>341</v>
+        <v>483</v>
       </c>
       <c r="C74" t="s">
-        <v>51</v>
+        <v>484</v>
       </c>
       <c r="D74" t="s">
-        <v>36</v>
+        <v>61</v>
       </c>
       <c r="E74" t="s">
-        <v>28</v>
+        <v>43</v>
       </c>
       <c r="F74" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2006</v>
+        <v>33</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
       </c>
       <c r="H74">
         <v>2006</v>
       </c>
-      <c r="I74" t="s">
-        <v>342</v>
+      <c r="I74">
+        <v>2006</v>
       </c>
       <c r="J74" t="s">
-        <v>87</v>
-[...4 lines deleted...]
-      </c>
+        <v>485</v>
+      </c>
+      <c r="K74" t="s">
+        <v>112</v>
+      </c>
+      <c r="L74"/>
       <c r="M74" t="s">
-        <v>24</v>
+        <v>486</v>
       </c>
       <c r="N74" t="s">
-        <v>344</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>487</v>
+      </c>
+      <c r="P74" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>340</v>
+        <v>482</v>
       </c>
       <c r="B75" t="s">
-        <v>341</v>
+        <v>489</v>
       </c>
       <c r="C75" t="s">
-        <v>86</v>
+        <v>484</v>
       </c>
       <c r="D75" t="s">
-        <v>36</v>
+        <v>111</v>
       </c>
       <c r="E75" t="s">
-        <v>28</v>
+        <v>43</v>
       </c>
       <c r="F75" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G75">
+        <v>33</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
         <v>2006</v>
       </c>
-      <c r="H75">
+      <c r="I75">
         <v>2008</v>
       </c>
-      <c r="I75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J75" t="s">
-        <v>87</v>
-[...4 lines deleted...]
-      </c>
+        <v>485</v>
+      </c>
+      <c r="K75" t="s">
+        <v>112</v>
+      </c>
+      <c r="L75"/>
       <c r="M75" t="s">
-        <v>24</v>
+        <v>486</v>
       </c>
       <c r="N75" t="s">
-        <v>345</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>490</v>
+      </c>
+      <c r="P75" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>346</v>
+        <v>491</v>
       </c>
       <c r="B76" t="s">
-        <v>341</v>
+        <v>492</v>
       </c>
       <c r="C76" t="s">
-        <v>65</v>
+        <v>484</v>
       </c>
       <c r="D76" t="s">
-        <v>36</v>
+        <v>80</v>
       </c>
       <c r="E76" t="s">
-        <v>28</v>
+        <v>43</v>
       </c>
       <c r="F76" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G76">
+        <v>33</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
         <v>2006</v>
       </c>
-      <c r="H76">
+      <c r="I76">
         <v>2008</v>
       </c>
-      <c r="I76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J76" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>485</v>
+      </c>
+      <c r="K76" t="s">
+        <v>35</v>
+      </c>
+      <c r="L76"/>
       <c r="M76" t="s">
-        <v>24</v>
+        <v>486</v>
       </c>
       <c r="N76" t="s">
-        <v>347</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>493</v>
+      </c>
+      <c r="P76" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>348</v>
+        <v>494</v>
       </c>
       <c r="B77" t="s">
-        <v>219</v>
+        <v>494</v>
       </c>
       <c r="C77" t="s">
+        <v>308</v>
+      </c>
+      <c r="D77" t="s">
+        <v>51</v>
+      </c>
+      <c r="E77" t="s">
         <v>43</v>
       </c>
-      <c r="D77" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F77" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G77">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
         <v>2002</v>
       </c>
-      <c r="H77">
+      <c r="I77">
         <v>2001</v>
       </c>
-      <c r="I77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J77" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>314</v>
+      </c>
+      <c r="K77" t="s">
+        <v>35</v>
+      </c>
+      <c r="L77"/>
       <c r="M77" t="s">
-        <v>24</v>
+        <v>309</v>
       </c>
       <c r="N77" t="s">
-        <v>349</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>495</v>
+      </c>
+      <c r="P77" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>350</v>
+        <v>497</v>
       </c>
       <c r="B78" t="s">
-        <v>64</v>
+        <v>78</v>
       </c>
       <c r="C78" t="s">
-        <v>65</v>
+        <v>79</v>
       </c>
       <c r="D78" t="s">
-        <v>17</v>
+        <v>80</v>
       </c>
       <c r="E78" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F78" t="s">
-        <v>44</v>
-[...6 lines deleted...]
-        <v>66</v>
+        <v>21</v>
+      </c>
+      <c r="G78" t="s">
+        <v>498</v>
+      </c>
+      <c r="H78">
+        <v>1989</v>
+      </c>
+      <c r="I78">
+        <v>2017</v>
       </c>
       <c r="J78" t="s">
-        <v>30</v>
+        <v>499</v>
       </c>
       <c r="K78" t="s">
-        <v>67</v>
+        <v>35</v>
       </c>
       <c r="L78" t="s">
-        <v>351</v>
+        <v>82</v>
       </c>
       <c r="M78" t="s">
-        <v>24</v>
+        <v>500</v>
       </c>
       <c r="N78" t="s">
-        <v>352</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>501</v>
+      </c>
+      <c r="P78" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>353</v>
+        <v>503</v>
       </c>
       <c r="B79" t="s">
-        <v>64</v>
+        <v>504</v>
       </c>
       <c r="C79" t="s">
-        <v>354</v>
+        <v>79</v>
       </c>
       <c r="D79" t="s">
-        <v>17</v>
+        <v>505</v>
       </c>
       <c r="E79" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F79" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G79">
+        <v>21</v>
+      </c>
+      <c r="G79" t="s">
+        <v>498</v>
+      </c>
+      <c r="H79">
         <v>2008</v>
       </c>
-      <c r="H79">
+      <c r="I79">
+        <v>2014</v>
+      </c>
+      <c r="J79" t="s">
+        <v>499</v>
+      </c>
+      <c r="K79" t="s">
+        <v>35</v>
+      </c>
+      <c r="L79" t="s">
+        <v>506</v>
+      </c>
+      <c r="M79" t="s">
+        <v>83</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>507</v>
+      </c>
+      <c r="P79" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>509</v>
+      </c>
+      <c r="B80" t="s">
+        <v>510</v>
+      </c>
+      <c r="C80" t="s">
+        <v>511</v>
+      </c>
+      <c r="D80" t="s">
+        <v>512</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>21</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>2008</v>
+      </c>
+      <c r="I80">
+        <v>2024</v>
+      </c>
+      <c r="J80" t="s">
+        <v>499</v>
+      </c>
+      <c r="K80" t="s">
+        <v>35</v>
+      </c>
+      <c r="L80" t="s">
+        <v>513</v>
+      </c>
+      <c r="M80" t="s">
+        <v>514</v>
+      </c>
+      <c r="N80" t="s">
+        <v>410</v>
+      </c>
+      <c r="O80" t="s">
+        <v>515</v>
+      </c>
+      <c r="P80" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>517</v>
+      </c>
+      <c r="B81" t="s">
+        <v>518</v>
+      </c>
+      <c r="C81" t="s">
+        <v>79</v>
+      </c>
+      <c r="D81" t="s">
+        <v>94</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>21</v>
+      </c>
+      <c r="G81" t="s">
+        <v>498</v>
+      </c>
+      <c r="H81">
+        <v>2010</v>
+      </c>
+      <c r="I81">
+        <v>2017</v>
+      </c>
+      <c r="J81" t="s">
+        <v>499</v>
+      </c>
+      <c r="K81" t="s">
+        <v>35</v>
+      </c>
+      <c r="L81" t="s">
+        <v>519</v>
+      </c>
+      <c r="M81" t="s">
+        <v>83</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>520</v>
+      </c>
+      <c r="P81" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>522</v>
+      </c>
+      <c r="B82" t="s">
+        <v>523</v>
+      </c>
+      <c r="C82" t="s">
+        <v>79</v>
+      </c>
+      <c r="D82" t="s">
+        <v>61</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>21</v>
+      </c>
+      <c r="G82" t="s">
+        <v>52</v>
+      </c>
+      <c r="H82">
+        <v>2013</v>
+      </c>
+      <c r="I82"/>
+      <c r="J82" t="s">
+        <v>88</v>
+      </c>
+      <c r="K82" t="s">
+        <v>35</v>
+      </c>
+      <c r="L82" t="s">
+        <v>524</v>
+      </c>
+      <c r="M82" t="s">
+        <v>83</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>525</v>
+      </c>
+      <c r="P82" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>527</v>
+      </c>
+      <c r="B83" t="s">
+        <v>528</v>
+      </c>
+      <c r="C83" t="s">
+        <v>79</v>
+      </c>
+      <c r="D83" t="s">
+        <v>111</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>21</v>
+      </c>
+      <c r="G83" t="s">
+        <v>52</v>
+      </c>
+      <c r="H83">
         <v>2015</v>
       </c>
-      <c r="I79" t="s">
-[...37 lines deleted...]
-      <c r="G80">
+      <c r="I83"/>
+      <c r="J83" t="s">
+        <v>88</v>
+      </c>
+      <c r="K83" t="s">
+        <v>112</v>
+      </c>
+      <c r="L83" t="s">
+        <v>529</v>
+      </c>
+      <c r="M83" t="s">
+        <v>83</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>530</v>
+      </c>
+      <c r="P83" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>532</v>
+      </c>
+      <c r="B84" t="s">
+        <v>533</v>
+      </c>
+      <c r="C84" t="s">
+        <v>79</v>
+      </c>
+      <c r="D84" t="s">
+        <v>534</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>21</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
         <v>2008</v>
       </c>
-      <c r="H80">
-[...72 lines deleted...]
-      <c r="C82" t="s">
+      <c r="I84">
+        <v>2015</v>
+      </c>
+      <c r="J84" t="s">
+        <v>88</v>
+      </c>
+      <c r="K84" t="s">
+        <v>112</v>
+      </c>
+      <c r="L84" t="s">
+        <v>535</v>
+      </c>
+      <c r="M84" t="s">
+        <v>83</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>536</v>
+      </c>
+      <c r="P84" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>538</v>
+      </c>
+      <c r="B85" t="s">
+        <v>539</v>
+      </c>
+      <c r="C85" t="s">
+        <v>79</v>
+      </c>
+      <c r="D85" t="s">
+        <v>124</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>21</v>
+      </c>
+      <c r="G85" t="s">
+        <v>52</v>
+      </c>
+      <c r="H85">
+        <v>2021</v>
+      </c>
+      <c r="I85"/>
+      <c r="J85" t="s">
+        <v>81</v>
+      </c>
+      <c r="K85" t="s">
+        <v>540</v>
+      </c>
+      <c r="L85" t="s">
+        <v>541</v>
+      </c>
+      <c r="M85" t="s">
+        <v>542</v>
+      </c>
+      <c r="N85" t="s">
+        <v>127</v>
+      </c>
+      <c r="O85" t="s">
+        <v>543</v>
+      </c>
+      <c r="P85" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>545</v>
+      </c>
+      <c r="B86" t="s">
+        <v>546</v>
+      </c>
+      <c r="C86" t="s">
+        <v>79</v>
+      </c>
+      <c r="D86" t="s">
+        <v>124</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>21</v>
+      </c>
+      <c r="G86" t="s">
+        <v>8</v>
+      </c>
+      <c r="H86">
+        <v>2019</v>
+      </c>
+      <c r="I86">
+        <v>2025</v>
+      </c>
+      <c r="J86" t="s">
+        <v>547</v>
+      </c>
+      <c r="K86" t="s">
+        <v>35</v>
+      </c>
+      <c r="L86" t="s">
+        <v>548</v>
+      </c>
+      <c r="M86" t="s">
+        <v>514</v>
+      </c>
+      <c r="N86" t="s">
+        <v>127</v>
+      </c>
+      <c r="O86" t="s">
+        <v>549</v>
+      </c>
+      <c r="P86" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>551</v>
+      </c>
+      <c r="B87" t="s">
+        <v>552</v>
+      </c>
+      <c r="C87" t="s">
+        <v>79</v>
+      </c>
+      <c r="D87" t="s">
+        <v>553</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>21</v>
+      </c>
+      <c r="G87" t="s">
+        <v>52</v>
+      </c>
+      <c r="H87">
+        <v>2021</v>
+      </c>
+      <c r="I87"/>
+      <c r="J87" t="s">
+        <v>301</v>
+      </c>
+      <c r="K87" t="s">
+        <v>35</v>
+      </c>
+      <c r="L87" t="s">
+        <v>554</v>
+      </c>
+      <c r="M87" t="s">
+        <v>500</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>555</v>
+      </c>
+      <c r="P87" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>551</v>
+      </c>
+      <c r="B88" t="s">
+        <v>557</v>
+      </c>
+      <c r="C88" t="s">
+        <v>79</v>
+      </c>
+      <c r="D88" t="s">
+        <v>553</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>21</v>
+      </c>
+      <c r="G88" t="s">
+        <v>498</v>
+      </c>
+      <c r="H88">
+        <v>2020</v>
+      </c>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>499</v>
+      </c>
+      <c r="K88" t="s">
+        <v>35</v>
+      </c>
+      <c r="L88" t="s">
+        <v>554</v>
+      </c>
+      <c r="M88" t="s">
+        <v>500</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>558</v>
+      </c>
+      <c r="P88" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>559</v>
+      </c>
+      <c r="B89" t="s">
+        <v>560</v>
+      </c>
+      <c r="C89" t="s">
+        <v>79</v>
+      </c>
+      <c r="D89" t="s">
         <v>51</v>
       </c>
-      <c r="D82" t="s">
-[...8 lines deleted...]
-      <c r="G82">
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>21</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89">
+        <v>2003</v>
+      </c>
+      <c r="I89">
         <v>2013</v>
       </c>
-      <c r="H82"/>
-[...169 lines deleted...]
-      <c r="H86">
+      <c r="J89" t="s">
+        <v>88</v>
+      </c>
+      <c r="K89" t="s">
+        <v>35</v>
+      </c>
+      <c r="L89" t="s">
+        <v>203</v>
+      </c>
+      <c r="M89" t="s">
+        <v>83</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>561</v>
+      </c>
+      <c r="P89" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>563</v>
+      </c>
+      <c r="B90" t="s">
+        <v>564</v>
+      </c>
+      <c r="C90" t="s">
+        <v>79</v>
+      </c>
+      <c r="D90" t="s">
+        <v>565</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>21</v>
+      </c>
+      <c r="G90" t="s">
+        <v>8</v>
+      </c>
+      <c r="H90">
+        <v>2014</v>
+      </c>
+      <c r="I90">
         <v>2025</v>
       </c>
-      <c r="I86" t="s">
-[...173 lines deleted...]
-      </c>
       <c r="J90" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>499</v>
+      </c>
+      <c r="K90" t="s">
+        <v>35</v>
+      </c>
+      <c r="L90"/>
       <c r="M90" t="s">
-        <v>291</v>
+        <v>514</v>
       </c>
       <c r="N90" t="s">
-        <v>396</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:14">
+        <v>410</v>
+      </c>
+      <c r="O90" t="s">
+        <v>566</v>
+      </c>
+      <c r="P90" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>397</v>
+        <v>568</v>
       </c>
       <c r="B91" t="s">
-        <v>398</v>
+        <v>569</v>
       </c>
       <c r="C91" t="s">
-        <v>399</v>
+        <v>570</v>
       </c>
       <c r="D91" t="s">
-        <v>17</v>
+        <v>571</v>
       </c>
       <c r="E91" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F91" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2019</v>
+        <v>33</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
       </c>
       <c r="H91">
         <v>2019</v>
       </c>
-      <c r="I91" t="s">
-        <v>37</v>
+      <c r="I91">
+        <v>2019</v>
       </c>
       <c r="J91" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="K91" t="s">
-        <v>400</v>
+        <v>35</v>
       </c>
       <c r="L91" t="s">
-        <v>401</v>
+        <v>572</v>
       </c>
       <c r="M91" t="s">
-        <v>24</v>
+        <v>573</v>
       </c>
       <c r="N91" t="s">
-        <v>402</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>574</v>
+      </c>
+      <c r="P91" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>403</v>
+        <v>576</v>
       </c>
       <c r="B92" t="s">
-        <v>404</v>
+        <v>577</v>
       </c>
       <c r="C92" t="s">
+        <v>578</v>
+      </c>
+      <c r="D92" t="s">
+        <v>61</v>
+      </c>
+      <c r="E92" t="s">
+        <v>43</v>
+      </c>
+      <c r="F92" t="s">
+        <v>21</v>
+      </c>
+      <c r="G92" t="s">
+        <v>52</v>
+      </c>
+      <c r="H92">
+        <v>1984</v>
+      </c>
+      <c r="I92"/>
+      <c r="J92" t="s">
+        <v>314</v>
+      </c>
+      <c r="K92" t="s">
+        <v>35</v>
+      </c>
+      <c r="L92" t="s">
+        <v>579</v>
+      </c>
+      <c r="M92" t="s">
+        <v>580</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>581</v>
+      </c>
+      <c r="P92" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>583</v>
+      </c>
+      <c r="B93" t="s">
+        <v>584</v>
+      </c>
+      <c r="C93" t="s">
+        <v>578</v>
+      </c>
+      <c r="D93" t="s">
+        <v>124</v>
+      </c>
+      <c r="E93" t="s">
+        <v>43</v>
+      </c>
+      <c r="F93" t="s">
+        <v>21</v>
+      </c>
+      <c r="G93" t="s">
+        <v>52</v>
+      </c>
+      <c r="H93">
+        <v>1987</v>
+      </c>
+      <c r="I93"/>
+      <c r="J93" t="s">
+        <v>314</v>
+      </c>
+      <c r="K93" t="s">
+        <v>35</v>
+      </c>
+      <c r="L93"/>
+      <c r="M93" t="s">
+        <v>580</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>585</v>
+      </c>
+      <c r="P93" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>587</v>
+      </c>
+      <c r="B94" t="s">
+        <v>588</v>
+      </c>
+      <c r="C94" t="s">
+        <v>589</v>
+      </c>
+      <c r="D94" t="s">
+        <v>111</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>177</v>
+      </c>
+      <c r="G94" t="s">
+        <v>8</v>
+      </c>
+      <c r="H94">
+        <v>2013</v>
+      </c>
+      <c r="I94">
+        <v>2024</v>
+      </c>
+      <c r="J94" t="s">
+        <v>590</v>
+      </c>
+      <c r="K94" t="s">
+        <v>35</v>
+      </c>
+      <c r="L94" t="s">
+        <v>591</v>
+      </c>
+      <c r="M94" t="s">
+        <v>592</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>593</v>
+      </c>
+      <c r="P94" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>587</v>
+      </c>
+      <c r="B95" t="s">
+        <v>595</v>
+      </c>
+      <c r="C95" t="s">
+        <v>596</v>
+      </c>
+      <c r="D95" t="s">
+        <v>111</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>177</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
+        <v>2025</v>
+      </c>
+      <c r="I95"/>
+      <c r="J95" t="s">
+        <v>406</v>
+      </c>
+      <c r="K95" t="s">
+        <v>35</v>
+      </c>
+      <c r="L95"/>
+      <c r="M95" t="s">
+        <v>592</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>597</v>
+      </c>
+      <c r="P95" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>599</v>
+      </c>
+      <c r="B96" t="s">
+        <v>600</v>
+      </c>
+      <c r="C96" t="s">
+        <v>596</v>
+      </c>
+      <c r="D96" t="s">
+        <v>601</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>177</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>2015</v>
+      </c>
+      <c r="I96">
+        <v>2025</v>
+      </c>
+      <c r="J96" t="s">
+        <v>406</v>
+      </c>
+      <c r="K96" t="s">
+        <v>35</v>
+      </c>
+      <c r="L96" t="s">
+        <v>602</v>
+      </c>
+      <c r="M96" t="s">
+        <v>592</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>603</v>
+      </c>
+      <c r="P96" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>604</v>
+      </c>
+      <c r="B97" t="s">
+        <v>605</v>
+      </c>
+      <c r="C97" t="s">
+        <v>589</v>
+      </c>
+      <c r="D97" t="s">
+        <v>606</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>177</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>2013</v>
+      </c>
+      <c r="I97">
+        <v>2024</v>
+      </c>
+      <c r="J97" t="s">
+        <v>590</v>
+      </c>
+      <c r="K97" t="s">
+        <v>35</v>
+      </c>
+      <c r="L97" t="s">
+        <v>607</v>
+      </c>
+      <c r="M97" t="s">
+        <v>592</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>608</v>
+      </c>
+      <c r="P97" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>610</v>
+      </c>
+      <c r="B98" t="s">
+        <v>611</v>
+      </c>
+      <c r="C98" t="s">
+        <v>612</v>
+      </c>
+      <c r="D98" t="s">
+        <v>124</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>33</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
+        <v>2005</v>
+      </c>
+      <c r="I98">
+        <v>2015</v>
+      </c>
+      <c r="J98" t="s">
+        <v>355</v>
+      </c>
+      <c r="K98" t="s">
+        <v>35</v>
+      </c>
+      <c r="L98" t="s">
+        <v>613</v>
+      </c>
+      <c r="M98" t="s">
+        <v>614</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>615</v>
+      </c>
+      <c r="P98" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>617</v>
+      </c>
+      <c r="B99" t="s">
+        <v>618</v>
+      </c>
+      <c r="C99" t="s">
+        <v>612</v>
+      </c>
+      <c r="D99" t="s">
         <v>51</v>
       </c>
-      <c r="D92" t="s">
-[...294 lines deleted...]
-      <c r="C99" t="s">
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>21</v>
+      </c>
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
+        <v>2004</v>
+      </c>
+      <c r="I99">
+        <v>2017</v>
+      </c>
+      <c r="J99" t="s">
+        <v>355</v>
+      </c>
+      <c r="K99" t="s">
+        <v>35</v>
+      </c>
+      <c r="L99" t="s">
+        <v>619</v>
+      </c>
+      <c r="M99" t="s">
+        <v>614</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>620</v>
+      </c>
+      <c r="P99" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>622</v>
+      </c>
+      <c r="B100" t="s">
+        <v>623</v>
+      </c>
+      <c r="C100" t="s">
+        <v>308</v>
+      </c>
+      <c r="D100" t="s">
+        <v>80</v>
+      </c>
+      <c r="E100" t="s">
         <v>43</v>
       </c>
-      <c r="D99" t="s">
-[...48 lines deleted...]
-      </c>
       <c r="F100" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G100">
+        <v>168</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
         <v>2010</v>
       </c>
-      <c r="H100">
+      <c r="I100">
         <v>2014</v>
       </c>
-      <c r="I100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J100" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>314</v>
+      </c>
+      <c r="K100" t="s">
+        <v>35</v>
+      </c>
+      <c r="L100"/>
       <c r="M100" t="s">
-        <v>24</v>
+        <v>309</v>
       </c>
       <c r="N100" t="s">
-        <v>435</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>624</v>
+      </c>
+      <c r="P100" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>436</v>
+        <v>626</v>
       </c>
       <c r="B101" t="s">
-        <v>219</v>
+        <v>627</v>
       </c>
       <c r="C101" t="s">
-        <v>51</v>
+        <v>308</v>
       </c>
       <c r="D101" t="s">
-        <v>36</v>
+        <v>61</v>
       </c>
       <c r="E101" t="s">
-        <v>121</v>
+        <v>43</v>
       </c>
       <c r="F101" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>168</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
       </c>
       <c r="H101">
         <v>2011</v>
       </c>
-      <c r="I101" t="s">
-        <v>223</v>
+      <c r="I101">
+        <v>2011</v>
       </c>
       <c r="J101" t="s">
-        <v>87</v>
-[...4 lines deleted...]
-      </c>
+        <v>314</v>
+      </c>
+      <c r="K101" t="s">
+        <v>112</v>
+      </c>
+      <c r="L101"/>
       <c r="M101" t="s">
-        <v>24</v>
+        <v>309</v>
       </c>
       <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>628</v>
+      </c>
+      <c r="P101"/>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>629</v>
+      </c>
+      <c r="B102" t="s">
+        <v>630</v>
+      </c>
+      <c r="C102" t="s">
+        <v>308</v>
+      </c>
+      <c r="D102" t="s">
+        <v>68</v>
+      </c>
+      <c r="E102" t="s">
+        <v>43</v>
+      </c>
+      <c r="F102" t="s">
+        <v>168</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
+        <v>2011</v>
+      </c>
+      <c r="I102">
+        <v>2013</v>
+      </c>
+      <c r="J102" t="s">
+        <v>314</v>
+      </c>
+      <c r="K102" t="s">
+        <v>35</v>
+      </c>
+      <c r="L102"/>
+      <c r="M102" t="s">
+        <v>309</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>631</v>
+      </c>
+      <c r="P102" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>633</v>
+      </c>
+      <c r="B103" t="s">
+        <v>634</v>
+      </c>
+      <c r="C103" t="s">
+        <v>308</v>
+      </c>
+      <c r="D103" t="s">
+        <v>61</v>
+      </c>
+      <c r="E103" t="s">
+        <v>43</v>
+      </c>
+      <c r="F103" t="s">
+        <v>168</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>2013</v>
+      </c>
+      <c r="I103">
+        <v>2014</v>
+      </c>
+      <c r="J103" t="s">
+        <v>314</v>
+      </c>
+      <c r="K103" t="s">
+        <v>35</v>
+      </c>
+      <c r="L103"/>
+      <c r="M103" t="s">
+        <v>316</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>635</v>
+      </c>
+      <c r="P103" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>637</v>
+      </c>
+      <c r="B104" t="s">
+        <v>638</v>
+      </c>
+      <c r="C104" t="s">
+        <v>308</v>
+      </c>
+      <c r="D104" t="s">
+        <v>111</v>
+      </c>
+      <c r="E104" t="s">
+        <v>43</v>
+      </c>
+      <c r="F104" t="s">
+        <v>168</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>2006</v>
+      </c>
+      <c r="I104">
+        <v>2016</v>
+      </c>
+      <c r="J104" t="s">
+        <v>314</v>
+      </c>
+      <c r="K104" t="s">
+        <v>35</v>
+      </c>
+      <c r="L104"/>
+      <c r="M104" t="s">
+        <v>316</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>639</v>
+      </c>
+      <c r="P104" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>641</v>
+      </c>
+      <c r="B105" t="s">
+        <v>642</v>
+      </c>
+      <c r="C105" t="s">
+        <v>308</v>
+      </c>
+      <c r="D105" t="s">
         <v>437</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="H102">
+      <c r="E105" t="s">
+        <v>43</v>
+      </c>
+      <c r="F105" t="s">
+        <v>168</v>
+      </c>
+      <c r="G105" t="s">
+        <v>52</v>
+      </c>
+      <c r="H105">
+        <v>2016</v>
+      </c>
+      <c r="I105"/>
+      <c r="J105" t="s">
+        <v>314</v>
+      </c>
+      <c r="K105" t="s">
+        <v>35</v>
+      </c>
+      <c r="L105"/>
+      <c r="M105" t="s">
+        <v>316</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>643</v>
+      </c>
+      <c r="P105" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>645</v>
+      </c>
+      <c r="B106" t="s">
+        <v>646</v>
+      </c>
+      <c r="C106" t="s">
+        <v>308</v>
+      </c>
+      <c r="D106" t="s">
+        <v>51</v>
+      </c>
+      <c r="E106" t="s">
+        <v>43</v>
+      </c>
+      <c r="F106" t="s">
+        <v>168</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
+        <v>2002</v>
+      </c>
+      <c r="I106">
         <v>2013</v>
       </c>
-      <c r="I102" t="s">
-[...35 lines deleted...]
-      <c r="G103">
+      <c r="J106" t="s">
+        <v>314</v>
+      </c>
+      <c r="K106" t="s">
+        <v>35</v>
+      </c>
+      <c r="L106"/>
+      <c r="M106" t="s">
+        <v>316</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>647</v>
+      </c>
+      <c r="P106" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>649</v>
+      </c>
+      <c r="B107" t="s">
+        <v>650</v>
+      </c>
+      <c r="C107" t="s">
+        <v>308</v>
+      </c>
+      <c r="D107" t="s">
+        <v>94</v>
+      </c>
+      <c r="E107" t="s">
+        <v>43</v>
+      </c>
+      <c r="F107" t="s">
+        <v>168</v>
+      </c>
+      <c r="G107" t="s">
+        <v>52</v>
+      </c>
+      <c r="H107">
         <v>2013</v>
       </c>
-      <c r="H103">
-[...38 lines deleted...]
-      <c r="G104">
+      <c r="I107"/>
+      <c r="J107" t="s">
+        <v>314</v>
+      </c>
+      <c r="K107" t="s">
+        <v>35</v>
+      </c>
+      <c r="L107"/>
+      <c r="M107" t="s">
+        <v>309</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>651</v>
+      </c>
+      <c r="P107" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>653</v>
+      </c>
+      <c r="B108" t="s">
+        <v>654</v>
+      </c>
+      <c r="C108" t="s">
+        <v>308</v>
+      </c>
+      <c r="D108" t="s">
+        <v>111</v>
+      </c>
+      <c r="E108" t="s">
+        <v>43</v>
+      </c>
+      <c r="F108" t="s">
+        <v>168</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
         <v>2006</v>
       </c>
-      <c r="H104">
-[...66 lines deleted...]
-      <c r="C106" t="s">
+      <c r="I108">
+        <v>2013</v>
+      </c>
+      <c r="J108" t="s">
+        <v>314</v>
+      </c>
+      <c r="K108" t="s">
+        <v>35</v>
+      </c>
+      <c r="L108"/>
+      <c r="M108" t="s">
+        <v>316</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>655</v>
+      </c>
+      <c r="P108" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>657</v>
+      </c>
+      <c r="B109" t="s">
+        <v>658</v>
+      </c>
+      <c r="C109" t="s">
+        <v>308</v>
+      </c>
+      <c r="D109" t="s">
+        <v>61</v>
+      </c>
+      <c r="E109" t="s">
         <v>43</v>
       </c>
-      <c r="D106" t="s">
-[...128 lines deleted...]
-      </c>
       <c r="F109" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>168</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
       </c>
       <c r="H109">
         <v>2011</v>
       </c>
-      <c r="I109" t="s">
-        <v>223</v>
+      <c r="I109">
+        <v>2011</v>
       </c>
       <c r="J109" t="s">
-        <v>30</v>
+        <v>314</v>
       </c>
       <c r="K109" t="s">
-        <v>453</v>
+        <v>35</v>
       </c>
       <c r="L109" t="s">
-        <v>225</v>
+        <v>659</v>
       </c>
       <c r="M109" t="s">
-        <v>24</v>
+        <v>316</v>
       </c>
       <c r="N109" t="s">
-        <v>454</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>660</v>
+      </c>
+      <c r="P109" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>455</v>
+        <v>662</v>
       </c>
       <c r="B110" t="s">
-        <v>411</v>
+        <v>663</v>
       </c>
       <c r="C110" t="s">
-        <v>75</v>
+        <v>596</v>
       </c>
       <c r="D110" t="s">
-        <v>17</v>
+        <v>94</v>
       </c>
       <c r="E110" t="s">
-        <v>128</v>
+        <v>20</v>
       </c>
       <c r="F110" t="s">
+        <v>177</v>
+      </c>
+      <c r="G110" t="s">
+        <v>52</v>
+      </c>
+      <c r="H110">
+        <v>2020</v>
+      </c>
+      <c r="I110"/>
+      <c r="J110" t="s">
+        <v>664</v>
+      </c>
+      <c r="K110" t="s">
+        <v>35</v>
+      </c>
+      <c r="L110" t="s">
+        <v>665</v>
+      </c>
+      <c r="M110" t="s">
+        <v>592</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>666</v>
+      </c>
+      <c r="P110" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>668</v>
+      </c>
+      <c r="B111" t="s">
+        <v>669</v>
+      </c>
+      <c r="C111" t="s">
+        <v>596</v>
+      </c>
+      <c r="D111" t="s">
+        <v>80</v>
+      </c>
+      <c r="E111" t="s">
+        <v>20</v>
+      </c>
+      <c r="F111" t="s">
+        <v>177</v>
+      </c>
+      <c r="G111" t="s">
+        <v>52</v>
+      </c>
+      <c r="H111">
+        <v>2020</v>
+      </c>
+      <c r="I111"/>
+      <c r="J111" t="s">
+        <v>664</v>
+      </c>
+      <c r="K111" t="s">
+        <v>35</v>
+      </c>
+      <c r="L111" t="s">
+        <v>670</v>
+      </c>
+      <c r="M111" t="s">
+        <v>592</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>671</v>
+      </c>
+      <c r="P111" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>673</v>
+      </c>
+      <c r="B112" t="s">
+        <v>674</v>
+      </c>
+      <c r="C112" t="s">
+        <v>596</v>
+      </c>
+      <c r="D112" t="s">
+        <v>347</v>
+      </c>
+      <c r="E112" t="s">
+        <v>20</v>
+      </c>
+      <c r="F112" t="s">
+        <v>21</v>
+      </c>
+      <c r="G112" t="s">
+        <v>52</v>
+      </c>
+      <c r="H112">
+        <v>2015</v>
+      </c>
+      <c r="I112"/>
+      <c r="J112" t="s">
+        <v>664</v>
+      </c>
+      <c r="K112" t="s">
+        <v>35</v>
+      </c>
+      <c r="L112" t="s">
+        <v>675</v>
+      </c>
+      <c r="M112" t="s">
+        <v>592</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>676</v>
+      </c>
+      <c r="P112" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>678</v>
+      </c>
+      <c r="B113" t="s">
+        <v>679</v>
+      </c>
+      <c r="C113" t="s">
+        <v>354</v>
+      </c>
+      <c r="D113" t="s">
+        <v>450</v>
+      </c>
+      <c r="E113" t="s">
+        <v>43</v>
+      </c>
+      <c r="F113" t="s">
+        <v>33</v>
+      </c>
+      <c r="G113" t="s">
+        <v>52</v>
+      </c>
+      <c r="H113">
+        <v>2022</v>
+      </c>
+      <c r="I113"/>
+      <c r="J113" t="s">
+        <v>680</v>
+      </c>
+      <c r="K113" t="s">
+        <v>35</v>
+      </c>
+      <c r="L113" t="s">
+        <v>681</v>
+      </c>
+      <c r="M113" t="s">
+        <v>682</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>683</v>
+      </c>
+      <c r="P113" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>685</v>
+      </c>
+      <c r="B114" t="s">
+        <v>686</v>
+      </c>
+      <c r="C114" t="s">
+        <v>354</v>
+      </c>
+      <c r="D114" t="s">
+        <v>404</v>
+      </c>
+      <c r="E114" t="s">
+        <v>43</v>
+      </c>
+      <c r="F114" t="s">
+        <v>33</v>
+      </c>
+      <c r="G114" t="s">
+        <v>52</v>
+      </c>
+      <c r="H114">
+        <v>2022</v>
+      </c>
+      <c r="I114"/>
+      <c r="J114" t="s">
+        <v>680</v>
+      </c>
+      <c r="K114" t="s">
+        <v>407</v>
+      </c>
+      <c r="L114" t="s">
+        <v>687</v>
+      </c>
+      <c r="M114" t="s">
+        <v>682</v>
+      </c>
+      <c r="N114" t="s">
+        <v>688</v>
+      </c>
+      <c r="O114" t="s">
+        <v>689</v>
+      </c>
+      <c r="P114" t="s">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>691</v>
+      </c>
+      <c r="B115" t="s">
+        <v>692</v>
+      </c>
+      <c r="C115" t="s">
+        <v>354</v>
+      </c>
+      <c r="D115" t="s">
+        <v>693</v>
+      </c>
+      <c r="E115" t="s">
+        <v>43</v>
+      </c>
+      <c r="F115" t="s">
+        <v>33</v>
+      </c>
+      <c r="G115" t="s">
+        <v>52</v>
+      </c>
+      <c r="H115">
+        <v>2022</v>
+      </c>
+      <c r="I115"/>
+      <c r="J115" t="s">
+        <v>680</v>
+      </c>
+      <c r="K115" t="s">
+        <v>407</v>
+      </c>
+      <c r="L115" t="s">
+        <v>694</v>
+      </c>
+      <c r="M115" t="s">
+        <v>682</v>
+      </c>
+      <c r="N115" t="s">
+        <v>688</v>
+      </c>
+      <c r="O115" t="s">
+        <v>695</v>
+      </c>
+      <c r="P115" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>697</v>
+      </c>
+      <c r="B116" t="s">
+        <v>698</v>
+      </c>
+      <c r="C116" t="s">
+        <v>354</v>
+      </c>
+      <c r="D116" t="s">
+        <v>61</v>
+      </c>
+      <c r="E116" t="s">
+        <v>43</v>
+      </c>
+      <c r="F116" t="s">
+        <v>33</v>
+      </c>
+      <c r="G116" t="s">
+        <v>52</v>
+      </c>
+      <c r="H116">
+        <v>2022</v>
+      </c>
+      <c r="I116"/>
+      <c r="J116" t="s">
+        <v>680</v>
+      </c>
+      <c r="K116" t="s">
+        <v>35</v>
+      </c>
+      <c r="L116" t="s">
+        <v>699</v>
+      </c>
+      <c r="M116" t="s">
+        <v>682</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>700</v>
+      </c>
+      <c r="P116" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>702</v>
+      </c>
+      <c r="B117" t="s">
+        <v>703</v>
+      </c>
+      <c r="C117" t="s">
+        <v>60</v>
+      </c>
+      <c r="D117" t="s">
+        <v>94</v>
+      </c>
+      <c r="E117" t="s">
+        <v>43</v>
+      </c>
+      <c r="F117" t="s">
+        <v>33</v>
+      </c>
+      <c r="G117" t="s">
+        <v>186</v>
+      </c>
+      <c r="H117"/>
+      <c r="I117"/>
+      <c r="J117" t="s">
+        <v>256</v>
+      </c>
+      <c r="K117" t="s">
+        <v>35</v>
+      </c>
+      <c r="L117" t="s">
+        <v>704</v>
+      </c>
+      <c r="M117" t="s">
+        <v>63</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>705</v>
+      </c>
+      <c r="P117" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>706</v>
+      </c>
+      <c r="B118" t="s">
+        <v>707</v>
+      </c>
+      <c r="C118" t="s">
+        <v>242</v>
+      </c>
+      <c r="D118" t="s">
+        <v>601</v>
+      </c>
+      <c r="E118" t="s">
+        <v>20</v>
+      </c>
+      <c r="F118" t="s">
+        <v>177</v>
+      </c>
+      <c r="G118" t="s">
+        <v>52</v>
+      </c>
+      <c r="H118">
+        <v>2021</v>
+      </c>
+      <c r="I118">
+        <v>2024</v>
+      </c>
+      <c r="J118" t="s">
+        <v>708</v>
+      </c>
+      <c r="K118" t="s">
+        <v>35</v>
+      </c>
+      <c r="L118" t="s">
+        <v>709</v>
+      </c>
+      <c r="M118" t="s">
+        <v>244</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>710</v>
+      </c>
+      <c r="P118" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>712</v>
+      </c>
+      <c r="B119" t="s">
+        <v>713</v>
+      </c>
+      <c r="C119" t="s">
+        <v>167</v>
+      </c>
+      <c r="D119" t="s">
+        <v>111</v>
+      </c>
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>33</v>
+      </c>
+      <c r="G119" t="s">
+        <v>22</v>
+      </c>
+      <c r="H119">
+        <v>2008</v>
+      </c>
+      <c r="I119">
+        <v>2021</v>
+      </c>
+      <c r="J119" t="s">
+        <v>430</v>
+      </c>
+      <c r="K119" t="s">
+        <v>35</v>
+      </c>
+      <c r="L119" t="s">
+        <v>714</v>
+      </c>
+      <c r="M119" t="s">
+        <v>715</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>716</v>
+      </c>
+      <c r="P119" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>718</v>
+      </c>
+      <c r="B120" t="s">
+        <v>719</v>
+      </c>
+      <c r="C120" t="s">
+        <v>167</v>
+      </c>
+      <c r="D120" t="s">
+        <v>94</v>
+      </c>
+      <c r="E120" t="s">
+        <v>20</v>
+      </c>
+      <c r="F120" t="s">
+        <v>33</v>
+      </c>
+      <c r="G120" t="s">
+        <v>22</v>
+      </c>
+      <c r="H120">
+        <v>2011</v>
+      </c>
+      <c r="I120">
+        <v>2021</v>
+      </c>
+      <c r="J120" t="s">
+        <v>430</v>
+      </c>
+      <c r="K120" t="s">
+        <v>35</v>
+      </c>
+      <c r="L120" t="s">
+        <v>720</v>
+      </c>
+      <c r="M120" t="s">
+        <v>715</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>721</v>
+      </c>
+      <c r="P120" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>723</v>
+      </c>
+      <c r="B121" t="s">
+        <v>724</v>
+      </c>
+      <c r="C121" t="s">
+        <v>167</v>
+      </c>
+      <c r="D121" t="s">
+        <v>111</v>
+      </c>
+      <c r="E121" t="s">
+        <v>20</v>
+      </c>
+      <c r="F121" t="s">
+        <v>33</v>
+      </c>
+      <c r="G121" t="s">
+        <v>22</v>
+      </c>
+      <c r="H121">
+        <v>2008</v>
+      </c>
+      <c r="I121">
+        <v>2022</v>
+      </c>
+      <c r="J121" t="s">
+        <v>430</v>
+      </c>
+      <c r="K121" t="s">
+        <v>112</v>
+      </c>
+      <c r="L121" t="s">
+        <v>725</v>
+      </c>
+      <c r="M121" t="s">
+        <v>715</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>726</v>
+      </c>
+      <c r="P121" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>728</v>
+      </c>
+      <c r="B122" t="s">
+        <v>729</v>
+      </c>
+      <c r="C122" t="s">
+        <v>730</v>
+      </c>
+      <c r="D122" t="s">
+        <v>159</v>
+      </c>
+      <c r="E122" t="s">
+        <v>20</v>
+      </c>
+      <c r="F122" t="s">
+        <v>21</v>
+      </c>
+      <c r="G122" t="s">
+        <v>22</v>
+      </c>
+      <c r="H122">
+        <v>1996</v>
+      </c>
+      <c r="I122">
+        <v>2017</v>
+      </c>
+      <c r="J122" t="s">
+        <v>485</v>
+      </c>
+      <c r="K122" t="s">
+        <v>35</v>
+      </c>
+      <c r="L122" t="s">
+        <v>731</v>
+      </c>
+      <c r="M122" t="s">
+        <v>732</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>733</v>
+      </c>
+      <c r="P122" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>735</v>
+      </c>
+      <c r="B123" t="s">
+        <v>736</v>
+      </c>
+      <c r="C123" t="s">
+        <v>730</v>
+      </c>
+      <c r="D123" t="s">
+        <v>159</v>
+      </c>
+      <c r="E123" t="s">
+        <v>20</v>
+      </c>
+      <c r="F123" t="s">
+        <v>33</v>
+      </c>
+      <c r="G123" t="s">
+        <v>22</v>
+      </c>
+      <c r="H123">
+        <v>1996</v>
+      </c>
+      <c r="I123">
+        <v>2017</v>
+      </c>
+      <c r="J123" t="s">
+        <v>485</v>
+      </c>
+      <c r="K123" t="s">
+        <v>35</v>
+      </c>
+      <c r="L123"/>
+      <c r="M123" t="s">
+        <v>732</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>737</v>
+      </c>
+      <c r="P123" t="s">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>739</v>
+      </c>
+      <c r="B124" t="s">
+        <v>740</v>
+      </c>
+      <c r="C124" t="s">
+        <v>730</v>
+      </c>
+      <c r="D124" t="s">
+        <v>51</v>
+      </c>
+      <c r="E124" t="s">
+        <v>20</v>
+      </c>
+      <c r="F124" t="s">
+        <v>21</v>
+      </c>
+      <c r="G124" t="s">
+        <v>22</v>
+      </c>
+      <c r="H124">
+        <v>2000</v>
+      </c>
+      <c r="I124">
+        <v>2016</v>
+      </c>
+      <c r="J124" t="s">
+        <v>485</v>
+      </c>
+      <c r="K124" t="s">
+        <v>35</v>
+      </c>
+      <c r="L124"/>
+      <c r="M124" t="s">
+        <v>732</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>741</v>
+      </c>
+      <c r="P124" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>743</v>
+      </c>
+      <c r="B125" t="s">
+        <v>744</v>
+      </c>
+      <c r="C125" t="s">
+        <v>730</v>
+      </c>
+      <c r="D125" t="s">
+        <v>51</v>
+      </c>
+      <c r="E125" t="s">
+        <v>20</v>
+      </c>
+      <c r="F125" t="s">
+        <v>33</v>
+      </c>
+      <c r="G125" t="s">
+        <v>22</v>
+      </c>
+      <c r="H125">
+        <v>2000</v>
+      </c>
+      <c r="I125">
+        <v>2020</v>
+      </c>
+      <c r="J125" t="s">
         <v>44</v>
       </c>
-      <c r="G110">
+      <c r="K125" t="s">
+        <v>35</v>
+      </c>
+      <c r="L125"/>
+      <c r="M125" t="s">
+        <v>732</v>
+      </c>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>745</v>
+      </c>
+      <c r="P125" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>747</v>
+      </c>
+      <c r="B126" t="s">
+        <v>748</v>
+      </c>
+      <c r="C126" t="s">
+        <v>730</v>
+      </c>
+      <c r="D126" t="s">
+        <v>51</v>
+      </c>
+      <c r="E126" t="s">
+        <v>20</v>
+      </c>
+      <c r="F126" t="s">
+        <v>33</v>
+      </c>
+      <c r="G126" t="s">
+        <v>22</v>
+      </c>
+      <c r="H126">
+        <v>2016</v>
+      </c>
+      <c r="I126">
         <v>2020</v>
       </c>
-      <c r="H110"/>
-[...35 lines deleted...]
-      <c r="F111" t="s">
+      <c r="J126" t="s">
         <v>44</v>
       </c>
-      <c r="G111">
-[...652 lines deleted...]
-      </c>
+      <c r="K126" t="s">
+        <v>35</v>
+      </c>
+      <c r="L126"/>
       <c r="M126" t="s">
-        <v>24</v>
+        <v>732</v>
       </c>
       <c r="N126" t="s">
-        <v>510</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>749</v>
+      </c>
+      <c r="P126" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>511</v>
+        <v>751</v>
       </c>
       <c r="B127" t="s">
-        <v>512</v>
+        <v>752</v>
       </c>
       <c r="C127" t="s">
-        <v>51</v>
+        <v>753</v>
       </c>
       <c r="D127" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="E127" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F127" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G127">
+        <v>21</v>
+      </c>
+      <c r="G127" t="s">
+        <v>52</v>
+      </c>
+      <c r="H127">
         <v>2013</v>
       </c>
-      <c r="H127"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I127"/>
       <c r="J127" t="s">
-        <v>87</v>
+        <v>282</v>
       </c>
       <c r="K127" t="s">
-        <v>513</v>
+        <v>112</v>
       </c>
       <c r="L127" t="s">
-        <v>514</v>
+        <v>754</v>
       </c>
       <c r="M127" t="s">
-        <v>24</v>
+        <v>755</v>
       </c>
       <c r="N127" t="s">
-        <v>515</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>756</v>
+      </c>
+      <c r="P127" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>516</v>
+        <v>758</v>
       </c>
       <c r="B128" t="s">
-        <v>512</v>
+        <v>759</v>
       </c>
       <c r="C128" t="s">
-        <v>95</v>
+        <v>753</v>
       </c>
       <c r="D128" t="s">
-        <v>17</v>
+        <v>124</v>
       </c>
       <c r="E128" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F128" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G128">
+        <v>21</v>
+      </c>
+      <c r="G128" t="s">
+        <v>52</v>
+      </c>
+      <c r="H128">
         <v>2013</v>
       </c>
-      <c r="H128"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I128"/>
       <c r="J128" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="K128" t="s">
+        <v>35</v>
+      </c>
+      <c r="L128"/>
       <c r="M128" t="s">
-        <v>24</v>
+        <v>755</v>
       </c>
       <c r="N128" t="s">
-        <v>517</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>760</v>
+      </c>
+      <c r="P128" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>518</v>
+        <v>761</v>
       </c>
       <c r="B129" t="s">
-        <v>512</v>
+        <v>762</v>
       </c>
       <c r="C129" t="s">
-        <v>56</v>
+        <v>753</v>
       </c>
       <c r="D129" t="s">
-        <v>17</v>
+        <v>68</v>
       </c>
       <c r="E129" t="s">
-        <v>128</v>
+        <v>20</v>
       </c>
       <c r="F129" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>177</v>
+      </c>
+      <c r="G129" t="s">
+        <v>22</v>
       </c>
       <c r="H129">
         <v>2012</v>
       </c>
-      <c r="I129" t="s">
-        <v>199</v>
+      <c r="I129">
+        <v>2012</v>
       </c>
       <c r="J129" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="K129" t="s">
+        <v>35</v>
+      </c>
+      <c r="L129"/>
       <c r="M129" t="s">
+        <v>755</v>
+      </c>
+      <c r="N129" t="s">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>763</v>
+      </c>
+      <c r="P129" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>764</v>
+      </c>
+      <c r="B130" t="s">
+        <v>765</v>
+      </c>
+      <c r="C130" t="s">
+        <v>753</v>
+      </c>
+      <c r="D130" t="s">
+        <v>51</v>
+      </c>
+      <c r="E130" t="s">
+        <v>20</v>
+      </c>
+      <c r="F130" t="s">
+        <v>177</v>
+      </c>
+      <c r="G130" t="s">
+        <v>52</v>
+      </c>
+      <c r="H130">
+        <v>2004</v>
+      </c>
+      <c r="I130"/>
+      <c r="J130" t="s">
+        <v>282</v>
+      </c>
+      <c r="K130" t="s">
+        <v>35</v>
+      </c>
+      <c r="L130" t="s">
+        <v>766</v>
+      </c>
+      <c r="M130" t="s">
+        <v>755</v>
+      </c>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>767</v>
+      </c>
+      <c r="P130" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>768</v>
+      </c>
+      <c r="B131" t="s">
+        <v>769</v>
+      </c>
+      <c r="C131" t="s">
+        <v>770</v>
+      </c>
+      <c r="D131" t="s">
+        <v>601</v>
+      </c>
+      <c r="E131" t="s">
+        <v>20</v>
+      </c>
+      <c r="F131" t="s">
+        <v>33</v>
+      </c>
+      <c r="G131" t="s">
+        <v>22</v>
+      </c>
+      <c r="H131">
+        <v>2013</v>
+      </c>
+      <c r="I131">
+        <v>2014</v>
+      </c>
+      <c r="J131" t="s">
+        <v>88</v>
+      </c>
+      <c r="K131" t="s">
+        <v>35</v>
+      </c>
+      <c r="L131" t="s">
+        <v>771</v>
+      </c>
+      <c r="M131" t="s">
+        <v>772</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>773</v>
+      </c>
+      <c r="P131" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>775</v>
+      </c>
+      <c r="B132" t="s">
+        <v>776</v>
+      </c>
+      <c r="C132" t="s">
+        <v>770</v>
+      </c>
+      <c r="D132" t="s">
+        <v>777</v>
+      </c>
+      <c r="E132" t="s">
+        <v>20</v>
+      </c>
+      <c r="F132" t="s">
+        <v>21</v>
+      </c>
+      <c r="G132" t="s">
+        <v>22</v>
+      </c>
+      <c r="H132">
+        <v>2013</v>
+      </c>
+      <c r="I132">
+        <v>2014</v>
+      </c>
+      <c r="J132" t="s">
+        <v>88</v>
+      </c>
+      <c r="K132" t="s">
+        <v>35</v>
+      </c>
+      <c r="L132" t="s">
+        <v>771</v>
+      </c>
+      <c r="M132" t="s">
+        <v>772</v>
+      </c>
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>778</v>
+      </c>
+      <c r="P132" t="s">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>780</v>
+      </c>
+      <c r="B133" t="s">
+        <v>781</v>
+      </c>
+      <c r="C133" t="s">
+        <v>770</v>
+      </c>
+      <c r="D133" t="s">
+        <v>111</v>
+      </c>
+      <c r="E133" t="s">
+        <v>20</v>
+      </c>
+      <c r="F133" t="s">
+        <v>33</v>
+      </c>
+      <c r="G133" t="s">
+        <v>22</v>
+      </c>
+      <c r="H133">
+        <v>2013</v>
+      </c>
+      <c r="I133">
+        <v>2014</v>
+      </c>
+      <c r="J133" t="s">
+        <v>88</v>
+      </c>
+      <c r="K133" t="s">
+        <v>35</v>
+      </c>
+      <c r="L133" t="s">
+        <v>782</v>
+      </c>
+      <c r="M133" t="s">
+        <v>772</v>
+      </c>
+      <c r="N133" t="s">
+        <v>410</v>
+      </c>
+      <c r="O133" t="s">
+        <v>783</v>
+      </c>
+      <c r="P133" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>785</v>
+      </c>
+      <c r="B134" t="s">
+        <v>786</v>
+      </c>
+      <c r="C134" t="s">
+        <v>770</v>
+      </c>
+      <c r="D134" t="s">
+        <v>124</v>
+      </c>
+      <c r="E134" t="s">
+        <v>20</v>
+      </c>
+      <c r="F134" t="s">
+        <v>21</v>
+      </c>
+      <c r="G134" t="s">
+        <v>22</v>
+      </c>
+      <c r="H134">
+        <v>2013</v>
+      </c>
+      <c r="I134">
+        <v>2014</v>
+      </c>
+      <c r="J134" t="s">
+        <v>88</v>
+      </c>
+      <c r="K134" t="s">
+        <v>540</v>
+      </c>
+      <c r="L134" t="s">
+        <v>787</v>
+      </c>
+      <c r="M134" t="s">
+        <v>772</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>788</v>
+      </c>
+      <c r="P134" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>790</v>
+      </c>
+      <c r="B135" t="s">
+        <v>791</v>
+      </c>
+      <c r="C135" t="s">
+        <v>770</v>
+      </c>
+      <c r="D135" t="s">
+        <v>124</v>
+      </c>
+      <c r="E135" t="s">
+        <v>20</v>
+      </c>
+      <c r="F135" t="s">
+        <v>33</v>
+      </c>
+      <c r="G135" t="s">
+        <v>22</v>
+      </c>
+      <c r="H135">
+        <v>2013</v>
+      </c>
+      <c r="I135">
+        <v>2014</v>
+      </c>
+      <c r="J135" t="s">
+        <v>88</v>
+      </c>
+      <c r="K135" t="s">
+        <v>540</v>
+      </c>
+      <c r="L135" t="s">
+        <v>792</v>
+      </c>
+      <c r="M135" t="s">
+        <v>772</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>793</v>
+      </c>
+      <c r="P135" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>795</v>
+      </c>
+      <c r="B136" t="s">
+        <v>796</v>
+      </c>
+      <c r="C136" t="s">
+        <v>797</v>
+      </c>
+      <c r="D136" t="s">
+        <v>51</v>
+      </c>
+      <c r="E136" t="s">
+        <v>20</v>
+      </c>
+      <c r="F136" t="s">
+        <v>21</v>
+      </c>
+      <c r="G136" t="s">
+        <v>22</v>
+      </c>
+      <c r="H136">
+        <v>2016</v>
+      </c>
+      <c r="I136">
+        <v>2018</v>
+      </c>
+      <c r="J136" t="s">
+        <v>44</v>
+      </c>
+      <c r="K136" t="s">
+        <v>35</v>
+      </c>
+      <c r="L136"/>
+      <c r="M136" t="s">
+        <v>798</v>
+      </c>
+      <c r="N136" t="s">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>799</v>
+      </c>
+      <c r="P136" t="s">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>801</v>
+      </c>
+      <c r="B137" t="s">
+        <v>802</v>
+      </c>
+      <c r="C137" t="s">
+        <v>803</v>
+      </c>
+      <c r="D137" t="s">
+        <v>804</v>
+      </c>
+      <c r="E137" t="s">
+        <v>20</v>
+      </c>
+      <c r="F137" t="s">
+        <v>177</v>
+      </c>
+      <c r="G137" t="s">
+        <v>22</v>
+      </c>
+      <c r="H137">
+        <v>2005</v>
+      </c>
+      <c r="I137">
+        <v>2008</v>
+      </c>
+      <c r="J137" t="s">
+        <v>805</v>
+      </c>
+      <c r="K137" t="s">
+        <v>35</v>
+      </c>
+      <c r="L137" t="s">
+        <v>806</v>
+      </c>
+      <c r="M137" t="s">
+        <v>807</v>
+      </c>
+      <c r="N137" t="s">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>808</v>
+      </c>
+      <c r="P137" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>810</v>
+      </c>
+      <c r="B138" t="s">
+        <v>811</v>
+      </c>
+      <c r="C138" t="s">
+        <v>50</v>
+      </c>
+      <c r="D138" t="s">
+        <v>124</v>
+      </c>
+      <c r="E138" t="s">
+        <v>20</v>
+      </c>
+      <c r="F138" t="s">
+        <v>33</v>
+      </c>
+      <c r="G138" t="s">
+        <v>52</v>
+      </c>
+      <c r="H138">
+        <v>1987</v>
+      </c>
+      <c r="I138"/>
+      <c r="J138" t="s">
+        <v>314</v>
+      </c>
+      <c r="K138" t="s">
+        <v>35</v>
+      </c>
+      <c r="L138" t="s">
+        <v>812</v>
+      </c>
+      <c r="M138" t="s">
+        <v>55</v>
+      </c>
+      <c r="N138" t="s">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>813</v>
+      </c>
+      <c r="P138" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>815</v>
+      </c>
+      <c r="B139" t="s">
+        <v>816</v>
+      </c>
+      <c r="C139" t="s">
+        <v>803</v>
+      </c>
+      <c r="D139" t="s">
+        <v>80</v>
+      </c>
+      <c r="E139" t="s">
+        <v>20</v>
+      </c>
+      <c r="F139" t="s">
+        <v>21</v>
+      </c>
+      <c r="G139" t="s">
+        <v>52</v>
+      </c>
+      <c r="H139">
+        <v>2022</v>
+      </c>
+      <c r="I139"/>
+      <c r="J139" t="s">
+        <v>817</v>
+      </c>
+      <c r="K139" t="s">
+        <v>35</v>
+      </c>
+      <c r="L139"/>
+      <c r="M139" t="s">
+        <v>807</v>
+      </c>
+      <c r="N139" t="s">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>818</v>
+      </c>
+      <c r="P139" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>820</v>
+      </c>
+      <c r="B140" t="s">
+        <v>821</v>
+      </c>
+      <c r="C140" t="s">
+        <v>803</v>
+      </c>
+      <c r="D140" t="s">
+        <v>94</v>
+      </c>
+      <c r="E140" t="s">
+        <v>20</v>
+      </c>
+      <c r="F140" t="s">
+        <v>21</v>
+      </c>
+      <c r="G140" t="s">
+        <v>52</v>
+      </c>
+      <c r="H140">
+        <v>2022</v>
+      </c>
+      <c r="I140"/>
+      <c r="J140" t="s">
+        <v>822</v>
+      </c>
+      <c r="K140" t="s">
+        <v>35</v>
+      </c>
+      <c r="L140"/>
+      <c r="M140" t="s">
+        <v>807</v>
+      </c>
+      <c r="N140" t="s">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>823</v>
+      </c>
+      <c r="P140" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>824</v>
+      </c>
+      <c r="B141" t="s">
+        <v>825</v>
+      </c>
+      <c r="C141" t="s">
+        <v>803</v>
+      </c>
+      <c r="D141" t="s">
+        <v>289</v>
+      </c>
+      <c r="E141" t="s">
+        <v>20</v>
+      </c>
+      <c r="F141" t="s">
+        <v>21</v>
+      </c>
+      <c r="G141" t="s">
+        <v>52</v>
+      </c>
+      <c r="H141">
+        <v>2022</v>
+      </c>
+      <c r="I141"/>
+      <c r="J141" t="s">
+        <v>817</v>
+      </c>
+      <c r="K141" t="s">
+        <v>292</v>
+      </c>
+      <c r="L141"/>
+      <c r="M141" t="s">
+        <v>807</v>
+      </c>
+      <c r="N141" t="s">
+        <v>688</v>
+      </c>
+      <c r="O141" t="s">
+        <v>826</v>
+      </c>
+      <c r="P141" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>827</v>
+      </c>
+      <c r="B142" t="s">
+        <v>828</v>
+      </c>
+      <c r="C142" t="s">
+        <v>803</v>
+      </c>
+      <c r="D142" t="s">
+        <v>68</v>
+      </c>
+      <c r="E142" t="s">
+        <v>20</v>
+      </c>
+      <c r="F142" t="s">
+        <v>21</v>
+      </c>
+      <c r="G142" t="s">
+        <v>52</v>
+      </c>
+      <c r="H142">
+        <v>2022</v>
+      </c>
+      <c r="I142"/>
+      <c r="J142" t="s">
+        <v>817</v>
+      </c>
+      <c r="K142" t="s">
+        <v>35</v>
+      </c>
+      <c r="L142"/>
+      <c r="M142" t="s">
+        <v>807</v>
+      </c>
+      <c r="N142" t="s">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>829</v>
+      </c>
+      <c r="P142" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>830</v>
+      </c>
+      <c r="B143" t="s">
+        <v>831</v>
+      </c>
+      <c r="C143" t="s">
+        <v>832</v>
+      </c>
+      <c r="D143" t="s">
+        <v>833</v>
+      </c>
+      <c r="E143" t="s">
+        <v>20</v>
+      </c>
+      <c r="F143" t="s">
+        <v>177</v>
+      </c>
+      <c r="G143" t="s">
+        <v>22</v>
+      </c>
+      <c r="H143">
+        <v>2008</v>
+      </c>
+      <c r="I143">
+        <v>2020</v>
+      </c>
+      <c r="J143" t="s">
+        <v>44</v>
+      </c>
+      <c r="K143" t="s">
+        <v>35</v>
+      </c>
+      <c r="L143" t="s">
+        <v>834</v>
+      </c>
+      <c r="M143" t="s">
+        <v>835</v>
+      </c>
+      <c r="N143" t="s">
+        <v>836</v>
+      </c>
+      <c r="O143" t="s">
+        <v>837</v>
+      </c>
+      <c r="P143" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" t="s">
+        <v>839</v>
+      </c>
+      <c r="B144" t="s">
+        <v>840</v>
+      </c>
+      <c r="C144" t="s">
+        <v>841</v>
+      </c>
+      <c r="D144" t="s">
+        <v>601</v>
+      </c>
+      <c r="E144" t="s">
+        <v>20</v>
+      </c>
+      <c r="F144" t="s">
+        <v>33</v>
+      </c>
+      <c r="G144" t="s">
+        <v>8</v>
+      </c>
+      <c r="H144">
+        <v>2015</v>
+      </c>
+      <c r="I144">
+        <v>2019</v>
+      </c>
+      <c r="J144" t="s">
+        <v>355</v>
+      </c>
+      <c r="K144" t="s">
+        <v>35</v>
+      </c>
+      <c r="L144"/>
+      <c r="M144" t="s">
+        <v>842</v>
+      </c>
+      <c r="N144" t="s">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>843</v>
+      </c>
+      <c r="P144" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>845</v>
+      </c>
+      <c r="B145" t="s">
+        <v>846</v>
+      </c>
+      <c r="C145" t="s">
+        <v>841</v>
+      </c>
+      <c r="D145" t="s">
+        <v>601</v>
+      </c>
+      <c r="E145" t="s">
+        <v>20</v>
+      </c>
+      <c r="F145" t="s">
+        <v>33</v>
+      </c>
+      <c r="G145" t="s">
+        <v>22</v>
+      </c>
+      <c r="H145">
+        <v>2015</v>
+      </c>
+      <c r="I145">
+        <v>2024</v>
+      </c>
+      <c r="J145" t="s">
+        <v>547</v>
+      </c>
+      <c r="K145" t="s">
+        <v>35</v>
+      </c>
+      <c r="L145"/>
+      <c r="M145" t="s">
+        <v>842</v>
+      </c>
+      <c r="N145" t="s">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>847</v>
+      </c>
+      <c r="P145" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>848</v>
+      </c>
+      <c r="B146" t="s">
+        <v>849</v>
+      </c>
+      <c r="C146" t="s">
+        <v>850</v>
+      </c>
+      <c r="D146" t="s">
+        <v>601</v>
+      </c>
+      <c r="E146" t="s">
+        <v>20</v>
+      </c>
+      <c r="F146" t="s">
+        <v>21</v>
+      </c>
+      <c r="G146" t="s">
+        <v>52</v>
+      </c>
+      <c r="H146">
+        <v>2018</v>
+      </c>
+      <c r="I146"/>
+      <c r="J146" t="s">
+        <v>236</v>
+      </c>
+      <c r="K146" t="s">
+        <v>35</v>
+      </c>
+      <c r="L146" t="s">
+        <v>851</v>
+      </c>
+      <c r="M146" t="s">
+        <v>852</v>
+      </c>
+      <c r="N146" t="s">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>853</v>
+      </c>
+      <c r="P146" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>855</v>
+      </c>
+      <c r="B147" t="s">
+        <v>335</v>
+      </c>
+      <c r="C147" t="s">
+        <v>281</v>
+      </c>
+      <c r="D147" t="s">
+        <v>336</v>
+      </c>
+      <c r="E147" t="s">
+        <v>20</v>
+      </c>
+      <c r="F147" t="s">
+        <v>21</v>
+      </c>
+      <c r="G147" t="s">
+        <v>52</v>
+      </c>
+      <c r="H147">
+        <v>2009</v>
+      </c>
+      <c r="I147"/>
+      <c r="J147" t="s">
+        <v>282</v>
+      </c>
+      <c r="K147" t="s">
+        <v>35</v>
+      </c>
+      <c r="L147" t="s">
+        <v>338</v>
+      </c>
+      <c r="M147" t="s">
+        <v>283</v>
+      </c>
+      <c r="N147" t="s">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>856</v>
+      </c>
+      <c r="P147" t="s">
+        <v>857</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>858</v>
+      </c>
+      <c r="B148" t="s">
+        <v>859</v>
+      </c>
+      <c r="C148" t="s">
+        <v>281</v>
+      </c>
+      <c r="D148" t="s">
+        <v>124</v>
+      </c>
+      <c r="E148" t="s">
+        <v>20</v>
+      </c>
+      <c r="F148" t="s">
+        <v>21</v>
+      </c>
+      <c r="G148" t="s">
+        <v>22</v>
+      </c>
+      <c r="H148">
+        <v>2002</v>
+      </c>
+      <c r="I148">
+        <v>2007</v>
+      </c>
+      <c r="J148" t="s">
+        <v>282</v>
+      </c>
+      <c r="K148" t="s">
+        <v>35</v>
+      </c>
+      <c r="L148" t="s">
+        <v>343</v>
+      </c>
+      <c r="M148" t="s">
+        <v>283</v>
+      </c>
+      <c r="N148" t="s">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
+        <v>860</v>
+      </c>
+      <c r="P148" t="s">
+        <v>857</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>861</v>
+      </c>
+      <c r="B149" t="s">
+        <v>862</v>
+      </c>
+      <c r="C149" t="s">
+        <v>281</v>
+      </c>
+      <c r="D149" t="s">
+        <v>61</v>
+      </c>
+      <c r="E149" t="s">
+        <v>20</v>
+      </c>
+      <c r="F149" t="s">
+        <v>21</v>
+      </c>
+      <c r="G149" t="s">
+        <v>22</v>
+      </c>
+      <c r="H149">
+        <v>2011</v>
+      </c>
+      <c r="I149">
+        <v>2015</v>
+      </c>
+      <c r="J149" t="s">
+        <v>282</v>
+      </c>
+      <c r="K149" t="s">
+        <v>35</v>
+      </c>
+      <c r="L149"/>
+      <c r="M149" t="s">
+        <v>283</v>
+      </c>
+      <c r="N149" t="s">
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>863</v>
+      </c>
+      <c r="P149" t="s">
+        <v>857</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>864</v>
+      </c>
+      <c r="B150" t="s">
+        <v>346</v>
+      </c>
+      <c r="C150" t="s">
+        <v>281</v>
+      </c>
+      <c r="D150" t="s">
+        <v>601</v>
+      </c>
+      <c r="E150" t="s">
+        <v>20</v>
+      </c>
+      <c r="F150" t="s">
+        <v>21</v>
+      </c>
+      <c r="G150" t="s">
+        <v>22</v>
+      </c>
+      <c r="H150">
+        <v>1994</v>
+      </c>
+      <c r="I150">
+        <v>2003</v>
+      </c>
+      <c r="J150" t="s">
+        <v>53</v>
+      </c>
+      <c r="K150" t="s">
+        <v>35</v>
+      </c>
+      <c r="L150"/>
+      <c r="M150" t="s">
+        <v>283</v>
+      </c>
+      <c r="N150" t="s">
+        <v>27</v>
+      </c>
+      <c r="O150" t="s">
+        <v>865</v>
+      </c>
+      <c r="P150" t="s">
+        <v>857</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" t="s">
+        <v>866</v>
+      </c>
+      <c r="B151" t="s">
+        <v>867</v>
+      </c>
+      <c r="C151" t="s">
+        <v>841</v>
+      </c>
+      <c r="D151" t="s">
+        <v>868</v>
+      </c>
+      <c r="E151" t="s">
+        <v>20</v>
+      </c>
+      <c r="F151" t="s">
+        <v>21</v>
+      </c>
+      <c r="G151" t="s">
+        <v>8</v>
+      </c>
+      <c r="H151">
+        <v>2015</v>
+      </c>
+      <c r="I151">
+        <v>2019</v>
+      </c>
+      <c r="J151" t="s">
+        <v>355</v>
+      </c>
+      <c r="K151" t="s">
+        <v>35</v>
+      </c>
+      <c r="L151" t="s">
+        <v>869</v>
+      </c>
+      <c r="M151" t="s">
+        <v>842</v>
+      </c>
+      <c r="N151" t="s">
+        <v>27</v>
+      </c>
+      <c r="O151" t="s">
+        <v>870</v>
+      </c>
+      <c r="P151" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
+      <c r="A152" t="s">
+        <v>872</v>
+      </c>
+      <c r="B152" t="s">
+        <v>873</v>
+      </c>
+      <c r="C152" t="s">
+        <v>841</v>
+      </c>
+      <c r="D152" t="s">
+        <v>601</v>
+      </c>
+      <c r="E152" t="s">
+        <v>20</v>
+      </c>
+      <c r="F152" t="s">
+        <v>21</v>
+      </c>
+      <c r="G152" t="s">
+        <v>8</v>
+      </c>
+      <c r="H152">
+        <v>2015</v>
+      </c>
+      <c r="I152">
+        <v>2024</v>
+      </c>
+      <c r="J152" t="s">
+        <v>547</v>
+      </c>
+      <c r="K152" t="s">
+        <v>35</v>
+      </c>
+      <c r="L152"/>
+      <c r="M152" t="s">
+        <v>842</v>
+      </c>
+      <c r="N152" t="s">
+        <v>27</v>
+      </c>
+      <c r="O152" t="s">
+        <v>874</v>
+      </c>
+      <c r="P152" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
+      <c r="A153" t="s">
+        <v>876</v>
+      </c>
+      <c r="B153" t="s">
+        <v>877</v>
+      </c>
+      <c r="C153" t="s">
+        <v>878</v>
+      </c>
+      <c r="D153" t="s">
+        <v>879</v>
+      </c>
+      <c r="E153" t="s">
+        <v>20</v>
+      </c>
+      <c r="F153" t="s">
+        <v>177</v>
+      </c>
+      <c r="G153" t="s">
+        <v>22</v>
+      </c>
+      <c r="H153">
+        <v>2022</v>
+      </c>
+      <c r="I153">
+        <v>2024</v>
+      </c>
+      <c r="J153" t="s">
+        <v>880</v>
+      </c>
+      <c r="K153" t="s">
+        <v>35</v>
+      </c>
+      <c r="L153" t="s">
+        <v>881</v>
+      </c>
+      <c r="M153" t="s">
+        <v>882</v>
+      </c>
+      <c r="N153" t="s">
+        <v>27</v>
+      </c>
+      <c r="O153" t="s">
+        <v>883</v>
+      </c>
+      <c r="P153" t="s">
+        <v>884</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
+      <c r="A154" t="s">
+        <v>885</v>
+      </c>
+      <c r="B154" t="s">
+        <v>886</v>
+      </c>
+      <c r="C154" t="s">
+        <v>850</v>
+      </c>
+      <c r="D154" t="s">
+        <v>51</v>
+      </c>
+      <c r="E154" t="s">
+        <v>20</v>
+      </c>
+      <c r="F154" t="s">
+        <v>21</v>
+      </c>
+      <c r="G154" t="s">
+        <v>52</v>
+      </c>
+      <c r="H154">
+        <v>2018</v>
+      </c>
+      <c r="I154"/>
+      <c r="J154" t="s">
+        <v>236</v>
+      </c>
+      <c r="K154" t="s">
+        <v>35</v>
+      </c>
+      <c r="L154" t="s">
+        <v>887</v>
+      </c>
+      <c r="M154" t="s">
+        <v>852</v>
+      </c>
+      <c r="N154" t="s">
+        <v>27</v>
+      </c>
+      <c r="O154" t="s">
+        <v>888</v>
+      </c>
+      <c r="P154" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>889</v>
+      </c>
+      <c r="B155" t="s">
+        <v>890</v>
+      </c>
+      <c r="C155" t="s">
+        <v>878</v>
+      </c>
+      <c r="D155" t="s">
+        <v>80</v>
+      </c>
+      <c r="E155" t="s">
+        <v>20</v>
+      </c>
+      <c r="F155" t="s">
+        <v>177</v>
+      </c>
+      <c r="G155" t="s">
+        <v>52</v>
+      </c>
+      <c r="H155">
+        <v>2021</v>
+      </c>
+      <c r="I155"/>
+      <c r="J155" t="s">
+        <v>301</v>
+      </c>
+      <c r="K155" t="s">
+        <v>35</v>
+      </c>
+      <c r="L155" t="s">
+        <v>891</v>
+      </c>
+      <c r="M155" t="s">
+        <v>892</v>
+      </c>
+      <c r="N155" t="s">
+        <v>27</v>
+      </c>
+      <c r="O155" t="s">
+        <v>893</v>
+      </c>
+      <c r="P155" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>895</v>
+      </c>
+      <c r="B156" t="s">
+        <v>896</v>
+      </c>
+      <c r="C156" t="s">
+        <v>897</v>
+      </c>
+      <c r="D156" t="s">
+        <v>456</v>
+      </c>
+      <c r="E156" t="s">
+        <v>20</v>
+      </c>
+      <c r="F156" t="s">
+        <v>21</v>
+      </c>
+      <c r="G156" t="s">
+        <v>52</v>
+      </c>
+      <c r="H156">
+        <v>2017</v>
+      </c>
+      <c r="I156"/>
+      <c r="J156" t="s">
+        <v>44</v>
+      </c>
+      <c r="K156" t="s">
+        <v>35</v>
+      </c>
+      <c r="L156"/>
+      <c r="M156" t="s">
+        <v>898</v>
+      </c>
+      <c r="N156" t="s">
+        <v>27</v>
+      </c>
+      <c r="O156" t="s">
+        <v>899</v>
+      </c>
+      <c r="P156" t="s">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
+      <c r="A157" t="s">
+        <v>901</v>
+      </c>
+      <c r="B157"/>
+      <c r="C157" t="s">
+        <v>308</v>
+      </c>
+      <c r="D157" t="s">
+        <v>68</v>
+      </c>
+      <c r="E157" t="s">
+        <v>20</v>
+      </c>
+      <c r="F157" t="s">
+        <v>21</v>
+      </c>
+      <c r="G157" t="s">
+        <v>52</v>
+      </c>
+      <c r="H157">
+        <v>2015</v>
+      </c>
+      <c r="I157"/>
+      <c r="J157" t="s">
+        <v>301</v>
+      </c>
+      <c r="K157" t="s">
+        <v>35</v>
+      </c>
+      <c r="L157"/>
+      <c r="M157" t="s">
+        <v>309</v>
+      </c>
+      <c r="N157" t="s">
+        <v>27</v>
+      </c>
+      <c r="O157" t="s">
+        <v>902</v>
+      </c>
+      <c r="P157" t="s">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
+      <c r="A158" t="s">
+        <v>904</v>
+      </c>
+      <c r="B158"/>
+      <c r="C158" t="s">
+        <v>308</v>
+      </c>
+      <c r="D158" t="s">
+        <v>80</v>
+      </c>
+      <c r="E158" t="s">
+        <v>20</v>
+      </c>
+      <c r="F158" t="s">
+        <v>21</v>
+      </c>
+      <c r="G158" t="s">
+        <v>52</v>
+      </c>
+      <c r="H158">
+        <v>2020</v>
+      </c>
+      <c r="I158"/>
+      <c r="J158" t="s">
+        <v>301</v>
+      </c>
+      <c r="K158" t="s">
+        <v>35</v>
+      </c>
+      <c r="L158"/>
+      <c r="M158" t="s">
+        <v>309</v>
+      </c>
+      <c r="N158" t="s">
+        <v>27</v>
+      </c>
+      <c r="O158" t="s">
+        <v>905</v>
+      </c>
+      <c r="P158" t="s">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" t="s">
+        <v>906</v>
+      </c>
+      <c r="B159" t="s">
+        <v>907</v>
+      </c>
+      <c r="C159" t="s">
+        <v>878</v>
+      </c>
+      <c r="D159" t="s">
+        <v>908</v>
+      </c>
+      <c r="E159" t="s">
+        <v>20</v>
+      </c>
+      <c r="F159" t="s">
+        <v>177</v>
+      </c>
+      <c r="G159" t="s">
+        <v>52</v>
+      </c>
+      <c r="H159">
+        <v>2021</v>
+      </c>
+      <c r="I159"/>
+      <c r="J159" t="s">
+        <v>301</v>
+      </c>
+      <c r="K159" t="s">
+        <v>35</v>
+      </c>
+      <c r="L159"/>
+      <c r="M159" t="s">
+        <v>882</v>
+      </c>
+      <c r="N159" t="s">
+        <v>27</v>
+      </c>
+      <c r="O159" t="s">
+        <v>909</v>
+      </c>
+      <c r="P159" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16">
+      <c r="A160" t="s">
+        <v>911</v>
+      </c>
+      <c r="B160" t="s">
+        <v>912</v>
+      </c>
+      <c r="C160" t="s">
+        <v>354</v>
+      </c>
+      <c r="D160" t="s">
+        <v>51</v>
+      </c>
+      <c r="E160" t="s">
+        <v>43</v>
+      </c>
+      <c r="F160" t="s">
+        <v>913</v>
+      </c>
+      <c r="G160" t="s">
+        <v>52</v>
+      </c>
+      <c r="H160">
+        <v>2015</v>
+      </c>
+      <c r="I160"/>
+      <c r="J160" t="s">
+        <v>680</v>
+      </c>
+      <c r="K160" t="s">
+        <v>35</v>
+      </c>
+      <c r="L160"/>
+      <c r="M160" t="s">
+        <v>682</v>
+      </c>
+      <c r="N160" t="s">
+        <v>27</v>
+      </c>
+      <c r="O160" t="s">
+        <v>914</v>
+      </c>
+      <c r="P160" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16">
+      <c r="A161" t="s">
+        <v>916</v>
+      </c>
+      <c r="B161" t="s">
+        <v>917</v>
+      </c>
+      <c r="C161" t="s">
+        <v>354</v>
+      </c>
+      <c r="D161" t="s">
+        <v>80</v>
+      </c>
+      <c r="E161" t="s">
+        <v>43</v>
+      </c>
+      <c r="F161" t="s">
+        <v>913</v>
+      </c>
+      <c r="G161" t="s">
+        <v>52</v>
+      </c>
+      <c r="H161">
+        <v>2009</v>
+      </c>
+      <c r="I161"/>
+      <c r="J161" t="s">
+        <v>291</v>
+      </c>
+      <c r="K161" t="s">
+        <v>35</v>
+      </c>
+      <c r="L161"/>
+      <c r="M161" t="s">
+        <v>682</v>
+      </c>
+      <c r="N161" t="s">
+        <v>27</v>
+      </c>
+      <c r="O161" t="s">
+        <v>918</v>
+      </c>
+      <c r="P161" t="s">
+        <v>919</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
+      <c r="A162" t="s">
+        <v>920</v>
+      </c>
+      <c r="B162" t="s">
+        <v>921</v>
+      </c>
+      <c r="C162" t="s">
+        <v>354</v>
+      </c>
+      <c r="D162" t="s">
+        <v>922</v>
+      </c>
+      <c r="E162" t="s">
+        <v>43</v>
+      </c>
+      <c r="F162" t="s">
+        <v>913</v>
+      </c>
+      <c r="G162" t="s">
+        <v>52</v>
+      </c>
+      <c r="H162">
+        <v>2015</v>
+      </c>
+      <c r="I162"/>
+      <c r="J162" t="s">
+        <v>680</v>
+      </c>
+      <c r="K162" t="s">
+        <v>35</v>
+      </c>
+      <c r="L162"/>
+      <c r="M162" t="s">
+        <v>682</v>
+      </c>
+      <c r="N162" t="s">
+        <v>27</v>
+      </c>
+      <c r="O162" t="s">
+        <v>923</v>
+      </c>
+      <c r="P162" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16">
+      <c r="A163" t="s">
+        <v>925</v>
+      </c>
+      <c r="B163" t="s">
+        <v>926</v>
+      </c>
+      <c r="C163" t="s">
+        <v>354</v>
+      </c>
+      <c r="D163" t="s">
+        <v>927</v>
+      </c>
+      <c r="E163" t="s">
+        <v>43</v>
+      </c>
+      <c r="F163" t="s">
+        <v>913</v>
+      </c>
+      <c r="G163" t="s">
+        <v>52</v>
+      </c>
+      <c r="H163">
+        <v>2009</v>
+      </c>
+      <c r="I163"/>
+      <c r="J163" t="s">
+        <v>680</v>
+      </c>
+      <c r="K163" t="s">
+        <v>35</v>
+      </c>
+      <c r="L163"/>
+      <c r="M163" t="s">
+        <v>682</v>
+      </c>
+      <c r="N163" t="s">
+        <v>27</v>
+      </c>
+      <c r="O163" t="s">
+        <v>928</v>
+      </c>
+      <c r="P163" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
+      <c r="A164" t="s">
+        <v>930</v>
+      </c>
+      <c r="B164" t="s">
+        <v>931</v>
+      </c>
+      <c r="C164" t="s">
+        <v>354</v>
+      </c>
+      <c r="D164" t="s">
+        <v>932</v>
+      </c>
+      <c r="E164" t="s">
+        <v>43</v>
+      </c>
+      <c r="F164" t="s">
+        <v>913</v>
+      </c>
+      <c r="G164" t="s">
+        <v>52</v>
+      </c>
+      <c r="H164">
+        <v>2015</v>
+      </c>
+      <c r="I164"/>
+      <c r="J164" t="s">
+        <v>680</v>
+      </c>
+      <c r="K164" t="s">
+        <v>35</v>
+      </c>
+      <c r="L164"/>
+      <c r="M164" t="s">
+        <v>682</v>
+      </c>
+      <c r="N164" t="s">
+        <v>27</v>
+      </c>
+      <c r="O164" t="s">
+        <v>933</v>
+      </c>
+      <c r="P164" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16">
+      <c r="A165" t="s">
+        <v>935</v>
+      </c>
+      <c r="B165" t="s">
+        <v>936</v>
+      </c>
+      <c r="C165" t="s">
+        <v>354</v>
+      </c>
+      <c r="D165" t="s">
+        <v>396</v>
+      </c>
+      <c r="E165" t="s">
+        <v>43</v>
+      </c>
+      <c r="F165" t="s">
+        <v>913</v>
+      </c>
+      <c r="G165" t="s">
+        <v>52</v>
+      </c>
+      <c r="H165">
+        <v>2021</v>
+      </c>
+      <c r="I165"/>
+      <c r="J165" t="s">
+        <v>680</v>
+      </c>
+      <c r="K165" t="s">
+        <v>35</v>
+      </c>
+      <c r="L165"/>
+      <c r="M165" t="s">
+        <v>682</v>
+      </c>
+      <c r="N165" t="s">
+        <v>27</v>
+      </c>
+      <c r="O165" t="s">
+        <v>937</v>
+      </c>
+      <c r="P165" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16">
+      <c r="A166" t="s">
+        <v>939</v>
+      </c>
+      <c r="B166" t="s">
+        <v>940</v>
+      </c>
+      <c r="C166" t="s">
+        <v>354</v>
+      </c>
+      <c r="D166" t="s">
+        <v>932</v>
+      </c>
+      <c r="E166" t="s">
+        <v>43</v>
+      </c>
+      <c r="F166" t="s">
+        <v>913</v>
+      </c>
+      <c r="G166" t="s">
+        <v>52</v>
+      </c>
+      <c r="H166">
+        <v>2015</v>
+      </c>
+      <c r="I166"/>
+      <c r="J166" t="s">
+        <v>680</v>
+      </c>
+      <c r="K166" t="s">
+        <v>35</v>
+      </c>
+      <c r="L166"/>
+      <c r="M166" t="s">
+        <v>682</v>
+      </c>
+      <c r="N166" t="s">
+        <v>27</v>
+      </c>
+      <c r="O166" t="s">
+        <v>941</v>
+      </c>
+      <c r="P166" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16">
+      <c r="A167" t="s">
+        <v>943</v>
+      </c>
+      <c r="B167" t="s">
+        <v>944</v>
+      </c>
+      <c r="C167" t="s">
+        <v>354</v>
+      </c>
+      <c r="D167" t="s">
+        <v>61</v>
+      </c>
+      <c r="E167" t="s">
+        <v>43</v>
+      </c>
+      <c r="F167" t="s">
+        <v>913</v>
+      </c>
+      <c r="G167" t="s">
+        <v>52</v>
+      </c>
+      <c r="H167">
+        <v>2015</v>
+      </c>
+      <c r="I167"/>
+      <c r="J167" t="s">
+        <v>291</v>
+      </c>
+      <c r="K167" t="s">
+        <v>407</v>
+      </c>
+      <c r="L167"/>
+      <c r="M167" t="s">
+        <v>682</v>
+      </c>
+      <c r="N167" t="s">
+        <v>27</v>
+      </c>
+      <c r="O167" t="s">
+        <v>945</v>
+      </c>
+      <c r="P167" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="168" spans="1:16">
+      <c r="A168" t="s">
+        <v>947</v>
+      </c>
+      <c r="B168" t="s">
+        <v>948</v>
+      </c>
+      <c r="C168" t="s">
+        <v>354</v>
+      </c>
+      <c r="D168" t="s">
+        <v>949</v>
+      </c>
+      <c r="E168" t="s">
+        <v>43</v>
+      </c>
+      <c r="F168" t="s">
+        <v>913</v>
+      </c>
+      <c r="G168" t="s">
+        <v>52</v>
+      </c>
+      <c r="H168">
+        <v>2015</v>
+      </c>
+      <c r="I168"/>
+      <c r="J168" t="s">
+        <v>680</v>
+      </c>
+      <c r="K168" t="s">
+        <v>35</v>
+      </c>
+      <c r="L168"/>
+      <c r="M168" t="s">
+        <v>682</v>
+      </c>
+      <c r="N168" t="s">
+        <v>27</v>
+      </c>
+      <c r="O168" t="s">
+        <v>950</v>
+      </c>
+      <c r="P168" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="169" spans="1:16">
+      <c r="A169" t="s">
+        <v>952</v>
+      </c>
+      <c r="B169" t="s">
+        <v>953</v>
+      </c>
+      <c r="C169" t="s">
+        <v>578</v>
+      </c>
+      <c r="D169" t="s">
+        <v>954</v>
+      </c>
+      <c r="E169" t="s">
+        <v>43</v>
+      </c>
+      <c r="F169" t="s">
+        <v>33</v>
+      </c>
+      <c r="G169" t="s">
+        <v>52</v>
+      </c>
+      <c r="H169">
+        <v>2012</v>
+      </c>
+      <c r="I169"/>
+      <c r="J169" t="s">
+        <v>314</v>
+      </c>
+      <c r="K169" t="s">
         <v>24</v>
       </c>
-      <c r="N129" t="s">
-[...10 lines deleted...]
-      <c r="C130" t="s">
+      <c r="L169" t="s">
+        <v>955</v>
+      </c>
+      <c r="M169" t="s">
+        <v>956</v>
+      </c>
+      <c r="N169" t="s">
+        <v>27</v>
+      </c>
+      <c r="O169" t="s">
+        <v>957</v>
+      </c>
+      <c r="P169" t="s">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="170" spans="1:16">
+      <c r="A170" t="s">
+        <v>959</v>
+      </c>
+      <c r="B170" t="s">
+        <v>960</v>
+      </c>
+      <c r="C170" t="s">
+        <v>167</v>
+      </c>
+      <c r="D170" t="s">
+        <v>111</v>
+      </c>
+      <c r="E170" t="s">
+        <v>20</v>
+      </c>
+      <c r="F170" t="s">
+        <v>21</v>
+      </c>
+      <c r="G170" t="s">
+        <v>22</v>
+      </c>
+      <c r="H170">
+        <v>2007</v>
+      </c>
+      <c r="I170">
+        <v>2011</v>
+      </c>
+      <c r="J170" t="s">
+        <v>430</v>
+      </c>
+      <c r="K170" t="s">
+        <v>112</v>
+      </c>
+      <c r="L170"/>
+      <c r="M170" t="s">
+        <v>961</v>
+      </c>
+      <c r="N170" t="s">
+        <v>27</v>
+      </c>
+      <c r="O170" t="s">
+        <v>962</v>
+      </c>
+      <c r="P170" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="171" spans="1:16">
+      <c r="A171" t="s">
+        <v>964</v>
+      </c>
+      <c r="B171" t="s">
+        <v>965</v>
+      </c>
+      <c r="C171" t="s">
+        <v>570</v>
+      </c>
+      <c r="D171" t="s">
+        <v>111</v>
+      </c>
+      <c r="E171" t="s">
+        <v>20</v>
+      </c>
+      <c r="F171" t="s">
+        <v>21</v>
+      </c>
+      <c r="G171" t="s">
+        <v>52</v>
+      </c>
+      <c r="H171">
+        <v>2015</v>
+      </c>
+      <c r="I171"/>
+      <c r="J171" t="s">
+        <v>44</v>
+      </c>
+      <c r="K171" t="s">
+        <v>35</v>
+      </c>
+      <c r="L171" t="s">
+        <v>966</v>
+      </c>
+      <c r="M171" t="s">
+        <v>573</v>
+      </c>
+      <c r="N171" t="s">
+        <v>27</v>
+      </c>
+      <c r="O171" t="s">
+        <v>967</v>
+      </c>
+      <c r="P171" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="172" spans="1:16">
+      <c r="A172" t="s">
+        <v>969</v>
+      </c>
+      <c r="B172" t="s">
+        <v>970</v>
+      </c>
+      <c r="C172" t="s">
+        <v>570</v>
+      </c>
+      <c r="D172" t="s">
+        <v>124</v>
+      </c>
+      <c r="E172" t="s">
+        <v>20</v>
+      </c>
+      <c r="F172" t="s">
+        <v>21</v>
+      </c>
+      <c r="G172" t="s">
+        <v>52</v>
+      </c>
+      <c r="H172">
+        <v>2011</v>
+      </c>
+      <c r="I172"/>
+      <c r="J172" t="s">
+        <v>44</v>
+      </c>
+      <c r="K172" t="s">
+        <v>35</v>
+      </c>
+      <c r="L172" t="s">
+        <v>971</v>
+      </c>
+      <c r="M172" t="s">
+        <v>573</v>
+      </c>
+      <c r="N172" t="s">
+        <v>27</v>
+      </c>
+      <c r="O172" t="s">
+        <v>972</v>
+      </c>
+      <c r="P172" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="173" spans="1:16">
+      <c r="A173" t="s">
+        <v>974</v>
+      </c>
+      <c r="B173" t="s">
+        <v>975</v>
+      </c>
+      <c r="C173" t="s">
+        <v>976</v>
+      </c>
+      <c r="D173" t="s">
+        <v>977</v>
+      </c>
+      <c r="E173" t="s">
+        <v>290</v>
+      </c>
+      <c r="F173" t="s">
+        <v>978</v>
+      </c>
+      <c r="G173" t="s">
+        <v>52</v>
+      </c>
+      <c r="H173">
+        <v>2023</v>
+      </c>
+      <c r="I173"/>
+      <c r="J173" t="s">
+        <v>236</v>
+      </c>
+      <c r="K173" t="s">
+        <v>979</v>
+      </c>
+      <c r="L173"/>
+      <c r="M173" t="s">
+        <v>980</v>
+      </c>
+      <c r="N173" t="s">
+        <v>836</v>
+      </c>
+      <c r="O173" t="s">
+        <v>981</v>
+      </c>
+      <c r="P173" t="s">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="174" spans="1:16">
+      <c r="A174" t="s">
+        <v>983</v>
+      </c>
+      <c r="B174" t="s">
+        <v>984</v>
+      </c>
+      <c r="C174" t="s">
+        <v>985</v>
+      </c>
+      <c r="D174" t="s">
+        <v>437</v>
+      </c>
+      <c r="E174" t="s">
         <v>43</v>
       </c>
-      <c r="D130" t="s">
-[...1836 lines deleted...]
-      </c>
       <c r="F174" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2006</v>
+        <v>168</v>
+      </c>
+      <c r="G174" t="s">
+        <v>22</v>
       </c>
       <c r="H174">
         <v>2006</v>
       </c>
-      <c r="I174" t="s">
-        <v>199</v>
+      <c r="I174">
+        <v>2006</v>
       </c>
       <c r="J174" t="s">
-        <v>30</v>
+        <v>282</v>
       </c>
       <c r="K174" t="s">
-        <v>667</v>
+        <v>35</v>
       </c>
       <c r="L174" t="s">
-        <v>668</v>
+        <v>986</v>
       </c>
       <c r="M174" t="s">
+        <v>987</v>
+      </c>
+      <c r="N174" t="s">
+        <v>27</v>
+      </c>
+      <c r="O174" t="s">
+        <v>988</v>
+      </c>
+      <c r="P174"/>
+    </row>
+    <row r="175" spans="1:16">
+      <c r="A175" t="s">
+        <v>989</v>
+      </c>
+      <c r="B175" t="s">
+        <v>990</v>
+      </c>
+      <c r="C175" t="s">
+        <v>991</v>
+      </c>
+      <c r="D175" t="s">
+        <v>601</v>
+      </c>
+      <c r="E175" t="s">
+        <v>20</v>
+      </c>
+      <c r="F175" t="s">
+        <v>21</v>
+      </c>
+      <c r="G175" t="s">
+        <v>22</v>
+      </c>
+      <c r="H175">
+        <v>2010</v>
+      </c>
+      <c r="I175">
+        <v>2018</v>
+      </c>
+      <c r="J175" t="s">
+        <v>355</v>
+      </c>
+      <c r="K175" t="s">
+        <v>35</v>
+      </c>
+      <c r="L175" t="s">
+        <v>989</v>
+      </c>
+      <c r="M175" t="s">
+        <v>992</v>
+      </c>
+      <c r="N175" t="s">
+        <v>27</v>
+      </c>
+      <c r="O175" t="s">
+        <v>993</v>
+      </c>
+      <c r="P175" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="176" spans="1:16">
+      <c r="A176" t="s">
+        <v>995</v>
+      </c>
+      <c r="B176" t="s">
+        <v>996</v>
+      </c>
+      <c r="C176" t="s">
+        <v>997</v>
+      </c>
+      <c r="D176" t="s">
+        <v>124</v>
+      </c>
+      <c r="E176" t="s">
+        <v>43</v>
+      </c>
+      <c r="F176" t="s">
+        <v>168</v>
+      </c>
+      <c r="G176" t="s">
+        <v>52</v>
+      </c>
+      <c r="H176">
+        <v>2014</v>
+      </c>
+      <c r="I176"/>
+      <c r="J176" t="s">
+        <v>271</v>
+      </c>
+      <c r="K176" t="s">
+        <v>35</v>
+      </c>
+      <c r="L176"/>
+      <c r="M176" t="s">
+        <v>998</v>
+      </c>
+      <c r="N176" t="s">
+        <v>27</v>
+      </c>
+      <c r="O176" t="s">
+        <v>999</v>
+      </c>
+      <c r="P176" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16">
+      <c r="A177" t="s">
+        <v>1001</v>
+      </c>
+      <c r="B177" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C177" t="s">
+        <v>976</v>
+      </c>
+      <c r="D177" t="s">
+        <v>347</v>
+      </c>
+      <c r="E177" t="s">
+        <v>20</v>
+      </c>
+      <c r="F177" t="s">
+        <v>177</v>
+      </c>
+      <c r="G177" t="s">
+        <v>22</v>
+      </c>
+      <c r="H177">
+        <v>2020</v>
+      </c>
+      <c r="I177">
+        <v>2024</v>
+      </c>
+      <c r="J177" t="s">
+        <v>708</v>
+      </c>
+      <c r="K177" t="s">
+        <v>35</v>
+      </c>
+      <c r="L177" t="s">
+        <v>1003</v>
+      </c>
+      <c r="M177" t="s">
+        <v>980</v>
+      </c>
+      <c r="N177" t="s">
+        <v>27</v>
+      </c>
+      <c r="O177" t="s">
+        <v>1004</v>
+      </c>
+      <c r="P177" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="178" spans="1:16">
+      <c r="A178" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B178" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C178" t="s">
+        <v>976</v>
+      </c>
+      <c r="D178" t="s">
+        <v>94</v>
+      </c>
+      <c r="E178" t="s">
+        <v>43</v>
+      </c>
+      <c r="F178" t="s">
+        <v>1008</v>
+      </c>
+      <c r="G178" t="s">
+        <v>52</v>
+      </c>
+      <c r="H178"/>
+      <c r="I178"/>
+      <c r="J178" t="s">
+        <v>236</v>
+      </c>
+      <c r="K178" t="s">
+        <v>35</v>
+      </c>
+      <c r="L178" t="s">
+        <v>1009</v>
+      </c>
+      <c r="M178" t="s">
+        <v>980</v>
+      </c>
+      <c r="N178" t="s">
+        <v>27</v>
+      </c>
+      <c r="O178" t="s">
+        <v>1010</v>
+      </c>
+      <c r="P178" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="179" spans="1:16">
+      <c r="A179" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B179" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C179" t="s">
+        <v>242</v>
+      </c>
+      <c r="D179" t="s">
+        <v>51</v>
+      </c>
+      <c r="E179" t="s">
+        <v>20</v>
+      </c>
+      <c r="F179" t="s">
+        <v>177</v>
+      </c>
+      <c r="G179" t="s">
+        <v>22</v>
+      </c>
+      <c r="H179">
+        <v>2007</v>
+      </c>
+      <c r="I179">
+        <v>2013</v>
+      </c>
+      <c r="J179" t="s">
+        <v>381</v>
+      </c>
+      <c r="K179" t="s">
+        <v>35</v>
+      </c>
+      <c r="L179" t="s">
+        <v>1014</v>
+      </c>
+      <c r="M179" t="s">
+        <v>244</v>
+      </c>
+      <c r="N179" t="s">
+        <v>27</v>
+      </c>
+      <c r="O179" t="s">
+        <v>1015</v>
+      </c>
+      <c r="P179" t="s">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="180" spans="1:16">
+      <c r="A180" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B180" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C180" t="s">
+        <v>242</v>
+      </c>
+      <c r="D180" t="s">
+        <v>51</v>
+      </c>
+      <c r="E180" t="s">
+        <v>20</v>
+      </c>
+      <c r="F180" t="s">
+        <v>33</v>
+      </c>
+      <c r="G180" t="s">
+        <v>52</v>
+      </c>
+      <c r="H180">
+        <v>2006</v>
+      </c>
+      <c r="I180"/>
+      <c r="J180" t="s">
+        <v>381</v>
+      </c>
+      <c r="K180" t="s">
+        <v>35</v>
+      </c>
+      <c r="L180" t="s">
+        <v>1018</v>
+      </c>
+      <c r="M180" t="s">
+        <v>244</v>
+      </c>
+      <c r="N180" t="s">
+        <v>27</v>
+      </c>
+      <c r="O180" t="s">
+        <v>1019</v>
+      </c>
+      <c r="P180" t="s">
+        <v>1020</v>
+      </c>
+    </row>
+    <row r="181" spans="1:16">
+      <c r="A181" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B181" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C181" t="s">
+        <v>1023</v>
+      </c>
+      <c r="D181" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E181" t="s">
+        <v>290</v>
+      </c>
+      <c r="F181" t="s">
+        <v>177</v>
+      </c>
+      <c r="G181" t="s">
+        <v>186</v>
+      </c>
+      <c r="H181"/>
+      <c r="I181"/>
+      <c r="J181" t="s">
+        <v>547</v>
+      </c>
+      <c r="K181" t="s">
+        <v>35</v>
+      </c>
+      <c r="L181"/>
+      <c r="M181"/>
+      <c r="N181" t="s">
+        <v>27</v>
+      </c>
+      <c r="O181" t="s">
+        <v>1025</v>
+      </c>
+      <c r="P181" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="182" spans="1:16">
+      <c r="A182" t="s">
+        <v>1027</v>
+      </c>
+      <c r="B182" t="s">
+        <v>1028</v>
+      </c>
+      <c r="C182" t="s">
+        <v>167</v>
+      </c>
+      <c r="D182" t="s">
+        <v>94</v>
+      </c>
+      <c r="E182" t="s">
+        <v>43</v>
+      </c>
+      <c r="F182" t="s">
+        <v>168</v>
+      </c>
+      <c r="G182" t="s">
+        <v>52</v>
+      </c>
+      <c r="H182">
+        <v>2013</v>
+      </c>
+      <c r="I182"/>
+      <c r="J182" t="s">
+        <v>430</v>
+      </c>
+      <c r="K182" t="s">
+        <v>35</v>
+      </c>
+      <c r="L182" t="s">
+        <v>1029</v>
+      </c>
+      <c r="M182" t="s">
+        <v>1030</v>
+      </c>
+      <c r="N182" t="s">
+        <v>27</v>
+      </c>
+      <c r="O182" t="s">
+        <v>1031</v>
+      </c>
+      <c r="P182" t="s">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="183" spans="1:16">
+      <c r="A183" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B183" t="s">
+        <v>1034</v>
+      </c>
+      <c r="C183" t="s">
+        <v>1035</v>
+      </c>
+      <c r="D183" t="s">
+        <v>94</v>
+      </c>
+      <c r="E183" t="s">
+        <v>20</v>
+      </c>
+      <c r="F183" t="s">
+        <v>33</v>
+      </c>
+      <c r="G183" t="s">
+        <v>52</v>
+      </c>
+      <c r="H183">
+        <v>2016</v>
+      </c>
+      <c r="I183"/>
+      <c r="J183" t="s">
+        <v>430</v>
+      </c>
+      <c r="K183" t="s">
+        <v>35</v>
+      </c>
+      <c r="L183" t="s">
+        <v>1036</v>
+      </c>
+      <c r="M183" t="s">
+        <v>1037</v>
+      </c>
+      <c r="N183" t="s">
+        <v>27</v>
+      </c>
+      <c r="O183" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P183" t="s">
+        <v>1039</v>
+      </c>
+    </row>
+    <row r="184" spans="1:16">
+      <c r="A184" t="s">
+        <v>1040</v>
+      </c>
+      <c r="B184" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C184" t="s">
+        <v>1035</v>
+      </c>
+      <c r="D184" t="s">
+        <v>51</v>
+      </c>
+      <c r="E184" t="s">
+        <v>20</v>
+      </c>
+      <c r="F184" t="s">
+        <v>33</v>
+      </c>
+      <c r="G184" t="s">
+        <v>22</v>
+      </c>
+      <c r="H184">
+        <v>1999</v>
+      </c>
+      <c r="I184">
+        <v>2012</v>
+      </c>
+      <c r="J184" t="s">
+        <v>381</v>
+      </c>
+      <c r="K184" t="s">
+        <v>35</v>
+      </c>
+      <c r="L184" t="s">
+        <v>1042</v>
+      </c>
+      <c r="M184" t="s">
+        <v>1037</v>
+      </c>
+      <c r="N184" t="s">
+        <v>27</v>
+      </c>
+      <c r="O184" t="s">
+        <v>1043</v>
+      </c>
+      <c r="P184" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="185" spans="1:16">
+      <c r="A185" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B185" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C185" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D185" t="s">
+        <v>347</v>
+      </c>
+      <c r="E185" t="s">
+        <v>20</v>
+      </c>
+      <c r="F185" t="s">
+        <v>177</v>
+      </c>
+      <c r="G185" t="s">
+        <v>22</v>
+      </c>
+      <c r="H185">
+        <v>2018</v>
+      </c>
+      <c r="I185">
+        <v>2019</v>
+      </c>
+      <c r="J185" t="s">
+        <v>805</v>
+      </c>
+      <c r="K185" t="s">
+        <v>35</v>
+      </c>
+      <c r="L185"/>
+      <c r="M185" t="s">
+        <v>1048</v>
+      </c>
+      <c r="N185" t="s">
+        <v>27</v>
+      </c>
+      <c r="O185" t="s">
+        <v>1049</v>
+      </c>
+      <c r="P185" t="s">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="186" spans="1:16">
+      <c r="A186" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B186" t="s">
+        <v>1052</v>
+      </c>
+      <c r="C186" t="s">
+        <v>1053</v>
+      </c>
+      <c r="D186" t="s">
+        <v>601</v>
+      </c>
+      <c r="E186" t="s">
+        <v>20</v>
+      </c>
+      <c r="F186" t="s">
+        <v>177</v>
+      </c>
+      <c r="G186" t="s">
+        <v>52</v>
+      </c>
+      <c r="H186">
+        <v>2015</v>
+      </c>
+      <c r="I186"/>
+      <c r="J186" t="s">
+        <v>53</v>
+      </c>
+      <c r="K186" t="s">
+        <v>35</v>
+      </c>
+      <c r="L186" t="s">
+        <v>1054</v>
+      </c>
+      <c r="M186" t="s">
+        <v>1055</v>
+      </c>
+      <c r="N186" t="s">
+        <v>27</v>
+      </c>
+      <c r="O186" t="s">
+        <v>1056</v>
+      </c>
+      <c r="P186" t="s">
+        <v>1057</v>
+      </c>
+    </row>
+    <row r="187" spans="1:16">
+      <c r="A187" t="s">
+        <v>1058</v>
+      </c>
+      <c r="B187" t="s">
+        <v>1059</v>
+      </c>
+      <c r="C187" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D187" t="s">
+        <v>1061</v>
+      </c>
+      <c r="E187" t="s">
+        <v>20</v>
+      </c>
+      <c r="F187" t="s">
+        <v>177</v>
+      </c>
+      <c r="G187" t="s">
+        <v>22</v>
+      </c>
+      <c r="H187">
+        <v>2017</v>
+      </c>
+      <c r="I187">
+        <v>2021</v>
+      </c>
+      <c r="J187" t="s">
+        <v>664</v>
+      </c>
+      <c r="K187" t="s">
+        <v>1062</v>
+      </c>
+      <c r="L187" t="s">
+        <v>1063</v>
+      </c>
+      <c r="M187" t="s">
+        <v>1064</v>
+      </c>
+      <c r="N187" t="s">
+        <v>836</v>
+      </c>
+      <c r="O187" t="s">
+        <v>1065</v>
+      </c>
+      <c r="P187" t="s">
+        <v>1066</v>
+      </c>
+    </row>
+    <row r="188" spans="1:16">
+      <c r="A188" t="s">
+        <v>1067</v>
+      </c>
+      <c r="B188" t="s">
+        <v>1068</v>
+      </c>
+      <c r="C188" t="s">
+        <v>1069</v>
+      </c>
+      <c r="D188" t="s">
+        <v>553</v>
+      </c>
+      <c r="E188" t="s">
+        <v>20</v>
+      </c>
+      <c r="F188" t="s">
+        <v>978</v>
+      </c>
+      <c r="G188" t="s">
+        <v>8</v>
+      </c>
+      <c r="H188">
+        <v>2015</v>
+      </c>
+      <c r="I188">
+        <v>2024</v>
+      </c>
+      <c r="J188" t="s">
+        <v>1070</v>
+      </c>
+      <c r="K188" t="s">
+        <v>35</v>
+      </c>
+      <c r="L188" t="s">
+        <v>1071</v>
+      </c>
+      <c r="M188" t="s">
+        <v>1072</v>
+      </c>
+      <c r="N188" t="s">
+        <v>27</v>
+      </c>
+      <c r="O188" t="s">
+        <v>1073</v>
+      </c>
+      <c r="P188" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="189" spans="1:16">
+      <c r="A189" t="s">
+        <v>1075</v>
+      </c>
+      <c r="B189" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C189" t="s">
+        <v>281</v>
+      </c>
+      <c r="D189" t="s">
+        <v>80</v>
+      </c>
+      <c r="E189" t="s">
+        <v>20</v>
+      </c>
+      <c r="F189" t="s">
+        <v>978</v>
+      </c>
+      <c r="G189" t="s">
+        <v>8</v>
+      </c>
+      <c r="H189">
+        <v>2004</v>
+      </c>
+      <c r="I189">
+        <v>2024</v>
+      </c>
+      <c r="J189" t="s">
+        <v>1070</v>
+      </c>
+      <c r="K189" t="s">
+        <v>35</v>
+      </c>
+      <c r="L189" t="s">
+        <v>1077</v>
+      </c>
+      <c r="M189" t="s">
+        <v>1072</v>
+      </c>
+      <c r="N189" t="s">
+        <v>27</v>
+      </c>
+      <c r="O189" t="s">
+        <v>1078</v>
+      </c>
+      <c r="P189" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="190" spans="1:16">
+      <c r="A190" t="s">
+        <v>1079</v>
+      </c>
+      <c r="B190" t="s">
+        <v>1080</v>
+      </c>
+      <c r="C190" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D190" t="s">
+        <v>176</v>
+      </c>
+      <c r="E190" t="s">
+        <v>43</v>
+      </c>
+      <c r="F190" t="s">
+        <v>177</v>
+      </c>
+      <c r="G190" t="s">
+        <v>186</v>
+      </c>
+      <c r="H190"/>
+      <c r="I190"/>
+      <c r="J190" t="s">
+        <v>282</v>
+      </c>
+      <c r="K190" t="s">
+        <v>35</v>
+      </c>
+      <c r="L190" t="s">
+        <v>178</v>
+      </c>
+      <c r="M190" t="s">
+        <v>1082</v>
+      </c>
+      <c r="N190" t="s">
+        <v>27</v>
+      </c>
+      <c r="O190" t="s">
+        <v>1083</v>
+      </c>
+      <c r="P190" t="s">
+        <v>1084</v>
+      </c>
+    </row>
+    <row r="191" spans="1:16">
+      <c r="A191" t="s">
+        <v>1085</v>
+      </c>
+      <c r="B191" t="s">
+        <v>1086</v>
+      </c>
+      <c r="C191" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D191" t="s">
+        <v>1088</v>
+      </c>
+      <c r="E191" t="s">
+        <v>43</v>
+      </c>
+      <c r="F191" t="s">
+        <v>33</v>
+      </c>
+      <c r="G191" t="s">
+        <v>22</v>
+      </c>
+      <c r="H191">
+        <v>2015</v>
+      </c>
+      <c r="I191">
+        <v>2018</v>
+      </c>
+      <c r="J191" t="s">
+        <v>485</v>
+      </c>
+      <c r="K191" t="s">
         <v>24</v>
       </c>
-      <c r="N174" t="s">
-[...66 lines deleted...]
-      <c r="G176">
+      <c r="L191"/>
+      <c r="M191" t="s">
+        <v>1089</v>
+      </c>
+      <c r="N191" t="s">
+        <v>27</v>
+      </c>
+      <c r="O191" t="s">
+        <v>1090</v>
+      </c>
+      <c r="P191" t="s">
+        <v>1091</v>
+      </c>
+    </row>
+    <row r="192" spans="1:16">
+      <c r="A192" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B192" t="s">
+        <v>1093</v>
+      </c>
+      <c r="C192" t="s">
+        <v>1035</v>
+      </c>
+      <c r="D192" t="s">
+        <v>124</v>
+      </c>
+      <c r="E192" t="s">
+        <v>20</v>
+      </c>
+      <c r="F192" t="s">
+        <v>33</v>
+      </c>
+      <c r="G192" t="s">
+        <v>52</v>
+      </c>
+      <c r="H192">
+        <v>2019</v>
+      </c>
+      <c r="I192">
+        <v>2020</v>
+      </c>
+      <c r="J192" t="s">
+        <v>430</v>
+      </c>
+      <c r="K192" t="s">
+        <v>35</v>
+      </c>
+      <c r="L192" t="s">
+        <v>1094</v>
+      </c>
+      <c r="M192" t="s">
+        <v>1037</v>
+      </c>
+      <c r="N192" t="s">
+        <v>27</v>
+      </c>
+      <c r="O192" t="s">
+        <v>1095</v>
+      </c>
+      <c r="P192" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="193" spans="1:16">
+      <c r="A193" t="s">
+        <v>1097</v>
+      </c>
+      <c r="B193" t="s">
+        <v>1098</v>
+      </c>
+      <c r="C193" t="s">
+        <v>1099</v>
+      </c>
+      <c r="D193" t="s">
+        <v>61</v>
+      </c>
+      <c r="E193" t="s">
+        <v>20</v>
+      </c>
+      <c r="F193" t="s">
+        <v>33</v>
+      </c>
+      <c r="G193" t="s">
+        <v>52</v>
+      </c>
+      <c r="H193">
         <v>2014</v>
       </c>
-      <c r="H176"/>
-[...108 lines deleted...]
-      <c r="C179" t="s">
+      <c r="I193"/>
+      <c r="J193" t="s">
+        <v>430</v>
+      </c>
+      <c r="K193" t="s">
+        <v>112</v>
+      </c>
+      <c r="L193" t="s">
+        <v>1100</v>
+      </c>
+      <c r="M193" t="s">
+        <v>1101</v>
+      </c>
+      <c r="N193" t="s">
+        <v>27</v>
+      </c>
+      <c r="O193" t="s">
+        <v>1102</v>
+      </c>
+      <c r="P193" t="s">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="194" spans="1:16">
+      <c r="A194" t="s">
+        <v>1104</v>
+      </c>
+      <c r="B194" t="s">
+        <v>1105</v>
+      </c>
+      <c r="C194" t="s">
+        <v>1099</v>
+      </c>
+      <c r="D194" t="s">
+        <v>124</v>
+      </c>
+      <c r="E194" t="s">
+        <v>20</v>
+      </c>
+      <c r="F194" t="s">
+        <v>33</v>
+      </c>
+      <c r="G194" t="s">
+        <v>52</v>
+      </c>
+      <c r="H194">
+        <v>2017</v>
+      </c>
+      <c r="I194"/>
+      <c r="J194" t="s">
+        <v>430</v>
+      </c>
+      <c r="K194" t="s">
+        <v>35</v>
+      </c>
+      <c r="L194" t="s">
+        <v>1106</v>
+      </c>
+      <c r="M194" t="s">
+        <v>1101</v>
+      </c>
+      <c r="N194" t="s">
+        <v>27</v>
+      </c>
+      <c r="O194" t="s">
+        <v>1107</v>
+      </c>
+      <c r="P194" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="195" spans="1:16">
+      <c r="A195" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B195" t="s">
+        <v>1110</v>
+      </c>
+      <c r="C195" t="s">
+        <v>1111</v>
+      </c>
+      <c r="D195" t="s">
+        <v>347</v>
+      </c>
+      <c r="E195" t="s">
+        <v>20</v>
+      </c>
+      <c r="F195" t="s">
+        <v>177</v>
+      </c>
+      <c r="G195" t="s">
+        <v>22</v>
+      </c>
+      <c r="H195">
+        <v>2016</v>
+      </c>
+      <c r="I195">
+        <v>2019</v>
+      </c>
+      <c r="J195" t="s">
+        <v>53</v>
+      </c>
+      <c r="K195" t="s">
+        <v>35</v>
+      </c>
+      <c r="L195"/>
+      <c r="M195" t="s">
+        <v>1112</v>
+      </c>
+      <c r="N195" t="s">
+        <v>27</v>
+      </c>
+      <c r="O195" t="s">
+        <v>1113</v>
+      </c>
+      <c r="P195" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="196" spans="1:16">
+      <c r="A196" t="s">
+        <v>1115</v>
+      </c>
+      <c r="B196" t="s">
+        <v>1116</v>
+      </c>
+      <c r="C196" t="s">
+        <v>1111</v>
+      </c>
+      <c r="D196" t="s">
+        <v>347</v>
+      </c>
+      <c r="E196" t="s">
+        <v>20</v>
+      </c>
+      <c r="F196" t="s">
+        <v>177</v>
+      </c>
+      <c r="G196" t="s">
+        <v>22</v>
+      </c>
+      <c r="H196">
+        <v>2016</v>
+      </c>
+      <c r="I196">
+        <v>2019</v>
+      </c>
+      <c r="J196" t="s">
+        <v>53</v>
+      </c>
+      <c r="K196" t="s">
+        <v>35</v>
+      </c>
+      <c r="L196"/>
+      <c r="M196" t="s">
+        <v>1112</v>
+      </c>
+      <c r="N196" t="s">
+        <v>27</v>
+      </c>
+      <c r="O196" t="s">
+        <v>1117</v>
+      </c>
+      <c r="P196" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="197" spans="1:16">
+      <c r="A197" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B197" t="s">
+        <v>1119</v>
+      </c>
+      <c r="C197" t="s">
+        <v>403</v>
+      </c>
+      <c r="D197" t="s">
+        <v>94</v>
+      </c>
+      <c r="E197" t="s">
         <v>43</v>
       </c>
-      <c r="D179" t="s">
-[...11 lines deleted...]
-      <c r="H179">
+      <c r="F197" t="s">
+        <v>177</v>
+      </c>
+      <c r="G197" t="s">
+        <v>52</v>
+      </c>
+      <c r="H197">
+        <v>2019</v>
+      </c>
+      <c r="I197"/>
+      <c r="J197" t="s">
+        <v>301</v>
+      </c>
+      <c r="K197" t="s">
+        <v>35</v>
+      </c>
+      <c r="L197" t="s">
+        <v>1120</v>
+      </c>
+      <c r="M197" t="s">
+        <v>409</v>
+      </c>
+      <c r="N197" t="s">
+        <v>27</v>
+      </c>
+      <c r="O197" t="s">
+        <v>1121</v>
+      </c>
+      <c r="P197" t="s">
+        <v>1122</v>
+      </c>
+    </row>
+    <row r="198" spans="1:16">
+      <c r="A198" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B198" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C198" t="s">
+        <v>403</v>
+      </c>
+      <c r="D198" t="s">
+        <v>61</v>
+      </c>
+      <c r="E198" t="s">
+        <v>43</v>
+      </c>
+      <c r="F198" t="s">
+        <v>177</v>
+      </c>
+      <c r="G198" t="s">
+        <v>52</v>
+      </c>
+      <c r="H198">
+        <v>2014</v>
+      </c>
+      <c r="I198"/>
+      <c r="J198" t="s">
+        <v>301</v>
+      </c>
+      <c r="K198" t="s">
+        <v>407</v>
+      </c>
+      <c r="L198" t="s">
+        <v>1125</v>
+      </c>
+      <c r="M198" t="s">
+        <v>409</v>
+      </c>
+      <c r="N198" t="s">
+        <v>27</v>
+      </c>
+      <c r="O198" t="s">
+        <v>1126</v>
+      </c>
+      <c r="P198" t="s">
+        <v>1127</v>
+      </c>
+    </row>
+    <row r="199" spans="1:16">
+      <c r="A199" t="s">
+        <v>1128</v>
+      </c>
+      <c r="B199" t="s">
+        <v>1129</v>
+      </c>
+      <c r="C199" t="s">
+        <v>991</v>
+      </c>
+      <c r="D199" t="s">
+        <v>51</v>
+      </c>
+      <c r="E199" t="s">
+        <v>43</v>
+      </c>
+      <c r="F199" t="s">
+        <v>168</v>
+      </c>
+      <c r="G199" t="s">
+        <v>22</v>
+      </c>
+      <c r="H199">
+        <v>1996</v>
+      </c>
+      <c r="I199">
+        <v>2012</v>
+      </c>
+      <c r="J199" t="s">
+        <v>430</v>
+      </c>
+      <c r="K199" t="s">
+        <v>35</v>
+      </c>
+      <c r="L199" t="s">
+        <v>1130</v>
+      </c>
+      <c r="M199" t="s">
+        <v>1131</v>
+      </c>
+      <c r="N199" t="s">
+        <v>27</v>
+      </c>
+      <c r="O199" t="s">
+        <v>1132</v>
+      </c>
+      <c r="P199" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="200" spans="1:16">
+      <c r="A200" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B200" t="s">
+        <v>1135</v>
+      </c>
+      <c r="C200" t="s">
+        <v>991</v>
+      </c>
+      <c r="D200" t="s">
+        <v>51</v>
+      </c>
+      <c r="E200" t="s">
+        <v>43</v>
+      </c>
+      <c r="F200" t="s">
+        <v>168</v>
+      </c>
+      <c r="G200" t="s">
+        <v>22</v>
+      </c>
+      <c r="H200">
+        <v>1996</v>
+      </c>
+      <c r="I200">
         <v>2013</v>
       </c>
-      <c r="I179" t="s">
-[...25 lines deleted...]
-      <c r="C180" t="s">
+      <c r="J200" t="s">
+        <v>430</v>
+      </c>
+      <c r="K200" t="s">
+        <v>35</v>
+      </c>
+      <c r="L200" t="s">
+        <v>1136</v>
+      </c>
+      <c r="M200" t="s">
+        <v>1131</v>
+      </c>
+      <c r="N200" t="s">
+        <v>27</v>
+      </c>
+      <c r="O200" t="s">
+        <v>1137</v>
+      </c>
+      <c r="P200" t="s">
+        <v>1138</v>
+      </c>
+    </row>
+    <row r="201" spans="1:16">
+      <c r="A201" t="s">
+        <v>1139</v>
+      </c>
+      <c r="B201" t="s">
+        <v>1140</v>
+      </c>
+      <c r="C201" t="s">
+        <v>991</v>
+      </c>
+      <c r="D201" t="s">
+        <v>51</v>
+      </c>
+      <c r="E201" t="s">
         <v>43</v>
       </c>
-      <c r="D180" t="s">
-[...86 lines deleted...]
-      <c r="G182">
+      <c r="F201" t="s">
+        <v>168</v>
+      </c>
+      <c r="G201" t="s">
+        <v>22</v>
+      </c>
+      <c r="H201">
+        <v>1997</v>
+      </c>
+      <c r="I201">
+        <v>2012</v>
+      </c>
+      <c r="J201" t="s">
+        <v>430</v>
+      </c>
+      <c r="K201" t="s">
+        <v>35</v>
+      </c>
+      <c r="L201" t="s">
+        <v>1141</v>
+      </c>
+      <c r="M201" t="s">
+        <v>1131</v>
+      </c>
+      <c r="N201" t="s">
+        <v>27</v>
+      </c>
+      <c r="O201" t="s">
+        <v>1142</v>
+      </c>
+      <c r="P201" t="s">
+        <v>1143</v>
+      </c>
+    </row>
+    <row r="202" spans="1:16">
+      <c r="A202" t="s">
+        <v>1144</v>
+      </c>
+      <c r="B202" t="s">
+        <v>1145</v>
+      </c>
+      <c r="C202" t="s">
+        <v>991</v>
+      </c>
+      <c r="D202" t="s">
+        <v>51</v>
+      </c>
+      <c r="E202" t="s">
+        <v>43</v>
+      </c>
+      <c r="F202" t="s">
+        <v>168</v>
+      </c>
+      <c r="G202" t="s">
+        <v>22</v>
+      </c>
+      <c r="H202">
+        <v>2003</v>
+      </c>
+      <c r="I202">
         <v>2013</v>
       </c>
-      <c r="H182"/>
-[...38 lines deleted...]
-      <c r="G183">
+      <c r="J202" t="s">
+        <v>430</v>
+      </c>
+      <c r="K202" t="s">
+        <v>35</v>
+      </c>
+      <c r="L202" t="s">
+        <v>1146</v>
+      </c>
+      <c r="M202" t="s">
+        <v>1131</v>
+      </c>
+      <c r="N202" t="s">
+        <v>27</v>
+      </c>
+      <c r="O202" t="s">
+        <v>1147</v>
+      </c>
+      <c r="P202" t="s">
+        <v>1148</v>
+      </c>
+    </row>
+    <row r="203" spans="1:16">
+      <c r="A203" t="s">
+        <v>1149</v>
+      </c>
+      <c r="B203" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C203" t="s">
+        <v>991</v>
+      </c>
+      <c r="D203" t="s">
+        <v>51</v>
+      </c>
+      <c r="E203" t="s">
+        <v>43</v>
+      </c>
+      <c r="F203" t="s">
+        <v>168</v>
+      </c>
+      <c r="G203" t="s">
+        <v>22</v>
+      </c>
+      <c r="H203">
+        <v>2004</v>
+      </c>
+      <c r="I203">
+        <v>2012</v>
+      </c>
+      <c r="J203" t="s">
+        <v>430</v>
+      </c>
+      <c r="K203" t="s">
+        <v>35</v>
+      </c>
+      <c r="L203" t="s">
+        <v>1151</v>
+      </c>
+      <c r="M203" t="s">
+        <v>1131</v>
+      </c>
+      <c r="N203" t="s">
+        <v>27</v>
+      </c>
+      <c r="O203" t="s">
+        <v>1152</v>
+      </c>
+      <c r="P203" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="204" spans="1:16">
+      <c r="A204" t="s">
+        <v>1154</v>
+      </c>
+      <c r="B204" t="s">
+        <v>1155</v>
+      </c>
+      <c r="C204" t="s">
+        <v>991</v>
+      </c>
+      <c r="D204" t="s">
+        <v>51</v>
+      </c>
+      <c r="E204" t="s">
+        <v>43</v>
+      </c>
+      <c r="F204" t="s">
+        <v>168</v>
+      </c>
+      <c r="G204" t="s">
+        <v>22</v>
+      </c>
+      <c r="H204">
+        <v>2004</v>
+      </c>
+      <c r="I204">
+        <v>2012</v>
+      </c>
+      <c r="J204" t="s">
+        <v>430</v>
+      </c>
+      <c r="K204" t="s">
+        <v>35</v>
+      </c>
+      <c r="L204" t="s">
+        <v>1151</v>
+      </c>
+      <c r="M204" t="s">
+        <v>1131</v>
+      </c>
+      <c r="N204" t="s">
+        <v>27</v>
+      </c>
+      <c r="O204" t="s">
+        <v>1156</v>
+      </c>
+      <c r="P204" t="s">
+        <v>1157</v>
+      </c>
+    </row>
+    <row r="205" spans="1:16">
+      <c r="A205" t="s">
+        <v>1158</v>
+      </c>
+      <c r="B205" t="s">
+        <v>1159</v>
+      </c>
+      <c r="C205" t="s">
+        <v>991</v>
+      </c>
+      <c r="D205" t="s">
+        <v>51</v>
+      </c>
+      <c r="E205" t="s">
+        <v>43</v>
+      </c>
+      <c r="F205" t="s">
+        <v>168</v>
+      </c>
+      <c r="G205" t="s">
+        <v>22</v>
+      </c>
+      <c r="H205">
+        <v>2005</v>
+      </c>
+      <c r="I205">
+        <v>2012</v>
+      </c>
+      <c r="J205" t="s">
+        <v>430</v>
+      </c>
+      <c r="K205" t="s">
+        <v>35</v>
+      </c>
+      <c r="L205" t="s">
+        <v>1160</v>
+      </c>
+      <c r="M205" t="s">
+        <v>1131</v>
+      </c>
+      <c r="N205" t="s">
+        <v>27</v>
+      </c>
+      <c r="O205" t="s">
+        <v>1161</v>
+      </c>
+      <c r="P205" t="s">
+        <v>1162</v>
+      </c>
+    </row>
+    <row r="206" spans="1:16">
+      <c r="A206" t="s">
+        <v>1163</v>
+      </c>
+      <c r="B206" t="s">
+        <v>1164</v>
+      </c>
+      <c r="C206" t="s">
+        <v>991</v>
+      </c>
+      <c r="D206" t="s">
+        <v>1165</v>
+      </c>
+      <c r="E206" t="s">
+        <v>43</v>
+      </c>
+      <c r="F206" t="s">
+        <v>168</v>
+      </c>
+      <c r="G206" t="s">
+        <v>22</v>
+      </c>
+      <c r="H206">
+        <v>2008</v>
+      </c>
+      <c r="I206">
+        <v>2012</v>
+      </c>
+      <c r="J206" t="s">
+        <v>430</v>
+      </c>
+      <c r="K206" t="s">
+        <v>35</v>
+      </c>
+      <c r="L206" t="s">
+        <v>1166</v>
+      </c>
+      <c r="M206" t="s">
+        <v>1131</v>
+      </c>
+      <c r="N206" t="s">
+        <v>836</v>
+      </c>
+      <c r="O206" t="s">
+        <v>1167</v>
+      </c>
+      <c r="P206" t="s">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="207" spans="1:16">
+      <c r="A207" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B207" t="s">
+        <v>1170</v>
+      </c>
+      <c r="C207" t="s">
+        <v>1171</v>
+      </c>
+      <c r="D207" t="s">
+        <v>606</v>
+      </c>
+      <c r="E207" t="s">
+        <v>20</v>
+      </c>
+      <c r="F207" t="s">
+        <v>21</v>
+      </c>
+      <c r="G207" t="s">
+        <v>52</v>
+      </c>
+      <c r="H207">
         <v>2016</v>
       </c>
-      <c r="H183"/>
-[...347 lines deleted...]
-      <c r="J191" t="s">
+      <c r="I207"/>
+      <c r="J207" t="s">
+        <v>301</v>
+      </c>
+      <c r="K207" t="s">
+        <v>35</v>
+      </c>
+      <c r="L207"/>
+      <c r="M207" t="s">
+        <v>1172</v>
+      </c>
+      <c r="N207" t="s">
+        <v>27</v>
+      </c>
+      <c r="O207" t="s">
+        <v>1173</v>
+      </c>
+      <c r="P207" t="s">
+        <v>1174</v>
+      </c>
+    </row>
+    <row r="208" spans="1:16">
+      <c r="A208" t="s">
+        <v>1175</v>
+      </c>
+      <c r="B208" t="s">
+        <v>1176</v>
+      </c>
+      <c r="C208" t="s">
+        <v>1171</v>
+      </c>
+      <c r="D208" t="s">
+        <v>61</v>
+      </c>
+      <c r="E208" t="s">
+        <v>20</v>
+      </c>
+      <c r="F208" t="s">
         <v>21</v>
       </c>
-      <c r="K191"/>
-[...718 lines deleted...]
-        <v>2016</v>
+      <c r="G208" t="s">
+        <v>22</v>
       </c>
       <c r="H208">
         <v>2016</v>
       </c>
-      <c r="I208" t="s">
-        <v>214</v>
+      <c r="I208">
+        <v>2016</v>
       </c>
       <c r="J208" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>301</v>
+      </c>
+      <c r="K208" t="s">
+        <v>35</v>
+      </c>
+      <c r="L208"/>
       <c r="M208" t="s">
-        <v>24</v>
+        <v>1172</v>
       </c>
       <c r="N208" t="s">
-        <v>794</v>
-[...2 lines deleted...]
-    <row r="209" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O208" t="s">
+        <v>1177</v>
+      </c>
+      <c r="P208" t="s">
+        <v>1174</v>
+      </c>
+    </row>
+    <row r="209" spans="1:16">
       <c r="A209" t="s">
-        <v>795</v>
+        <v>1178</v>
       </c>
       <c r="B209" t="s">
-        <v>790</v>
+        <v>1179</v>
       </c>
       <c r="C209" t="s">
+        <v>1171</v>
+      </c>
+      <c r="D209" t="s">
+        <v>51</v>
+      </c>
+      <c r="E209" t="s">
+        <v>20</v>
+      </c>
+      <c r="F209" t="s">
+        <v>33</v>
+      </c>
+      <c r="G209" t="s">
+        <v>52</v>
+      </c>
+      <c r="H209">
+        <v>2014</v>
+      </c>
+      <c r="I209"/>
+      <c r="J209" t="s">
+        <v>301</v>
+      </c>
+      <c r="K209" t="s">
+        <v>35</v>
+      </c>
+      <c r="L209"/>
+      <c r="M209" t="s">
+        <v>1180</v>
+      </c>
+      <c r="N209" t="s">
+        <v>27</v>
+      </c>
+      <c r="O209" t="s">
+        <v>1181</v>
+      </c>
+      <c r="P209" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="210" spans="1:16">
+      <c r="A210" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B210" t="s">
+        <v>1184</v>
+      </c>
+      <c r="C210" t="s">
+        <v>841</v>
+      </c>
+      <c r="D210" t="s">
+        <v>94</v>
+      </c>
+      <c r="E210" t="s">
         <v>43</v>
       </c>
-      <c r="D209" t="s">
-[...44 lines deleted...]
-      </c>
       <c r="F210" t="s">
-        <v>304</v>
-[...1 lines deleted...]
-      <c r="G210"/>
+        <v>168</v>
+      </c>
+      <c r="G210" t="s">
+        <v>429</v>
+      </c>
       <c r="H210"/>
-      <c r="I210" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I210"/>
       <c r="J210" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>301</v>
+      </c>
+      <c r="K210" t="s">
+        <v>35</v>
+      </c>
+      <c r="L210"/>
       <c r="M210" t="s">
-        <v>24</v>
+        <v>1185</v>
       </c>
       <c r="N210" t="s">
-        <v>800</v>
-[...2 lines deleted...]
-    <row r="211" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O210" t="s">
+        <v>1186</v>
+      </c>
+      <c r="P210" t="s">
+        <v>1187</v>
+      </c>
+    </row>
+    <row r="211" spans="1:16">
       <c r="A211" t="s">
-        <v>801</v>
+        <v>1188</v>
       </c>
       <c r="B211" t="s">
-        <v>572</v>
+        <v>1189</v>
       </c>
       <c r="C211" t="s">
-        <v>310</v>
+        <v>841</v>
       </c>
       <c r="D211" t="s">
-        <v>36</v>
+        <v>437</v>
       </c>
       <c r="E211" t="s">
-        <v>121</v>
+        <v>43</v>
       </c>
       <c r="F211" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>168</v>
+      </c>
+      <c r="G211" t="s">
+        <v>22</v>
       </c>
       <c r="H211">
         <v>2012</v>
       </c>
-      <c r="I211" t="s">
-        <v>199</v>
+      <c r="I211">
+        <v>2012</v>
       </c>
       <c r="J211" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="K211" t="s">
+        <v>35</v>
+      </c>
+      <c r="L211"/>
       <c r="M211" t="s">
+        <v>1185</v>
+      </c>
+      <c r="N211" t="s">
+        <v>27</v>
+      </c>
+      <c r="O211" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P211" t="s">
+        <v>1191</v>
+      </c>
+    </row>
+    <row r="212" spans="1:16">
+      <c r="A212" t="s">
+        <v>1192</v>
+      </c>
+      <c r="B212" t="s">
+        <v>1193</v>
+      </c>
+      <c r="C212" t="s">
+        <v>841</v>
+      </c>
+      <c r="D212" t="s">
+        <v>124</v>
+      </c>
+      <c r="E212" t="s">
+        <v>43</v>
+      </c>
+      <c r="F212" t="s">
+        <v>168</v>
+      </c>
+      <c r="G212" t="s">
+        <v>52</v>
+      </c>
+      <c r="H212">
+        <v>2013</v>
+      </c>
+      <c r="I212"/>
+      <c r="J212" t="s">
+        <v>282</v>
+      </c>
+      <c r="K212" t="s">
+        <v>35</v>
+      </c>
+      <c r="L212"/>
+      <c r="M212" t="s">
+        <v>1185</v>
+      </c>
+      <c r="N212" t="s">
+        <v>27</v>
+      </c>
+      <c r="O212" t="s">
+        <v>1194</v>
+      </c>
+      <c r="P212" t="s">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="213" spans="1:16">
+      <c r="A213" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B213" t="s">
+        <v>1197</v>
+      </c>
+      <c r="C213" t="s">
+        <v>841</v>
+      </c>
+      <c r="D213" t="s">
+        <v>68</v>
+      </c>
+      <c r="E213" t="s">
+        <v>43</v>
+      </c>
+      <c r="F213" t="s">
+        <v>168</v>
+      </c>
+      <c r="G213" t="s">
+        <v>52</v>
+      </c>
+      <c r="H213">
+        <v>2017</v>
+      </c>
+      <c r="I213"/>
+      <c r="J213" t="s">
+        <v>44</v>
+      </c>
+      <c r="K213" t="s">
+        <v>35</v>
+      </c>
+      <c r="L213"/>
+      <c r="M213" t="s">
+        <v>1185</v>
+      </c>
+      <c r="N213" t="s">
+        <v>27</v>
+      </c>
+      <c r="O213" t="s">
+        <v>1198</v>
+      </c>
+      <c r="P213" t="s">
+        <v>1199</v>
+      </c>
+    </row>
+    <row r="214" spans="1:16">
+      <c r="A214" t="s">
+        <v>1200</v>
+      </c>
+      <c r="B214" t="s">
+        <v>1201</v>
+      </c>
+      <c r="C214" t="s">
+        <v>841</v>
+      </c>
+      <c r="D214" t="s">
+        <v>61</v>
+      </c>
+      <c r="E214" t="s">
+        <v>43</v>
+      </c>
+      <c r="F214" t="s">
+        <v>168</v>
+      </c>
+      <c r="G214" t="s">
+        <v>52</v>
+      </c>
+      <c r="H214">
+        <v>2017</v>
+      </c>
+      <c r="I214"/>
+      <c r="J214" t="s">
+        <v>44</v>
+      </c>
+      <c r="K214" t="s">
+        <v>112</v>
+      </c>
+      <c r="L214"/>
+      <c r="M214" t="s">
+        <v>1185</v>
+      </c>
+      <c r="N214" t="s">
+        <v>27</v>
+      </c>
+      <c r="O214" t="s">
+        <v>1202</v>
+      </c>
+      <c r="P214" t="s">
+        <v>1203</v>
+      </c>
+    </row>
+    <row r="215" spans="1:16">
+      <c r="A215" t="s">
+        <v>1204</v>
+      </c>
+      <c r="B215" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C215" t="s">
+        <v>1206</v>
+      </c>
+      <c r="D215" t="s">
+        <v>601</v>
+      </c>
+      <c r="E215" t="s">
+        <v>20</v>
+      </c>
+      <c r="F215" t="s">
+        <v>21</v>
+      </c>
+      <c r="G215" t="s">
+        <v>52</v>
+      </c>
+      <c r="H215">
+        <v>2011</v>
+      </c>
+      <c r="I215"/>
+      <c r="J215" t="s">
+        <v>44</v>
+      </c>
+      <c r="K215" t="s">
+        <v>35</v>
+      </c>
+      <c r="L215"/>
+      <c r="M215" t="s">
+        <v>1207</v>
+      </c>
+      <c r="N215" t="s">
+        <v>27</v>
+      </c>
+      <c r="O215" t="s">
+        <v>1208</v>
+      </c>
+      <c r="P215" t="s">
+        <v>1209</v>
+      </c>
+    </row>
+    <row r="216" spans="1:16">
+      <c r="A216" t="s">
+        <v>1210</v>
+      </c>
+      <c r="B216" t="s">
+        <v>1211</v>
+      </c>
+      <c r="C216" t="s">
+        <v>1212</v>
+      </c>
+      <c r="D216" t="s">
+        <v>51</v>
+      </c>
+      <c r="E216" t="s">
+        <v>20</v>
+      </c>
+      <c r="F216" t="s">
+        <v>177</v>
+      </c>
+      <c r="G216" t="s">
+        <v>52</v>
+      </c>
+      <c r="H216">
+        <v>2016</v>
+      </c>
+      <c r="I216"/>
+      <c r="J216" t="s">
+        <v>1213</v>
+      </c>
+      <c r="K216" t="s">
+        <v>35</v>
+      </c>
+      <c r="L216"/>
+      <c r="M216" t="s">
+        <v>1214</v>
+      </c>
+      <c r="N216" t="s">
+        <v>27</v>
+      </c>
+      <c r="O216" t="s">
+        <v>1215</v>
+      </c>
+      <c r="P216" t="s">
+        <v>1216</v>
+      </c>
+    </row>
+    <row r="217" spans="1:16">
+      <c r="A217" t="s">
+        <v>1217</v>
+      </c>
+      <c r="B217" t="s">
+        <v>1218</v>
+      </c>
+      <c r="C217" t="s">
+        <v>976</v>
+      </c>
+      <c r="D217" t="s">
+        <v>1219</v>
+      </c>
+      <c r="E217" t="s">
+        <v>20</v>
+      </c>
+      <c r="F217" t="s">
+        <v>21</v>
+      </c>
+      <c r="G217" t="s">
+        <v>52</v>
+      </c>
+      <c r="H217">
+        <v>2019</v>
+      </c>
+      <c r="I217"/>
+      <c r="J217" t="s">
+        <v>805</v>
+      </c>
+      <c r="K217" t="s">
+        <v>1220</v>
+      </c>
+      <c r="L217"/>
+      <c r="M217" t="s">
+        <v>980</v>
+      </c>
+      <c r="N217" t="s">
+        <v>295</v>
+      </c>
+      <c r="O217" t="s">
+        <v>1221</v>
+      </c>
+      <c r="P217" t="s">
+        <v>1222</v>
+      </c>
+    </row>
+    <row r="218" spans="1:16">
+      <c r="A218" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B218" t="s">
+        <v>1224</v>
+      </c>
+      <c r="C218" t="s">
+        <v>991</v>
+      </c>
+      <c r="D218" t="s">
+        <v>1165</v>
+      </c>
+      <c r="E218" t="s">
+        <v>20</v>
+      </c>
+      <c r="F218" t="s">
+        <v>21</v>
+      </c>
+      <c r="G218" t="s">
+        <v>22</v>
+      </c>
+      <c r="H218">
+        <v>2008</v>
+      </c>
+      <c r="I218"/>
+      <c r="J218" t="s">
+        <v>355</v>
+      </c>
+      <c r="K218" t="s">
+        <v>35</v>
+      </c>
+      <c r="L218" t="s">
+        <v>1225</v>
+      </c>
+      <c r="M218" t="s">
+        <v>992</v>
+      </c>
+      <c r="N218" t="s">
+        <v>836</v>
+      </c>
+      <c r="O218" t="s">
+        <v>1226</v>
+      </c>
+      <c r="P218" t="s">
+        <v>1227</v>
+      </c>
+    </row>
+    <row r="219" spans="1:16">
+      <c r="A219" t="s">
+        <v>1228</v>
+      </c>
+      <c r="B219" t="s">
+        <v>1229</v>
+      </c>
+      <c r="C219" t="s">
+        <v>991</v>
+      </c>
+      <c r="D219" t="s">
+        <v>159</v>
+      </c>
+      <c r="E219" t="s">
+        <v>20</v>
+      </c>
+      <c r="F219" t="s">
+        <v>177</v>
+      </c>
+      <c r="G219" t="s">
+        <v>52</v>
+      </c>
+      <c r="H219">
+        <v>2013</v>
+      </c>
+      <c r="I219"/>
+      <c r="J219" t="s">
+        <v>355</v>
+      </c>
+      <c r="K219" t="s">
+        <v>112</v>
+      </c>
+      <c r="L219" t="s">
+        <v>1230</v>
+      </c>
+      <c r="M219" t="s">
+        <v>992</v>
+      </c>
+      <c r="N219" t="s">
+        <v>27</v>
+      </c>
+      <c r="O219" t="s">
+        <v>1231</v>
+      </c>
+      <c r="P219" t="s">
+        <v>1232</v>
+      </c>
+    </row>
+    <row r="220" spans="1:16">
+      <c r="A220" t="s">
+        <v>1233</v>
+      </c>
+      <c r="B220" t="s">
+        <v>1234</v>
+      </c>
+      <c r="C220" t="s">
+        <v>1235</v>
+      </c>
+      <c r="D220" t="s">
+        <v>1236</v>
+      </c>
+      <c r="E220" t="s">
+        <v>20</v>
+      </c>
+      <c r="F220" t="s">
+        <v>33</v>
+      </c>
+      <c r="G220" t="s">
+        <v>52</v>
+      </c>
+      <c r="H220">
+        <v>2017</v>
+      </c>
+      <c r="I220"/>
+      <c r="J220" t="s">
+        <v>301</v>
+      </c>
+      <c r="K220" t="s">
         <v>24</v>
       </c>
-      <c r="N211" t="s">
-[...22 lines deleted...]
-      <c r="G212">
+      <c r="L220"/>
+      <c r="M220" t="s">
+        <v>1237</v>
+      </c>
+      <c r="N220" t="s">
+        <v>836</v>
+      </c>
+      <c r="O220" t="s">
+        <v>1238</v>
+      </c>
+      <c r="P220" t="s">
+        <v>1239</v>
+      </c>
+    </row>
+    <row r="221" spans="1:16">
+      <c r="A221" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B221" t="s">
+        <v>1241</v>
+      </c>
+      <c r="C221" t="s">
+        <v>233</v>
+      </c>
+      <c r="D221" t="s">
+        <v>505</v>
+      </c>
+      <c r="E221" t="s">
+        <v>20</v>
+      </c>
+      <c r="F221" t="s">
+        <v>21</v>
+      </c>
+      <c r="G221" t="s">
+        <v>405</v>
+      </c>
+      <c r="H221">
+        <v>2021</v>
+      </c>
+      <c r="I221"/>
+      <c r="J221" t="s">
+        <v>236</v>
+      </c>
+      <c r="K221" t="s">
+        <v>35</v>
+      </c>
+      <c r="L221"/>
+      <c r="M221" t="s">
+        <v>237</v>
+      </c>
+      <c r="N221" t="s">
+        <v>27</v>
+      </c>
+      <c r="O221" t="s">
+        <v>1242</v>
+      </c>
+      <c r="P221" t="s">
+        <v>1243</v>
+      </c>
+    </row>
+    <row r="222" spans="1:16">
+      <c r="A222" t="s">
+        <v>1244</v>
+      </c>
+      <c r="B222" t="s">
+        <v>1245</v>
+      </c>
+      <c r="C222" t="s">
+        <v>233</v>
+      </c>
+      <c r="D222" t="s">
+        <v>1246</v>
+      </c>
+      <c r="E222" t="s">
+        <v>20</v>
+      </c>
+      <c r="F222" t="s">
+        <v>21</v>
+      </c>
+      <c r="G222" t="s">
+        <v>405</v>
+      </c>
+      <c r="H222">
+        <v>2021</v>
+      </c>
+      <c r="I222"/>
+      <c r="J222" t="s">
+        <v>236</v>
+      </c>
+      <c r="K222" t="s">
+        <v>35</v>
+      </c>
+      <c r="L222"/>
+      <c r="M222" t="s">
+        <v>237</v>
+      </c>
+      <c r="N222" t="s">
+        <v>27</v>
+      </c>
+      <c r="O222" t="s">
+        <v>1247</v>
+      </c>
+      <c r="P222" t="s">
+        <v>1248</v>
+      </c>
+    </row>
+    <row r="223" spans="1:16">
+      <c r="A223" t="s">
+        <v>1249</v>
+      </c>
+      <c r="B223" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C223" t="s">
+        <v>233</v>
+      </c>
+      <c r="D223" t="s">
+        <v>51</v>
+      </c>
+      <c r="E223" t="s">
+        <v>20</v>
+      </c>
+      <c r="F223" t="s">
+        <v>21</v>
+      </c>
+      <c r="G223" t="s">
+        <v>22</v>
+      </c>
+      <c r="H223">
+        <v>2008</v>
+      </c>
+      <c r="I223">
+        <v>2015</v>
+      </c>
+      <c r="J223" t="s">
+        <v>236</v>
+      </c>
+      <c r="K223" t="s">
+        <v>35</v>
+      </c>
+      <c r="L223"/>
+      <c r="M223" t="s">
+        <v>237</v>
+      </c>
+      <c r="N223" t="s">
+        <v>27</v>
+      </c>
+      <c r="O223" t="s">
+        <v>1251</v>
+      </c>
+      <c r="P223" t="s">
+        <v>1252</v>
+      </c>
+    </row>
+    <row r="224" spans="1:16">
+      <c r="A224" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B224" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C224" t="s">
+        <v>233</v>
+      </c>
+      <c r="D224" t="s">
+        <v>51</v>
+      </c>
+      <c r="E224" t="s">
+        <v>20</v>
+      </c>
+      <c r="F224" t="s">
+        <v>21</v>
+      </c>
+      <c r="G224" t="s">
+        <v>22</v>
+      </c>
+      <c r="H224">
+        <v>2009</v>
+      </c>
+      <c r="I224">
         <v>2013</v>
       </c>
-      <c r="H212"/>
-[...327 lines deleted...]
-      <c r="J220" t="s">
+      <c r="J224" t="s">
+        <v>236</v>
+      </c>
+      <c r="K224" t="s">
+        <v>35</v>
+      </c>
+      <c r="L224"/>
+      <c r="M224" t="s">
+        <v>237</v>
+      </c>
+      <c r="N224" t="s">
+        <v>27</v>
+      </c>
+      <c r="O224" t="s">
+        <v>1255</v>
+      </c>
+      <c r="P224" t="s">
+        <v>1256</v>
+      </c>
+    </row>
+    <row r="225" spans="1:16">
+      <c r="A225" t="s">
+        <v>1257</v>
+      </c>
+      <c r="B225" t="s">
+        <v>1258</v>
+      </c>
+      <c r="C225" t="s">
+        <v>233</v>
+      </c>
+      <c r="D225" t="s">
+        <v>80</v>
+      </c>
+      <c r="E225" t="s">
+        <v>20</v>
+      </c>
+      <c r="F225" t="s">
         <v>21</v>
       </c>
-      <c r="K220"/>
-[...194 lines deleted...]
-        <v>2015</v>
+      <c r="G225" t="s">
+        <v>22</v>
       </c>
       <c r="H225">
         <v>2015</v>
       </c>
-      <c r="I225" t="s">
-        <v>167</v>
+      <c r="I225">
+        <v>2015</v>
       </c>
       <c r="J225" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-      <c r="L225" t="s">
+        <v>236</v>
+      </c>
+      <c r="K225" t="s">
+        <v>35</v>
+      </c>
+      <c r="L225"/>
+      <c r="M225" t="s">
+        <v>237</v>
+      </c>
+      <c r="N225" t="s">
+        <v>27</v>
+      </c>
+      <c r="O225" t="s">
+        <v>1259</v>
+      </c>
+      <c r="P225" t="s">
+        <v>1260</v>
+      </c>
+    </row>
+    <row r="226" spans="1:16">
+      <c r="A226" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B226" t="s">
+        <v>1262</v>
+      </c>
+      <c r="C226" t="s">
+        <v>354</v>
+      </c>
+      <c r="D226" t="s">
+        <v>124</v>
+      </c>
+      <c r="E226" t="s">
+        <v>43</v>
+      </c>
+      <c r="F226" t="s">
         <v>168</v>
       </c>
-      <c r="M225" t="s">
+      <c r="G226" t="s">
+        <v>52</v>
+      </c>
+      <c r="H226">
+        <v>2013</v>
+      </c>
+      <c r="I226"/>
+      <c r="J226" t="s">
+        <v>62</v>
+      </c>
+      <c r="K226" t="s">
+        <v>35</v>
+      </c>
+      <c r="L226" t="s">
+        <v>1263</v>
+      </c>
+      <c r="M226" t="s">
+        <v>1264</v>
+      </c>
+      <c r="N226" t="s">
+        <v>27</v>
+      </c>
+      <c r="O226" t="s">
+        <v>1265</v>
+      </c>
+      <c r="P226" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="227" spans="1:16">
+      <c r="A227" t="s">
+        <v>1267</v>
+      </c>
+      <c r="B227" t="s">
+        <v>1268</v>
+      </c>
+      <c r="C227" t="s">
+        <v>354</v>
+      </c>
+      <c r="D227" t="s">
+        <v>450</v>
+      </c>
+      <c r="E227" t="s">
+        <v>43</v>
+      </c>
+      <c r="F227" t="s">
+        <v>168</v>
+      </c>
+      <c r="G227" t="s">
+        <v>52</v>
+      </c>
+      <c r="H227">
+        <v>2013</v>
+      </c>
+      <c r="I227"/>
+      <c r="J227" t="s">
+        <v>62</v>
+      </c>
+      <c r="K227" t="s">
+        <v>35</v>
+      </c>
+      <c r="L227" t="s">
+        <v>1269</v>
+      </c>
+      <c r="M227" t="s">
+        <v>1264</v>
+      </c>
+      <c r="N227" t="s">
+        <v>27</v>
+      </c>
+      <c r="O227" t="s">
+        <v>1270</v>
+      </c>
+      <c r="P227" t="s">
+        <v>1271</v>
+      </c>
+    </row>
+    <row r="228" spans="1:16">
+      <c r="A228" t="s">
+        <v>1272</v>
+      </c>
+      <c r="B228" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C228" t="s">
+        <v>354</v>
+      </c>
+      <c r="D228" t="s">
+        <v>80</v>
+      </c>
+      <c r="E228" t="s">
+        <v>43</v>
+      </c>
+      <c r="F228" t="s">
+        <v>168</v>
+      </c>
+      <c r="G228" t="s">
+        <v>52</v>
+      </c>
+      <c r="H228">
+        <v>2012</v>
+      </c>
+      <c r="I228"/>
+      <c r="J228" t="s">
+        <v>291</v>
+      </c>
+      <c r="K228" t="s">
+        <v>35</v>
+      </c>
+      <c r="L228" t="s">
+        <v>1274</v>
+      </c>
+      <c r="M228" t="s">
+        <v>1264</v>
+      </c>
+      <c r="N228" t="s">
+        <v>27</v>
+      </c>
+      <c r="O228" t="s">
+        <v>1275</v>
+      </c>
+      <c r="P228" t="s">
+        <v>1276</v>
+      </c>
+    </row>
+    <row r="229" spans="1:16">
+      <c r="A229" t="s">
+        <v>1277</v>
+      </c>
+      <c r="B229" t="s">
+        <v>1278</v>
+      </c>
+      <c r="C229" t="s">
+        <v>354</v>
+      </c>
+      <c r="D229" t="s">
+        <v>927</v>
+      </c>
+      <c r="E229" t="s">
+        <v>43</v>
+      </c>
+      <c r="F229" t="s">
+        <v>168</v>
+      </c>
+      <c r="G229" t="s">
+        <v>52</v>
+      </c>
+      <c r="H229">
+        <v>2012</v>
+      </c>
+      <c r="I229"/>
+      <c r="J229" t="s">
+        <v>680</v>
+      </c>
+      <c r="K229" t="s">
+        <v>35</v>
+      </c>
+      <c r="L229" t="s">
+        <v>1279</v>
+      </c>
+      <c r="M229" t="s">
+        <v>1264</v>
+      </c>
+      <c r="N229" t="s">
+        <v>27</v>
+      </c>
+      <c r="O229" t="s">
+        <v>1280</v>
+      </c>
+      <c r="P229" t="s">
+        <v>1281</v>
+      </c>
+    </row>
+    <row r="230" spans="1:16">
+      <c r="A230" t="s">
+        <v>1282</v>
+      </c>
+      <c r="B230" t="s">
+        <v>1283</v>
+      </c>
+      <c r="C230" t="s">
+        <v>354</v>
+      </c>
+      <c r="D230" t="s">
+        <v>51</v>
+      </c>
+      <c r="E230" t="s">
+        <v>43</v>
+      </c>
+      <c r="F230" t="s">
+        <v>168</v>
+      </c>
+      <c r="G230" t="s">
+        <v>22</v>
+      </c>
+      <c r="H230">
+        <v>2002</v>
+      </c>
+      <c r="I230">
+        <v>2015</v>
+      </c>
+      <c r="J230" t="s">
+        <v>291</v>
+      </c>
+      <c r="K230" t="s">
+        <v>35</v>
+      </c>
+      <c r="L230" t="s">
+        <v>1284</v>
+      </c>
+      <c r="M230" t="s">
+        <v>1264</v>
+      </c>
+      <c r="N230" t="s">
+        <v>27</v>
+      </c>
+      <c r="O230" t="s">
+        <v>1285</v>
+      </c>
+      <c r="P230" t="s">
+        <v>1286</v>
+      </c>
+    </row>
+    <row r="231" spans="1:16">
+      <c r="A231" t="s">
+        <v>1287</v>
+      </c>
+      <c r="B231" t="s">
+        <v>1288</v>
+      </c>
+      <c r="C231" t="s">
+        <v>354</v>
+      </c>
+      <c r="D231" t="s">
+        <v>94</v>
+      </c>
+      <c r="E231" t="s">
+        <v>43</v>
+      </c>
+      <c r="F231" t="s">
+        <v>168</v>
+      </c>
+      <c r="G231" t="s">
+        <v>22</v>
+      </c>
+      <c r="H231">
+        <v>2011</v>
+      </c>
+      <c r="I231"/>
+      <c r="J231" t="s">
+        <v>291</v>
+      </c>
+      <c r="K231" t="s">
+        <v>35</v>
+      </c>
+      <c r="L231" t="s">
+        <v>1289</v>
+      </c>
+      <c r="M231" t="s">
+        <v>1264</v>
+      </c>
+      <c r="N231" t="s">
+        <v>27</v>
+      </c>
+      <c r="O231" t="s">
+        <v>1290</v>
+      </c>
+      <c r="P231" t="s">
+        <v>1291</v>
+      </c>
+    </row>
+    <row r="232" spans="1:16">
+      <c r="A232" t="s">
+        <v>1292</v>
+      </c>
+      <c r="B232" t="s">
+        <v>1293</v>
+      </c>
+      <c r="C232" t="s">
+        <v>354</v>
+      </c>
+      <c r="D232" t="s">
+        <v>1294</v>
+      </c>
+      <c r="E232" t="s">
+        <v>43</v>
+      </c>
+      <c r="F232" t="s">
+        <v>168</v>
+      </c>
+      <c r="G232" t="s">
+        <v>52</v>
+      </c>
+      <c r="H232">
+        <v>2014</v>
+      </c>
+      <c r="I232"/>
+      <c r="J232" t="s">
+        <v>680</v>
+      </c>
+      <c r="K232" t="s">
+        <v>35</v>
+      </c>
+      <c r="L232" t="s">
+        <v>1295</v>
+      </c>
+      <c r="M232" t="s">
+        <v>1264</v>
+      </c>
+      <c r="N232" t="s">
+        <v>27</v>
+      </c>
+      <c r="O232" t="s">
+        <v>1296</v>
+      </c>
+      <c r="P232" t="s">
+        <v>1297</v>
+      </c>
+    </row>
+    <row r="233" spans="1:16">
+      <c r="A233" t="s">
+        <v>1298</v>
+      </c>
+      <c r="B233" t="s">
+        <v>1299</v>
+      </c>
+      <c r="C233" t="s">
+        <v>131</v>
+      </c>
+      <c r="D233" t="s">
+        <v>124</v>
+      </c>
+      <c r="E233" t="s">
+        <v>20</v>
+      </c>
+      <c r="F233" t="s">
+        <v>21</v>
+      </c>
+      <c r="G233" t="s">
+        <v>52</v>
+      </c>
+      <c r="H233">
+        <v>2021</v>
+      </c>
+      <c r="I233"/>
+      <c r="J233" t="s">
+        <v>132</v>
+      </c>
+      <c r="K233" t="s">
+        <v>35</v>
+      </c>
+      <c r="L233"/>
+      <c r="M233"/>
+      <c r="N233" t="s">
+        <v>27</v>
+      </c>
+      <c r="O233" t="s">
+        <v>1300</v>
+      </c>
+      <c r="P233" t="s">
+        <v>1301</v>
+      </c>
+    </row>
+    <row r="234" spans="1:16">
+      <c r="A234" t="s">
+        <v>1302</v>
+      </c>
+      <c r="B234" t="s">
+        <v>1303</v>
+      </c>
+      <c r="C234" t="s">
+        <v>354</v>
+      </c>
+      <c r="D234" t="s">
+        <v>68</v>
+      </c>
+      <c r="E234" t="s">
+        <v>43</v>
+      </c>
+      <c r="F234" t="s">
+        <v>33</v>
+      </c>
+      <c r="G234" t="s">
+        <v>22</v>
+      </c>
+      <c r="H234">
+        <v>2014</v>
+      </c>
+      <c r="I234">
+        <v>2019</v>
+      </c>
+      <c r="J234" t="s">
+        <v>355</v>
+      </c>
+      <c r="K234" t="s">
+        <v>35</v>
+      </c>
+      <c r="L234" t="s">
+        <v>1304</v>
+      </c>
+      <c r="M234" t="s">
+        <v>357</v>
+      </c>
+      <c r="N234" t="s">
+        <v>27</v>
+      </c>
+      <c r="O234" t="s">
+        <v>1305</v>
+      </c>
+      <c r="P234" t="s">
+        <v>1306</v>
+      </c>
+    </row>
+    <row r="235" spans="1:16">
+      <c r="A235" t="s">
+        <v>1307</v>
+      </c>
+      <c r="B235" t="s">
+        <v>1308</v>
+      </c>
+      <c r="C235" t="s">
+        <v>354</v>
+      </c>
+      <c r="D235" t="s">
+        <v>372</v>
+      </c>
+      <c r="E235" t="s">
+        <v>43</v>
+      </c>
+      <c r="F235" t="s">
+        <v>33</v>
+      </c>
+      <c r="G235" t="s">
+        <v>22</v>
+      </c>
+      <c r="H235">
+        <v>2004</v>
+      </c>
+      <c r="I235">
+        <v>2019</v>
+      </c>
+      <c r="J235" t="s">
+        <v>355</v>
+      </c>
+      <c r="K235" t="s">
+        <v>35</v>
+      </c>
+      <c r="L235" t="s">
+        <v>1309</v>
+      </c>
+      <c r="M235" t="s">
+        <v>357</v>
+      </c>
+      <c r="N235" t="s">
+        <v>27</v>
+      </c>
+      <c r="O235" t="s">
+        <v>1310</v>
+      </c>
+      <c r="P235" t="s">
+        <v>1311</v>
+      </c>
+    </row>
+    <row r="236" spans="1:16">
+      <c r="A236" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B236" t="s">
+        <v>1313</v>
+      </c>
+      <c r="C236" t="s">
+        <v>354</v>
+      </c>
+      <c r="D236" t="s">
+        <v>80</v>
+      </c>
+      <c r="E236" t="s">
+        <v>43</v>
+      </c>
+      <c r="F236" t="s">
+        <v>33</v>
+      </c>
+      <c r="G236" t="s">
+        <v>22</v>
+      </c>
+      <c r="H236">
+        <v>2011</v>
+      </c>
+      <c r="I236">
+        <v>2019</v>
+      </c>
+      <c r="J236" t="s">
+        <v>355</v>
+      </c>
+      <c r="K236" t="s">
+        <v>35</v>
+      </c>
+      <c r="L236" t="s">
+        <v>1314</v>
+      </c>
+      <c r="M236" t="s">
+        <v>357</v>
+      </c>
+      <c r="N236" t="s">
+        <v>27</v>
+      </c>
+      <c r="O236" t="s">
+        <v>1315</v>
+      </c>
+      <c r="P236" t="s">
+        <v>1316</v>
+      </c>
+    </row>
+    <row r="237" spans="1:16">
+      <c r="A237" t="s">
+        <v>1317</v>
+      </c>
+      <c r="B237" t="s">
+        <v>1318</v>
+      </c>
+      <c r="C237" t="s">
+        <v>832</v>
+      </c>
+      <c r="D237" t="s">
+        <v>80</v>
+      </c>
+      <c r="E237" t="s">
+        <v>43</v>
+      </c>
+      <c r="F237" t="s">
+        <v>168</v>
+      </c>
+      <c r="G237" t="s">
+        <v>22</v>
+      </c>
+      <c r="H237">
+        <v>2001</v>
+      </c>
+      <c r="I237">
+        <v>2020</v>
+      </c>
+      <c r="J237" t="s">
+        <v>44</v>
+      </c>
+      <c r="K237" t="s">
+        <v>35</v>
+      </c>
+      <c r="L237" t="s">
+        <v>1319</v>
+      </c>
+      <c r="M237" t="s">
+        <v>1320</v>
+      </c>
+      <c r="N237" t="s">
+        <v>27</v>
+      </c>
+      <c r="O237" t="s">
+        <v>1321</v>
+      </c>
+      <c r="P237" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="238" spans="1:16">
+      <c r="A238" t="s">
+        <v>1323</v>
+      </c>
+      <c r="B238" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C238" t="s">
+        <v>832</v>
+      </c>
+      <c r="D238" t="s">
+        <v>61</v>
+      </c>
+      <c r="E238" t="s">
+        <v>43</v>
+      </c>
+      <c r="F238" t="s">
+        <v>168</v>
+      </c>
+      <c r="G238" t="s">
+        <v>22</v>
+      </c>
+      <c r="H238">
+        <v>2012</v>
+      </c>
+      <c r="I238">
+        <v>2020</v>
+      </c>
+      <c r="J238" t="s">
+        <v>301</v>
+      </c>
+      <c r="K238" t="s">
+        <v>112</v>
+      </c>
+      <c r="L238" t="s">
+        <v>1325</v>
+      </c>
+      <c r="M238" t="s">
+        <v>1326</v>
+      </c>
+      <c r="N238" t="s">
+        <v>27</v>
+      </c>
+      <c r="O238" t="s">
+        <v>1327</v>
+      </c>
+      <c r="P238" t="s">
+        <v>1328</v>
+      </c>
+    </row>
+    <row r="239" spans="1:16">
+      <c r="A239" t="s">
+        <v>1329</v>
+      </c>
+      <c r="B239" t="s">
+        <v>1330</v>
+      </c>
+      <c r="C239" t="s">
+        <v>832</v>
+      </c>
+      <c r="D239" t="s">
+        <v>505</v>
+      </c>
+      <c r="E239" t="s">
+        <v>43</v>
+      </c>
+      <c r="F239" t="s">
+        <v>168</v>
+      </c>
+      <c r="G239" t="s">
+        <v>22</v>
+      </c>
+      <c r="H239">
+        <v>2012</v>
+      </c>
+      <c r="I239">
+        <v>2020</v>
+      </c>
+      <c r="J239" t="s">
+        <v>301</v>
+      </c>
+      <c r="K239" t="s">
+        <v>35</v>
+      </c>
+      <c r="L239" t="s">
+        <v>1331</v>
+      </c>
+      <c r="M239" t="s">
+        <v>1326</v>
+      </c>
+      <c r="N239" t="s">
+        <v>836</v>
+      </c>
+      <c r="O239" t="s">
+        <v>1332</v>
+      </c>
+      <c r="P239" t="s">
+        <v>1333</v>
+      </c>
+    </row>
+    <row r="240" spans="1:16">
+      <c r="A240" t="s">
+        <v>1334</v>
+      </c>
+      <c r="B240" t="s">
+        <v>1335</v>
+      </c>
+      <c r="C240" t="s">
+        <v>832</v>
+      </c>
+      <c r="D240" t="s">
+        <v>94</v>
+      </c>
+      <c r="E240" t="s">
+        <v>43</v>
+      </c>
+      <c r="F240" t="s">
+        <v>168</v>
+      </c>
+      <c r="G240" t="s">
+        <v>22</v>
+      </c>
+      <c r="H240">
+        <v>2014</v>
+      </c>
+      <c r="I240">
+        <v>2020</v>
+      </c>
+      <c r="J240" t="s">
+        <v>44</v>
+      </c>
+      <c r="K240" t="s">
+        <v>35</v>
+      </c>
+      <c r="L240" t="s">
+        <v>1336</v>
+      </c>
+      <c r="M240" t="s">
+        <v>1320</v>
+      </c>
+      <c r="N240" t="s">
+        <v>27</v>
+      </c>
+      <c r="O240" t="s">
+        <v>1337</v>
+      </c>
+      <c r="P240" t="s">
+        <v>1338</v>
+      </c>
+    </row>
+    <row r="241" spans="1:16">
+      <c r="A241" t="s">
+        <v>1339</v>
+      </c>
+      <c r="B241" t="s">
+        <v>1340</v>
+      </c>
+      <c r="C241" t="s">
+        <v>354</v>
+      </c>
+      <c r="D241" t="s">
+        <v>1341</v>
+      </c>
+      <c r="E241" t="s">
+        <v>43</v>
+      </c>
+      <c r="F241" t="s">
+        <v>21</v>
+      </c>
+      <c r="G241" t="s">
+        <v>52</v>
+      </c>
+      <c r="H241">
+        <v>2013</v>
+      </c>
+      <c r="I241"/>
+      <c r="J241" t="s">
+        <v>680</v>
+      </c>
+      <c r="K241" t="s">
+        <v>35</v>
+      </c>
+      <c r="L241"/>
+      <c r="M241" t="s">
+        <v>1342</v>
+      </c>
+      <c r="N241" t="s">
+        <v>27</v>
+      </c>
+      <c r="O241" t="s">
+        <v>1343</v>
+      </c>
+      <c r="P241" t="s">
+        <v>1344</v>
+      </c>
+    </row>
+    <row r="242" spans="1:16">
+      <c r="A242" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B242" t="s">
+        <v>1346</v>
+      </c>
+      <c r="C242" t="s">
+        <v>354</v>
+      </c>
+      <c r="D242" t="s">
+        <v>1347</v>
+      </c>
+      <c r="E242" t="s">
+        <v>43</v>
+      </c>
+      <c r="F242" t="s">
+        <v>21</v>
+      </c>
+      <c r="G242" t="s">
+        <v>52</v>
+      </c>
+      <c r="H242">
+        <v>2013</v>
+      </c>
+      <c r="I242"/>
+      <c r="J242" t="s">
+        <v>355</v>
+      </c>
+      <c r="K242" t="s">
+        <v>35</v>
+      </c>
+      <c r="L242"/>
+      <c r="M242" t="s">
+        <v>1342</v>
+      </c>
+      <c r="N242" t="s">
+        <v>27</v>
+      </c>
+      <c r="O242" t="s">
+        <v>1348</v>
+      </c>
+      <c r="P242" t="s">
+        <v>1349</v>
+      </c>
+    </row>
+    <row r="243" spans="1:16">
+      <c r="A243" t="s">
+        <v>1350</v>
+      </c>
+      <c r="B243" t="s">
+        <v>1351</v>
+      </c>
+      <c r="C243" t="s">
+        <v>354</v>
+      </c>
+      <c r="D243" t="s">
+        <v>949</v>
+      </c>
+      <c r="E243" t="s">
+        <v>43</v>
+      </c>
+      <c r="F243" t="s">
+        <v>21</v>
+      </c>
+      <c r="G243" t="s">
+        <v>52</v>
+      </c>
+      <c r="H243">
+        <v>2013</v>
+      </c>
+      <c r="I243"/>
+      <c r="J243" t="s">
+        <v>680</v>
+      </c>
+      <c r="K243" t="s">
+        <v>35</v>
+      </c>
+      <c r="L243"/>
+      <c r="M243" t="s">
+        <v>1342</v>
+      </c>
+      <c r="N243" t="s">
+        <v>27</v>
+      </c>
+      <c r="O243" t="s">
+        <v>1352</v>
+      </c>
+      <c r="P243" t="s">
+        <v>1353</v>
+      </c>
+    </row>
+    <row r="244" spans="1:16">
+      <c r="A244" t="s">
+        <v>1354</v>
+      </c>
+      <c r="B244" t="s">
+        <v>1355</v>
+      </c>
+      <c r="C244" t="s">
+        <v>354</v>
+      </c>
+      <c r="D244" t="s">
+        <v>922</v>
+      </c>
+      <c r="E244" t="s">
+        <v>43</v>
+      </c>
+      <c r="F244" t="s">
+        <v>21</v>
+      </c>
+      <c r="G244" t="s">
+        <v>52</v>
+      </c>
+      <c r="H244">
+        <v>2013</v>
+      </c>
+      <c r="I244"/>
+      <c r="J244" t="s">
+        <v>680</v>
+      </c>
+      <c r="K244" t="s">
+        <v>35</v>
+      </c>
+      <c r="L244"/>
+      <c r="M244" t="s">
+        <v>1342</v>
+      </c>
+      <c r="N244" t="s">
+        <v>27</v>
+      </c>
+      <c r="O244" t="s">
+        <v>1356</v>
+      </c>
+      <c r="P244" t="s">
+        <v>1357</v>
+      </c>
+    </row>
+    <row r="245" spans="1:16">
+      <c r="A245" t="s">
+        <v>1358</v>
+      </c>
+      <c r="B245" t="s">
+        <v>1359</v>
+      </c>
+      <c r="C245" t="s">
+        <v>354</v>
+      </c>
+      <c r="D245" t="s">
+        <v>932</v>
+      </c>
+      <c r="E245" t="s">
+        <v>43</v>
+      </c>
+      <c r="F245" t="s">
+        <v>21</v>
+      </c>
+      <c r="G245" t="s">
+        <v>52</v>
+      </c>
+      <c r="H245">
+        <v>2013</v>
+      </c>
+      <c r="I245"/>
+      <c r="J245" t="s">
+        <v>680</v>
+      </c>
+      <c r="K245" t="s">
+        <v>35</v>
+      </c>
+      <c r="L245"/>
+      <c r="M245" t="s">
+        <v>1342</v>
+      </c>
+      <c r="N245" t="s">
+        <v>27</v>
+      </c>
+      <c r="O245" t="s">
+        <v>1360</v>
+      </c>
+      <c r="P245" t="s">
+        <v>1361</v>
+      </c>
+    </row>
+    <row r="246" spans="1:16">
+      <c r="A246" t="s">
+        <v>1362</v>
+      </c>
+      <c r="B246" t="s">
+        <v>1363</v>
+      </c>
+      <c r="C246" t="s">
+        <v>354</v>
+      </c>
+      <c r="D246" t="s">
+        <v>1364</v>
+      </c>
+      <c r="E246" t="s">
+        <v>43</v>
+      </c>
+      <c r="F246" t="s">
+        <v>21</v>
+      </c>
+      <c r="G246" t="s">
+        <v>52</v>
+      </c>
+      <c r="H246">
+        <v>2016</v>
+      </c>
+      <c r="I246"/>
+      <c r="J246" t="s">
+        <v>680</v>
+      </c>
+      <c r="K246" t="s">
+        <v>35</v>
+      </c>
+      <c r="L246"/>
+      <c r="M246" t="s">
+        <v>1342</v>
+      </c>
+      <c r="N246" t="s">
+        <v>27</v>
+      </c>
+      <c r="O246" t="s">
+        <v>1365</v>
+      </c>
+      <c r="P246" t="s">
+        <v>1366</v>
+      </c>
+    </row>
+    <row r="247" spans="1:16">
+      <c r="A247" t="s">
+        <v>1367</v>
+      </c>
+      <c r="B247" t="s">
+        <v>1368</v>
+      </c>
+      <c r="C247" t="s">
+        <v>354</v>
+      </c>
+      <c r="D247" t="s">
+        <v>396</v>
+      </c>
+      <c r="E247" t="s">
+        <v>43</v>
+      </c>
+      <c r="F247" t="s">
+        <v>21</v>
+      </c>
+      <c r="G247" t="s">
+        <v>52</v>
+      </c>
+      <c r="H247">
+        <v>2016</v>
+      </c>
+      <c r="I247"/>
+      <c r="J247" t="s">
+        <v>680</v>
+      </c>
+      <c r="K247" t="s">
+        <v>35</v>
+      </c>
+      <c r="L247"/>
+      <c r="M247" t="s">
+        <v>1342</v>
+      </c>
+      <c r="N247" t="s">
+        <v>27</v>
+      </c>
+      <c r="O247" t="s">
+        <v>1369</v>
+      </c>
+      <c r="P247" t="s">
+        <v>1370</v>
+      </c>
+    </row>
+    <row r="248" spans="1:16">
+      <c r="A248" t="s">
+        <v>1371</v>
+      </c>
+      <c r="B248" t="s">
+        <v>1372</v>
+      </c>
+      <c r="C248" t="s">
+        <v>1373</v>
+      </c>
+      <c r="D248" t="s">
+        <v>159</v>
+      </c>
+      <c r="E248" t="s">
+        <v>20</v>
+      </c>
+      <c r="F248" t="s">
+        <v>33</v>
+      </c>
+      <c r="G248" t="s">
+        <v>22</v>
+      </c>
+      <c r="H248">
+        <v>2011</v>
+      </c>
+      <c r="I248">
+        <v>2014</v>
+      </c>
+      <c r="J248" t="s">
+        <v>355</v>
+      </c>
+      <c r="K248" t="s">
         <v>24</v>
       </c>
-      <c r="N225" t="s">
-[...19 lines deleted...]
-      <c r="F226" t="s">
+      <c r="L248" t="s">
+        <v>1374</v>
+      </c>
+      <c r="M248" t="s">
+        <v>1375</v>
+      </c>
+      <c r="N248" t="s">
+        <v>27</v>
+      </c>
+      <c r="O248" t="s">
+        <v>1376</v>
+      </c>
+      <c r="P248" t="s">
+        <v>1377</v>
+      </c>
+    </row>
+    <row r="249" spans="1:16">
+      <c r="A249" t="s">
+        <v>1371</v>
+      </c>
+      <c r="B249" t="s">
+        <v>1378</v>
+      </c>
+      <c r="C249" t="s">
+        <v>1373</v>
+      </c>
+      <c r="D249" t="s">
+        <v>159</v>
+      </c>
+      <c r="E249" t="s">
+        <v>43</v>
+      </c>
+      <c r="F249" t="s">
+        <v>21</v>
+      </c>
+      <c r="G249" t="s">
+        <v>22</v>
+      </c>
+      <c r="H249">
+        <v>2015</v>
+      </c>
+      <c r="I249">
+        <v>2017</v>
+      </c>
+      <c r="J249" t="s">
+        <v>355</v>
+      </c>
+      <c r="K249" t="s">
+        <v>24</v>
+      </c>
+      <c r="L249" t="s">
+        <v>1379</v>
+      </c>
+      <c r="M249" t="s">
+        <v>1375</v>
+      </c>
+      <c r="N249" t="s">
+        <v>27</v>
+      </c>
+      <c r="O249" t="s">
+        <v>1380</v>
+      </c>
+      <c r="P249" t="s">
+        <v>1377</v>
+      </c>
+    </row>
+    <row r="250" spans="1:16">
+      <c r="A250" t="s">
+        <v>1381</v>
+      </c>
+      <c r="B250" t="s">
+        <v>1382</v>
+      </c>
+      <c r="C250" t="s">
+        <v>1373</v>
+      </c>
+      <c r="D250" t="s">
+        <v>124</v>
+      </c>
+      <c r="E250" t="s">
+        <v>43</v>
+      </c>
+      <c r="F250" t="s">
+        <v>21</v>
+      </c>
+      <c r="G250" t="s">
+        <v>22</v>
+      </c>
+      <c r="H250">
+        <v>2011</v>
+      </c>
+      <c r="I250">
+        <v>2021</v>
+      </c>
+      <c r="J250" t="s">
+        <v>355</v>
+      </c>
+      <c r="K250" t="s">
+        <v>35</v>
+      </c>
+      <c r="L250" t="s">
+        <v>1383</v>
+      </c>
+      <c r="M250" t="s">
+        <v>1375</v>
+      </c>
+      <c r="N250" t="s">
+        <v>27</v>
+      </c>
+      <c r="O250" t="s">
+        <v>1384</v>
+      </c>
+      <c r="P250" t="s">
+        <v>1385</v>
+      </c>
+    </row>
+    <row r="251" spans="1:16">
+      <c r="A251" t="s">
+        <v>1386</v>
+      </c>
+      <c r="B251" t="s">
+        <v>1387</v>
+      </c>
+      <c r="C251" t="s">
+        <v>1373</v>
+      </c>
+      <c r="D251" t="s">
+        <v>124</v>
+      </c>
+      <c r="E251" t="s">
+        <v>43</v>
+      </c>
+      <c r="F251" t="s">
+        <v>33</v>
+      </c>
+      <c r="G251" t="s">
+        <v>22</v>
+      </c>
+      <c r="H251">
+        <v>2002</v>
+      </c>
+      <c r="I251">
+        <v>2021</v>
+      </c>
+      <c r="J251" t="s">
+        <v>355</v>
+      </c>
+      <c r="K251" t="s">
+        <v>35</v>
+      </c>
+      <c r="L251" t="s">
+        <v>1388</v>
+      </c>
+      <c r="M251" t="s">
+        <v>1375</v>
+      </c>
+      <c r="N251" t="s">
+        <v>27</v>
+      </c>
+      <c r="O251" t="s">
+        <v>1389</v>
+      </c>
+      <c r="P251" t="s">
+        <v>1390</v>
+      </c>
+    </row>
+    <row r="252" spans="1:16">
+      <c r="A252" t="s">
+        <v>1391</v>
+      </c>
+      <c r="B252" t="s">
+        <v>1392</v>
+      </c>
+      <c r="C252" t="s">
+        <v>1373</v>
+      </c>
+      <c r="D252" t="s">
+        <v>1393</v>
+      </c>
+      <c r="E252" t="s">
+        <v>43</v>
+      </c>
+      <c r="F252" t="s">
+        <v>21</v>
+      </c>
+      <c r="G252" t="s">
+        <v>52</v>
+      </c>
+      <c r="H252">
+        <v>2021</v>
+      </c>
+      <c r="I252"/>
+      <c r="J252" t="s">
+        <v>355</v>
+      </c>
+      <c r="K252" t="s">
+        <v>35</v>
+      </c>
+      <c r="L252" t="s">
+        <v>1394</v>
+      </c>
+      <c r="M252" t="s">
+        <v>1375</v>
+      </c>
+      <c r="N252" t="s">
+        <v>27</v>
+      </c>
+      <c r="O252" t="s">
+        <v>1395</v>
+      </c>
+      <c r="P252"/>
+    </row>
+    <row r="253" spans="1:16">
+      <c r="A253" t="s">
+        <v>1391</v>
+      </c>
+      <c r="B253" t="s">
+        <v>1392</v>
+      </c>
+      <c r="C253" t="s">
+        <v>1373</v>
+      </c>
+      <c r="D253" t="s">
+        <v>1393</v>
+      </c>
+      <c r="E253" t="s">
+        <v>43</v>
+      </c>
+      <c r="F253" t="s">
+        <v>21</v>
+      </c>
+      <c r="G253" t="s">
+        <v>52</v>
+      </c>
+      <c r="H253">
+        <v>2021</v>
+      </c>
+      <c r="I253"/>
+      <c r="J253" t="s">
+        <v>355</v>
+      </c>
+      <c r="K253" t="s">
+        <v>35</v>
+      </c>
+      <c r="L253" t="s">
+        <v>1394</v>
+      </c>
+      <c r="M253" t="s">
+        <v>1375</v>
+      </c>
+      <c r="N253" t="s">
+        <v>27</v>
+      </c>
+      <c r="O253" t="s">
+        <v>1396</v>
+      </c>
+      <c r="P253"/>
+    </row>
+    <row r="254" spans="1:16">
+      <c r="A254" t="s">
+        <v>1397</v>
+      </c>
+      <c r="B254" t="s">
+        <v>1398</v>
+      </c>
+      <c r="C254" t="s">
+        <v>1399</v>
+      </c>
+      <c r="D254" t="s">
+        <v>176</v>
+      </c>
+      <c r="E254" t="s">
+        <v>43</v>
+      </c>
+      <c r="F254" t="s">
+        <v>177</v>
+      </c>
+      <c r="G254" t="s">
+        <v>52</v>
+      </c>
+      <c r="H254">
+        <v>2016</v>
+      </c>
+      <c r="I254"/>
+      <c r="J254" t="s">
+        <v>381</v>
+      </c>
+      <c r="K254" t="s">
+        <v>35</v>
+      </c>
+      <c r="L254" t="s">
+        <v>178</v>
+      </c>
+      <c r="M254" t="s">
+        <v>1400</v>
+      </c>
+      <c r="N254" t="s">
+        <v>27</v>
+      </c>
+      <c r="O254" t="s">
+        <v>1401</v>
+      </c>
+      <c r="P254" t="s">
+        <v>1402</v>
+      </c>
+    </row>
+    <row r="255" spans="1:16">
+      <c r="A255" t="s">
+        <v>1403</v>
+      </c>
+      <c r="B255" t="s">
+        <v>1404</v>
+      </c>
+      <c r="C255" t="s">
+        <v>1405</v>
+      </c>
+      <c r="D255" t="s">
+        <v>124</v>
+      </c>
+      <c r="E255" t="s">
+        <v>20</v>
+      </c>
+      <c r="F255" t="s">
+        <v>177</v>
+      </c>
+      <c r="G255" t="s">
+        <v>52</v>
+      </c>
+      <c r="H255">
+        <v>2016</v>
+      </c>
+      <c r="I255">
+        <v>2018</v>
+      </c>
+      <c r="J255" t="s">
+        <v>88</v>
+      </c>
+      <c r="K255" t="s">
+        <v>35</v>
+      </c>
+      <c r="L255"/>
+      <c r="M255" t="s">
+        <v>1406</v>
+      </c>
+      <c r="N255" t="s">
+        <v>27</v>
+      </c>
+      <c r="O255" t="s">
+        <v>1407</v>
+      </c>
+      <c r="P255" t="s">
+        <v>1408</v>
+      </c>
+    </row>
+    <row r="256" spans="1:16">
+      <c r="A256" t="s">
+        <v>1409</v>
+      </c>
+      <c r="B256" t="s">
+        <v>1410</v>
+      </c>
+      <c r="C256" t="s">
+        <v>1411</v>
+      </c>
+      <c r="D256" t="s">
+        <v>601</v>
+      </c>
+      <c r="E256" t="s">
+        <v>20</v>
+      </c>
+      <c r="F256" t="s">
+        <v>21</v>
+      </c>
+      <c r="G256" t="s">
+        <v>52</v>
+      </c>
+      <c r="H256">
+        <v>2007</v>
+      </c>
+      <c r="I256"/>
+      <c r="J256" t="s">
+        <v>805</v>
+      </c>
+      <c r="K256" t="s">
+        <v>35</v>
+      </c>
+      <c r="L256" t="s">
+        <v>1412</v>
+      </c>
+      <c r="M256" t="s">
+        <v>1413</v>
+      </c>
+      <c r="N256" t="s">
+        <v>27</v>
+      </c>
+      <c r="O256" t="s">
+        <v>1414</v>
+      </c>
+      <c r="P256" t="s">
+        <v>1415</v>
+      </c>
+    </row>
+    <row r="257" spans="1:16">
+      <c r="A257" t="s">
+        <v>1416</v>
+      </c>
+      <c r="B257" t="s">
+        <v>1417</v>
+      </c>
+      <c r="C257" t="s">
+        <v>1418</v>
+      </c>
+      <c r="D257" t="s">
+        <v>289</v>
+      </c>
+      <c r="E257" t="s">
+        <v>43</v>
+      </c>
+      <c r="F257" t="s">
+        <v>1419</v>
+      </c>
+      <c r="G257" t="s">
+        <v>52</v>
+      </c>
+      <c r="H257">
+        <v>2019</v>
+      </c>
+      <c r="I257"/>
+      <c r="J257" t="s">
         <v>44</v>
       </c>
-      <c r="G226">
-[...3 lines deleted...]
-      <c r="I226" t="s">
+      <c r="K257" t="s">
+        <v>292</v>
+      </c>
+      <c r="L257"/>
+      <c r="M257" t="s">
+        <v>1420</v>
+      </c>
+      <c r="N257" t="s">
+        <v>295</v>
+      </c>
+      <c r="O257" t="s">
+        <v>1421</v>
+      </c>
+      <c r="P257" t="s">
+        <v>1422</v>
+      </c>
+    </row>
+    <row r="258" spans="1:16">
+      <c r="A258" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B258" t="s">
+        <v>1424</v>
+      </c>
+      <c r="C258" t="s">
+        <v>1418</v>
+      </c>
+      <c r="D258" t="s">
+        <v>51</v>
+      </c>
+      <c r="E258" t="s">
+        <v>20</v>
+      </c>
+      <c r="F258" t="s">
+        <v>21</v>
+      </c>
+      <c r="G258" t="s">
         <v>52</v>
       </c>
-      <c r="J226" t="s">
-[...38 lines deleted...]
-      <c r="I227" t="s">
+      <c r="H258">
+        <v>2011</v>
+      </c>
+      <c r="I258"/>
+      <c r="J258" t="s">
+        <v>53</v>
+      </c>
+      <c r="K258" t="s">
+        <v>35</v>
+      </c>
+      <c r="L258"/>
+      <c r="M258" t="s">
+        <v>1420</v>
+      </c>
+      <c r="N258" t="s">
+        <v>27</v>
+      </c>
+      <c r="O258" t="s">
+        <v>1425</v>
+      </c>
+      <c r="P258" t="s">
+        <v>1426</v>
+      </c>
+    </row>
+    <row r="259" spans="1:16">
+      <c r="A259" t="s">
+        <v>1427</v>
+      </c>
+      <c r="B259" t="s">
+        <v>1428</v>
+      </c>
+      <c r="C259" t="s">
+        <v>1418</v>
+      </c>
+      <c r="D259" t="s">
+        <v>51</v>
+      </c>
+      <c r="E259" t="s">
+        <v>20</v>
+      </c>
+      <c r="F259" t="s">
+        <v>21</v>
+      </c>
+      <c r="G259" t="s">
         <v>52</v>
       </c>
-      <c r="J227" t="s">
-[...34 lines deleted...]
-      <c r="G228">
+      <c r="H259">
+        <v>2011</v>
+      </c>
+      <c r="I259"/>
+      <c r="J259" t="s">
+        <v>53</v>
+      </c>
+      <c r="K259" t="s">
+        <v>35</v>
+      </c>
+      <c r="L259"/>
+      <c r="M259" t="s">
+        <v>1420</v>
+      </c>
+      <c r="N259" t="s">
+        <v>27</v>
+      </c>
+      <c r="O259" t="s">
+        <v>1429</v>
+      </c>
+      <c r="P259" t="s">
+        <v>1430</v>
+      </c>
+    </row>
+    <row r="260" spans="1:16">
+      <c r="A260" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B260" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C260" t="s">
+        <v>1433</v>
+      </c>
+      <c r="D260" t="s">
+        <v>1434</v>
+      </c>
+      <c r="E260" t="s">
+        <v>20</v>
+      </c>
+      <c r="F260" t="s">
+        <v>177</v>
+      </c>
+      <c r="G260" t="s">
+        <v>22</v>
+      </c>
+      <c r="H260">
         <v>2012</v>
       </c>
-      <c r="H228"/>
-[...38 lines deleted...]
-      <c r="G229">
+      <c r="I260">
+        <v>2014</v>
+      </c>
+      <c r="J260" t="s">
+        <v>430</v>
+      </c>
+      <c r="K260" t="s">
+        <v>35</v>
+      </c>
+      <c r="L260" t="s">
+        <v>1435</v>
+      </c>
+      <c r="M260" t="s">
+        <v>1436</v>
+      </c>
+      <c r="N260" t="s">
+        <v>27</v>
+      </c>
+      <c r="O260" t="s">
+        <v>1437</v>
+      </c>
+      <c r="P260" t="s">
+        <v>1438</v>
+      </c>
+    </row>
+    <row r="261" spans="1:16">
+      <c r="A261" t="s">
+        <v>1439</v>
+      </c>
+      <c r="B261" t="s">
+        <v>1440</v>
+      </c>
+      <c r="C261" t="s">
+        <v>1433</v>
+      </c>
+      <c r="D261" t="s">
+        <v>51</v>
+      </c>
+      <c r="E261" t="s">
+        <v>20</v>
+      </c>
+      <c r="F261" t="s">
+        <v>21</v>
+      </c>
+      <c r="G261" t="s">
+        <v>22</v>
+      </c>
+      <c r="H261">
         <v>2012</v>
       </c>
-      <c r="H229"/>
-[...26 lines deleted...]
-      <c r="C230" t="s">
+      <c r="I261">
+        <v>2014</v>
+      </c>
+      <c r="J261" t="s">
+        <v>430</v>
+      </c>
+      <c r="K261" t="s">
+        <v>35</v>
+      </c>
+      <c r="L261" t="s">
+        <v>1441</v>
+      </c>
+      <c r="M261" t="s">
+        <v>1436</v>
+      </c>
+      <c r="N261" t="s">
+        <v>27</v>
+      </c>
+      <c r="O261" t="s">
+        <v>1442</v>
+      </c>
+      <c r="P261" t="s">
+        <v>1443</v>
+      </c>
+    </row>
+    <row r="262" spans="1:16">
+      <c r="A262" t="s">
+        <v>1444</v>
+      </c>
+      <c r="B262" t="s">
+        <v>1445</v>
+      </c>
+      <c r="C262" t="s">
+        <v>612</v>
+      </c>
+      <c r="D262" t="s">
+        <v>1446</v>
+      </c>
+      <c r="E262" t="s">
         <v>43</v>
       </c>
-      <c r="D230" t="s">
-[...11 lines deleted...]
-      <c r="H230">
+      <c r="F262" t="s">
+        <v>33</v>
+      </c>
+      <c r="G262" t="s">
+        <v>22</v>
+      </c>
+      <c r="H262">
         <v>2015</v>
       </c>
-      <c r="I230" t="s">
-[...37 lines deleted...]
-      <c r="G231">
+      <c r="I262">
+        <v>2016</v>
+      </c>
+      <c r="J262" t="s">
+        <v>664</v>
+      </c>
+      <c r="K262" t="s">
+        <v>1447</v>
+      </c>
+      <c r="L262" t="s">
+        <v>1448</v>
+      </c>
+      <c r="M262" t="s">
+        <v>1449</v>
+      </c>
+      <c r="N262" t="s">
+        <v>1450</v>
+      </c>
+      <c r="O262" t="s">
+        <v>1451</v>
+      </c>
+      <c r="P262" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="263" spans="1:16">
+      <c r="A263" t="s">
+        <v>1453</v>
+      </c>
+      <c r="B263" t="s">
+        <v>1454</v>
+      </c>
+      <c r="C263" t="s">
+        <v>403</v>
+      </c>
+      <c r="D263" t="s">
+        <v>1455</v>
+      </c>
+      <c r="E263" t="s">
+        <v>43</v>
+      </c>
+      <c r="F263" t="s">
+        <v>168</v>
+      </c>
+      <c r="G263" t="s">
+        <v>22</v>
+      </c>
+      <c r="H263">
         <v>2011</v>
       </c>
-      <c r="H231"/>
-[...709 lines deleted...]
-      <c r="H248">
+      <c r="I263">
         <v>2017</v>
       </c>
-      <c r="I248" t="s">
-[...639 lines deleted...]
-      </c>
       <c r="J263" t="s">
-        <v>961</v>
-[...4 lines deleted...]
-      </c>
+        <v>88</v>
+      </c>
+      <c r="K263" t="s">
+        <v>1447</v>
+      </c>
+      <c r="L263"/>
       <c r="M263" t="s">
-        <v>964</v>
+        <v>1456</v>
       </c>
       <c r="N263" t="s">
-        <v>969</v>
+        <v>1450</v>
+      </c>
+      <c r="O263" t="s">
+        <v>1457</v>
+      </c>
+      <c r="P263" t="s">
+        <v>1458</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>