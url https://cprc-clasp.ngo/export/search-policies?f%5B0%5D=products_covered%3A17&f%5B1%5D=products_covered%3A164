--- v1 (2025-11-27)
+++ v2 (2026-03-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1459">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1463">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,66 +104,102 @@
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
   </si>
   <si>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
+  </si>
+  <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>SNI IEC 62612:2016</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
     <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
-  </si>
-[...1 lines deleted...]
-    <t>Electricity</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
     <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
   </si>
   <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
@@ -548,53 +584,50 @@
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>NBR 13723 1/1999 parte 1, NBR 13723 2/1999 parte 2, NBR 14583/2000</t>
   </si>
   <si>
     <t>National Program of Rational Use of Oil and Natural Gas (Conpet)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/conpet-seal-gas-stoves-and-ovens</t>
   </si>
   <si>
     <t>https://thebrazilbusiness.com/article/energy-efficiency-labeling-in-brazil</t>
   </si>
   <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
     <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
   </si>
   <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
-  </si>
-[...1 lines deleted...]
-    <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
     <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
   </si>
   <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
     <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
   </si>
   <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
@@ -1267,51 +1300,51 @@
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Tubular Fluorescent Lamps (TFL)</t>
   </si>
   <si>
     <t>The policy specifies the tubular fluorescent lamps for general lighting services covering all wattages with nominal dimension starting from 1100 millimeter and upto1500 millimeter covering color temperature of 6500 kelvin for halo-phosphate category, and 2700 kelvin, 4000 kelvin and 6500 kelvin  tri-phosphate lamps categories for display of particulars on label.</t>
   </si>
   <si>
     <t>IS 2418 (part 1 and 2) -1977 with all amendments</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-tubular-fluorescent-lamps-tfl</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/TFLnoti_New.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
     <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
@@ -1646,66 +1679,72 @@
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D817BCD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 29539-2013 Minimum allowable values of energy efficiency and energy efficiency grades for range hoods</t>
   </si>
   <si>
     <t>This policy applies to efflux-type range hood with rated voltage below 250V and installed above domestic cooktop stove or other similar devices.</t>
   </si>
   <si>
     <t>GB/T 17713-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-29539-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E800D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
   </si>
   <si>
     <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
   </si>
   <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB / T 13611</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
     <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
   </si>
   <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 38383-2019 The minimum allowable values of the energy, water consumption, and grades for dishwashers</t>
   </si>
   <si>
     <t>This policy covers dishwashers.</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>GB/T 20290-2016; QB/T 1520-2013</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
@@ -1823,134 +1862,134 @@
     <t>GOST 14919-83</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-14919-83-household-electric-cooking-ranges-cooking-plates-and-cooking-ovens-general</t>
   </si>
   <si>
     <t>https://internet-law.ru/gosts/gost/7652/</t>
   </si>
   <si>
     <t>GOST 27454-87 Household electric dishwashers - Perfomance characteristics and basic dimensions</t>
   </si>
   <si>
     <t>This policy covers household dishwashers intended for washing, rinsing, drying, and storage of kitchenware and cutlery.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-27454-87-household-electric-dishwashers-perfomance-characteristics-and-basic</t>
   </si>
   <si>
     <t>https://internet-law.ru/gosts/gost/38812/</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
+  </si>
+  <si>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency rating label for portable or built-in type electric oven with the following function mode:
 (a) conventional mode;
 (b) convectional mode;
 (c) conventional and convectional mode; and
 (d) conventional, convectional and steam mode.</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
-[...1 lines deleted...]
-  <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>IEC 60350-1:2016</t>
   </si>
   <si>
-    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
-  </si>
-[...14 lines deleted...]
-    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
   </si>
   <si>
     <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
 (a) T5 and T8 double capped fluorescent lamps;
 (b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
 (c) single-capped fluorescent lamps (non-integrated compact
 fluorescent lamps) and circular fluorescent lamps for general
 lighting services;
 (d) self-ballasted Light Emitting Diode (LED) lamps for general lighting
 services with lamp cap E14, E27, GU10, B22d and G13; and
 (e) filament tungsten incandescent lamps</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>d MS IEC 60081:2003 or IEC 60081:2003
 ,   
                      MS IEC 60969:2006 or IEC 60969:2001
 ,   
                      MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
 (a) solo;
 (b) combination;
 (c) convection; and
 (d) any other microwave oven with similar function;</t>
   </si>
   <si>
+    <t>Asia and Pacific, Malaysia</t>
+  </si>
+  <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Dishwashers) Determination 2015</t>
   </si>
   <si>
     <t>The standard is applicable to electric dishwashers which are intended for household or similar use. A number of performance requirements must be met by dishwashers during a test for energy consumption. These include: Washing index  the washing index of the test machine must exceed the specified value measured on the reference machine which is tested in parallel. The reference machine is a dishwasher which specially constructed and calibrated for this purpose (Miele G590). Drying index  the drying index of the test machine must exceed 50% (this is conducted as a separate test) Rated capacity  all specified load items shall be supported. Water consumption  shall not exceed 110% of the value stated by the manufacturer. Water pressure  machine shall be capable of operating at the maximum and minimum water pressure stated by the manufacturer. "</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
@@ -2085,90 +2124,93 @@
   <si>
     <t>https://greenliving.epa.gov.tw/GreenLife//uploadfiles/Criteria/7/f7bafa8f-c4da-4aea-a425-c14e8ece04da.pdf</t>
   </si>
   <si>
     <t>Greenmark N72 - Induction Cookers</t>
   </si>
   <si>
     <t>This standard applies to induction cookers which meet the requirements of CNS12339.</t>
   </si>
   <si>
     <t>CNS13803</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n72-induction-cookers</t>
   </si>
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/Eng/Criteriax_Detail.aspx?Serial=70</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Microwave Oven</t>
   </si>
   <si>
     <t>This Guide is developed by the Commission to specify the MEPS and energy labelling requirements for microwave oven that can be connected to mains power and for household use. This Guide shall apply to the following function of microwave oven with size up to or equal to 32 Litre: (a) solo; (b) combination; (c) convection; (d) any other microwave oven with similar function; and (e) exclude any type of built-in microwave oven which its power supplied direct from power source.</t>
   </si>
   <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS IEC 62301:2012, IEC 60705:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-microwave-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_Microwave_Oven_Issue_Date_01_MARCH_2020.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Rice cooker</t>
   </si>
   <si>
     <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for rice cooker that can be connected to mains power and for household use. This Guide shall apply to the rice cooker with size up to or equal to 3.6 L and rated power up to 1600 Watt.</t>
   </si>
   <si>
     <t>MS 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-rice-cooker</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-%20Guide%20on%20MEPS%20for%20Rice%20Cooker%20(UPDATED).pdf</t>
   </si>
   <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
     <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
   </si>
   <si>
     <t>High Energy Performance Label for Electric Deep Fryer</t>
   </si>
   <si>
     <t>This scheme covers electric deep fryers (electric and liquefied petroleum gas fryers type), with the characteristics of working in batches and the maximum mass of oil used for frying is not more than 27 kg or 30 liters.</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>TIS 2717-2559</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-electric-deep-fryer</t>
   </si>
   <si>
     <t>https://www.dede.go.th/download/general_65/19_01032565.pdf</t>
   </si>
   <si>
     <t>High Energy Performance Label for Infrared gas stove</t>
   </si>
@@ -2630,63 +2672,66 @@
   <si>
     <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
     <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
   </si>
   <si>
-    <t>MELS for General Lighting</t>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-general-lighting</t>
+    <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for Compact Fluorescent Lamps</t>
   </si>
   <si>
     <t>This policy references AS/NZS 4847.2:2010, which specifies minimum energy performance requirements for self-ballasted lamps for general lighting services, and AS/NZS 4782.3(Int):2006, which defines performance requirements for double-capped fluorescent lamps.</t>
   </si>
   <si>
     <t>Samoa*</t>
   </si>
   <si>
     <t>AS/NZS 4847.2:2010</t>
   </si>
@@ -2751,83 +2796,50 @@
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for lamps as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting-2024</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
-  </si>
-[...31 lines deleted...]
-    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
   </si>
   <si>
     <t>MEPS for Linear Fluorescent Lamps</t>
   </si>
   <si>
     <t>This policy references AS/NZS 4782.2:2004, which specifies performance and energy efficiency specifications for tubular fluorescent lamps of length 550 mm to 1500 mm both inclusive with wattage of 16 watts or more that are within the scope of AS/NZS 4782.1. Modified adoption of, and reproduced from, IEC 61347-2-11:2001.</t>
   </si>
   <si>
     <t>AS/NZS 4782.2:2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-linear-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Rice Cooker</t>
   </si>
   <si>
     <t>The document specifies the MEPS and labeling requirements for cover rice cookers with rice cooking capacity not exceeding 3 L and voltage up to 250 V, excluding pressure cookers (HS code: 8516.60.10).</t>
   </si>
   <si>
     <t>SNI IEC 60335-1
 ,   
                     SNI IEC 60335-2-15</t>
   </si>
   <si>
@@ -4938,51 +4950,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P263"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="163.817" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -5058,12584 +5070,12584 @@
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>1980</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I3"/>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="M3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E4" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
         <v>1980</v>
       </c>
       <c r="I4">
         <v>2019</v>
       </c>
       <c r="J4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="K4" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="L4" t="s">
         <v>46</v>
       </c>
       <c r="M4" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="P4" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>53</v>
+      </c>
+      <c r="F5" t="s">
+        <v>44</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1980</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>55</v>
+      </c>
+      <c r="L5" t="s">
+        <v>56</v>
+      </c>
+      <c r="M5" t="s">
+        <v>47</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
         <v>49</v>
-      </c>
-[...38 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>58</v>
       </c>
       <c r="B6" t="s">
         <v>59</v>
       </c>
       <c r="C6" t="s">
         <v>60</v>
       </c>
       <c r="D6" t="s">
         <v>61</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H6">
-        <v>1991</v>
+        <v>2004</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="K6" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L6"/>
+        <v>36</v>
+      </c>
+      <c r="L6" t="s">
+        <v>64</v>
+      </c>
       <c r="M6" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="P6" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B7" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C7" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="D7" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H7">
-        <v>1990</v>
+        <v>1991</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="K7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="P7" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
+        <v>76</v>
+      </c>
+      <c r="B8" t="s">
+        <v>77</v>
+      </c>
+      <c r="C8" t="s">
         <v>70</v>
       </c>
-      <c r="B8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D8" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H8">
-        <v>2013</v>
+        <v>1990</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>44</v>
+        <v>72</v>
       </c>
       <c r="K8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
+        <v>79</v>
+      </c>
+      <c r="P8" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="B9" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="C9" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="D9" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G9" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H9">
-        <v>2018</v>
+        <v>2013</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>81</v>
+        <v>54</v>
       </c>
       <c r="K9" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L9"/>
       <c r="M9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="P9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B10" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C10" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="D10" t="s">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H10">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I10"/>
       <c r="J10" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="K10" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L10" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="M10" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="P10" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="B11" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="C11" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="D11" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="I11">
-        <v>2017</v>
+        <v>2010</v>
       </c>
       <c r="J11" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="K11" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L11" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="M11" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="P11" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B12" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="C12" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="D12" t="s">
-        <v>61</v>
+        <v>104</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G12" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H12">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I12"/>
+        <v>2011</v>
+      </c>
+      <c r="I12">
+        <v>2017</v>
+      </c>
       <c r="J12" t="s">
-        <v>81</v>
+        <v>105</v>
       </c>
       <c r="K12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L12" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="M12" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="P12" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="B13" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="C13" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="D13" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H13">
-        <v>2008</v>
-[...1 lines deleted...]
-      <c r="I13">
         <v>2015</v>
       </c>
+      <c r="I13"/>
       <c r="J13" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="K13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L13" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="M13" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="P13" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="B14" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="C14" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="D14" t="s">
-        <v>111</v>
+        <v>71</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="I14">
         <v>2015</v>
       </c>
       <c r="J14" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="K14" t="s">
-        <v>112</v>
+        <v>36</v>
       </c>
       <c r="L14" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="M14" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="P14" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B15" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="C15" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="D15" t="s">
-        <v>111</v>
+        <v>121</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G15" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H15">
+        <v>2009</v>
+      </c>
+      <c r="I15">
         <v>2015</v>
       </c>
-      <c r="I15"/>
       <c r="J15" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="K15" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="L15" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="M15" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="P15" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
+        <v>126</v>
+      </c>
+      <c r="B16" t="s">
+        <v>127</v>
+      </c>
+      <c r="C16" t="s">
+        <v>89</v>
+      </c>
+      <c r="D16" t="s">
         <v>121</v>
-      </c>
-[...7 lines deleted...]
-        <v>124</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G16" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H16">
-        <v>1997</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="I16"/>
       <c r="J16" t="s">
-        <v>125</v>
+        <v>91</v>
       </c>
       <c r="K16" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L16"/>
+        <v>122</v>
+      </c>
+      <c r="L16" t="s">
+        <v>128</v>
+      </c>
       <c r="M16" t="s">
-        <v>126</v>
+        <v>93</v>
       </c>
       <c r="N16" t="s">
-        <v>127</v>
+        <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="P16" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>121</v>
+        <v>131</v>
       </c>
       <c r="B17" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C17" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="D17" t="s">
-        <v>124</v>
+        <v>134</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>1997</v>
       </c>
       <c r="I17">
         <v>2019</v>
       </c>
       <c r="J17" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="K17" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L17"/>
-      <c r="M17"/>
+      <c r="M17" t="s">
+        <v>136</v>
+      </c>
       <c r="N17" t="s">
-        <v>127</v>
+        <v>137</v>
       </c>
       <c r="O17" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="P17" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="B18" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="C18" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="D18" t="s">
-        <v>111</v>
+        <v>134</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>1979</v>
+        <v>1997</v>
       </c>
       <c r="I18">
-        <v>2013</v>
+        <v>2019</v>
       </c>
       <c r="J18" t="s">
-        <v>125</v>
+        <v>142</v>
       </c>
       <c r="K18" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="L18"/>
-      <c r="M18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M18"/>
       <c r="N18" t="s">
-        <v>27</v>
+        <v>137</v>
       </c>
       <c r="O18" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="P18" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>135</v>
+        <v>145</v>
       </c>
       <c r="B19" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="C19" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="D19" t="s">
-        <v>111</v>
+        <v>121</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>1979</v>
       </c>
       <c r="I19">
         <v>2013</v>
       </c>
       <c r="J19" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
-      <c r="M19"/>
+      <c r="M19" t="s">
+        <v>136</v>
+      </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="P19" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B20" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="C20" t="s">
-        <v>123</v>
+        <v>151</v>
       </c>
       <c r="D20" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
-        <v>2010</v>
+        <v>1979</v>
       </c>
       <c r="I20">
-        <v>2019</v>
+        <v>2013</v>
       </c>
       <c r="J20" t="s">
-        <v>125</v>
+        <v>142</v>
       </c>
       <c r="K20" t="s">
-        <v>35</v>
-[...6 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20"/>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="P20" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="B21" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="C21" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="D21" t="s">
-        <v>151</v>
+        <v>134</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H21">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I21"/>
+        <v>2010</v>
+      </c>
+      <c r="I21">
+        <v>2019</v>
+      </c>
       <c r="J21" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="K21" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-      <c r="M21"/>
+        <v>36</v>
+      </c>
+      <c r="L21" t="s">
+        <v>156</v>
+      </c>
+      <c r="M21" t="s">
+        <v>136</v>
+      </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="P21" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>149</v>
+        <v>159</v>
       </c>
       <c r="B22" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="C22" t="s">
-        <v>123</v>
+        <v>141</v>
       </c>
       <c r="D22" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H22">
         <v>2013</v>
       </c>
-      <c r="I22">
-[...1 lines deleted...]
-      </c>
+      <c r="I22"/>
       <c r="J22" t="s">
-        <v>125</v>
+        <v>142</v>
       </c>
       <c r="K22" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L22"/>
-      <c r="M22" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M22"/>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="P22" t="s">
-        <v>156</v>
+        <v>163</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="B23" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="C23" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="D23" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H23">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I23"/>
+        <v>2013</v>
+      </c>
+      <c r="I23">
+        <v>2023</v>
+      </c>
       <c r="J23" t="s">
-        <v>125</v>
+        <v>135</v>
       </c>
       <c r="K23" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>126</v>
+        <v>136</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="P23" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>157</v>
+        <v>167</v>
       </c>
       <c r="B24" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="C24" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="D24" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H24">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
-      <c r="M24"/>
+      <c r="M24" t="s">
+        <v>136</v>
+      </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>163</v>
+        <v>170</v>
       </c>
       <c r="P24" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B25" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="C25" t="s">
-        <v>167</v>
+        <v>141</v>
       </c>
       <c r="D25" t="s">
-        <v>61</v>
+        <v>169</v>
       </c>
       <c r="E25" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>168</v>
+        <v>21</v>
       </c>
       <c r="G25" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H25">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I25"/>
       <c r="J25" t="s">
-        <v>81</v>
+        <v>142</v>
       </c>
       <c r="K25" t="s">
-        <v>112</v>
-[...6 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25"/>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="P25" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B26" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="C26" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="D26" t="s">
-        <v>176</v>
+        <v>71</v>
       </c>
       <c r="E26" t="s">
-        <v>20</v>
+        <v>53</v>
       </c>
       <c r="F26" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="G26" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H26">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="I26"/>
+        <v>2008</v>
+      </c>
+      <c r="I26">
+        <v>2011</v>
+      </c>
       <c r="J26" t="s">
-        <v>44</v>
+        <v>91</v>
       </c>
       <c r="K26" t="s">
-        <v>35</v>
+        <v>122</v>
       </c>
       <c r="L26" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="M26" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="P26" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B27" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C27" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D27" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="E27" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>177</v>
+        <v>34</v>
       </c>
       <c r="G27" t="s">
-        <v>186</v>
-[...1 lines deleted...]
-      <c r="H27"/>
+        <v>62</v>
+      </c>
+      <c r="H27">
+        <v>2016</v>
+      </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>88</v>
+        <v>54</v>
       </c>
       <c r="K27" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L27"/>
+        <v>36</v>
+      </c>
+      <c r="L27" t="s">
+        <v>187</v>
+      </c>
       <c r="M27" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="P27" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B28" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C28" t="s">
-        <v>79</v>
+        <v>193</v>
       </c>
       <c r="D28" t="s">
-        <v>61</v>
+        <v>194</v>
       </c>
       <c r="E28" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F28" t="s">
-        <v>168</v>
+        <v>34</v>
       </c>
       <c r="G28" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>195</v>
+      </c>
+      <c r="H28"/>
+      <c r="I28"/>
       <c r="J28" t="s">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="K28" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L28"/>
       <c r="M28" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="P28" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="B29" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="C29" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="D29" t="s">
-        <v>51</v>
+        <v>71</v>
       </c>
       <c r="E29" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F29" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G29" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H29">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I29"/>
+        <v>2015</v>
+      </c>
+      <c r="I29">
+        <v>2014</v>
+      </c>
       <c r="J29" t="s">
-        <v>81</v>
+        <v>98</v>
       </c>
       <c r="K29" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L29" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="M29" t="s">
-        <v>193</v>
+        <v>202</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="P29" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="B30" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="C30" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="D30" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="E30" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F30" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G30" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H30">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="K30" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L30" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="M30" t="s">
-        <v>193</v>
+        <v>202</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="P30" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="B31" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="C31" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="D31" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="E31" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F31" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G31" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H31">
         <v>2013</v>
       </c>
-      <c r="I31">
-[...1 lines deleted...]
-      </c>
+      <c r="I31"/>
       <c r="J31" t="s">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="K31" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L31" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="M31" t="s">
-        <v>193</v>
+        <v>202</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="P31" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="B32" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="C32" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="D32" t="s">
         <v>61</v>
       </c>
       <c r="E32" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F32" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G32" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H32">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I32"/>
+        <v>2013</v>
+      </c>
+      <c r="I32">
+        <v>2014</v>
+      </c>
       <c r="J32" t="s">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="K32" t="s">
-        <v>112</v>
+        <v>36</v>
       </c>
       <c r="L32" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="M32" t="s">
-        <v>193</v>
+        <v>202</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="P32" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B33" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C33" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="D33" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="E33" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F33" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G33" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H33">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="I33"/>
       <c r="J33" t="s">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="K33" t="s">
-        <v>35</v>
+        <v>122</v>
       </c>
       <c r="L33" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="M33" t="s">
-        <v>193</v>
+        <v>202</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="P33" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="B34" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="C34" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="D34" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="E34" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F34" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
-        <v>2003</v>
+        <v>2013</v>
       </c>
       <c r="I34">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="J34" t="s">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="K34" t="s">
-        <v>112</v>
+        <v>36</v>
       </c>
       <c r="L34" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="M34" t="s">
-        <v>193</v>
+        <v>202</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="P34" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="B35" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="C35" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="D35" t="s">
-        <v>124</v>
+        <v>71</v>
       </c>
       <c r="E35" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F35" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G35" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H35">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I35"/>
+        <v>2003</v>
+      </c>
+      <c r="I35">
+        <v>2015</v>
+      </c>
       <c r="J35" t="s">
-        <v>81</v>
+        <v>98</v>
       </c>
       <c r="K35" t="s">
-        <v>35</v>
+        <v>122</v>
       </c>
       <c r="L35" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="M35" t="s">
-        <v>193</v>
+        <v>202</v>
       </c>
       <c r="N35" t="s">
-        <v>127</v>
+        <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="P35" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="B36" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="C36" t="s">
-        <v>233</v>
+        <v>89</v>
       </c>
       <c r="D36" t="s">
-        <v>234</v>
+        <v>134</v>
       </c>
       <c r="E36" t="s">
-        <v>20</v>
+        <v>53</v>
       </c>
       <c r="F36" t="s">
-        <v>235</v>
+        <v>178</v>
       </c>
       <c r="G36" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H36">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I36"/>
       <c r="J36" t="s">
-        <v>236</v>
+        <v>91</v>
       </c>
       <c r="K36" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L36"/>
+        <v>36</v>
+      </c>
+      <c r="L36" t="s">
+        <v>237</v>
+      </c>
       <c r="M36" t="s">
-        <v>237</v>
+        <v>202</v>
       </c>
       <c r="N36" t="s">
-        <v>27</v>
+        <v>137</v>
       </c>
       <c r="O36" t="s">
         <v>238</v>
       </c>
       <c r="P36" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
         <v>240</v>
       </c>
       <c r="B37" t="s">
         <v>241</v>
       </c>
       <c r="C37" t="s">
         <v>242</v>
       </c>
       <c r="D37" t="s">
         <v>243</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>21</v>
+        <v>244</v>
       </c>
       <c r="G37" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H37">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I37"/>
+        <v>2011</v>
+      </c>
+      <c r="I37">
+        <v>2023</v>
+      </c>
       <c r="J37" t="s">
-        <v>236</v>
+        <v>245</v>
       </c>
       <c r="K37" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="P37" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="B38" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="C38" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="D38" t="s">
-        <v>68</v>
+        <v>252</v>
       </c>
       <c r="E38" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>168</v>
+        <v>21</v>
       </c>
       <c r="G38" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H38">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I38">
         <v>2020</v>
       </c>
+      <c r="I38"/>
       <c r="J38" t="s">
-        <v>44</v>
+        <v>245</v>
       </c>
       <c r="K38" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L38"/>
       <c r="M38" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="P38" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="B39" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="C39" t="s">
-        <v>249</v>
+        <v>258</v>
       </c>
       <c r="D39" t="s">
-        <v>61</v>
+        <v>78</v>
       </c>
       <c r="E39" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F39" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="I39">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="J39" t="s">
-        <v>256</v>
+        <v>54</v>
       </c>
       <c r="K39" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L39" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="M39" t="s">
-        <v>251</v>
+        <v>260</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="P39" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
+        <v>263</v>
+      </c>
+      <c r="B40" t="s">
+        <v>264</v>
+      </c>
+      <c r="C40" t="s">
+        <v>258</v>
+      </c>
+      <c r="D40" t="s">
+        <v>71</v>
+      </c>
+      <c r="E40" t="s">
+        <v>53</v>
+      </c>
+      <c r="F40" t="s">
+        <v>178</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2010</v>
+      </c>
+      <c r="I40">
+        <v>2018</v>
+      </c>
+      <c r="J40" t="s">
+        <v>265</v>
+      </c>
+      <c r="K40" t="s">
+        <v>36</v>
+      </c>
+      <c r="L40" t="s">
+        <v>266</v>
+      </c>
+      <c r="M40" t="s">
         <v>260</v>
       </c>
-      <c r="B40" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="P40" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B41" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C41" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D41" t="s">
-        <v>124</v>
+        <v>272</v>
       </c>
       <c r="E41" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G41" t="s">
-        <v>186</v>
-[...1 lines deleted...]
-      <c r="H41"/>
+        <v>62</v>
+      </c>
+      <c r="H41">
+        <v>2020</v>
+      </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="K41" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="P41" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="B42" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="C42" t="s">
-        <v>60</v>
+        <v>279</v>
       </c>
       <c r="D42" t="s">
-        <v>80</v>
+        <v>134</v>
       </c>
       <c r="E42" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F42" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G42" t="s">
-        <v>186</v>
+        <v>195</v>
       </c>
       <c r="H42"/>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>256</v>
+        <v>280</v>
       </c>
       <c r="K42" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
-        <v>63</v>
+        <v>281</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="P42" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="B43" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="C43" t="s">
-        <v>281</v>
+        <v>70</v>
       </c>
       <c r="D43" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="E43" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F43" t="s">
-        <v>168</v>
+        <v>44</v>
       </c>
       <c r="G43" t="s">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>195</v>
+      </c>
+      <c r="H43"/>
       <c r="I43"/>
       <c r="J43" t="s">
-        <v>282</v>
+        <v>265</v>
       </c>
       <c r="K43" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
-        <v>283</v>
+        <v>73</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="P43" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="B44" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="C44" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="D44" t="s">
-        <v>289</v>
+        <v>104</v>
       </c>
       <c r="E44" t="s">
-        <v>290</v>
+        <v>53</v>
       </c>
       <c r="F44" t="s">
-        <v>21</v>
+        <v>178</v>
       </c>
       <c r="G44" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H44">
-        <v>2018</v>
+        <v>2009</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
         <v>291</v>
       </c>
       <c r="K44" t="s">
+        <v>36</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
         <v>292</v>
       </c>
-      <c r="L44" t="s">
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
         <v>293</v>
       </c>
-      <c r="M44" t="s">
+      <c r="P44" t="s">
         <v>294</v>
-      </c>
-[...7 lines deleted...]
-        <v>297</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
+        <v>295</v>
+      </c>
+      <c r="B45" t="s">
+        <v>296</v>
+      </c>
+      <c r="C45" t="s">
+        <v>297</v>
+      </c>
+      <c r="D45" t="s">
         <v>298</v>
       </c>
-      <c r="B45" t="s">
+      <c r="E45" t="s">
         <v>299</v>
       </c>
-      <c r="C45" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F45" t="s">
-        <v>177</v>
+        <v>21</v>
       </c>
       <c r="G45" t="s">
-        <v>186</v>
-[...1 lines deleted...]
-      <c r="H45"/>
+        <v>62</v>
+      </c>
+      <c r="H45">
+        <v>2018</v>
+      </c>
       <c r="I45"/>
       <c r="J45" t="s">
+        <v>300</v>
+      </c>
+      <c r="K45" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="L45" t="s">
         <v>302</v>
       </c>
       <c r="M45" t="s">
         <v>303</v>
       </c>
       <c r="N45" t="s">
-        <v>27</v>
+        <v>304</v>
       </c>
       <c r="O45" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="P45" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="B46" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C46" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D46" t="s">
-        <v>111</v>
+        <v>186</v>
       </c>
       <c r="E46" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F46" t="s">
-        <v>168</v>
+        <v>34</v>
       </c>
       <c r="G46" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>195</v>
+      </c>
+      <c r="H46"/>
+      <c r="I46"/>
       <c r="J46" t="s">
-        <v>301</v>
+        <v>310</v>
       </c>
       <c r="K46" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L46"/>
+        <v>36</v>
+      </c>
+      <c r="L46" t="s">
+        <v>311</v>
+      </c>
       <c r="M46" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="P46" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="B47" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="C47" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="D47" t="s">
-        <v>80</v>
+        <v>121</v>
       </c>
       <c r="E47" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F47" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
-        <v>2010</v>
+        <v>2006</v>
       </c>
       <c r="I47">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="J47" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="K47" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L47"/>
       <c r="M47" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="P47" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="B48" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="C48" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="D48" t="s">
-        <v>61</v>
+        <v>90</v>
       </c>
       <c r="E48" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F48" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="I48">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="J48" t="s">
-        <v>314</v>
+        <v>323</v>
       </c>
       <c r="K48" t="s">
-        <v>112</v>
+        <v>36</v>
       </c>
       <c r="L48" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M48" t="s">
-        <v>309</v>
+        <v>325</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="P48" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="B49" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="C49" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="D49" t="s">
-        <v>94</v>
+        <v>71</v>
       </c>
       <c r="E49" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F49" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G49" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H49">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I49"/>
+        <v>2011</v>
+      </c>
+      <c r="I49">
+        <v>2011</v>
+      </c>
       <c r="J49" t="s">
-        <v>314</v>
+        <v>323</v>
       </c>
       <c r="K49" t="s">
-        <v>35</v>
+        <v>122</v>
       </c>
       <c r="L49" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="M49" t="s">
-        <v>309</v>
+        <v>318</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="P49" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="B50" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="C50" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="D50" t="s">
-        <v>61</v>
+        <v>104</v>
       </c>
       <c r="E50" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F50" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G50" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H50">
         <v>2013</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>314</v>
+        <v>323</v>
       </c>
       <c r="K50" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L50" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="M50" t="s">
-        <v>309</v>
+        <v>318</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="P50" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="B51" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="C51" t="s">
-        <v>281</v>
+        <v>317</v>
       </c>
       <c r="D51" t="s">
-        <v>336</v>
+        <v>71</v>
       </c>
       <c r="E51" t="s">
-        <v>20</v>
+        <v>53</v>
       </c>
       <c r="F51" t="s">
-        <v>33</v>
+        <v>178</v>
       </c>
       <c r="G51" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H51">
-        <v>2009</v>
+        <v>2013</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
-        <v>337</v>
+        <v>323</v>
       </c>
       <c r="K51" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L51" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="M51" t="s">
-        <v>283</v>
+        <v>318</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="P51" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="B52" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="C52" t="s">
-        <v>281</v>
+        <v>290</v>
       </c>
       <c r="D52" t="s">
-        <v>124</v>
+        <v>345</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G52" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H52">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I52"/>
       <c r="J52" t="s">
-        <v>282</v>
+        <v>346</v>
       </c>
       <c r="K52" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L52" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="M52" t="s">
-        <v>283</v>
+        <v>292</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="P52" t="s">
-        <v>340</v>
+        <v>349</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="B53" t="s">
-        <v>346</v>
+        <v>351</v>
       </c>
       <c r="C53" t="s">
-        <v>281</v>
+        <v>290</v>
       </c>
       <c r="D53" t="s">
-        <v>347</v>
+        <v>134</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
-        <v>1994</v>
+        <v>2002</v>
       </c>
       <c r="I53">
-        <v>2003</v>
+        <v>2010</v>
       </c>
       <c r="J53" t="s">
-        <v>53</v>
+        <v>291</v>
       </c>
       <c r="K53" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L53"/>
+        <v>36</v>
+      </c>
+      <c r="L53" t="s">
+        <v>352</v>
+      </c>
       <c r="M53" t="s">
-        <v>283</v>
+        <v>292</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="P53" t="s">
-        <v>340</v>
+        <v>349</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
       <c r="B54" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
       <c r="C54" t="s">
-        <v>281</v>
+        <v>290</v>
       </c>
       <c r="D54" t="s">
-        <v>80</v>
+        <v>356</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
-        <v>2010</v>
+        <v>1994</v>
       </c>
       <c r="I54">
-        <v>2010</v>
+        <v>2003</v>
       </c>
       <c r="J54" t="s">
-        <v>282</v>
+        <v>63</v>
       </c>
       <c r="K54" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L54"/>
       <c r="M54" t="s">
-        <v>283</v>
+        <v>292</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>351</v>
+        <v>357</v>
       </c>
       <c r="P54" t="s">
-        <v>340</v>
+        <v>349</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>352</v>
+        <v>358</v>
       </c>
       <c r="B55" t="s">
-        <v>353</v>
+        <v>359</v>
       </c>
       <c r="C55" t="s">
-        <v>354</v>
+        <v>290</v>
       </c>
       <c r="D55" t="s">
-        <v>61</v>
+        <v>90</v>
       </c>
       <c r="E55" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="F55" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
-        <v>2014</v>
+        <v>2010</v>
       </c>
       <c r="I55">
-        <v>2019</v>
+        <v>2010</v>
       </c>
       <c r="J55" t="s">
-        <v>355</v>
+        <v>291</v>
       </c>
       <c r="K55" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L55"/>
       <c r="M55" t="s">
-        <v>357</v>
+        <v>292</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="P55" t="s">
-        <v>359</v>
+        <v>349</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="B56" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C56" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="D56" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="E56" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F56" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="I56">
         <v>2019</v>
       </c>
       <c r="J56" t="s">
-        <v>291</v>
+        <v>364</v>
       </c>
       <c r="K56" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L56" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="M56" t="s">
-        <v>357</v>
+        <v>366</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="P56" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="B57" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="C57" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="D57" t="s">
-        <v>94</v>
+        <v>71</v>
       </c>
       <c r="E57" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F57" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="I57">
         <v>2019</v>
       </c>
       <c r="J57" t="s">
-        <v>355</v>
+        <v>300</v>
       </c>
       <c r="K57" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L57" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="M57" t="s">
-        <v>357</v>
+        <v>366</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="P57" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="B58" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="C58" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="D58" t="s">
-        <v>372</v>
+        <v>104</v>
       </c>
       <c r="E58" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F58" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G58" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H58">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I58"/>
+        <v>2014</v>
+      </c>
+      <c r="I58">
+        <v>2019</v>
+      </c>
       <c r="J58" t="s">
-        <v>355</v>
+        <v>364</v>
       </c>
       <c r="K58" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L58" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="M58" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="P58" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="B59" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="C59" t="s">
-        <v>379</v>
+        <v>363</v>
       </c>
       <c r="D59" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="E59" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F59" t="s">
-        <v>177</v>
+        <v>44</v>
       </c>
       <c r="G59" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H59">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
-        <v>381</v>
+        <v>364</v>
       </c>
       <c r="K59" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L59" t="s">
         <v>382</v>
       </c>
       <c r="M59" t="s">
         <v>383</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
         <v>384</v>
       </c>
       <c r="P59" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
         <v>386</v>
       </c>
       <c r="B60" t="s">
         <v>387</v>
       </c>
       <c r="C60" t="s">
         <v>388</v>
       </c>
       <c r="D60" t="s">
         <v>389</v>
       </c>
       <c r="E60" t="s">
-        <v>20</v>
+        <v>53</v>
       </c>
       <c r="F60" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G60" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H60">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
-        <v>301</v>
+        <v>390</v>
       </c>
       <c r="K60" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L60" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="M60" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="P60" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B61" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C61" t="s">
-        <v>388</v>
+        <v>397</v>
       </c>
       <c r="D61" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
         <v>21</v>
       </c>
       <c r="G61" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H61">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
-        <v>301</v>
+        <v>310</v>
       </c>
       <c r="K61" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L61" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="M61" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="P61" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="B62" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C62" t="s">
-        <v>403</v>
+        <v>397</v>
       </c>
       <c r="D62" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>21</v>
       </c>
       <c r="G62" t="s">
-        <v>405</v>
+        <v>62</v>
       </c>
       <c r="H62">
-        <v>2025</v>
+        <v>2017</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
+        <v>310</v>
+      </c>
+      <c r="K62" t="s">
+        <v>36</v>
+      </c>
+      <c r="L62" t="s">
         <v>406</v>
       </c>
-      <c r="K62" t="s">
+      <c r="M62" t="s">
         <v>407</v>
       </c>
-      <c r="L62" t="s">
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
         <v>408</v>
       </c>
-      <c r="M62" t="s">
+      <c r="P62" t="s">
         <v>409</v>
-      </c>
-[...7 lines deleted...]
-        <v>412</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
+        <v>410</v>
+      </c>
+      <c r="B63" t="s">
+        <v>411</v>
+      </c>
+      <c r="C63" t="s">
+        <v>412</v>
+      </c>
+      <c r="D63" t="s">
         <v>413</v>
-      </c>
-[...7 lines deleted...]
-        <v>51</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
-        <v>177</v>
+        <v>21</v>
       </c>
       <c r="G63" t="s">
-        <v>22</v>
+        <v>414</v>
       </c>
       <c r="H63">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I63"/>
       <c r="J63" t="s">
-        <v>301</v>
+        <v>415</v>
       </c>
       <c r="K63" t="s">
-        <v>35</v>
+        <v>416</v>
       </c>
       <c r="L63" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="M63" t="s">
-        <v>409</v>
+        <v>418</v>
       </c>
       <c r="N63" t="s">
-        <v>27</v>
+        <v>419</v>
       </c>
       <c r="O63" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="P63" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="B64" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="C64" t="s">
-        <v>420</v>
+        <v>412</v>
       </c>
       <c r="D64" t="s">
-        <v>421</v>
+        <v>61</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
-        <v>177</v>
+        <v>34</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
-        <v>2016</v>
+        <v>2009</v>
       </c>
       <c r="I64">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="J64" t="s">
-        <v>301</v>
+        <v>310</v>
       </c>
       <c r="K64" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="L64"/>
+        <v>36</v>
+      </c>
+      <c r="L64" t="s">
+        <v>424</v>
+      </c>
       <c r="M64" t="s">
-        <v>422</v>
+        <v>418</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="P64" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="B65" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="C65" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="D65" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G65" t="s">
-        <v>429</v>
+        <v>22</v>
       </c>
       <c r="H65">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="I65">
-        <v>2011</v>
+        <v>2019</v>
       </c>
       <c r="J65" t="s">
-        <v>430</v>
+        <v>310</v>
       </c>
       <c r="K65" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="L65"/>
       <c r="M65" t="s">
         <v>431</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
         <v>432</v>
       </c>
       <c r="P65" t="s">
         <v>433</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
         <v>434</v>
       </c>
       <c r="B66" t="s">
         <v>435</v>
       </c>
       <c r="C66" t="s">
         <v>436</v>
       </c>
       <c r="D66" t="s">
         <v>437</v>
       </c>
       <c r="E66" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="F66" t="s">
-        <v>168</v>
+        <v>44</v>
       </c>
       <c r="G66" t="s">
-        <v>22</v>
+        <v>438</v>
       </c>
       <c r="H66">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="I66">
-        <v>2018</v>
+        <v>2011</v>
       </c>
       <c r="J66" t="s">
-        <v>301</v>
+        <v>439</v>
       </c>
       <c r="K66" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L66"/>
       <c r="M66" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="P66" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B67" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="C67" t="s">
-        <v>18</v>
+        <v>445</v>
       </c>
       <c r="D67" t="s">
-        <v>124</v>
+        <v>446</v>
       </c>
       <c r="E67" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F67" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
-        <v>2007</v>
+        <v>2016</v>
       </c>
       <c r="I67">
-        <v>2012</v>
+        <v>2018</v>
       </c>
       <c r="J67" t="s">
-        <v>88</v>
+        <v>310</v>
       </c>
       <c r="K67" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L67" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="M67" t="s">
-        <v>439</v>
+        <v>448</v>
       </c>
       <c r="N67" t="s">
-        <v>127</v>
+        <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="P67" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="B68" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="C68" t="s">
-        <v>449</v>
+        <v>18</v>
       </c>
       <c r="D68" t="s">
-        <v>450</v>
+        <v>134</v>
       </c>
       <c r="E68" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F68" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">
-        <v>2011</v>
+        <v>2007</v>
       </c>
       <c r="I68">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="J68" t="s">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="K68" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L68" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="M68" t="s">
-        <v>439</v>
+        <v>448</v>
       </c>
       <c r="N68" t="s">
-        <v>27</v>
+        <v>137</v>
       </c>
       <c r="O68" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="P68" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B69" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="C69" t="s">
-        <v>449</v>
+        <v>458</v>
       </c>
       <c r="D69" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="E69" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F69" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="I69">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="J69" t="s">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="K69" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L69" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="M69" t="s">
-        <v>439</v>
+        <v>448</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="P69" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="B70" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="C70" t="s">
-        <v>449</v>
+        <v>458</v>
       </c>
       <c r="D70" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="E70" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F70" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G70" t="s">
         <v>22</v>
       </c>
       <c r="H70">
-        <v>2003</v>
+        <v>2009</v>
       </c>
       <c r="I70">
-        <v>2011</v>
+        <v>2020</v>
       </c>
       <c r="J70" t="s">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="K70" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L70" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="M70" t="s">
-        <v>439</v>
+        <v>448</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="P70" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="B71" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C71" t="s">
-        <v>449</v>
+        <v>458</v>
       </c>
       <c r="D71" t="s">
-        <v>111</v>
+        <v>471</v>
       </c>
       <c r="E71" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F71" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G71" t="s">
         <v>22</v>
       </c>
       <c r="H71">
-        <v>2009</v>
+        <v>2003</v>
       </c>
       <c r="I71">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="J71" t="s">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="K71" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L71" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="M71" t="s">
-        <v>439</v>
+        <v>448</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="P71" t="s">
-        <v>470</v>
+        <v>474</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>471</v>
+        <v>475</v>
       </c>
       <c r="B72" t="s">
-        <v>472</v>
+        <v>476</v>
       </c>
       <c r="C72" t="s">
-        <v>449</v>
+        <v>458</v>
       </c>
       <c r="D72" t="s">
-        <v>473</v>
+        <v>121</v>
       </c>
       <c r="E72" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F72" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G72" t="s">
         <v>22</v>
       </c>
       <c r="H72">
-        <v>2003</v>
-[...1 lines deleted...]
-      <c r="I72"/>
+        <v>2009</v>
+      </c>
+      <c r="I72">
+        <v>2015</v>
+      </c>
       <c r="J72" t="s">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="K72" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L72" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="M72" t="s">
-        <v>439</v>
+        <v>448</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="P72" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B73" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C73" t="s">
-        <v>449</v>
+        <v>458</v>
       </c>
       <c r="D73" t="s">
-        <v>124</v>
+        <v>482</v>
       </c>
       <c r="E73" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F73" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G73" t="s">
         <v>22</v>
       </c>
       <c r="H73">
-        <v>1996</v>
-[...3 lines deleted...]
-      </c>
+        <v>2003</v>
+      </c>
+      <c r="I73"/>
       <c r="J73" t="s">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="K73" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L73" t="s">
-        <v>479</v>
+        <v>483</v>
       </c>
       <c r="M73" t="s">
-        <v>439</v>
+        <v>448</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="P73" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>482</v>
+        <v>486</v>
       </c>
       <c r="B74" t="s">
-        <v>483</v>
+        <v>487</v>
       </c>
       <c r="C74" t="s">
-        <v>484</v>
+        <v>458</v>
       </c>
       <c r="D74" t="s">
-        <v>61</v>
+        <v>134</v>
       </c>
       <c r="E74" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F74" t="s">
-        <v>33</v>
+        <v>178</v>
       </c>
       <c r="G74" t="s">
         <v>22</v>
       </c>
       <c r="H74">
-        <v>2006</v>
+        <v>1996</v>
       </c>
       <c r="I74">
-        <v>2006</v>
+        <v>2016</v>
       </c>
       <c r="J74" t="s">
-        <v>485</v>
+        <v>98</v>
       </c>
       <c r="K74" t="s">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="L74"/>
+        <v>36</v>
+      </c>
+      <c r="L74" t="s">
+        <v>488</v>
+      </c>
       <c r="M74" t="s">
-        <v>486</v>
+        <v>448</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="P74" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>482</v>
+        <v>491</v>
       </c>
       <c r="B75" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="C75" t="s">
-        <v>484</v>
+        <v>493</v>
       </c>
       <c r="D75" t="s">
-        <v>111</v>
+        <v>71</v>
       </c>
       <c r="E75" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F75" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G75" t="s">
         <v>22</v>
       </c>
       <c r="H75">
         <v>2006</v>
       </c>
       <c r="I75">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="J75" t="s">
-        <v>485</v>
+        <v>494</v>
       </c>
       <c r="K75" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="L75"/>
       <c r="M75" t="s">
-        <v>486</v>
+        <v>495</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>490</v>
+        <v>496</v>
       </c>
       <c r="P75" t="s">
-        <v>488</v>
+        <v>497</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
         <v>491</v>
       </c>
       <c r="B76" t="s">
-        <v>492</v>
+        <v>498</v>
       </c>
       <c r="C76" t="s">
-        <v>484</v>
+        <v>493</v>
       </c>
       <c r="D76" t="s">
-        <v>80</v>
+        <v>121</v>
       </c>
       <c r="E76" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F76" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G76" t="s">
         <v>22</v>
       </c>
       <c r="H76">
         <v>2006</v>
       </c>
       <c r="I76">
         <v>2008</v>
       </c>
       <c r="J76" t="s">
-        <v>485</v>
+        <v>494</v>
       </c>
       <c r="K76" t="s">
-        <v>35</v>
+        <v>122</v>
       </c>
       <c r="L76"/>
       <c r="M76" t="s">
-        <v>486</v>
+        <v>495</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>493</v>
+        <v>499</v>
       </c>
       <c r="P76" t="s">
-        <v>488</v>
+        <v>497</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>494</v>
+        <v>500</v>
       </c>
       <c r="B77" t="s">
-        <v>494</v>
+        <v>501</v>
       </c>
       <c r="C77" t="s">
-        <v>308</v>
+        <v>493</v>
       </c>
       <c r="D77" t="s">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="E77" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F77" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G77" t="s">
         <v>22</v>
       </c>
       <c r="H77">
-        <v>2002</v>
+        <v>2006</v>
       </c>
       <c r="I77">
-        <v>2001</v>
+        <v>2008</v>
       </c>
       <c r="J77" t="s">
-        <v>314</v>
+        <v>494</v>
       </c>
       <c r="K77" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L77"/>
       <c r="M77" t="s">
-        <v>309</v>
+        <v>495</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>495</v>
+        <v>502</v>
       </c>
       <c r="P77" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>497</v>
+        <v>503</v>
       </c>
       <c r="B78" t="s">
-        <v>78</v>
+        <v>503</v>
       </c>
       <c r="C78" t="s">
-        <v>79</v>
+        <v>317</v>
       </c>
       <c r="D78" t="s">
-        <v>80</v>
+        <v>61</v>
       </c>
       <c r="E78" t="s">
-        <v>20</v>
+        <v>53</v>
       </c>
       <c r="F78" t="s">
         <v>21</v>
       </c>
       <c r="G78" t="s">
-        <v>498</v>
+        <v>22</v>
       </c>
       <c r="H78">
-        <v>1989</v>
+        <v>2002</v>
       </c>
       <c r="I78">
-        <v>2017</v>
+        <v>2001</v>
       </c>
       <c r="J78" t="s">
-        <v>499</v>
+        <v>323</v>
       </c>
       <c r="K78" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L78"/>
       <c r="M78" t="s">
-        <v>500</v>
+        <v>318</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="P78" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="B79" t="s">
-        <v>504</v>
+        <v>88</v>
       </c>
       <c r="C79" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="D79" t="s">
-        <v>505</v>
+        <v>90</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
         <v>21</v>
       </c>
       <c r="G79" t="s">
-        <v>498</v>
+        <v>507</v>
       </c>
       <c r="H79">
-        <v>2008</v>
+        <v>1989</v>
       </c>
       <c r="I79">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="J79" t="s">
-        <v>499</v>
+        <v>508</v>
       </c>
       <c r="K79" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L79" t="s">
-        <v>506</v>
+        <v>92</v>
       </c>
       <c r="M79" t="s">
-        <v>83</v>
+        <v>509</v>
       </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="P79" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="B80" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="C80" t="s">
-        <v>511</v>
+        <v>89</v>
       </c>
       <c r="D80" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
         <v>21</v>
       </c>
       <c r="G80" t="s">
-        <v>22</v>
+        <v>507</v>
       </c>
       <c r="H80">
         <v>2008</v>
       </c>
       <c r="I80">
-        <v>2024</v>
+        <v>2014</v>
       </c>
       <c r="J80" t="s">
-        <v>499</v>
+        <v>508</v>
       </c>
       <c r="K80" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L80" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="M80" t="s">
-        <v>514</v>
+        <v>93</v>
       </c>
       <c r="N80" t="s">
-        <v>410</v>
+        <v>27</v>
       </c>
       <c r="O80" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="P80" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="B81" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="C81" t="s">
-        <v>79</v>
+        <v>520</v>
       </c>
       <c r="D81" t="s">
-        <v>94</v>
+        <v>521</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
         <v>21</v>
       </c>
       <c r="G81" t="s">
-        <v>498</v>
+        <v>22</v>
       </c>
       <c r="H81">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="I81">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="J81" t="s">
-        <v>499</v>
+        <v>508</v>
       </c>
       <c r="K81" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L81" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="M81" t="s">
-        <v>83</v>
+        <v>523</v>
       </c>
       <c r="N81" t="s">
-        <v>27</v>
+        <v>419</v>
       </c>
       <c r="O81" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="P81" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="B82" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="C82" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="D82" t="s">
-        <v>61</v>
+        <v>104</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
         <v>21</v>
       </c>
       <c r="G82" t="s">
-        <v>52</v>
+        <v>507</v>
       </c>
       <c r="H82">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I82"/>
+        <v>2010</v>
+      </c>
+      <c r="I82">
+        <v>2017</v>
+      </c>
       <c r="J82" t="s">
-        <v>88</v>
+        <v>508</v>
       </c>
       <c r="K82" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L82" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="M82" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="N82" t="s">
         <v>27</v>
       </c>
       <c r="O82" t="s">
-        <v>525</v>
+        <v>529</v>
       </c>
       <c r="P82" t="s">
-        <v>526</v>
+        <v>530</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>527</v>
+        <v>531</v>
       </c>
       <c r="B83" t="s">
-        <v>528</v>
+        <v>532</v>
       </c>
       <c r="C83" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="D83" t="s">
-        <v>111</v>
+        <v>71</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
         <v>21</v>
       </c>
       <c r="G83" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H83">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I83"/>
       <c r="J83" t="s">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="K83" t="s">
-        <v>112</v>
+        <v>36</v>
       </c>
       <c r="L83" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
       <c r="M83" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
-        <v>530</v>
+        <v>534</v>
       </c>
       <c r="P83" t="s">
-        <v>531</v>
+        <v>535</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>532</v>
+        <v>536</v>
       </c>
       <c r="B84" t="s">
-        <v>533</v>
+        <v>537</v>
       </c>
       <c r="C84" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="D84" t="s">
-        <v>534</v>
+        <v>121</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
         <v>21</v>
       </c>
       <c r="G84" t="s">
-        <v>22</v>
+        <v>538</v>
       </c>
       <c r="H84">
-        <v>2008</v>
+        <v>2014</v>
       </c>
       <c r="I84">
         <v>2015</v>
       </c>
       <c r="J84" t="s">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="K84" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="L84" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="M84" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
-        <v>536</v>
+        <v>540</v>
       </c>
       <c r="P84" t="s">
-        <v>537</v>
+        <v>541</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>538</v>
+        <v>542</v>
       </c>
       <c r="B85" t="s">
-        <v>539</v>
+        <v>543</v>
       </c>
       <c r="C85" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="D85" t="s">
-        <v>124</v>
+        <v>544</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
         <v>21</v>
       </c>
       <c r="G85" t="s">
-        <v>52</v>
+        <v>545</v>
       </c>
       <c r="H85">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I85"/>
+        <v>2008</v>
+      </c>
+      <c r="I85">
+        <v>2015</v>
+      </c>
       <c r="J85" t="s">
-        <v>81</v>
+        <v>508</v>
       </c>
       <c r="K85" t="s">
-        <v>540</v>
+        <v>122</v>
       </c>
       <c r="L85" t="s">
-        <v>541</v>
+        <v>546</v>
       </c>
       <c r="M85" t="s">
-        <v>542</v>
+        <v>93</v>
       </c>
       <c r="N85" t="s">
-        <v>127</v>
+        <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>543</v>
+        <v>547</v>
       </c>
       <c r="P85" t="s">
-        <v>544</v>
+        <v>548</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>545</v>
+        <v>549</v>
       </c>
       <c r="B86" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="C86" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="D86" t="s">
-        <v>124</v>
+        <v>134</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
         <v>21</v>
       </c>
       <c r="G86" t="s">
-        <v>8</v>
+        <v>538</v>
       </c>
       <c r="H86">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I86"/>
       <c r="J86" t="s">
-        <v>547</v>
+        <v>91</v>
       </c>
       <c r="K86" t="s">
-        <v>35</v>
+        <v>551</v>
       </c>
       <c r="L86" t="s">
-        <v>548</v>
+        <v>552</v>
       </c>
       <c r="M86" t="s">
-        <v>514</v>
+        <v>553</v>
       </c>
       <c r="N86" t="s">
-        <v>127</v>
+        <v>137</v>
       </c>
       <c r="O86" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="P86" t="s">
-        <v>550</v>
+        <v>555</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>551</v>
+        <v>556</v>
       </c>
       <c r="B87" t="s">
-        <v>552</v>
+        <v>557</v>
       </c>
       <c r="C87" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="D87" t="s">
-        <v>553</v>
+        <v>134</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
         <v>21</v>
       </c>
       <c r="G87" t="s">
-        <v>52</v>
+        <v>8</v>
       </c>
       <c r="H87">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I87"/>
+        <v>2019</v>
+      </c>
+      <c r="I87">
+        <v>2025</v>
+      </c>
       <c r="J87" t="s">
-        <v>301</v>
+        <v>558</v>
       </c>
       <c r="K87" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L87" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="M87" t="s">
-        <v>500</v>
+        <v>523</v>
       </c>
       <c r="N87" t="s">
-        <v>27</v>
+        <v>137</v>
       </c>
       <c r="O87" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
       <c r="P87" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>551</v>
+        <v>562</v>
       </c>
       <c r="B88" t="s">
-        <v>557</v>
+        <v>563</v>
       </c>
       <c r="C88" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="D88" t="s">
-        <v>553</v>
+        <v>564</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
         <v>21</v>
       </c>
       <c r="G88" t="s">
-        <v>498</v>
+        <v>62</v>
       </c>
       <c r="H88">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="I88"/>
       <c r="J88" t="s">
-        <v>499</v>
+        <v>310</v>
       </c>
       <c r="K88" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L88" t="s">
-        <v>554</v>
+        <v>565</v>
       </c>
       <c r="M88" t="s">
-        <v>500</v>
+        <v>509</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>558</v>
+        <v>566</v>
       </c>
       <c r="P88" t="s">
-        <v>556</v>
+        <v>567</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="B89" t="s">
-        <v>560</v>
+        <v>568</v>
       </c>
       <c r="C89" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="D89" t="s">
-        <v>51</v>
+        <v>564</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
         <v>21</v>
       </c>
       <c r="G89" t="s">
-        <v>22</v>
+        <v>507</v>
       </c>
       <c r="H89">
-        <v>2003</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I89"/>
       <c r="J89" t="s">
-        <v>88</v>
+        <v>508</v>
       </c>
       <c r="K89" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L89" t="s">
-        <v>203</v>
+        <v>565</v>
       </c>
       <c r="M89" t="s">
-        <v>83</v>
+        <v>509</v>
       </c>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
-        <v>561</v>
+        <v>569</v>
       </c>
       <c r="P89" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>563</v>
+        <v>570</v>
       </c>
       <c r="B90" t="s">
-        <v>564</v>
+        <v>571</v>
       </c>
       <c r="C90" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="D90" t="s">
-        <v>565</v>
+        <v>61</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
         <v>21</v>
       </c>
       <c r="G90" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H90">
-        <v>2014</v>
+        <v>2003</v>
       </c>
       <c r="I90">
-        <v>2025</v>
+        <v>2013</v>
       </c>
       <c r="J90" t="s">
-        <v>499</v>
+        <v>98</v>
       </c>
       <c r="K90" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L90"/>
+        <v>36</v>
+      </c>
+      <c r="L90" t="s">
+        <v>212</v>
+      </c>
       <c r="M90" t="s">
-        <v>514</v>
+        <v>93</v>
       </c>
       <c r="N90" t="s">
-        <v>410</v>
+        <v>27</v>
       </c>
       <c r="O90" t="s">
-        <v>566</v>
+        <v>572</v>
       </c>
       <c r="P90" t="s">
-        <v>567</v>
+        <v>573</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>568</v>
+        <v>574</v>
       </c>
       <c r="B91" t="s">
-        <v>569</v>
+        <v>575</v>
       </c>
       <c r="C91" t="s">
-        <v>570</v>
+        <v>89</v>
       </c>
       <c r="D91" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G91" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H91">
-        <v>2019</v>
+        <v>2014</v>
       </c>
       <c r="I91">
-        <v>2019</v>
+        <v>2025</v>
       </c>
       <c r="J91" t="s">
-        <v>44</v>
+        <v>508</v>
       </c>
       <c r="K91" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L91"/>
       <c r="M91" t="s">
-        <v>573</v>
+        <v>523</v>
       </c>
       <c r="N91" t="s">
-        <v>27</v>
+        <v>419</v>
       </c>
       <c r="O91" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="P91" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="B92" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="C92" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="D92" t="s">
-        <v>61</v>
+        <v>582</v>
       </c>
       <c r="E92" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="F92" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G92" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H92">
-        <v>1984</v>
-[...1 lines deleted...]
-      <c r="I92"/>
+        <v>2019</v>
+      </c>
+      <c r="I92">
+        <v>2019</v>
+      </c>
       <c r="J92" t="s">
-        <v>314</v>
+        <v>54</v>
       </c>
       <c r="K92" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L92" t="s">
-        <v>579</v>
+        <v>583</v>
       </c>
       <c r="M92" t="s">
-        <v>580</v>
+        <v>584</v>
       </c>
       <c r="N92" t="s">
         <v>27</v>
       </c>
       <c r="O92" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="P92" t="s">
-        <v>582</v>
+        <v>586</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>583</v>
+        <v>587</v>
       </c>
       <c r="B93" t="s">
-        <v>584</v>
+        <v>588</v>
       </c>
       <c r="C93" t="s">
-        <v>578</v>
+        <v>589</v>
       </c>
       <c r="D93" t="s">
-        <v>124</v>
+        <v>71</v>
       </c>
       <c r="E93" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F93" t="s">
         <v>21</v>
       </c>
       <c r="G93" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H93">
-        <v>1987</v>
+        <v>1984</v>
       </c>
       <c r="I93"/>
       <c r="J93" t="s">
-        <v>314</v>
+        <v>323</v>
       </c>
       <c r="K93" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L93"/>
+        <v>36</v>
+      </c>
+      <c r="L93" t="s">
+        <v>590</v>
+      </c>
       <c r="M93" t="s">
-        <v>580</v>
+        <v>591</v>
       </c>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
-        <v>585</v>
+        <v>592</v>
       </c>
       <c r="P93" t="s">
-        <v>586</v>
+        <v>593</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>587</v>
+        <v>594</v>
       </c>
       <c r="B94" t="s">
-        <v>588</v>
+        <v>595</v>
       </c>
       <c r="C94" t="s">
         <v>589</v>
       </c>
       <c r="D94" t="s">
-        <v>111</v>
+        <v>134</v>
       </c>
       <c r="E94" t="s">
-        <v>20</v>
+        <v>53</v>
       </c>
       <c r="F94" t="s">
-        <v>177</v>
+        <v>21</v>
       </c>
       <c r="G94" t="s">
-        <v>8</v>
+        <v>62</v>
       </c>
       <c r="H94">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>1987</v>
+      </c>
+      <c r="I94"/>
       <c r="J94" t="s">
-        <v>590</v>
+        <v>323</v>
       </c>
       <c r="K94" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L94" t="s">
+        <v>36</v>
+      </c>
+      <c r="L94"/>
+      <c r="M94" t="s">
         <v>591</v>
       </c>
-      <c r="M94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="P94" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>587</v>
+        <v>598</v>
       </c>
       <c r="B95" t="s">
-        <v>595</v>
+        <v>599</v>
       </c>
       <c r="C95" t="s">
-        <v>596</v>
+        <v>600</v>
       </c>
       <c r="D95" t="s">
-        <v>111</v>
+        <v>121</v>
       </c>
       <c r="E95" t="s">
         <v>20</v>
       </c>
       <c r="F95" t="s">
-        <v>177</v>
+        <v>34</v>
       </c>
       <c r="G95" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H95">
         <v>2025</v>
       </c>
       <c r="I95"/>
       <c r="J95" t="s">
-        <v>406</v>
+        <v>415</v>
       </c>
       <c r="K95" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L95"/>
       <c r="M95" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="P95" t="s">
-        <v>598</v>
+        <v>603</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="B96" t="s">
+        <v>604</v>
+      </c>
+      <c r="C96" t="s">
         <v>600</v>
       </c>
-      <c r="C96" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D96" t="s">
-        <v>601</v>
+        <v>121</v>
       </c>
       <c r="E96" t="s">
         <v>20</v>
       </c>
       <c r="F96" t="s">
-        <v>177</v>
+        <v>34</v>
       </c>
       <c r="G96" t="s">
         <v>22</v>
       </c>
       <c r="H96">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I96">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="J96" t="s">
-        <v>406</v>
+        <v>605</v>
       </c>
       <c r="K96" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L96" t="s">
-        <v>602</v>
+        <v>606</v>
       </c>
       <c r="M96" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96" t="s">
-        <v>603</v>
+        <v>607</v>
       </c>
       <c r="P96" t="s">
-        <v>598</v>
+        <v>608</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>604</v>
+        <v>609</v>
       </c>
       <c r="B97" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
       <c r="C97" t="s">
-        <v>589</v>
+        <v>600</v>
       </c>
       <c r="D97" t="s">
-        <v>606</v>
+        <v>611</v>
       </c>
       <c r="E97" t="s">
         <v>20</v>
       </c>
       <c r="F97" t="s">
-        <v>177</v>
+        <v>34</v>
       </c>
       <c r="G97" t="s">
         <v>22</v>
       </c>
       <c r="H97">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I97">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J97" t="s">
-        <v>590</v>
+        <v>415</v>
       </c>
       <c r="K97" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L97" t="s">
-        <v>607</v>
+        <v>612</v>
       </c>
       <c r="M97" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
       <c r="N97" t="s">
         <v>27</v>
       </c>
       <c r="O97" t="s">
-        <v>608</v>
+        <v>613</v>
       </c>
       <c r="P97" t="s">
-        <v>609</v>
+        <v>603</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="B98" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="C98" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="D98" t="s">
-        <v>124</v>
+        <v>617</v>
       </c>
       <c r="E98" t="s">
         <v>20</v>
       </c>
       <c r="F98" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G98" t="s">
         <v>22</v>
       </c>
       <c r="H98">
-        <v>2005</v>
+        <v>2013</v>
       </c>
       <c r="I98">
-        <v>2015</v>
+        <v>2024</v>
       </c>
       <c r="J98" t="s">
-        <v>355</v>
+        <v>605</v>
       </c>
       <c r="K98" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L98" t="s">
-        <v>613</v>
+        <v>618</v>
       </c>
       <c r="M98" t="s">
-        <v>614</v>
+        <v>601</v>
       </c>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
-        <v>615</v>
+        <v>619</v>
       </c>
       <c r="P98" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="B99" t="s">
-        <v>618</v>
+        <v>622</v>
       </c>
       <c r="C99" t="s">
-        <v>612</v>
+        <v>623</v>
       </c>
       <c r="D99" t="s">
-        <v>51</v>
+        <v>134</v>
       </c>
       <c r="E99" t="s">
         <v>20</v>
       </c>
       <c r="F99" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G99" t="s">
         <v>22</v>
       </c>
       <c r="H99">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="I99">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="J99" t="s">
-        <v>355</v>
+        <v>364</v>
       </c>
       <c r="K99" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L99" t="s">
-        <v>619</v>
+        <v>624</v>
       </c>
       <c r="M99" t="s">
-        <v>614</v>
+        <v>625</v>
       </c>
       <c r="N99" t="s">
         <v>27</v>
       </c>
       <c r="O99" t="s">
-        <v>620</v>
+        <v>626</v>
       </c>
       <c r="P99" t="s">
-        <v>621</v>
+        <v>627</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>622</v>
+        <v>628</v>
       </c>
       <c r="B100" t="s">
+        <v>629</v>
+      </c>
+      <c r="C100" t="s">
         <v>623</v>
       </c>
-      <c r="C100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D100" t="s">
-        <v>80</v>
+        <v>61</v>
       </c>
       <c r="E100" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="F100" t="s">
-        <v>168</v>
+        <v>21</v>
       </c>
       <c r="G100" t="s">
         <v>22</v>
       </c>
       <c r="H100">
-        <v>2010</v>
+        <v>2004</v>
       </c>
       <c r="I100">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="J100" t="s">
-        <v>314</v>
+        <v>364</v>
       </c>
       <c r="K100" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L100"/>
+        <v>36</v>
+      </c>
+      <c r="L100" t="s">
+        <v>630</v>
+      </c>
       <c r="M100" t="s">
-        <v>309</v>
+        <v>625</v>
       </c>
       <c r="N100" t="s">
         <v>27</v>
       </c>
       <c r="O100" t="s">
-        <v>624</v>
+        <v>631</v>
       </c>
       <c r="P100" t="s">
-        <v>625</v>
+        <v>632</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>626</v>
+        <v>633</v>
       </c>
       <c r="B101" t="s">
-        <v>627</v>
+        <v>634</v>
       </c>
       <c r="C101" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="D101" t="s">
-        <v>61</v>
+        <v>90</v>
       </c>
       <c r="E101" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F101" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G101" t="s">
         <v>22</v>
       </c>
       <c r="H101">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="I101">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="J101" t="s">
-        <v>314</v>
+        <v>323</v>
       </c>
       <c r="K101" t="s">
-        <v>112</v>
+        <v>36</v>
       </c>
       <c r="L101"/>
       <c r="M101" t="s">
-        <v>309</v>
+        <v>318</v>
       </c>
       <c r="N101" t="s">
         <v>27</v>
       </c>
       <c r="O101" t="s">
-        <v>628</v>
-[...1 lines deleted...]
-      <c r="P101"/>
+        <v>635</v>
+      </c>
+      <c r="P101" t="s">
+        <v>636</v>
+      </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>629</v>
+        <v>637</v>
       </c>
       <c r="B102" t="s">
-        <v>630</v>
+        <v>638</v>
       </c>
       <c r="C102" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="D102" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="E102" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F102" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G102" t="s">
         <v>22</v>
       </c>
       <c r="H102">
         <v>2011</v>
       </c>
       <c r="I102">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="J102" t="s">
-        <v>314</v>
+        <v>323</v>
       </c>
       <c r="K102" t="s">
-        <v>35</v>
+        <v>122</v>
       </c>
       <c r="L102"/>
       <c r="M102" t="s">
-        <v>309</v>
+        <v>318</v>
       </c>
       <c r="N102" t="s">
         <v>27</v>
       </c>
       <c r="O102" t="s">
-        <v>631</v>
-[...3 lines deleted...]
-      </c>
+        <v>639</v>
+      </c>
+      <c r="P102"/>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>633</v>
+        <v>640</v>
       </c>
       <c r="B103" t="s">
-        <v>634</v>
+        <v>641</v>
       </c>
       <c r="C103" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="D103" t="s">
-        <v>61</v>
+        <v>78</v>
       </c>
       <c r="E103" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F103" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G103" t="s">
         <v>22</v>
       </c>
       <c r="H103">
+        <v>2011</v>
+      </c>
+      <c r="I103">
         <v>2013</v>
       </c>
-      <c r="I103">
-[...1 lines deleted...]
-      </c>
       <c r="J103" t="s">
-        <v>314</v>
+        <v>323</v>
       </c>
       <c r="K103" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L103"/>
       <c r="M103" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="N103" t="s">
         <v>27</v>
       </c>
       <c r="O103" t="s">
-        <v>635</v>
+        <v>642</v>
       </c>
       <c r="P103" t="s">
-        <v>636</v>
+        <v>643</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>637</v>
+        <v>644</v>
       </c>
       <c r="B104" t="s">
-        <v>638</v>
+        <v>645</v>
       </c>
       <c r="C104" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="D104" t="s">
-        <v>111</v>
+        <v>71</v>
       </c>
       <c r="E104" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F104" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G104" t="s">
         <v>22</v>
       </c>
       <c r="H104">
-        <v>2006</v>
+        <v>2013</v>
       </c>
       <c r="I104">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="J104" t="s">
-        <v>314</v>
+        <v>323</v>
       </c>
       <c r="K104" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L104"/>
       <c r="M104" t="s">
-        <v>316</v>
+        <v>325</v>
       </c>
       <c r="N104" t="s">
         <v>27</v>
       </c>
       <c r="O104" t="s">
-        <v>639</v>
+        <v>646</v>
       </c>
       <c r="P104" t="s">
-        <v>640</v>
+        <v>647</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="B105" t="s">
-        <v>642</v>
+        <v>649</v>
       </c>
       <c r="C105" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="D105" t="s">
-        <v>437</v>
+        <v>121</v>
       </c>
       <c r="E105" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F105" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G105" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H105">
+        <v>2006</v>
+      </c>
+      <c r="I105">
         <v>2016</v>
       </c>
-      <c r="I105"/>
       <c r="J105" t="s">
-        <v>314</v>
+        <v>323</v>
       </c>
       <c r="K105" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L105"/>
       <c r="M105" t="s">
-        <v>316</v>
+        <v>325</v>
       </c>
       <c r="N105" t="s">
         <v>27</v>
       </c>
       <c r="O105" t="s">
-        <v>643</v>
+        <v>650</v>
       </c>
       <c r="P105" t="s">
-        <v>644</v>
+        <v>651</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>645</v>
+        <v>652</v>
       </c>
       <c r="B106" t="s">
-        <v>646</v>
+        <v>653</v>
       </c>
       <c r="C106" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="D106" t="s">
-        <v>51</v>
+        <v>446</v>
       </c>
       <c r="E106" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F106" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G106" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H106">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I106"/>
       <c r="J106" t="s">
-        <v>314</v>
+        <v>323</v>
       </c>
       <c r="K106" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L106"/>
       <c r="M106" t="s">
-        <v>316</v>
+        <v>325</v>
       </c>
       <c r="N106" t="s">
         <v>27</v>
       </c>
       <c r="O106" t="s">
-        <v>647</v>
+        <v>654</v>
       </c>
       <c r="P106" t="s">
-        <v>648</v>
+        <v>655</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>649</v>
+        <v>656</v>
       </c>
       <c r="B107" t="s">
-        <v>650</v>
+        <v>657</v>
       </c>
       <c r="C107" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="D107" t="s">
-        <v>94</v>
+        <v>61</v>
       </c>
       <c r="E107" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F107" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G107" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H107">
+        <v>2002</v>
+      </c>
+      <c r="I107">
         <v>2013</v>
       </c>
-      <c r="I107"/>
       <c r="J107" t="s">
-        <v>314</v>
+        <v>323</v>
       </c>
       <c r="K107" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L107"/>
       <c r="M107" t="s">
-        <v>309</v>
+        <v>325</v>
       </c>
       <c r="N107" t="s">
         <v>27</v>
       </c>
       <c r="O107" t="s">
-        <v>651</v>
+        <v>658</v>
       </c>
       <c r="P107" t="s">
-        <v>652</v>
+        <v>659</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>653</v>
+        <v>660</v>
       </c>
       <c r="B108" t="s">
-        <v>654</v>
+        <v>661</v>
       </c>
       <c r="C108" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="D108" t="s">
-        <v>111</v>
+        <v>104</v>
       </c>
       <c r="E108" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F108" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G108" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H108">
-        <v>2006</v>
-[...1 lines deleted...]
-      <c r="I108">
         <v>2013</v>
       </c>
+      <c r="I108"/>
       <c r="J108" t="s">
-        <v>314</v>
+        <v>323</v>
       </c>
       <c r="K108" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L108"/>
       <c r="M108" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="N108" t="s">
         <v>27</v>
       </c>
       <c r="O108" t="s">
-        <v>655</v>
+        <v>662</v>
       </c>
       <c r="P108" t="s">
-        <v>656</v>
+        <v>663</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>657</v>
+        <v>664</v>
       </c>
       <c r="B109" t="s">
-        <v>658</v>
+        <v>665</v>
       </c>
       <c r="C109" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="D109" t="s">
-        <v>61</v>
+        <v>121</v>
       </c>
       <c r="E109" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F109" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G109" t="s">
         <v>22</v>
       </c>
       <c r="H109">
-        <v>2011</v>
+        <v>2006</v>
       </c>
       <c r="I109">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="J109" t="s">
-        <v>314</v>
+        <v>323</v>
       </c>
       <c r="K109" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L109"/>
       <c r="M109" t="s">
-        <v>316</v>
+        <v>325</v>
       </c>
       <c r="N109" t="s">
         <v>27</v>
       </c>
       <c r="O109" t="s">
-        <v>660</v>
+        <v>666</v>
       </c>
       <c r="P109" t="s">
-        <v>661</v>
+        <v>667</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>662</v>
+        <v>668</v>
       </c>
       <c r="B110" t="s">
-        <v>663</v>
+        <v>669</v>
       </c>
       <c r="C110" t="s">
-        <v>596</v>
+        <v>317</v>
       </c>
       <c r="D110" t="s">
-        <v>94</v>
+        <v>71</v>
       </c>
       <c r="E110" t="s">
-        <v>20</v>
+        <v>53</v>
       </c>
       <c r="F110" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="G110" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H110">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I110"/>
+        <v>2011</v>
+      </c>
+      <c r="I110">
+        <v>2011</v>
+      </c>
       <c r="J110" t="s">
-        <v>664</v>
+        <v>323</v>
       </c>
       <c r="K110" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L110" t="s">
-        <v>665</v>
+        <v>670</v>
       </c>
       <c r="M110" t="s">
-        <v>592</v>
+        <v>325</v>
       </c>
       <c r="N110" t="s">
         <v>27</v>
       </c>
       <c r="O110" t="s">
-        <v>666</v>
+        <v>671</v>
       </c>
       <c r="P110" t="s">
-        <v>667</v>
+        <v>672</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>668</v>
+        <v>673</v>
       </c>
       <c r="B111" t="s">
-        <v>669</v>
+        <v>674</v>
       </c>
       <c r="C111" t="s">
-        <v>596</v>
+        <v>600</v>
       </c>
       <c r="D111" t="s">
-        <v>80</v>
+        <v>104</v>
       </c>
       <c r="E111" t="s">
         <v>20</v>
       </c>
       <c r="F111" t="s">
-        <v>177</v>
+        <v>34</v>
       </c>
       <c r="G111" t="s">
-        <v>52</v>
+        <v>675</v>
       </c>
       <c r="H111">
         <v>2020</v>
       </c>
       <c r="I111"/>
       <c r="J111" t="s">
-        <v>664</v>
+        <v>676</v>
       </c>
       <c r="K111" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L111" t="s">
-        <v>670</v>
+        <v>677</v>
       </c>
       <c r="M111" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
       <c r="N111" t="s">
         <v>27</v>
       </c>
       <c r="O111" t="s">
-        <v>671</v>
+        <v>678</v>
       </c>
       <c r="P111" t="s">
-        <v>672</v>
+        <v>679</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>673</v>
+        <v>680</v>
       </c>
       <c r="B112" t="s">
-        <v>674</v>
+        <v>681</v>
       </c>
       <c r="C112" t="s">
-        <v>596</v>
+        <v>600</v>
       </c>
       <c r="D112" t="s">
-        <v>347</v>
+        <v>90</v>
       </c>
       <c r="E112" t="s">
         <v>20</v>
       </c>
       <c r="F112" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G112" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H112">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="I112"/>
       <c r="J112" t="s">
-        <v>664</v>
+        <v>676</v>
       </c>
       <c r="K112" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L112" t="s">
-        <v>675</v>
+        <v>682</v>
       </c>
       <c r="M112" t="s">
-        <v>592</v>
+        <v>601</v>
       </c>
       <c r="N112" t="s">
         <v>27</v>
       </c>
       <c r="O112" t="s">
-        <v>676</v>
+        <v>683</v>
       </c>
       <c r="P112" t="s">
-        <v>677</v>
+        <v>684</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>678</v>
+        <v>685</v>
       </c>
       <c r="B113" t="s">
-        <v>679</v>
+        <v>686</v>
       </c>
       <c r="C113" t="s">
-        <v>354</v>
+        <v>600</v>
       </c>
       <c r="D113" t="s">
-        <v>450</v>
+        <v>356</v>
       </c>
       <c r="E113" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="F113" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G113" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H113">
-        <v>2022</v>
+        <v>2015</v>
       </c>
       <c r="I113"/>
       <c r="J113" t="s">
-        <v>680</v>
+        <v>676</v>
       </c>
       <c r="K113" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L113" t="s">
-        <v>681</v>
+        <v>687</v>
       </c>
       <c r="M113" t="s">
-        <v>682</v>
+        <v>601</v>
       </c>
       <c r="N113" t="s">
         <v>27</v>
       </c>
       <c r="O113" t="s">
-        <v>683</v>
+        <v>688</v>
       </c>
       <c r="P113" t="s">
-        <v>684</v>
+        <v>689</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>685</v>
+        <v>690</v>
       </c>
       <c r="B114" t="s">
-        <v>686</v>
+        <v>691</v>
       </c>
       <c r="C114" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="D114" t="s">
-        <v>404</v>
+        <v>459</v>
       </c>
       <c r="E114" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F114" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G114" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H114">
         <v>2022</v>
       </c>
       <c r="I114"/>
       <c r="J114" t="s">
-        <v>680</v>
+        <v>692</v>
       </c>
       <c r="K114" t="s">
-        <v>407</v>
+        <v>36</v>
       </c>
       <c r="L114" t="s">
-        <v>687</v>
+        <v>693</v>
       </c>
       <c r="M114" t="s">
-        <v>682</v>
+        <v>694</v>
       </c>
       <c r="N114" t="s">
-        <v>688</v>
+        <v>27</v>
       </c>
       <c r="O114" t="s">
-        <v>689</v>
+        <v>695</v>
       </c>
       <c r="P114" t="s">
-        <v>690</v>
+        <v>696</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>691</v>
+        <v>697</v>
       </c>
       <c r="B115" t="s">
-        <v>692</v>
+        <v>698</v>
       </c>
       <c r="C115" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="D115" t="s">
-        <v>693</v>
+        <v>413</v>
       </c>
       <c r="E115" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F115" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G115" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H115">
         <v>2022</v>
       </c>
       <c r="I115"/>
       <c r="J115" t="s">
-        <v>680</v>
+        <v>692</v>
       </c>
       <c r="K115" t="s">
-        <v>407</v>
+        <v>416</v>
       </c>
       <c r="L115" t="s">
+        <v>699</v>
+      </c>
+      <c r="M115" t="s">
         <v>694</v>
       </c>
-      <c r="M115" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N115" t="s">
-        <v>688</v>
+        <v>700</v>
       </c>
       <c r="O115" t="s">
-        <v>695</v>
+        <v>701</v>
       </c>
       <c r="P115" t="s">
-        <v>696</v>
+        <v>702</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>697</v>
+        <v>703</v>
       </c>
       <c r="B116" t="s">
-        <v>698</v>
+        <v>704</v>
       </c>
       <c r="C116" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="D116" t="s">
-        <v>61</v>
+        <v>705</v>
       </c>
       <c r="E116" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F116" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G116" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H116">
         <v>2022</v>
       </c>
       <c r="I116"/>
       <c r="J116" t="s">
-        <v>680</v>
+        <v>692</v>
       </c>
       <c r="K116" t="s">
-        <v>35</v>
+        <v>416</v>
       </c>
       <c r="L116" t="s">
-        <v>699</v>
+        <v>706</v>
       </c>
       <c r="M116" t="s">
-        <v>682</v>
+        <v>694</v>
       </c>
       <c r="N116" t="s">
-        <v>27</v>
+        <v>700</v>
       </c>
       <c r="O116" t="s">
-        <v>700</v>
+        <v>707</v>
       </c>
       <c r="P116" t="s">
-        <v>701</v>
+        <v>708</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>702</v>
+        <v>709</v>
       </c>
       <c r="B117" t="s">
-        <v>703</v>
+        <v>710</v>
       </c>
       <c r="C117" t="s">
-        <v>60</v>
+        <v>363</v>
       </c>
       <c r="D117" t="s">
-        <v>94</v>
+        <v>71</v>
       </c>
       <c r="E117" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F117" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G117" t="s">
-        <v>186</v>
-[...1 lines deleted...]
-      <c r="H117"/>
+        <v>62</v>
+      </c>
+      <c r="H117">
+        <v>2022</v>
+      </c>
       <c r="I117"/>
       <c r="J117" t="s">
-        <v>256</v>
+        <v>692</v>
       </c>
       <c r="K117" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L117" t="s">
-        <v>704</v>
+        <v>711</v>
       </c>
       <c r="M117" t="s">
-        <v>63</v>
+        <v>694</v>
       </c>
       <c r="N117" t="s">
         <v>27</v>
       </c>
       <c r="O117" t="s">
-        <v>705</v>
+        <v>712</v>
       </c>
       <c r="P117" t="s">
-        <v>278</v>
+        <v>713</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>706</v>
+        <v>714</v>
       </c>
       <c r="B118" t="s">
-        <v>707</v>
+        <v>715</v>
       </c>
       <c r="C118" t="s">
-        <v>242</v>
+        <v>70</v>
       </c>
       <c r="D118" t="s">
-        <v>601</v>
+        <v>104</v>
       </c>
       <c r="E118" t="s">
-        <v>20</v>
+        <v>53</v>
       </c>
       <c r="F118" t="s">
-        <v>177</v>
+        <v>44</v>
       </c>
       <c r="G118" t="s">
-        <v>52</v>
-[...6 lines deleted...]
-      </c>
+        <v>195</v>
+      </c>
+      <c r="H118"/>
+      <c r="I118"/>
       <c r="J118" t="s">
-        <v>708</v>
+        <v>265</v>
       </c>
       <c r="K118" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L118" t="s">
-        <v>709</v>
+        <v>716</v>
       </c>
       <c r="M118" t="s">
-        <v>244</v>
+        <v>73</v>
       </c>
       <c r="N118" t="s">
         <v>27</v>
       </c>
       <c r="O118" t="s">
-        <v>710</v>
+        <v>717</v>
       </c>
       <c r="P118" t="s">
-        <v>711</v>
+        <v>287</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>712</v>
+        <v>718</v>
       </c>
       <c r="B119" t="s">
-        <v>713</v>
+        <v>719</v>
       </c>
       <c r="C119" t="s">
-        <v>167</v>
+        <v>251</v>
       </c>
       <c r="D119" t="s">
-        <v>111</v>
+        <v>611</v>
       </c>
       <c r="E119" t="s">
         <v>20</v>
       </c>
       <c r="F119" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G119" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H119">
-        <v>2008</v>
+        <v>2021</v>
       </c>
       <c r="I119">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="J119" t="s">
-        <v>430</v>
+        <v>720</v>
       </c>
       <c r="K119" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L119" t="s">
-        <v>714</v>
+        <v>721</v>
       </c>
       <c r="M119" t="s">
-        <v>715</v>
+        <v>253</v>
       </c>
       <c r="N119" t="s">
         <v>27</v>
       </c>
       <c r="O119" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="P119" t="s">
-        <v>717</v>
+        <v>723</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>718</v>
+        <v>724</v>
       </c>
       <c r="B120" t="s">
-        <v>719</v>
+        <v>725</v>
       </c>
       <c r="C120" t="s">
-        <v>167</v>
+        <v>177</v>
       </c>
       <c r="D120" t="s">
-        <v>94</v>
+        <v>121</v>
       </c>
       <c r="E120" t="s">
         <v>20</v>
       </c>
       <c r="F120" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G120" t="s">
         <v>22</v>
       </c>
       <c r="H120">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="I120">
         <v>2021</v>
       </c>
       <c r="J120" t="s">
-        <v>430</v>
+        <v>439</v>
       </c>
       <c r="K120" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L120" t="s">
-        <v>720</v>
+        <v>726</v>
       </c>
       <c r="M120" t="s">
-        <v>715</v>
+        <v>727</v>
       </c>
       <c r="N120" t="s">
         <v>27</v>
       </c>
       <c r="O120" t="s">
-        <v>721</v>
+        <v>728</v>
       </c>
       <c r="P120" t="s">
-        <v>722</v>
+        <v>729</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>723</v>
+        <v>730</v>
       </c>
       <c r="B121" t="s">
-        <v>724</v>
+        <v>731</v>
       </c>
       <c r="C121" t="s">
-        <v>167</v>
+        <v>177</v>
       </c>
       <c r="D121" t="s">
-        <v>111</v>
+        <v>104</v>
       </c>
       <c r="E121" t="s">
         <v>20</v>
       </c>
       <c r="F121" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G121" t="s">
         <v>22</v>
       </c>
       <c r="H121">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I121">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="J121" t="s">
-        <v>430</v>
+        <v>439</v>
       </c>
       <c r="K121" t="s">
-        <v>112</v>
+        <v>36</v>
       </c>
       <c r="L121" t="s">
-        <v>725</v>
+        <v>732</v>
       </c>
       <c r="M121" t="s">
-        <v>715</v>
+        <v>727</v>
       </c>
       <c r="N121" t="s">
         <v>27</v>
       </c>
       <c r="O121" t="s">
-        <v>726</v>
+        <v>733</v>
       </c>
       <c r="P121" t="s">
-        <v>727</v>
+        <v>734</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>728</v>
+        <v>735</v>
       </c>
       <c r="B122" t="s">
-        <v>729</v>
+        <v>736</v>
       </c>
       <c r="C122" t="s">
-        <v>730</v>
+        <v>177</v>
       </c>
       <c r="D122" t="s">
-        <v>159</v>
+        <v>121</v>
       </c>
       <c r="E122" t="s">
         <v>20</v>
       </c>
       <c r="F122" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G122" t="s">
         <v>22</v>
       </c>
       <c r="H122">
-        <v>1996</v>
+        <v>2008</v>
       </c>
       <c r="I122">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="J122" t="s">
-        <v>485</v>
+        <v>439</v>
       </c>
       <c r="K122" t="s">
-        <v>35</v>
+        <v>122</v>
       </c>
       <c r="L122" t="s">
-        <v>731</v>
+        <v>737</v>
       </c>
       <c r="M122" t="s">
-        <v>732</v>
+        <v>727</v>
       </c>
       <c r="N122" t="s">
         <v>27</v>
       </c>
       <c r="O122" t="s">
-        <v>733</v>
+        <v>738</v>
       </c>
       <c r="P122" t="s">
-        <v>734</v>
+        <v>739</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>735</v>
+        <v>740</v>
       </c>
       <c r="B123" t="s">
-        <v>736</v>
+        <v>741</v>
       </c>
       <c r="C123" t="s">
-        <v>730</v>
+        <v>742</v>
       </c>
       <c r="D123" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="E123" t="s">
         <v>20</v>
       </c>
       <c r="F123" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G123" t="s">
         <v>22</v>
       </c>
       <c r="H123">
         <v>1996</v>
       </c>
       <c r="I123">
         <v>2017</v>
       </c>
       <c r="J123" t="s">
-        <v>485</v>
+        <v>494</v>
       </c>
       <c r="K123" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L123"/>
+        <v>36</v>
+      </c>
+      <c r="L123" t="s">
+        <v>743</v>
+      </c>
       <c r="M123" t="s">
-        <v>732</v>
+        <v>744</v>
       </c>
       <c r="N123" t="s">
         <v>27</v>
       </c>
       <c r="O123" t="s">
-        <v>737</v>
+        <v>745</v>
       </c>
       <c r="P123" t="s">
-        <v>738</v>
+        <v>746</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>739</v>
+        <v>747</v>
       </c>
       <c r="B124" t="s">
-        <v>740</v>
+        <v>748</v>
       </c>
       <c r="C124" t="s">
-        <v>730</v>
+        <v>742</v>
       </c>
       <c r="D124" t="s">
-        <v>51</v>
+        <v>169</v>
       </c>
       <c r="E124" t="s">
         <v>20</v>
       </c>
       <c r="F124" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G124" t="s">
         <v>22</v>
       </c>
       <c r="H124">
-        <v>2000</v>
+        <v>1996</v>
       </c>
       <c r="I124">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="J124" t="s">
-        <v>485</v>
+        <v>494</v>
       </c>
       <c r="K124" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L124"/>
       <c r="M124" t="s">
-        <v>732</v>
+        <v>744</v>
       </c>
       <c r="N124" t="s">
         <v>27</v>
       </c>
       <c r="O124" t="s">
-        <v>741</v>
+        <v>749</v>
       </c>
       <c r="P124" t="s">
-        <v>742</v>
+        <v>750</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>743</v>
+        <v>751</v>
       </c>
       <c r="B125" t="s">
-        <v>744</v>
+        <v>752</v>
       </c>
       <c r="C125" t="s">
-        <v>730</v>
+        <v>742</v>
       </c>
       <c r="D125" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="E125" t="s">
         <v>20</v>
       </c>
       <c r="F125" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G125" t="s">
         <v>22</v>
       </c>
       <c r="H125">
         <v>2000</v>
       </c>
       <c r="I125">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="J125" t="s">
-        <v>44</v>
+        <v>494</v>
       </c>
       <c r="K125" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L125"/>
       <c r="M125" t="s">
-        <v>732</v>
+        <v>744</v>
       </c>
       <c r="N125" t="s">
         <v>27</v>
       </c>
       <c r="O125" t="s">
-        <v>745</v>
+        <v>753</v>
       </c>
       <c r="P125" t="s">
-        <v>746</v>
+        <v>754</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>747</v>
+        <v>755</v>
       </c>
       <c r="B126" t="s">
-        <v>748</v>
+        <v>756</v>
       </c>
       <c r="C126" t="s">
-        <v>730</v>
+        <v>742</v>
       </c>
       <c r="D126" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="E126" t="s">
         <v>20</v>
       </c>
       <c r="F126" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G126" t="s">
         <v>22</v>
       </c>
       <c r="H126">
-        <v>2016</v>
+        <v>2000</v>
       </c>
       <c r="I126">
         <v>2020</v>
       </c>
       <c r="J126" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="K126" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L126"/>
       <c r="M126" t="s">
-        <v>732</v>
+        <v>744</v>
       </c>
       <c r="N126" t="s">
         <v>27</v>
       </c>
       <c r="O126" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="P126" t="s">
-        <v>750</v>
+        <v>758</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>751</v>
+        <v>759</v>
       </c>
       <c r="B127" t="s">
-        <v>752</v>
+        <v>760</v>
       </c>
       <c r="C127" t="s">
-        <v>753</v>
+        <v>742</v>
       </c>
       <c r="D127" t="s">
         <v>61</v>
       </c>
       <c r="E127" t="s">
         <v>20</v>
       </c>
       <c r="F127" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G127" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H127">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I127"/>
+        <v>2016</v>
+      </c>
+      <c r="I127">
+        <v>2020</v>
+      </c>
       <c r="J127" t="s">
-        <v>282</v>
+        <v>54</v>
       </c>
       <c r="K127" t="s">
-        <v>112</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L127"/>
       <c r="M127" t="s">
-        <v>755</v>
+        <v>744</v>
       </c>
       <c r="N127" t="s">
         <v>27</v>
       </c>
       <c r="O127" t="s">
-        <v>756</v>
+        <v>761</v>
       </c>
       <c r="P127" t="s">
-        <v>757</v>
+        <v>762</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>758</v>
+        <v>763</v>
       </c>
       <c r="B128" t="s">
-        <v>759</v>
+        <v>764</v>
       </c>
       <c r="C128" t="s">
-        <v>753</v>
+        <v>765</v>
       </c>
       <c r="D128" t="s">
-        <v>124</v>
+        <v>71</v>
       </c>
       <c r="E128" t="s">
         <v>20</v>
       </c>
       <c r="F128" t="s">
         <v>21</v>
       </c>
       <c r="G128" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H128">
         <v>2013</v>
       </c>
       <c r="I128"/>
       <c r="J128" t="s">
-        <v>282</v>
+        <v>291</v>
       </c>
       <c r="K128" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L128"/>
+        <v>122</v>
+      </c>
+      <c r="L128" t="s">
+        <v>766</v>
+      </c>
       <c r="M128" t="s">
-        <v>755</v>
+        <v>767</v>
       </c>
       <c r="N128" t="s">
         <v>27</v>
       </c>
       <c r="O128" t="s">
-        <v>760</v>
+        <v>768</v>
       </c>
       <c r="P128" t="s">
-        <v>757</v>
+        <v>769</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>761</v>
+        <v>770</v>
       </c>
       <c r="B129" t="s">
-        <v>762</v>
+        <v>771</v>
       </c>
       <c r="C129" t="s">
-        <v>753</v>
+        <v>765</v>
       </c>
       <c r="D129" t="s">
-        <v>68</v>
+        <v>134</v>
       </c>
       <c r="E129" t="s">
         <v>20</v>
       </c>
       <c r="F129" t="s">
-        <v>177</v>
+        <v>21</v>
       </c>
       <c r="G129" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H129">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I129"/>
       <c r="J129" t="s">
-        <v>282</v>
+        <v>291</v>
       </c>
       <c r="K129" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L129"/>
       <c r="M129" t="s">
-        <v>755</v>
+        <v>767</v>
       </c>
       <c r="N129" t="s">
         <v>27</v>
       </c>
       <c r="O129" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="P129" t="s">
-        <v>757</v>
+        <v>769</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>764</v>
+        <v>773</v>
       </c>
       <c r="B130" t="s">
+        <v>774</v>
+      </c>
+      <c r="C130" t="s">
         <v>765</v>
       </c>
-      <c r="C130" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D130" t="s">
-        <v>51</v>
+        <v>78</v>
       </c>
       <c r="E130" t="s">
         <v>20</v>
       </c>
       <c r="F130" t="s">
-        <v>177</v>
+        <v>34</v>
       </c>
       <c r="G130" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H130">
-        <v>2004</v>
-[...1 lines deleted...]
-      <c r="I130"/>
+        <v>2012</v>
+      </c>
+      <c r="I130">
+        <v>2012</v>
+      </c>
       <c r="J130" t="s">
-        <v>282</v>
+        <v>291</v>
       </c>
       <c r="K130" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L130"/>
       <c r="M130" t="s">
-        <v>755</v>
+        <v>767</v>
       </c>
       <c r="N130" t="s">
         <v>27</v>
       </c>
       <c r="O130" t="s">
-        <v>767</v>
+        <v>775</v>
       </c>
       <c r="P130" t="s">
-        <v>757</v>
+        <v>769</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>768</v>
+        <v>776</v>
       </c>
       <c r="B131" t="s">
-        <v>769</v>
+        <v>777</v>
       </c>
       <c r="C131" t="s">
-        <v>770</v>
+        <v>765</v>
       </c>
       <c r="D131" t="s">
-        <v>601</v>
+        <v>61</v>
       </c>
       <c r="E131" t="s">
         <v>20</v>
       </c>
       <c r="F131" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G131" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H131">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2004</v>
+      </c>
+      <c r="I131"/>
       <c r="J131" t="s">
-        <v>88</v>
+        <v>291</v>
       </c>
       <c r="K131" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L131" t="s">
-        <v>771</v>
+        <v>778</v>
       </c>
       <c r="M131" t="s">
-        <v>772</v>
+        <v>767</v>
       </c>
       <c r="N131" t="s">
         <v>27</v>
       </c>
       <c r="O131" t="s">
-        <v>773</v>
+        <v>779</v>
       </c>
       <c r="P131" t="s">
-        <v>774</v>
+        <v>769</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>775</v>
+        <v>780</v>
       </c>
       <c r="B132" t="s">
-        <v>776</v>
+        <v>781</v>
       </c>
       <c r="C132" t="s">
-        <v>770</v>
+        <v>782</v>
       </c>
       <c r="D132" t="s">
-        <v>777</v>
+        <v>611</v>
       </c>
       <c r="E132" t="s">
         <v>20</v>
       </c>
       <c r="F132" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G132" t="s">
         <v>22</v>
       </c>
       <c r="H132">
         <v>2013</v>
       </c>
       <c r="I132">
         <v>2014</v>
       </c>
       <c r="J132" t="s">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="K132" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L132" t="s">
-        <v>771</v>
+        <v>783</v>
       </c>
       <c r="M132" t="s">
-        <v>772</v>
+        <v>784</v>
       </c>
       <c r="N132" t="s">
         <v>27</v>
       </c>
       <c r="O132" t="s">
-        <v>778</v>
+        <v>785</v>
       </c>
       <c r="P132" t="s">
-        <v>779</v>
+        <v>786</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>780</v>
+        <v>787</v>
       </c>
       <c r="B133" t="s">
-        <v>781</v>
+        <v>788</v>
       </c>
       <c r="C133" t="s">
-        <v>770</v>
+        <v>782</v>
       </c>
       <c r="D133" t="s">
-        <v>111</v>
+        <v>789</v>
       </c>
       <c r="E133" t="s">
         <v>20</v>
       </c>
       <c r="F133" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G133" t="s">
         <v>22</v>
       </c>
       <c r="H133">
         <v>2013</v>
       </c>
       <c r="I133">
         <v>2014</v>
       </c>
       <c r="J133" t="s">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="K133" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L133" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="M133" t="s">
-        <v>772</v>
+        <v>784</v>
       </c>
       <c r="N133" t="s">
-        <v>410</v>
+        <v>27</v>
       </c>
       <c r="O133" t="s">
-        <v>783</v>
+        <v>790</v>
       </c>
       <c r="P133" t="s">
-        <v>784</v>
+        <v>791</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>785</v>
+        <v>792</v>
       </c>
       <c r="B134" t="s">
-        <v>786</v>
+        <v>793</v>
       </c>
       <c r="C134" t="s">
-        <v>770</v>
+        <v>782</v>
       </c>
       <c r="D134" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="E134" t="s">
         <v>20</v>
       </c>
       <c r="F134" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G134" t="s">
         <v>22</v>
       </c>
       <c r="H134">
         <v>2013</v>
       </c>
       <c r="I134">
         <v>2014</v>
       </c>
       <c r="J134" t="s">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="K134" t="s">
-        <v>540</v>
+        <v>36</v>
       </c>
       <c r="L134" t="s">
-        <v>787</v>
+        <v>794</v>
       </c>
       <c r="M134" t="s">
-        <v>772</v>
+        <v>784</v>
       </c>
       <c r="N134" t="s">
-        <v>27</v>
+        <v>419</v>
       </c>
       <c r="O134" t="s">
-        <v>788</v>
+        <v>795</v>
       </c>
       <c r="P134" t="s">
-        <v>789</v>
+        <v>796</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>790</v>
+        <v>797</v>
       </c>
       <c r="B135" t="s">
-        <v>791</v>
+        <v>798</v>
       </c>
       <c r="C135" t="s">
-        <v>770</v>
+        <v>782</v>
       </c>
       <c r="D135" t="s">
-        <v>124</v>
+        <v>134</v>
       </c>
       <c r="E135" t="s">
         <v>20</v>
       </c>
       <c r="F135" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="G135" t="s">
         <v>22</v>
       </c>
       <c r="H135">
         <v>2013</v>
       </c>
       <c r="I135">
         <v>2014</v>
       </c>
       <c r="J135" t="s">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="K135" t="s">
-        <v>540</v>
+        <v>551</v>
       </c>
       <c r="L135" t="s">
-        <v>792</v>
+        <v>799</v>
       </c>
       <c r="M135" t="s">
-        <v>772</v>
+        <v>784</v>
       </c>
       <c r="N135" t="s">
         <v>27</v>
       </c>
       <c r="O135" t="s">
-        <v>793</v>
+        <v>800</v>
       </c>
       <c r="P135" t="s">
-        <v>794</v>
+        <v>801</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>795</v>
+        <v>802</v>
       </c>
       <c r="B136" t="s">
-        <v>796</v>
+        <v>803</v>
       </c>
       <c r="C136" t="s">
-        <v>797</v>
+        <v>782</v>
       </c>
       <c r="D136" t="s">
-        <v>51</v>
+        <v>134</v>
       </c>
       <c r="E136" t="s">
         <v>20</v>
       </c>
       <c r="F136" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G136" t="s">
         <v>22</v>
       </c>
       <c r="H136">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="I136">
-        <v>2018</v>
+        <v>2014</v>
       </c>
       <c r="J136" t="s">
-        <v>44</v>
+        <v>98</v>
       </c>
       <c r="K136" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L136"/>
+        <v>551</v>
+      </c>
+      <c r="L136" t="s">
+        <v>804</v>
+      </c>
       <c r="M136" t="s">
-        <v>798</v>
+        <v>784</v>
       </c>
       <c r="N136" t="s">
         <v>27</v>
       </c>
       <c r="O136" t="s">
-        <v>799</v>
+        <v>805</v>
       </c>
       <c r="P136" t="s">
-        <v>800</v>
+        <v>806</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>801</v>
+        <v>807</v>
       </c>
       <c r="B137" t="s">
-        <v>802</v>
+        <v>808</v>
       </c>
       <c r="C137" t="s">
-        <v>803</v>
+        <v>809</v>
       </c>
       <c r="D137" t="s">
-        <v>804</v>
+        <v>61</v>
       </c>
       <c r="E137" t="s">
         <v>20</v>
       </c>
       <c r="F137" t="s">
-        <v>177</v>
+        <v>21</v>
       </c>
       <c r="G137" t="s">
         <v>22</v>
       </c>
       <c r="H137">
-        <v>2005</v>
+        <v>2016</v>
       </c>
       <c r="I137">
-        <v>2008</v>
+        <v>2018</v>
       </c>
       <c r="J137" t="s">
-        <v>805</v>
+        <v>54</v>
       </c>
       <c r="K137" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L137"/>
       <c r="M137" t="s">
-        <v>807</v>
+        <v>810</v>
       </c>
       <c r="N137" t="s">
         <v>27</v>
       </c>
       <c r="O137" t="s">
-        <v>808</v>
+        <v>811</v>
       </c>
       <c r="P137" t="s">
-        <v>809</v>
+        <v>812</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>810</v>
+        <v>813</v>
       </c>
       <c r="B138" t="s">
-        <v>811</v>
+        <v>814</v>
       </c>
       <c r="C138" t="s">
-        <v>50</v>
+        <v>815</v>
       </c>
       <c r="D138" t="s">
-        <v>124</v>
+        <v>816</v>
       </c>
       <c r="E138" t="s">
         <v>20</v>
       </c>
       <c r="F138" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G138" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H138">
-        <v>1987</v>
-[...1 lines deleted...]
-      <c r="I138"/>
+        <v>2005</v>
+      </c>
+      <c r="I138">
+        <v>2008</v>
+      </c>
       <c r="J138" t="s">
-        <v>314</v>
+        <v>817</v>
       </c>
       <c r="K138" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L138" t="s">
-        <v>812</v>
+        <v>818</v>
       </c>
       <c r="M138" t="s">
-        <v>55</v>
+        <v>819</v>
       </c>
       <c r="N138" t="s">
         <v>27</v>
       </c>
       <c r="O138" t="s">
-        <v>813</v>
+        <v>820</v>
       </c>
       <c r="P138" t="s">
-        <v>814</v>
+        <v>821</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>815</v>
+        <v>822</v>
       </c>
       <c r="B139" t="s">
-        <v>816</v>
+        <v>823</v>
       </c>
       <c r="C139" t="s">
-        <v>803</v>
+        <v>60</v>
       </c>
       <c r="D139" t="s">
-        <v>80</v>
+        <v>134</v>
       </c>
       <c r="E139" t="s">
         <v>20</v>
       </c>
       <c r="F139" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G139" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H139">
-        <v>2022</v>
+        <v>1987</v>
       </c>
       <c r="I139"/>
       <c r="J139" t="s">
-        <v>817</v>
+        <v>323</v>
       </c>
       <c r="K139" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L139"/>
+        <v>36</v>
+      </c>
+      <c r="L139" t="s">
+        <v>824</v>
+      </c>
       <c r="M139" t="s">
-        <v>807</v>
+        <v>65</v>
       </c>
       <c r="N139" t="s">
         <v>27</v>
       </c>
       <c r="O139" t="s">
-        <v>818</v>
+        <v>825</v>
       </c>
       <c r="P139" t="s">
-        <v>819</v>
+        <v>826</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>820</v>
+        <v>827</v>
       </c>
       <c r="B140" t="s">
-        <v>821</v>
+        <v>828</v>
       </c>
       <c r="C140" t="s">
-        <v>803</v>
+        <v>815</v>
       </c>
       <c r="D140" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="E140" t="s">
         <v>20</v>
       </c>
       <c r="F140" t="s">
         <v>21</v>
       </c>
       <c r="G140" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H140">
         <v>2022</v>
       </c>
       <c r="I140"/>
       <c r="J140" t="s">
-        <v>822</v>
+        <v>829</v>
       </c>
       <c r="K140" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L140"/>
       <c r="M140" t="s">
-        <v>807</v>
+        <v>819</v>
       </c>
       <c r="N140" t="s">
         <v>27</v>
       </c>
       <c r="O140" t="s">
-        <v>823</v>
+        <v>830</v>
       </c>
       <c r="P140" t="s">
-        <v>819</v>
+        <v>831</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>824</v>
+        <v>832</v>
       </c>
       <c r="B141" t="s">
-        <v>825</v>
+        <v>833</v>
       </c>
       <c r="C141" t="s">
-        <v>803</v>
+        <v>815</v>
       </c>
       <c r="D141" t="s">
-        <v>289</v>
+        <v>104</v>
       </c>
       <c r="E141" t="s">
         <v>20</v>
       </c>
       <c r="F141" t="s">
         <v>21</v>
       </c>
       <c r="G141" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H141">
         <v>2022</v>
       </c>
       <c r="I141"/>
       <c r="J141" t="s">
-        <v>817</v>
+        <v>834</v>
       </c>
       <c r="K141" t="s">
-        <v>292</v>
+        <v>36</v>
       </c>
       <c r="L141"/>
       <c r="M141" t="s">
-        <v>807</v>
+        <v>819</v>
       </c>
       <c r="N141" t="s">
-        <v>688</v>
+        <v>27</v>
       </c>
       <c r="O141" t="s">
-        <v>826</v>
+        <v>835</v>
       </c>
       <c r="P141" t="s">
-        <v>819</v>
+        <v>831</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
-        <v>827</v>
+        <v>836</v>
       </c>
       <c r="B142" t="s">
-        <v>828</v>
+        <v>837</v>
       </c>
       <c r="C142" t="s">
-        <v>803</v>
+        <v>815</v>
       </c>
       <c r="D142" t="s">
-        <v>68</v>
+        <v>298</v>
       </c>
       <c r="E142" t="s">
         <v>20</v>
       </c>
       <c r="F142" t="s">
         <v>21</v>
       </c>
       <c r="G142" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H142">
         <v>2022</v>
       </c>
       <c r="I142"/>
       <c r="J142" t="s">
-        <v>817</v>
+        <v>829</v>
       </c>
       <c r="K142" t="s">
-        <v>35</v>
+        <v>301</v>
       </c>
       <c r="L142"/>
       <c r="M142" t="s">
-        <v>807</v>
+        <v>819</v>
       </c>
       <c r="N142" t="s">
-        <v>27</v>
+        <v>700</v>
       </c>
       <c r="O142" t="s">
-        <v>829</v>
+        <v>838</v>
       </c>
       <c r="P142" t="s">
-        <v>819</v>
+        <v>831</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>830</v>
+        <v>839</v>
       </c>
       <c r="B143" t="s">
-        <v>831</v>
+        <v>840</v>
       </c>
       <c r="C143" t="s">
-        <v>832</v>
+        <v>815</v>
       </c>
       <c r="D143" t="s">
-        <v>833</v>
+        <v>78</v>
       </c>
       <c r="E143" t="s">
         <v>20</v>
       </c>
       <c r="F143" t="s">
-        <v>177</v>
+        <v>21</v>
       </c>
       <c r="G143" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H143">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I143"/>
       <c r="J143" t="s">
-        <v>44</v>
+        <v>829</v>
       </c>
       <c r="K143" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L143"/>
       <c r="M143" t="s">
-        <v>835</v>
+        <v>819</v>
       </c>
       <c r="N143" t="s">
-        <v>836</v>
+        <v>27</v>
       </c>
       <c r="O143" t="s">
-        <v>837</v>
+        <v>841</v>
       </c>
       <c r="P143" t="s">
-        <v>838</v>
+        <v>831</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
       <c r="B144" t="s">
-        <v>840</v>
+        <v>843</v>
       </c>
       <c r="C144" t="s">
-        <v>841</v>
+        <v>844</v>
       </c>
       <c r="D144" t="s">
-        <v>601</v>
+        <v>845</v>
       </c>
       <c r="E144" t="s">
         <v>20</v>
       </c>
       <c r="F144" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G144" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H144">
-        <v>2015</v>
+        <v>2008</v>
       </c>
       <c r="I144">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="J144" t="s">
-        <v>355</v>
+        <v>54</v>
       </c>
       <c r="K144" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L144"/>
+        <v>36</v>
+      </c>
+      <c r="L144" t="s">
+        <v>846</v>
+      </c>
       <c r="M144" t="s">
-        <v>842</v>
+        <v>847</v>
       </c>
       <c r="N144" t="s">
-        <v>27</v>
+        <v>848</v>
       </c>
       <c r="O144" t="s">
-        <v>843</v>
+        <v>849</v>
       </c>
       <c r="P144" t="s">
-        <v>844</v>
+        <v>850</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>845</v>
+        <v>851</v>
       </c>
       <c r="B145" t="s">
-        <v>846</v>
+        <v>852</v>
       </c>
       <c r="C145" t="s">
-        <v>841</v>
+        <v>853</v>
       </c>
       <c r="D145" t="s">
-        <v>601</v>
+        <v>611</v>
       </c>
       <c r="E145" t="s">
         <v>20</v>
       </c>
       <c r="F145" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G145" t="s">
-        <v>22</v>
+        <v>854</v>
       </c>
       <c r="H145">
         <v>2015</v>
       </c>
       <c r="I145">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="J145" t="s">
-        <v>547</v>
+        <v>364</v>
       </c>
       <c r="K145" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L145"/>
       <c r="M145" t="s">
-        <v>842</v>
+        <v>855</v>
       </c>
       <c r="N145" t="s">
         <v>27</v>
       </c>
       <c r="O145" t="s">
-        <v>847</v>
+        <v>856</v>
       </c>
       <c r="P145" t="s">
-        <v>844</v>
+        <v>857</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146" t="s">
-        <v>848</v>
+        <v>858</v>
       </c>
       <c r="B146" t="s">
-        <v>849</v>
+        <v>859</v>
       </c>
       <c r="C146" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="D146" t="s">
-        <v>601</v>
+        <v>611</v>
       </c>
       <c r="E146" t="s">
         <v>20</v>
       </c>
       <c r="F146" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G146" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="H146">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I146"/>
+        <v>2015</v>
+      </c>
+      <c r="I146">
+        <v>2024</v>
+      </c>
       <c r="J146" t="s">
-        <v>236</v>
+        <v>558</v>
       </c>
       <c r="K146" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L146"/>
       <c r="M146" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
       <c r="N146" t="s">
         <v>27</v>
       </c>
       <c r="O146" t="s">
-        <v>853</v>
+        <v>860</v>
       </c>
       <c r="P146" t="s">
-        <v>854</v>
+        <v>857</v>
       </c>
     </row>
     <row r="147" spans="1:16">
       <c r="A147" t="s">
-        <v>855</v>
+        <v>861</v>
       </c>
       <c r="B147" t="s">
-        <v>335</v>
+        <v>862</v>
       </c>
       <c r="C147" t="s">
-        <v>281</v>
+        <v>863</v>
       </c>
       <c r="D147" t="s">
-        <v>336</v>
+        <v>611</v>
       </c>
       <c r="E147" t="s">
         <v>20</v>
       </c>
       <c r="F147" t="s">
         <v>21</v>
       </c>
       <c r="G147" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H147">
-        <v>2009</v>
+        <v>2018</v>
       </c>
       <c r="I147"/>
       <c r="J147" t="s">
-        <v>282</v>
+        <v>245</v>
       </c>
       <c r="K147" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L147" t="s">
-        <v>338</v>
+        <v>864</v>
       </c>
       <c r="M147" t="s">
-        <v>283</v>
+        <v>865</v>
       </c>
       <c r="N147" t="s">
         <v>27</v>
       </c>
       <c r="O147" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="P147" t="s">
-        <v>857</v>
+        <v>867</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="s">
-        <v>858</v>
+        <v>868</v>
       </c>
       <c r="B148" t="s">
-        <v>859</v>
+        <v>344</v>
       </c>
       <c r="C148" t="s">
-        <v>281</v>
+        <v>290</v>
       </c>
       <c r="D148" t="s">
-        <v>124</v>
+        <v>345</v>
       </c>
       <c r="E148" t="s">
         <v>20</v>
       </c>
       <c r="F148" t="s">
         <v>21</v>
       </c>
       <c r="G148" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H148">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I148"/>
       <c r="J148" t="s">
-        <v>282</v>
+        <v>291</v>
       </c>
       <c r="K148" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L148" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="M148" t="s">
-        <v>283</v>
+        <v>292</v>
       </c>
       <c r="N148" t="s">
         <v>27</v>
       </c>
       <c r="O148" t="s">
-        <v>860</v>
+        <v>869</v>
       </c>
       <c r="P148" t="s">
-        <v>857</v>
+        <v>870</v>
       </c>
     </row>
     <row r="149" spans="1:16">
       <c r="A149" t="s">
-        <v>861</v>
+        <v>871</v>
       </c>
       <c r="B149" t="s">
-        <v>862</v>
+        <v>872</v>
       </c>
       <c r="C149" t="s">
-        <v>281</v>
+        <v>290</v>
       </c>
       <c r="D149" t="s">
-        <v>61</v>
+        <v>134</v>
       </c>
       <c r="E149" t="s">
         <v>20</v>
       </c>
       <c r="F149" t="s">
         <v>21</v>
       </c>
       <c r="G149" t="s">
         <v>22</v>
       </c>
       <c r="H149">
-        <v>2011</v>
+        <v>2002</v>
       </c>
       <c r="I149">
-        <v>2015</v>
+        <v>2007</v>
       </c>
       <c r="J149" t="s">
-        <v>282</v>
+        <v>291</v>
       </c>
       <c r="K149" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L149"/>
+        <v>36</v>
+      </c>
+      <c r="L149" t="s">
+        <v>352</v>
+      </c>
       <c r="M149" t="s">
-        <v>283</v>
+        <v>292</v>
       </c>
       <c r="N149" t="s">
         <v>27</v>
       </c>
       <c r="O149" t="s">
-        <v>863</v>
+        <v>873</v>
       </c>
       <c r="P149" t="s">
-        <v>857</v>
+        <v>870</v>
       </c>
     </row>
     <row r="150" spans="1:16">
       <c r="A150" t="s">
-        <v>864</v>
+        <v>874</v>
       </c>
       <c r="B150" t="s">
-        <v>346</v>
+        <v>875</v>
       </c>
       <c r="C150" t="s">
-        <v>281</v>
+        <v>290</v>
       </c>
       <c r="D150" t="s">
-        <v>601</v>
+        <v>71</v>
       </c>
       <c r="E150" t="s">
         <v>20</v>
       </c>
       <c r="F150" t="s">
         <v>21</v>
       </c>
       <c r="G150" t="s">
         <v>22</v>
       </c>
       <c r="H150">
-        <v>1994</v>
+        <v>2011</v>
       </c>
       <c r="I150">
-        <v>2003</v>
+        <v>2015</v>
       </c>
       <c r="J150" t="s">
-        <v>53</v>
+        <v>291</v>
       </c>
       <c r="K150" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L150"/>
       <c r="M150" t="s">
-        <v>283</v>
+        <v>292</v>
       </c>
       <c r="N150" t="s">
         <v>27</v>
       </c>
       <c r="O150" t="s">
-        <v>865</v>
+        <v>876</v>
       </c>
       <c r="P150" t="s">
-        <v>857</v>
+        <v>870</v>
       </c>
     </row>
     <row r="151" spans="1:16">
       <c r="A151" t="s">
-        <v>866</v>
+        <v>877</v>
       </c>
       <c r="B151" t="s">
-        <v>867</v>
+        <v>355</v>
       </c>
       <c r="C151" t="s">
-        <v>841</v>
+        <v>290</v>
       </c>
       <c r="D151" t="s">
-        <v>868</v>
+        <v>611</v>
       </c>
       <c r="E151" t="s">
         <v>20</v>
       </c>
       <c r="F151" t="s">
         <v>21</v>
       </c>
       <c r="G151" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H151">
-        <v>2015</v>
+        <v>1994</v>
       </c>
       <c r="I151">
-        <v>2019</v>
+        <v>2003</v>
       </c>
       <c r="J151" t="s">
-        <v>355</v>
+        <v>63</v>
       </c>
       <c r="K151" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L151"/>
       <c r="M151" t="s">
-        <v>842</v>
+        <v>292</v>
       </c>
       <c r="N151" t="s">
         <v>27</v>
       </c>
       <c r="O151" t="s">
+        <v>878</v>
+      </c>
+      <c r="P151" t="s">
         <v>870</v>
-      </c>
-[...1 lines deleted...]
-        <v>871</v>
       </c>
     </row>
     <row r="152" spans="1:16">
       <c r="A152" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="B152" t="s">
-        <v>873</v>
+        <v>880</v>
       </c>
       <c r="C152" t="s">
-        <v>841</v>
+        <v>853</v>
       </c>
       <c r="D152" t="s">
-        <v>601</v>
+        <v>881</v>
       </c>
       <c r="E152" t="s">
         <v>20</v>
       </c>
       <c r="F152" t="s">
         <v>21</v>
       </c>
       <c r="G152" t="s">
-        <v>8</v>
+        <v>854</v>
       </c>
       <c r="H152">
         <v>2015</v>
       </c>
       <c r="I152">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="J152" t="s">
-        <v>547</v>
+        <v>364</v>
       </c>
       <c r="K152" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="L152"/>
+        <v>36</v>
+      </c>
+      <c r="L152" t="s">
+        <v>882</v>
+      </c>
       <c r="M152" t="s">
-        <v>842</v>
+        <v>855</v>
       </c>
       <c r="N152" t="s">
         <v>27</v>
       </c>
       <c r="O152" t="s">
-        <v>874</v>
+        <v>883</v>
       </c>
       <c r="P152" t="s">
-        <v>875</v>
+        <v>884</v>
       </c>
     </row>
     <row r="153" spans="1:16">
       <c r="A153" t="s">
-        <v>876</v>
+        <v>885</v>
       </c>
       <c r="B153" t="s">
-        <v>877</v>
+        <v>886</v>
       </c>
       <c r="C153" t="s">
-        <v>878</v>
+        <v>853</v>
       </c>
       <c r="D153" t="s">
-        <v>879</v>
+        <v>611</v>
       </c>
       <c r="E153" t="s">
         <v>20</v>
       </c>
       <c r="F153" t="s">
-        <v>177</v>
+        <v>21</v>
       </c>
       <c r="G153" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H153">
-        <v>2022</v>
+        <v>2015</v>
       </c>
       <c r="I153">
         <v>2024</v>
       </c>
       <c r="J153" t="s">
-        <v>880</v>
+        <v>558</v>
       </c>
       <c r="K153" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L153"/>
       <c r="M153" t="s">
-        <v>882</v>
+        <v>855</v>
       </c>
       <c r="N153" t="s">
         <v>27</v>
       </c>
       <c r="O153" t="s">
-        <v>883</v>
+        <v>887</v>
       </c>
       <c r="P153" t="s">
-        <v>884</v>
+        <v>888</v>
       </c>
     </row>
     <row r="154" spans="1:16">
       <c r="A154" t="s">
-        <v>885</v>
+        <v>889</v>
       </c>
       <c r="B154" t="s">
-        <v>886</v>
+        <v>890</v>
       </c>
       <c r="C154" t="s">
-        <v>850</v>
+        <v>863</v>
       </c>
       <c r="D154" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="E154" t="s">
         <v>20</v>
       </c>
       <c r="F154" t="s">
         <v>21</v>
       </c>
       <c r="G154" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H154">
         <v>2018</v>
       </c>
       <c r="I154"/>
       <c r="J154" t="s">
-        <v>236</v>
+        <v>245</v>
       </c>
       <c r="K154" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L154" t="s">
-        <v>887</v>
+        <v>891</v>
       </c>
       <c r="M154" t="s">
-        <v>852</v>
+        <v>865</v>
       </c>
       <c r="N154" t="s">
         <v>27</v>
       </c>
       <c r="O154" t="s">
-        <v>888</v>
+        <v>892</v>
       </c>
       <c r="P154" t="s">
-        <v>854</v>
+        <v>867</v>
       </c>
     </row>
     <row r="155" spans="1:16">
       <c r="A155" t="s">
-        <v>889</v>
+        <v>893</v>
       </c>
       <c r="B155" t="s">
-        <v>890</v>
+        <v>894</v>
       </c>
       <c r="C155" t="s">
-        <v>878</v>
+        <v>32</v>
       </c>
       <c r="D155" t="s">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="E155" t="s">
         <v>20</v>
       </c>
       <c r="F155" t="s">
-        <v>177</v>
+        <v>34</v>
       </c>
       <c r="G155" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H155">
         <v>2021</v>
       </c>
       <c r="I155"/>
       <c r="J155" t="s">
-        <v>301</v>
+        <v>310</v>
       </c>
       <c r="K155" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L155" t="s">
-        <v>891</v>
+        <v>895</v>
       </c>
       <c r="M155" t="s">
-        <v>892</v>
+        <v>896</v>
       </c>
       <c r="N155" t="s">
         <v>27</v>
       </c>
       <c r="O155" t="s">
-        <v>893</v>
+        <v>897</v>
       </c>
       <c r="P155" t="s">
-        <v>894</v>
+        <v>898</v>
       </c>
     </row>
     <row r="156" spans="1:16">
       <c r="A156" t="s">
-        <v>895</v>
+        <v>899</v>
       </c>
       <c r="B156" t="s">
-        <v>896</v>
+        <v>900</v>
       </c>
       <c r="C156" t="s">
-        <v>897</v>
+        <v>901</v>
       </c>
       <c r="D156" t="s">
-        <v>456</v>
+        <v>465</v>
       </c>
       <c r="E156" t="s">
         <v>20</v>
       </c>
       <c r="F156" t="s">
         <v>21</v>
       </c>
       <c r="G156" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H156">
         <v>2017</v>
       </c>
       <c r="I156"/>
       <c r="J156" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="K156" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L156"/>
       <c r="M156" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="N156" t="s">
         <v>27</v>
       </c>
       <c r="O156" t="s">
-        <v>899</v>
+        <v>903</v>
       </c>
       <c r="P156" t="s">
-        <v>900</v>
+        <v>904</v>
       </c>
     </row>
     <row r="157" spans="1:16">
       <c r="A157" t="s">
-        <v>901</v>
+        <v>905</v>
       </c>
       <c r="B157"/>
       <c r="C157" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="D157" t="s">
-        <v>68</v>
+        <v>78</v>
       </c>
       <c r="E157" t="s">
         <v>20</v>
       </c>
       <c r="F157" t="s">
         <v>21</v>
       </c>
       <c r="G157" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H157">
         <v>2015</v>
       </c>
       <c r="I157"/>
       <c r="J157" t="s">
-        <v>301</v>
+        <v>310</v>
       </c>
       <c r="K157" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L157"/>
       <c r="M157" t="s">
-        <v>309</v>
+        <v>318</v>
       </c>
       <c r="N157" t="s">
         <v>27</v>
       </c>
       <c r="O157" t="s">
-        <v>902</v>
+        <v>906</v>
       </c>
       <c r="P157" t="s">
-        <v>903</v>
+        <v>907</v>
       </c>
     </row>
     <row r="158" spans="1:16">
       <c r="A158" t="s">
-        <v>904</v>
+        <v>908</v>
       </c>
       <c r="B158"/>
       <c r="C158" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="D158" t="s">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="E158" t="s">
         <v>20</v>
       </c>
       <c r="F158" t="s">
         <v>21</v>
       </c>
       <c r="G158" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H158">
         <v>2020</v>
       </c>
       <c r="I158"/>
       <c r="J158" t="s">
-        <v>301</v>
+        <v>310</v>
       </c>
       <c r="K158" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L158"/>
       <c r="M158" t="s">
-        <v>309</v>
+        <v>318</v>
       </c>
       <c r="N158" t="s">
         <v>27</v>
       </c>
       <c r="O158" t="s">
-        <v>905</v>
+        <v>909</v>
       </c>
       <c r="P158" t="s">
-        <v>903</v>
+        <v>907</v>
       </c>
     </row>
     <row r="159" spans="1:16">
       <c r="A159" t="s">
-        <v>906</v>
+        <v>910</v>
       </c>
       <c r="B159" t="s">
-        <v>907</v>
+        <v>911</v>
       </c>
       <c r="C159" t="s">
-        <v>878</v>
+        <v>32</v>
       </c>
       <c r="D159" t="s">
-        <v>908</v>
+        <v>912</v>
       </c>
       <c r="E159" t="s">
         <v>20</v>
       </c>
       <c r="F159" t="s">
-        <v>177</v>
+        <v>34</v>
       </c>
       <c r="G159" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H159">
         <v>2021</v>
       </c>
       <c r="I159"/>
       <c r="J159" t="s">
-        <v>301</v>
+        <v>310</v>
       </c>
       <c r="K159" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L159"/>
       <c r="M159" t="s">
-        <v>882</v>
+        <v>38</v>
       </c>
       <c r="N159" t="s">
         <v>27</v>
       </c>
       <c r="O159" t="s">
-        <v>909</v>
+        <v>913</v>
       </c>
       <c r="P159" t="s">
-        <v>910</v>
+        <v>914</v>
       </c>
     </row>
     <row r="160" spans="1:16">
       <c r="A160" t="s">
-        <v>911</v>
+        <v>915</v>
       </c>
       <c r="B160" t="s">
-        <v>912</v>
+        <v>916</v>
       </c>
       <c r="C160" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="D160" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="E160" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F160" t="s">
-        <v>913</v>
+        <v>917</v>
       </c>
       <c r="G160" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H160">
         <v>2015</v>
       </c>
       <c r="I160"/>
       <c r="J160" t="s">
-        <v>680</v>
+        <v>692</v>
       </c>
       <c r="K160" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L160"/>
       <c r="M160" t="s">
-        <v>682</v>
+        <v>694</v>
       </c>
       <c r="N160" t="s">
         <v>27</v>
       </c>
       <c r="O160" t="s">
-        <v>914</v>
+        <v>918</v>
       </c>
       <c r="P160" t="s">
-        <v>915</v>
+        <v>919</v>
       </c>
     </row>
     <row r="161" spans="1:16">
       <c r="A161" t="s">
-        <v>916</v>
+        <v>920</v>
       </c>
       <c r="B161" t="s">
+        <v>921</v>
+      </c>
+      <c r="C161" t="s">
+        <v>363</v>
+      </c>
+      <c r="D161" t="s">
+        <v>90</v>
+      </c>
+      <c r="E161" t="s">
+        <v>53</v>
+      </c>
+      <c r="F161" t="s">
         <v>917</v>
       </c>
-      <c r="C161" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G161" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H161">
         <v>2009</v>
       </c>
       <c r="I161"/>
       <c r="J161" t="s">
-        <v>291</v>
+        <v>300</v>
       </c>
       <c r="K161" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L161"/>
       <c r="M161" t="s">
-        <v>682</v>
+        <v>694</v>
       </c>
       <c r="N161" t="s">
         <v>27</v>
       </c>
       <c r="O161" t="s">
-        <v>918</v>
+        <v>922</v>
       </c>
       <c r="P161" t="s">
-        <v>919</v>
+        <v>923</v>
       </c>
     </row>
     <row r="162" spans="1:16">
       <c r="A162" t="s">
-        <v>920</v>
+        <v>924</v>
       </c>
       <c r="B162" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
       <c r="C162" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="D162" t="s">
-        <v>922</v>
+        <v>926</v>
       </c>
       <c r="E162" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F162" t="s">
-        <v>913</v>
+        <v>917</v>
       </c>
       <c r="G162" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H162">
         <v>2015</v>
       </c>
       <c r="I162"/>
       <c r="J162" t="s">
-        <v>680</v>
+        <v>692</v>
       </c>
       <c r="K162" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L162"/>
       <c r="M162" t="s">
-        <v>682</v>
+        <v>694</v>
       </c>
       <c r="N162" t="s">
         <v>27</v>
       </c>
       <c r="O162" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
       <c r="P162" t="s">
-        <v>924</v>
+        <v>928</v>
       </c>
     </row>
     <row r="163" spans="1:16">
       <c r="A163" t="s">
-        <v>925</v>
+        <v>929</v>
       </c>
       <c r="B163" t="s">
-        <v>926</v>
+        <v>930</v>
       </c>
       <c r="C163" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="D163" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="E163" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F163" t="s">
-        <v>913</v>
+        <v>917</v>
       </c>
       <c r="G163" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H163">
         <v>2009</v>
       </c>
       <c r="I163"/>
       <c r="J163" t="s">
-        <v>680</v>
+        <v>692</v>
       </c>
       <c r="K163" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L163"/>
       <c r="M163" t="s">
-        <v>682</v>
+        <v>694</v>
       </c>
       <c r="N163" t="s">
         <v>27</v>
       </c>
       <c r="O163" t="s">
-        <v>928</v>
+        <v>932</v>
       </c>
       <c r="P163" t="s">
-        <v>929</v>
+        <v>933</v>
       </c>
     </row>
     <row r="164" spans="1:16">
       <c r="A164" t="s">
-        <v>930</v>
+        <v>934</v>
       </c>
       <c r="B164" t="s">
-        <v>931</v>
+        <v>935</v>
       </c>
       <c r="C164" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="D164" t="s">
-        <v>932</v>
+        <v>936</v>
       </c>
       <c r="E164" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F164" t="s">
-        <v>913</v>
+        <v>917</v>
       </c>
       <c r="G164" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H164">
         <v>2015</v>
       </c>
       <c r="I164"/>
       <c r="J164" t="s">
-        <v>680</v>
+        <v>692</v>
       </c>
       <c r="K164" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L164"/>
       <c r="M164" t="s">
-        <v>682</v>
+        <v>694</v>
       </c>
       <c r="N164" t="s">
         <v>27</v>
       </c>
       <c r="O164" t="s">
-        <v>933</v>
+        <v>937</v>
       </c>
       <c r="P164" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
     </row>
     <row r="165" spans="1:16">
       <c r="A165" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="B165" t="s">
-        <v>936</v>
+        <v>940</v>
       </c>
       <c r="C165" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="D165" t="s">
-        <v>396</v>
+        <v>405</v>
       </c>
       <c r="E165" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F165" t="s">
-        <v>913</v>
+        <v>917</v>
       </c>
       <c r="G165" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H165">
         <v>2021</v>
       </c>
       <c r="I165"/>
       <c r="J165" t="s">
-        <v>680</v>
+        <v>692</v>
       </c>
       <c r="K165" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L165"/>
       <c r="M165" t="s">
-        <v>682</v>
+        <v>694</v>
       </c>
       <c r="N165" t="s">
         <v>27</v>
       </c>
       <c r="O165" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="P165" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
     </row>
     <row r="166" spans="1:16">
       <c r="A166" t="s">
-        <v>939</v>
+        <v>943</v>
       </c>
       <c r="B166" t="s">
-        <v>940</v>
+        <v>944</v>
       </c>
       <c r="C166" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="D166" t="s">
-        <v>932</v>
+        <v>936</v>
       </c>
       <c r="E166" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F166" t="s">
-        <v>913</v>
+        <v>917</v>
       </c>
       <c r="G166" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H166">
         <v>2015</v>
       </c>
       <c r="I166"/>
       <c r="J166" t="s">
-        <v>680</v>
+        <v>692</v>
       </c>
       <c r="K166" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L166"/>
       <c r="M166" t="s">
-        <v>682</v>
+        <v>694</v>
       </c>
       <c r="N166" t="s">
         <v>27</v>
       </c>
       <c r="O166" t="s">
-        <v>941</v>
+        <v>945</v>
       </c>
       <c r="P166" t="s">
-        <v>942</v>
+        <v>946</v>
       </c>
     </row>
     <row r="167" spans="1:16">
       <c r="A167" t="s">
-        <v>943</v>
+        <v>947</v>
       </c>
       <c r="B167" t="s">
-        <v>944</v>
+        <v>948</v>
       </c>
       <c r="C167" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="D167" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="E167" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F167" t="s">
-        <v>913</v>
+        <v>917</v>
       </c>
       <c r="G167" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H167">
         <v>2015</v>
       </c>
       <c r="I167"/>
       <c r="J167" t="s">
-        <v>291</v>
+        <v>300</v>
       </c>
       <c r="K167" t="s">
-        <v>407</v>
+        <v>416</v>
       </c>
       <c r="L167"/>
       <c r="M167" t="s">
-        <v>682</v>
+        <v>694</v>
       </c>
       <c r="N167" t="s">
         <v>27</v>
       </c>
       <c r="O167" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="P167" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
     </row>
     <row r="168" spans="1:16">
       <c r="A168" t="s">
-        <v>947</v>
+        <v>951</v>
       </c>
       <c r="B168" t="s">
-        <v>948</v>
+        <v>952</v>
       </c>
       <c r="C168" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="D168" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="E168" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F168" t="s">
-        <v>913</v>
+        <v>917</v>
       </c>
       <c r="G168" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H168">
         <v>2015</v>
       </c>
       <c r="I168"/>
       <c r="J168" t="s">
-        <v>680</v>
+        <v>692</v>
       </c>
       <c r="K168" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L168"/>
       <c r="M168" t="s">
-        <v>682</v>
+        <v>694</v>
       </c>
       <c r="N168" t="s">
         <v>27</v>
       </c>
       <c r="O168" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="P168" t="s">
-        <v>951</v>
+        <v>955</v>
       </c>
     </row>
     <row r="169" spans="1:16">
       <c r="A169" t="s">
-        <v>952</v>
+        <v>956</v>
       </c>
       <c r="B169" t="s">
-        <v>953</v>
+        <v>957</v>
       </c>
       <c r="C169" t="s">
-        <v>578</v>
+        <v>589</v>
       </c>
       <c r="D169" t="s">
-        <v>954</v>
+        <v>958</v>
       </c>
       <c r="E169" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F169" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G169" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H169">
         <v>2012</v>
       </c>
       <c r="I169"/>
       <c r="J169" t="s">
-        <v>314</v>
+        <v>323</v>
       </c>
       <c r="K169" t="s">
         <v>24</v>
       </c>
       <c r="L169" t="s">
-        <v>955</v>
+        <v>959</v>
       </c>
       <c r="M169" t="s">
-        <v>956</v>
+        <v>960</v>
       </c>
       <c r="N169" t="s">
         <v>27</v>
       </c>
       <c r="O169" t="s">
-        <v>957</v>
+        <v>961</v>
       </c>
       <c r="P169" t="s">
-        <v>958</v>
+        <v>962</v>
       </c>
     </row>
     <row r="170" spans="1:16">
       <c r="A170" t="s">
-        <v>959</v>
+        <v>963</v>
       </c>
       <c r="B170" t="s">
-        <v>960</v>
+        <v>964</v>
       </c>
       <c r="C170" t="s">
-        <v>167</v>
+        <v>177</v>
       </c>
       <c r="D170" t="s">
-        <v>111</v>
+        <v>121</v>
       </c>
       <c r="E170" t="s">
         <v>20</v>
       </c>
       <c r="F170" t="s">
         <v>21</v>
       </c>
       <c r="G170" t="s">
         <v>22</v>
       </c>
       <c r="H170">
         <v>2007</v>
       </c>
       <c r="I170">
         <v>2011</v>
       </c>
       <c r="J170" t="s">
-        <v>430</v>
+        <v>439</v>
       </c>
       <c r="K170" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="L170"/>
       <c r="M170" t="s">
-        <v>961</v>
+        <v>965</v>
       </c>
       <c r="N170" t="s">
         <v>27</v>
       </c>
       <c r="O170" t="s">
-        <v>962</v>
+        <v>966</v>
       </c>
       <c r="P170" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
     </row>
     <row r="171" spans="1:16">
       <c r="A171" t="s">
-        <v>964</v>
+        <v>968</v>
       </c>
       <c r="B171" t="s">
-        <v>965</v>
+        <v>969</v>
       </c>
       <c r="C171" t="s">
-        <v>570</v>
+        <v>581</v>
       </c>
       <c r="D171" t="s">
-        <v>111</v>
+        <v>121</v>
       </c>
       <c r="E171" t="s">
         <v>20</v>
       </c>
       <c r="F171" t="s">
         <v>21</v>
       </c>
       <c r="G171" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H171">
         <v>2015</v>
       </c>
       <c r="I171"/>
       <c r="J171" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="K171" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L171" t="s">
-        <v>966</v>
+        <v>970</v>
       </c>
       <c r="M171" t="s">
-        <v>573</v>
+        <v>584</v>
       </c>
       <c r="N171" t="s">
         <v>27</v>
       </c>
       <c r="O171" t="s">
-        <v>967</v>
+        <v>971</v>
       </c>
       <c r="P171" t="s">
-        <v>968</v>
+        <v>972</v>
       </c>
     </row>
     <row r="172" spans="1:16">
       <c r="A172" t="s">
-        <v>969</v>
+        <v>973</v>
       </c>
       <c r="B172" t="s">
-        <v>970</v>
+        <v>974</v>
       </c>
       <c r="C172" t="s">
-        <v>570</v>
+        <v>581</v>
       </c>
       <c r="D172" t="s">
-        <v>124</v>
+        <v>134</v>
       </c>
       <c r="E172" t="s">
         <v>20</v>
       </c>
       <c r="F172" t="s">
         <v>21</v>
       </c>
       <c r="G172" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H172">
         <v>2011</v>
       </c>
       <c r="I172"/>
       <c r="J172" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="K172" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L172" t="s">
-        <v>971</v>
+        <v>975</v>
       </c>
       <c r="M172" t="s">
-        <v>573</v>
+        <v>584</v>
       </c>
       <c r="N172" t="s">
         <v>27</v>
       </c>
       <c r="O172" t="s">
-        <v>972</v>
+        <v>976</v>
       </c>
       <c r="P172" t="s">
-        <v>973</v>
+        <v>977</v>
       </c>
     </row>
     <row r="173" spans="1:16">
       <c r="A173" t="s">
-        <v>974</v>
+        <v>978</v>
       </c>
       <c r="B173" t="s">
-        <v>975</v>
+        <v>979</v>
       </c>
       <c r="C173" t="s">
-        <v>976</v>
+        <v>980</v>
       </c>
       <c r="D173" t="s">
-        <v>977</v>
+        <v>981</v>
       </c>
       <c r="E173" t="s">
-        <v>290</v>
+        <v>299</v>
       </c>
       <c r="F173" t="s">
-        <v>978</v>
+        <v>982</v>
       </c>
       <c r="G173" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H173">
         <v>2023</v>
       </c>
       <c r="I173"/>
       <c r="J173" t="s">
-        <v>236</v>
+        <v>245</v>
       </c>
       <c r="K173" t="s">
-        <v>979</v>
+        <v>983</v>
       </c>
       <c r="L173"/>
       <c r="M173" t="s">
-        <v>980</v>
+        <v>984</v>
       </c>
       <c r="N173" t="s">
-        <v>836</v>
+        <v>848</v>
       </c>
       <c r="O173" t="s">
-        <v>981</v>
+        <v>985</v>
       </c>
       <c r="P173" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
     </row>
     <row r="174" spans="1:16">
       <c r="A174" t="s">
-        <v>983</v>
+        <v>987</v>
       </c>
       <c r="B174" t="s">
-        <v>984</v>
+        <v>988</v>
       </c>
       <c r="C174" t="s">
-        <v>985</v>
+        <v>989</v>
       </c>
       <c r="D174" t="s">
-        <v>437</v>
+        <v>446</v>
       </c>
       <c r="E174" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F174" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G174" t="s">
         <v>22</v>
       </c>
       <c r="H174">
         <v>2006</v>
       </c>
       <c r="I174">
         <v>2006</v>
       </c>
       <c r="J174" t="s">
-        <v>282</v>
+        <v>291</v>
       </c>
       <c r="K174" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L174" t="s">
-        <v>986</v>
+        <v>990</v>
       </c>
       <c r="M174" t="s">
-        <v>987</v>
+        <v>991</v>
       </c>
       <c r="N174" t="s">
         <v>27</v>
       </c>
       <c r="O174" t="s">
-        <v>988</v>
+        <v>992</v>
       </c>
       <c r="P174"/>
     </row>
     <row r="175" spans="1:16">
       <c r="A175" t="s">
-        <v>989</v>
+        <v>993</v>
       </c>
       <c r="B175" t="s">
-        <v>990</v>
+        <v>994</v>
       </c>
       <c r="C175" t="s">
-        <v>991</v>
+        <v>995</v>
       </c>
       <c r="D175" t="s">
-        <v>601</v>
+        <v>611</v>
       </c>
       <c r="E175" t="s">
         <v>20</v>
       </c>
       <c r="F175" t="s">
         <v>21</v>
       </c>
       <c r="G175" t="s">
         <v>22</v>
       </c>
       <c r="H175">
         <v>2010</v>
       </c>
       <c r="I175">
         <v>2018</v>
       </c>
       <c r="J175" t="s">
-        <v>355</v>
+        <v>364</v>
       </c>
       <c r="K175" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L175" t="s">
-        <v>989</v>
+        <v>993</v>
       </c>
       <c r="M175" t="s">
-        <v>992</v>
+        <v>996</v>
       </c>
       <c r="N175" t="s">
         <v>27</v>
       </c>
       <c r="O175" t="s">
-        <v>993</v>
+        <v>997</v>
       </c>
       <c r="P175" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
     </row>
     <row r="176" spans="1:16">
       <c r="A176" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="B176" t="s">
-        <v>996</v>
+        <v>1000</v>
       </c>
       <c r="C176" t="s">
-        <v>997</v>
+        <v>1001</v>
       </c>
       <c r="D176" t="s">
-        <v>124</v>
+        <v>134</v>
       </c>
       <c r="E176" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F176" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G176" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H176">
         <v>2014</v>
       </c>
       <c r="I176"/>
       <c r="J176" t="s">
-        <v>271</v>
+        <v>280</v>
       </c>
       <c r="K176" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L176"/>
       <c r="M176" t="s">
-        <v>998</v>
+        <v>1002</v>
       </c>
       <c r="N176" t="s">
         <v>27</v>
       </c>
       <c r="O176" t="s">
-        <v>999</v>
+        <v>1003</v>
       </c>
       <c r="P176" t="s">
-        <v>1000</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="177" spans="1:16">
       <c r="A177" t="s">
-        <v>1001</v>
+        <v>1005</v>
       </c>
       <c r="B177" t="s">
-        <v>1002</v>
+        <v>1006</v>
       </c>
       <c r="C177" t="s">
-        <v>976</v>
+        <v>980</v>
       </c>
       <c r="D177" t="s">
-        <v>347</v>
+        <v>356</v>
       </c>
       <c r="E177" t="s">
         <v>20</v>
       </c>
       <c r="F177" t="s">
-        <v>177</v>
+        <v>34</v>
       </c>
       <c r="G177" t="s">
         <v>22</v>
       </c>
       <c r="H177">
         <v>2020</v>
       </c>
       <c r="I177">
         <v>2024</v>
       </c>
       <c r="J177" t="s">
-        <v>708</v>
+        <v>720</v>
       </c>
       <c r="K177" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L177" t="s">
-        <v>1003</v>
+        <v>1007</v>
       </c>
       <c r="M177" t="s">
-        <v>980</v>
+        <v>984</v>
       </c>
       <c r="N177" t="s">
         <v>27</v>
       </c>
       <c r="O177" t="s">
-        <v>1004</v>
+        <v>1008</v>
       </c>
       <c r="P177" t="s">
-        <v>1005</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="178" spans="1:16">
       <c r="A178" t="s">
-        <v>1006</v>
+        <v>1010</v>
       </c>
       <c r="B178" t="s">
-        <v>1007</v>
+        <v>1011</v>
       </c>
       <c r="C178" t="s">
-        <v>976</v>
+        <v>980</v>
       </c>
       <c r="D178" t="s">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="E178" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F178" t="s">
-        <v>1008</v>
+        <v>1012</v>
       </c>
       <c r="G178" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H178"/>
       <c r="I178"/>
       <c r="J178" t="s">
-        <v>236</v>
+        <v>245</v>
       </c>
       <c r="K178" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L178" t="s">
-        <v>1009</v>
+        <v>1013</v>
       </c>
       <c r="M178" t="s">
-        <v>980</v>
+        <v>984</v>
       </c>
       <c r="N178" t="s">
         <v>27</v>
       </c>
       <c r="O178" t="s">
-        <v>1010</v>
+        <v>1014</v>
       </c>
       <c r="P178" t="s">
-        <v>1011</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="179" spans="1:16">
       <c r="A179" t="s">
-        <v>1012</v>
+        <v>1016</v>
       </c>
       <c r="B179" t="s">
-        <v>1013</v>
+        <v>1017</v>
       </c>
       <c r="C179" t="s">
-        <v>242</v>
+        <v>251</v>
       </c>
       <c r="D179" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="E179" t="s">
         <v>20</v>
       </c>
       <c r="F179" t="s">
-        <v>177</v>
+        <v>34</v>
       </c>
       <c r="G179" t="s">
         <v>22</v>
       </c>
       <c r="H179">
         <v>2007</v>
       </c>
       <c r="I179">
         <v>2013</v>
       </c>
       <c r="J179" t="s">
-        <v>381</v>
+        <v>390</v>
       </c>
       <c r="K179" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L179" t="s">
-        <v>1014</v>
+        <v>1018</v>
       </c>
       <c r="M179" t="s">
-        <v>244</v>
+        <v>253</v>
       </c>
       <c r="N179" t="s">
         <v>27</v>
       </c>
       <c r="O179" t="s">
-        <v>1015</v>
+        <v>1019</v>
       </c>
       <c r="P179" t="s">
-        <v>1016</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="180" spans="1:16">
       <c r="A180" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B180" t="s">
         <v>1017</v>
       </c>
-      <c r="B180" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C180" t="s">
-        <v>242</v>
+        <v>251</v>
       </c>
       <c r="D180" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="E180" t="s">
         <v>20</v>
       </c>
       <c r="F180" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G180" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H180">
         <v>2006</v>
       </c>
       <c r="I180"/>
       <c r="J180" t="s">
-        <v>381</v>
+        <v>390</v>
       </c>
       <c r="K180" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L180" t="s">
-        <v>1018</v>
+        <v>1022</v>
       </c>
       <c r="M180" t="s">
-        <v>244</v>
+        <v>253</v>
       </c>
       <c r="N180" t="s">
         <v>27</v>
       </c>
       <c r="O180" t="s">
-        <v>1019</v>
+        <v>1023</v>
       </c>
       <c r="P180" t="s">
-        <v>1020</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="181" spans="1:16">
       <c r="A181" t="s">
-        <v>1021</v>
+        <v>1025</v>
       </c>
       <c r="B181" t="s">
-        <v>1022</v>
+        <v>1026</v>
       </c>
       <c r="C181" t="s">
-        <v>1023</v>
+        <v>1027</v>
       </c>
       <c r="D181" t="s">
-        <v>1024</v>
+        <v>1028</v>
       </c>
       <c r="E181" t="s">
-        <v>290</v>
+        <v>299</v>
       </c>
       <c r="F181" t="s">
-        <v>177</v>
+        <v>34</v>
       </c>
       <c r="G181" t="s">
-        <v>186</v>
+        <v>195</v>
       </c>
       <c r="H181"/>
       <c r="I181"/>
       <c r="J181" t="s">
-        <v>547</v>
+        <v>558</v>
       </c>
       <c r="K181" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L181"/>
       <c r="M181"/>
       <c r="N181" t="s">
         <v>27</v>
       </c>
       <c r="O181" t="s">
-        <v>1025</v>
+        <v>1029</v>
       </c>
       <c r="P181" t="s">
-        <v>1026</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="182" spans="1:16">
       <c r="A182" t="s">
-        <v>1027</v>
+        <v>1031</v>
       </c>
       <c r="B182" t="s">
-        <v>1028</v>
+        <v>1032</v>
       </c>
       <c r="C182" t="s">
-        <v>167</v>
+        <v>177</v>
       </c>
       <c r="D182" t="s">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="E182" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F182" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G182" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H182">
         <v>2013</v>
       </c>
       <c r="I182"/>
       <c r="J182" t="s">
-        <v>430</v>
+        <v>439</v>
       </c>
       <c r="K182" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L182" t="s">
-        <v>1029</v>
+        <v>1033</v>
       </c>
       <c r="M182" t="s">
-        <v>1030</v>
+        <v>1034</v>
       </c>
       <c r="N182" t="s">
         <v>27</v>
       </c>
       <c r="O182" t="s">
-        <v>1031</v>
+        <v>1035</v>
       </c>
       <c r="P182" t="s">
-        <v>1032</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="183" spans="1:16">
       <c r="A183" t="s">
-        <v>1033</v>
+        <v>1037</v>
       </c>
       <c r="B183" t="s">
-        <v>1034</v>
+        <v>1038</v>
       </c>
       <c r="C183" t="s">
-        <v>1035</v>
+        <v>1039</v>
       </c>
       <c r="D183" t="s">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="E183" t="s">
         <v>20</v>
       </c>
       <c r="F183" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G183" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H183">
         <v>2016</v>
       </c>
       <c r="I183"/>
       <c r="J183" t="s">
-        <v>430</v>
+        <v>439</v>
       </c>
       <c r="K183" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L183" t="s">
-        <v>1036</v>
+        <v>1040</v>
       </c>
       <c r="M183" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="N183" t="s">
         <v>27</v>
       </c>
       <c r="O183" t="s">
-        <v>1038</v>
+        <v>1042</v>
       </c>
       <c r="P183" t="s">
-        <v>1039</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="184" spans="1:16">
       <c r="A184" t="s">
-        <v>1040</v>
+        <v>1044</v>
       </c>
       <c r="B184" t="s">
-        <v>1041</v>
+        <v>1045</v>
       </c>
       <c r="C184" t="s">
-        <v>1035</v>
+        <v>1039</v>
       </c>
       <c r="D184" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="E184" t="s">
         <v>20</v>
       </c>
       <c r="F184" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G184" t="s">
         <v>22</v>
       </c>
       <c r="H184">
         <v>1999</v>
       </c>
       <c r="I184">
         <v>2012</v>
       </c>
       <c r="J184" t="s">
-        <v>381</v>
+        <v>390</v>
       </c>
       <c r="K184" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L184" t="s">
-        <v>1042</v>
+        <v>1046</v>
       </c>
       <c r="M184" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="N184" t="s">
         <v>27</v>
       </c>
       <c r="O184" t="s">
-        <v>1043</v>
+        <v>1047</v>
       </c>
       <c r="P184" t="s">
-        <v>1044</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="185" spans="1:16">
       <c r="A185" t="s">
-        <v>1045</v>
+        <v>1049</v>
       </c>
       <c r="B185" t="s">
-        <v>1046</v>
+        <v>1050</v>
       </c>
       <c r="C185" t="s">
-        <v>1047</v>
+        <v>1051</v>
       </c>
       <c r="D185" t="s">
-        <v>347</v>
+        <v>356</v>
       </c>
       <c r="E185" t="s">
         <v>20</v>
       </c>
       <c r="F185" t="s">
-        <v>177</v>
+        <v>34</v>
       </c>
       <c r="G185" t="s">
         <v>22</v>
       </c>
       <c r="H185">
         <v>2018</v>
       </c>
       <c r="I185">
         <v>2019</v>
       </c>
       <c r="J185" t="s">
-        <v>805</v>
+        <v>817</v>
       </c>
       <c r="K185" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L185"/>
       <c r="M185" t="s">
-        <v>1048</v>
+        <v>1052</v>
       </c>
       <c r="N185" t="s">
         <v>27</v>
       </c>
       <c r="O185" t="s">
-        <v>1049</v>
+        <v>1053</v>
       </c>
       <c r="P185" t="s">
-        <v>1050</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="186" spans="1:16">
       <c r="A186" t="s">
-        <v>1051</v>
+        <v>1055</v>
       </c>
       <c r="B186" t="s">
-        <v>1052</v>
+        <v>1056</v>
       </c>
       <c r="C186" t="s">
-        <v>1053</v>
+        <v>1057</v>
       </c>
       <c r="D186" t="s">
-        <v>601</v>
+        <v>611</v>
       </c>
       <c r="E186" t="s">
         <v>20</v>
       </c>
       <c r="F186" t="s">
-        <v>177</v>
+        <v>34</v>
       </c>
       <c r="G186" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H186">
         <v>2015</v>
       </c>
       <c r="I186"/>
       <c r="J186" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="K186" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L186" t="s">
-        <v>1054</v>
+        <v>1058</v>
       </c>
       <c r="M186" t="s">
-        <v>1055</v>
+        <v>1059</v>
       </c>
       <c r="N186" t="s">
         <v>27</v>
       </c>
       <c r="O186" t="s">
-        <v>1056</v>
+        <v>1060</v>
       </c>
       <c r="P186" t="s">
-        <v>1057</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="187" spans="1:16">
       <c r="A187" t="s">
-        <v>1058</v>
+        <v>1062</v>
       </c>
       <c r="B187" t="s">
-        <v>1059</v>
+        <v>1063</v>
       </c>
       <c r="C187" t="s">
-        <v>1060</v>
+        <v>1064</v>
       </c>
       <c r="D187" t="s">
-        <v>1061</v>
+        <v>1065</v>
       </c>
       <c r="E187" t="s">
         <v>20</v>
       </c>
       <c r="F187" t="s">
-        <v>177</v>
+        <v>34</v>
       </c>
       <c r="G187" t="s">
         <v>22</v>
       </c>
       <c r="H187">
         <v>2017</v>
       </c>
       <c r="I187">
         <v>2021</v>
       </c>
       <c r="J187" t="s">
-        <v>664</v>
+        <v>676</v>
       </c>
       <c r="K187" t="s">
-        <v>1062</v>
+        <v>1066</v>
       </c>
       <c r="L187" t="s">
-        <v>1063</v>
+        <v>1067</v>
       </c>
       <c r="M187" t="s">
-        <v>1064</v>
+        <v>1068</v>
       </c>
       <c r="N187" t="s">
-        <v>836</v>
+        <v>848</v>
       </c>
       <c r="O187" t="s">
-        <v>1065</v>
+        <v>1069</v>
       </c>
       <c r="P187" t="s">
-        <v>1066</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="188" spans="1:16">
       <c r="A188" t="s">
-        <v>1067</v>
+        <v>1071</v>
       </c>
       <c r="B188" t="s">
-        <v>1068</v>
+        <v>1072</v>
       </c>
       <c r="C188" t="s">
-        <v>1069</v>
+        <v>1073</v>
       </c>
       <c r="D188" t="s">
-        <v>553</v>
+        <v>564</v>
       </c>
       <c r="E188" t="s">
         <v>20</v>
       </c>
       <c r="F188" t="s">
-        <v>978</v>
+        <v>982</v>
       </c>
       <c r="G188" t="s">
         <v>8</v>
       </c>
       <c r="H188">
         <v>2015</v>
       </c>
       <c r="I188">
         <v>2024</v>
       </c>
       <c r="J188" t="s">
-        <v>1070</v>
+        <v>1074</v>
       </c>
       <c r="K188" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L188" t="s">
-        <v>1071</v>
+        <v>1075</v>
       </c>
       <c r="M188" t="s">
-        <v>1072</v>
+        <v>1076</v>
       </c>
       <c r="N188" t="s">
         <v>27</v>
       </c>
       <c r="O188" t="s">
-        <v>1073</v>
+        <v>1077</v>
       </c>
       <c r="P188" t="s">
-        <v>1074</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="189" spans="1:16">
       <c r="A189" t="s">
-        <v>1075</v>
+        <v>1079</v>
       </c>
       <c r="B189" t="s">
-        <v>1076</v>
+        <v>1080</v>
       </c>
       <c r="C189" t="s">
-        <v>281</v>
+        <v>290</v>
       </c>
       <c r="D189" t="s">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="E189" t="s">
         <v>20</v>
       </c>
       <c r="F189" t="s">
-        <v>978</v>
+        <v>982</v>
       </c>
       <c r="G189" t="s">
         <v>8</v>
       </c>
       <c r="H189">
         <v>2004</v>
       </c>
       <c r="I189">
         <v>2024</v>
       </c>
       <c r="J189" t="s">
-        <v>1070</v>
+        <v>1074</v>
       </c>
       <c r="K189" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L189" t="s">
-        <v>1077</v>
+        <v>1081</v>
       </c>
       <c r="M189" t="s">
-        <v>1072</v>
+        <v>1076</v>
       </c>
       <c r="N189" t="s">
         <v>27</v>
       </c>
       <c r="O189" t="s">
+        <v>1082</v>
+      </c>
+      <c r="P189" t="s">
         <v>1078</v>
-      </c>
-[...1 lines deleted...]
-        <v>1074</v>
       </c>
     </row>
     <row r="190" spans="1:16">
       <c r="A190" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="B190" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="C190" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="D190" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="E190" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F190" t="s">
-        <v>177</v>
+        <v>34</v>
       </c>
       <c r="G190" t="s">
-        <v>186</v>
+        <v>195</v>
       </c>
       <c r="H190"/>
       <c r="I190"/>
       <c r="J190" t="s">
-        <v>282</v>
+        <v>291</v>
       </c>
       <c r="K190" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L190" t="s">
-        <v>178</v>
+        <v>187</v>
       </c>
       <c r="M190" t="s">
-        <v>1082</v>
+        <v>1086</v>
       </c>
       <c r="N190" t="s">
         <v>27</v>
       </c>
       <c r="O190" t="s">
-        <v>1083</v>
+        <v>1087</v>
       </c>
       <c r="P190" t="s">
-        <v>1084</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="191" spans="1:16">
       <c r="A191" t="s">
-        <v>1085</v>
+        <v>1089</v>
       </c>
       <c r="B191" t="s">
-        <v>1086</v>
+        <v>1090</v>
       </c>
       <c r="C191" t="s">
-        <v>1087</v>
+        <v>1091</v>
       </c>
       <c r="D191" t="s">
-        <v>1088</v>
+        <v>1092</v>
       </c>
       <c r="E191" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F191" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G191" t="s">
         <v>22</v>
       </c>
       <c r="H191">
         <v>2015</v>
       </c>
       <c r="I191">
         <v>2018</v>
       </c>
       <c r="J191" t="s">
-        <v>485</v>
+        <v>494</v>
       </c>
       <c r="K191" t="s">
         <v>24</v>
       </c>
       <c r="L191"/>
       <c r="M191" t="s">
-        <v>1089</v>
+        <v>1093</v>
       </c>
       <c r="N191" t="s">
         <v>27</v>
       </c>
       <c r="O191" t="s">
-        <v>1090</v>
+        <v>1094</v>
       </c>
       <c r="P191" t="s">
-        <v>1091</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="192" spans="1:16">
       <c r="A192" t="s">
-        <v>1092</v>
+        <v>1096</v>
       </c>
       <c r="B192" t="s">
-        <v>1093</v>
+        <v>1097</v>
       </c>
       <c r="C192" t="s">
-        <v>1035</v>
+        <v>1039</v>
       </c>
       <c r="D192" t="s">
-        <v>124</v>
+        <v>134</v>
       </c>
       <c r="E192" t="s">
         <v>20</v>
       </c>
       <c r="F192" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G192" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H192">
         <v>2019</v>
       </c>
       <c r="I192">
         <v>2020</v>
       </c>
       <c r="J192" t="s">
-        <v>430</v>
+        <v>439</v>
       </c>
       <c r="K192" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L192" t="s">
-        <v>1094</v>
+        <v>1098</v>
       </c>
       <c r="M192" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="N192" t="s">
         <v>27</v>
       </c>
       <c r="O192" t="s">
-        <v>1095</v>
+        <v>1099</v>
       </c>
       <c r="P192" t="s">
-        <v>1096</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="193" spans="1:16">
       <c r="A193" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="B193" t="s">
-        <v>1098</v>
+        <v>1102</v>
       </c>
       <c r="C193" t="s">
-        <v>1099</v>
+        <v>1103</v>
       </c>
       <c r="D193" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="E193" t="s">
         <v>20</v>
       </c>
       <c r="F193" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G193" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H193">
         <v>2014</v>
       </c>
       <c r="I193"/>
       <c r="J193" t="s">
-        <v>430</v>
+        <v>439</v>
       </c>
       <c r="K193" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="L193" t="s">
-        <v>1100</v>
+        <v>1104</v>
       </c>
       <c r="M193" t="s">
-        <v>1101</v>
+        <v>1105</v>
       </c>
       <c r="N193" t="s">
         <v>27</v>
       </c>
       <c r="O193" t="s">
-        <v>1102</v>
+        <v>1106</v>
       </c>
       <c r="P193" t="s">
-        <v>1103</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="194" spans="1:16">
       <c r="A194" t="s">
-        <v>1104</v>
+        <v>1108</v>
       </c>
       <c r="B194" t="s">
-        <v>1105</v>
+        <v>1109</v>
       </c>
       <c r="C194" t="s">
-        <v>1099</v>
+        <v>1103</v>
       </c>
       <c r="D194" t="s">
-        <v>124</v>
+        <v>134</v>
       </c>
       <c r="E194" t="s">
         <v>20</v>
       </c>
       <c r="F194" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G194" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H194">
         <v>2017</v>
       </c>
       <c r="I194"/>
       <c r="J194" t="s">
-        <v>430</v>
+        <v>439</v>
       </c>
       <c r="K194" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L194" t="s">
-        <v>1106</v>
+        <v>1110</v>
       </c>
       <c r="M194" t="s">
-        <v>1101</v>
+        <v>1105</v>
       </c>
       <c r="N194" t="s">
         <v>27</v>
       </c>
       <c r="O194" t="s">
-        <v>1107</v>
+        <v>1111</v>
       </c>
       <c r="P194" t="s">
-        <v>1108</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="195" spans="1:16">
       <c r="A195" t="s">
-        <v>1109</v>
+        <v>1113</v>
       </c>
       <c r="B195" t="s">
-        <v>1110</v>
+        <v>1114</v>
       </c>
       <c r="C195" t="s">
-        <v>1111</v>
+        <v>1115</v>
       </c>
       <c r="D195" t="s">
-        <v>347</v>
+        <v>356</v>
       </c>
       <c r="E195" t="s">
         <v>20</v>
       </c>
       <c r="F195" t="s">
-        <v>177</v>
+        <v>34</v>
       </c>
       <c r="G195" t="s">
         <v>22</v>
       </c>
       <c r="H195">
         <v>2016</v>
       </c>
       <c r="I195">
         <v>2019</v>
       </c>
       <c r="J195" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="K195" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L195"/>
       <c r="M195" t="s">
-        <v>1112</v>
+        <v>1116</v>
       </c>
       <c r="N195" t="s">
         <v>27</v>
       </c>
       <c r="O195" t="s">
-        <v>1113</v>
+        <v>1117</v>
       </c>
       <c r="P195" t="s">
-        <v>1114</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="196" spans="1:16">
       <c r="A196" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B196" t="s">
+        <v>1120</v>
+      </c>
+      <c r="C196" t="s">
         <v>1115</v>
       </c>
-      <c r="B196" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D196" t="s">
-        <v>347</v>
+        <v>356</v>
       </c>
       <c r="E196" t="s">
         <v>20</v>
       </c>
       <c r="F196" t="s">
-        <v>177</v>
+        <v>34</v>
       </c>
       <c r="G196" t="s">
         <v>22</v>
       </c>
       <c r="H196">
         <v>2016</v>
       </c>
       <c r="I196">
         <v>2019</v>
       </c>
       <c r="J196" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="K196" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L196"/>
       <c r="M196" t="s">
-        <v>1112</v>
+        <v>1116</v>
       </c>
       <c r="N196" t="s">
         <v>27</v>
       </c>
       <c r="O196" t="s">
-        <v>1117</v>
+        <v>1121</v>
       </c>
       <c r="P196" t="s">
-        <v>1114</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="197" spans="1:16">
       <c r="A197" t="s">
-        <v>1118</v>
+        <v>1122</v>
       </c>
       <c r="B197" t="s">
-        <v>1119</v>
+        <v>1123</v>
       </c>
       <c r="C197" t="s">
-        <v>403</v>
+        <v>412</v>
       </c>
       <c r="D197" t="s">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="E197" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F197" t="s">
-        <v>177</v>
+        <v>34</v>
       </c>
       <c r="G197" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H197">
         <v>2019</v>
       </c>
       <c r="I197"/>
       <c r="J197" t="s">
-        <v>301</v>
+        <v>310</v>
       </c>
       <c r="K197" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L197" t="s">
-        <v>1120</v>
+        <v>1124</v>
       </c>
       <c r="M197" t="s">
-        <v>409</v>
+        <v>418</v>
       </c>
       <c r="N197" t="s">
         <v>27</v>
       </c>
       <c r="O197" t="s">
-        <v>1121</v>
+        <v>1125</v>
       </c>
       <c r="P197" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="198" spans="1:16">
       <c r="A198" t="s">
-        <v>1123</v>
+        <v>1127</v>
       </c>
       <c r="B198" t="s">
-        <v>1124</v>
+        <v>1128</v>
       </c>
       <c r="C198" t="s">
-        <v>403</v>
+        <v>412</v>
       </c>
       <c r="D198" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="E198" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F198" t="s">
-        <v>177</v>
+        <v>34</v>
       </c>
       <c r="G198" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H198">
         <v>2014</v>
       </c>
       <c r="I198"/>
       <c r="J198" t="s">
-        <v>301</v>
+        <v>310</v>
       </c>
       <c r="K198" t="s">
-        <v>407</v>
+        <v>416</v>
       </c>
       <c r="L198" t="s">
-        <v>1125</v>
+        <v>1129</v>
       </c>
       <c r="M198" t="s">
-        <v>409</v>
+        <v>418</v>
       </c>
       <c r="N198" t="s">
         <v>27</v>
       </c>
       <c r="O198" t="s">
-        <v>1126</v>
+        <v>1130</v>
       </c>
       <c r="P198" t="s">
-        <v>1127</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="199" spans="1:16">
       <c r="A199" t="s">
-        <v>1128</v>
+        <v>1132</v>
       </c>
       <c r="B199" t="s">
-        <v>1129</v>
+        <v>1133</v>
       </c>
       <c r="C199" t="s">
-        <v>991</v>
+        <v>995</v>
       </c>
       <c r="D199" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="E199" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F199" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G199" t="s">
         <v>22</v>
       </c>
       <c r="H199">
         <v>1996</v>
       </c>
       <c r="I199">
         <v>2012</v>
       </c>
       <c r="J199" t="s">
-        <v>430</v>
+        <v>439</v>
       </c>
       <c r="K199" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L199" t="s">
-        <v>1130</v>
+        <v>1134</v>
       </c>
       <c r="M199" t="s">
-        <v>1131</v>
+        <v>1135</v>
       </c>
       <c r="N199" t="s">
         <v>27</v>
       </c>
       <c r="O199" t="s">
-        <v>1132</v>
+        <v>1136</v>
       </c>
       <c r="P199" t="s">
-        <v>1133</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="200" spans="1:16">
       <c r="A200" t="s">
-        <v>1134</v>
+        <v>1138</v>
       </c>
       <c r="B200" t="s">
-        <v>1135</v>
+        <v>1139</v>
       </c>
       <c r="C200" t="s">
-        <v>991</v>
+        <v>995</v>
       </c>
       <c r="D200" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="E200" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F200" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G200" t="s">
         <v>22</v>
       </c>
       <c r="H200">
         <v>1996</v>
       </c>
       <c r="I200">
         <v>2013</v>
       </c>
       <c r="J200" t="s">
-        <v>430</v>
+        <v>439</v>
       </c>
       <c r="K200" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L200" t="s">
-        <v>1136</v>
+        <v>1140</v>
       </c>
       <c r="M200" t="s">
-        <v>1131</v>
+        <v>1135</v>
       </c>
       <c r="N200" t="s">
         <v>27</v>
       </c>
       <c r="O200" t="s">
-        <v>1137</v>
+        <v>1141</v>
       </c>
       <c r="P200" t="s">
-        <v>1138</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="201" spans="1:16">
       <c r="A201" t="s">
-        <v>1139</v>
+        <v>1143</v>
       </c>
       <c r="B201" t="s">
-        <v>1140</v>
+        <v>1144</v>
       </c>
       <c r="C201" t="s">
-        <v>991</v>
+        <v>995</v>
       </c>
       <c r="D201" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="E201" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F201" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G201" t="s">
         <v>22</v>
       </c>
       <c r="H201">
         <v>1997</v>
       </c>
       <c r="I201">
         <v>2012</v>
       </c>
       <c r="J201" t="s">
-        <v>430</v>
+        <v>439</v>
       </c>
       <c r="K201" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L201" t="s">
-        <v>1141</v>
+        <v>1145</v>
       </c>
       <c r="M201" t="s">
-        <v>1131</v>
+        <v>1135</v>
       </c>
       <c r="N201" t="s">
         <v>27</v>
       </c>
       <c r="O201" t="s">
-        <v>1142</v>
+        <v>1146</v>
       </c>
       <c r="P201" t="s">
-        <v>1143</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="202" spans="1:16">
       <c r="A202" t="s">
-        <v>1144</v>
+        <v>1148</v>
       </c>
       <c r="B202" t="s">
-        <v>1145</v>
+        <v>1149</v>
       </c>
       <c r="C202" t="s">
-        <v>991</v>
+        <v>995</v>
       </c>
       <c r="D202" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="E202" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F202" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G202" t="s">
         <v>22</v>
       </c>
       <c r="H202">
         <v>2003</v>
       </c>
       <c r="I202">
         <v>2013</v>
       </c>
       <c r="J202" t="s">
-        <v>430</v>
+        <v>439</v>
       </c>
       <c r="K202" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L202" t="s">
-        <v>1146</v>
+        <v>1150</v>
       </c>
       <c r="M202" t="s">
-        <v>1131</v>
+        <v>1135</v>
       </c>
       <c r="N202" t="s">
         <v>27</v>
       </c>
       <c r="O202" t="s">
-        <v>1147</v>
+        <v>1151</v>
       </c>
       <c r="P202" t="s">
-        <v>1148</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="203" spans="1:16">
       <c r="A203" t="s">
-        <v>1149</v>
+        <v>1153</v>
       </c>
       <c r="B203" t="s">
-        <v>1150</v>
+        <v>1154</v>
       </c>
       <c r="C203" t="s">
-        <v>991</v>
+        <v>995</v>
       </c>
       <c r="D203" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="E203" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F203" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G203" t="s">
         <v>22</v>
       </c>
       <c r="H203">
         <v>2004</v>
       </c>
       <c r="I203">
         <v>2012</v>
       </c>
       <c r="J203" t="s">
-        <v>430</v>
+        <v>439</v>
       </c>
       <c r="K203" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L203" t="s">
-        <v>1151</v>
+        <v>1155</v>
       </c>
       <c r="M203" t="s">
-        <v>1131</v>
+        <v>1135</v>
       </c>
       <c r="N203" t="s">
         <v>27</v>
       </c>
       <c r="O203" t="s">
-        <v>1152</v>
+        <v>1156</v>
       </c>
       <c r="P203" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="204" spans="1:16">
       <c r="A204" t="s">
-        <v>1154</v>
+        <v>1158</v>
       </c>
       <c r="B204" t="s">
-        <v>1155</v>
+        <v>1159</v>
       </c>
       <c r="C204" t="s">
-        <v>991</v>
+        <v>995</v>
       </c>
       <c r="D204" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="E204" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F204" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G204" t="s">
         <v>22</v>
       </c>
       <c r="H204">
         <v>2004</v>
       </c>
       <c r="I204">
         <v>2012</v>
       </c>
       <c r="J204" t="s">
-        <v>430</v>
+        <v>439</v>
       </c>
       <c r="K204" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L204" t="s">
-        <v>1151</v>
+        <v>1155</v>
       </c>
       <c r="M204" t="s">
-        <v>1131</v>
+        <v>1135</v>
       </c>
       <c r="N204" t="s">
         <v>27</v>
       </c>
       <c r="O204" t="s">
-        <v>1156</v>
+        <v>1160</v>
       </c>
       <c r="P204" t="s">
-        <v>1157</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="205" spans="1:16">
       <c r="A205" t="s">
-        <v>1158</v>
+        <v>1162</v>
       </c>
       <c r="B205" t="s">
-        <v>1159</v>
+        <v>1163</v>
       </c>
       <c r="C205" t="s">
-        <v>991</v>
+        <v>995</v>
       </c>
       <c r="D205" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="E205" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F205" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G205" t="s">
         <v>22</v>
       </c>
       <c r="H205">
         <v>2005</v>
       </c>
       <c r="I205">
         <v>2012</v>
       </c>
       <c r="J205" t="s">
-        <v>430</v>
+        <v>439</v>
       </c>
       <c r="K205" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L205" t="s">
-        <v>1160</v>
+        <v>1164</v>
       </c>
       <c r="M205" t="s">
-        <v>1131</v>
+        <v>1135</v>
       </c>
       <c r="N205" t="s">
         <v>27</v>
       </c>
       <c r="O205" t="s">
-        <v>1161</v>
+        <v>1165</v>
       </c>
       <c r="P205" t="s">
-        <v>1162</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="206" spans="1:16">
       <c r="A206" t="s">
-        <v>1163</v>
+        <v>1167</v>
       </c>
       <c r="B206" t="s">
-        <v>1164</v>
+        <v>1168</v>
       </c>
       <c r="C206" t="s">
-        <v>991</v>
+        <v>995</v>
       </c>
       <c r="D206" t="s">
-        <v>1165</v>
+        <v>1169</v>
       </c>
       <c r="E206" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F206" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G206" t="s">
         <v>22</v>
       </c>
       <c r="H206">
         <v>2008</v>
       </c>
       <c r="I206">
         <v>2012</v>
       </c>
       <c r="J206" t="s">
-        <v>430</v>
+        <v>439</v>
       </c>
       <c r="K206" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L206" t="s">
-        <v>1166</v>
+        <v>1170</v>
       </c>
       <c r="M206" t="s">
-        <v>1131</v>
+        <v>1135</v>
       </c>
       <c r="N206" t="s">
-        <v>836</v>
+        <v>848</v>
       </c>
       <c r="O206" t="s">
-        <v>1167</v>
+        <v>1171</v>
       </c>
       <c r="P206" t="s">
-        <v>1168</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="207" spans="1:16">
       <c r="A207" t="s">
-        <v>1169</v>
+        <v>1173</v>
       </c>
       <c r="B207" t="s">
-        <v>1170</v>
+        <v>1174</v>
       </c>
       <c r="C207" t="s">
-        <v>1171</v>
+        <v>1175</v>
       </c>
       <c r="D207" t="s">
-        <v>606</v>
+        <v>617</v>
       </c>
       <c r="E207" t="s">
         <v>20</v>
       </c>
       <c r="F207" t="s">
         <v>21</v>
       </c>
       <c r="G207" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H207">
         <v>2016</v>
       </c>
       <c r="I207"/>
       <c r="J207" t="s">
-        <v>301</v>
+        <v>310</v>
       </c>
       <c r="K207" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L207"/>
       <c r="M207" t="s">
-        <v>1172</v>
+        <v>1176</v>
       </c>
       <c r="N207" t="s">
         <v>27</v>
       </c>
       <c r="O207" t="s">
-        <v>1173</v>
+        <v>1177</v>
       </c>
       <c r="P207" t="s">
-        <v>1174</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="208" spans="1:16">
       <c r="A208" t="s">
+        <v>1179</v>
+      </c>
+      <c r="B208" t="s">
+        <v>1180</v>
+      </c>
+      <c r="C208" t="s">
         <v>1175</v>
       </c>
-      <c r="B208" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D208" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="E208" t="s">
         <v>20</v>
       </c>
       <c r="F208" t="s">
         <v>21</v>
       </c>
       <c r="G208" t="s">
         <v>22</v>
       </c>
       <c r="H208">
         <v>2016</v>
       </c>
       <c r="I208">
         <v>2016</v>
       </c>
       <c r="J208" t="s">
-        <v>301</v>
+        <v>310</v>
       </c>
       <c r="K208" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L208"/>
       <c r="M208" t="s">
-        <v>1172</v>
+        <v>1176</v>
       </c>
       <c r="N208" t="s">
         <v>27</v>
       </c>
       <c r="O208" t="s">
-        <v>1177</v>
+        <v>1181</v>
       </c>
       <c r="P208" t="s">
-        <v>1174</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="209" spans="1:16">
       <c r="A209" t="s">
-        <v>1178</v>
+        <v>1182</v>
       </c>
       <c r="B209" t="s">
-        <v>1179</v>
+        <v>1183</v>
       </c>
       <c r="C209" t="s">
-        <v>1171</v>
+        <v>1175</v>
       </c>
       <c r="D209" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="E209" t="s">
         <v>20</v>
       </c>
       <c r="F209" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G209" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H209">
         <v>2014</v>
       </c>
       <c r="I209"/>
       <c r="J209" t="s">
-        <v>301</v>
+        <v>310</v>
       </c>
       <c r="K209" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L209"/>
       <c r="M209" t="s">
-        <v>1180</v>
+        <v>1184</v>
       </c>
       <c r="N209" t="s">
         <v>27</v>
       </c>
       <c r="O209" t="s">
-        <v>1181</v>
+        <v>1185</v>
       </c>
       <c r="P209" t="s">
-        <v>1182</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="210" spans="1:16">
       <c r="A210" t="s">
-        <v>1183</v>
+        <v>1187</v>
       </c>
       <c r="B210" t="s">
-        <v>1184</v>
+        <v>1188</v>
       </c>
       <c r="C210" t="s">
-        <v>841</v>
+        <v>853</v>
       </c>
       <c r="D210" t="s">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="E210" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F210" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G210" t="s">
-        <v>429</v>
+        <v>438</v>
       </c>
       <c r="H210"/>
       <c r="I210"/>
       <c r="J210" t="s">
-        <v>301</v>
+        <v>310</v>
       </c>
       <c r="K210" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L210"/>
       <c r="M210" t="s">
-        <v>1185</v>
+        <v>1189</v>
       </c>
       <c r="N210" t="s">
         <v>27</v>
       </c>
       <c r="O210" t="s">
-        <v>1186</v>
+        <v>1190</v>
       </c>
       <c r="P210" t="s">
-        <v>1187</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="211" spans="1:16">
       <c r="A211" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="B211" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="C211" t="s">
-        <v>841</v>
+        <v>853</v>
       </c>
       <c r="D211" t="s">
-        <v>437</v>
+        <v>446</v>
       </c>
       <c r="E211" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F211" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G211" t="s">
         <v>22</v>
       </c>
       <c r="H211">
         <v>2012</v>
       </c>
       <c r="I211">
         <v>2012</v>
       </c>
       <c r="J211" t="s">
-        <v>282</v>
+        <v>291</v>
       </c>
       <c r="K211" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L211"/>
       <c r="M211" t="s">
-        <v>1185</v>
+        <v>1189</v>
       </c>
       <c r="N211" t="s">
         <v>27</v>
       </c>
       <c r="O211" t="s">
-        <v>1190</v>
+        <v>1194</v>
       </c>
       <c r="P211" t="s">
-        <v>1191</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="212" spans="1:16">
       <c r="A212" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="B212" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="C212" t="s">
-        <v>841</v>
+        <v>853</v>
       </c>
       <c r="D212" t="s">
-        <v>124</v>
+        <v>134</v>
       </c>
       <c r="E212" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F212" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G212" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H212">
         <v>2013</v>
       </c>
       <c r="I212"/>
       <c r="J212" t="s">
-        <v>282</v>
+        <v>291</v>
       </c>
       <c r="K212" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L212"/>
       <c r="M212" t="s">
-        <v>1185</v>
+        <v>1189</v>
       </c>
       <c r="N212" t="s">
         <v>27</v>
       </c>
       <c r="O212" t="s">
-        <v>1194</v>
+        <v>1198</v>
       </c>
       <c r="P212" t="s">
-        <v>1195</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="213" spans="1:16">
       <c r="A213" t="s">
-        <v>1196</v>
+        <v>1200</v>
       </c>
       <c r="B213" t="s">
-        <v>1197</v>
+        <v>1201</v>
       </c>
       <c r="C213" t="s">
-        <v>841</v>
+        <v>853</v>
       </c>
       <c r="D213" t="s">
-        <v>68</v>
+        <v>78</v>
       </c>
       <c r="E213" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F213" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G213" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H213">
         <v>2017</v>
       </c>
       <c r="I213"/>
       <c r="J213" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="K213" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L213"/>
       <c r="M213" t="s">
-        <v>1185</v>
+        <v>1189</v>
       </c>
       <c r="N213" t="s">
         <v>27</v>
       </c>
       <c r="O213" t="s">
-        <v>1198</v>
+        <v>1202</v>
       </c>
       <c r="P213" t="s">
-        <v>1199</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="214" spans="1:16">
       <c r="A214" t="s">
-        <v>1200</v>
+        <v>1204</v>
       </c>
       <c r="B214" t="s">
-        <v>1201</v>
+        <v>1205</v>
       </c>
       <c r="C214" t="s">
-        <v>841</v>
+        <v>853</v>
       </c>
       <c r="D214" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="E214" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F214" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G214" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H214">
         <v>2017</v>
       </c>
       <c r="I214"/>
       <c r="J214" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="K214" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="L214"/>
       <c r="M214" t="s">
-        <v>1185</v>
+        <v>1189</v>
       </c>
       <c r="N214" t="s">
         <v>27</v>
       </c>
       <c r="O214" t="s">
-        <v>1202</v>
+        <v>1206</v>
       </c>
       <c r="P214" t="s">
-        <v>1203</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="215" spans="1:16">
       <c r="A215" t="s">
-        <v>1204</v>
+        <v>1208</v>
       </c>
       <c r="B215" t="s">
-        <v>1205</v>
+        <v>1209</v>
       </c>
       <c r="C215" t="s">
-        <v>1206</v>
+        <v>1210</v>
       </c>
       <c r="D215" t="s">
-        <v>601</v>
+        <v>611</v>
       </c>
       <c r="E215" t="s">
         <v>20</v>
       </c>
       <c r="F215" t="s">
         <v>21</v>
       </c>
       <c r="G215" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H215">
         <v>2011</v>
       </c>
       <c r="I215"/>
       <c r="J215" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="K215" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L215"/>
       <c r="M215" t="s">
-        <v>1207</v>
+        <v>1211</v>
       </c>
       <c r="N215" t="s">
         <v>27</v>
       </c>
       <c r="O215" t="s">
-        <v>1208</v>
+        <v>1212</v>
       </c>
       <c r="P215" t="s">
-        <v>1209</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="216" spans="1:16">
       <c r="A216" t="s">
-        <v>1210</v>
+        <v>1214</v>
       </c>
       <c r="B216" t="s">
-        <v>1211</v>
+        <v>1215</v>
       </c>
       <c r="C216" t="s">
-        <v>1212</v>
+        <v>1216</v>
       </c>
       <c r="D216" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="E216" t="s">
         <v>20</v>
       </c>
       <c r="F216" t="s">
-        <v>177</v>
+        <v>34</v>
       </c>
       <c r="G216" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H216">
         <v>2016</v>
       </c>
       <c r="I216"/>
       <c r="J216" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
       <c r="K216" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L216"/>
       <c r="M216" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
       <c r="N216" t="s">
         <v>27</v>
       </c>
       <c r="O216" t="s">
-        <v>1215</v>
+        <v>1219</v>
       </c>
       <c r="P216" t="s">
-        <v>1216</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="217" spans="1:16">
       <c r="A217" t="s">
-        <v>1217</v>
+        <v>1221</v>
       </c>
       <c r="B217" t="s">
-        <v>1218</v>
+        <v>1222</v>
       </c>
       <c r="C217" t="s">
-        <v>976</v>
+        <v>980</v>
       </c>
       <c r="D217" t="s">
-        <v>1219</v>
+        <v>1223</v>
       </c>
       <c r="E217" t="s">
         <v>20</v>
       </c>
       <c r="F217" t="s">
         <v>21</v>
       </c>
       <c r="G217" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H217">
         <v>2019</v>
       </c>
       <c r="I217"/>
       <c r="J217" t="s">
-        <v>805</v>
+        <v>817</v>
       </c>
       <c r="K217" t="s">
-        <v>1220</v>
+        <v>1224</v>
       </c>
       <c r="L217"/>
       <c r="M217" t="s">
-        <v>980</v>
+        <v>984</v>
       </c>
       <c r="N217" t="s">
-        <v>295</v>
+        <v>304</v>
       </c>
       <c r="O217" t="s">
-        <v>1221</v>
+        <v>1225</v>
       </c>
       <c r="P217" t="s">
-        <v>1222</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="218" spans="1:16">
       <c r="A218" t="s">
-        <v>1223</v>
+        <v>1227</v>
       </c>
       <c r="B218" t="s">
-        <v>1224</v>
+        <v>1228</v>
       </c>
       <c r="C218" t="s">
-        <v>991</v>
+        <v>995</v>
       </c>
       <c r="D218" t="s">
-        <v>1165</v>
+        <v>1169</v>
       </c>
       <c r="E218" t="s">
         <v>20</v>
       </c>
       <c r="F218" t="s">
         <v>21</v>
       </c>
       <c r="G218" t="s">
         <v>22</v>
       </c>
       <c r="H218">
         <v>2008</v>
       </c>
       <c r="I218"/>
       <c r="J218" t="s">
-        <v>355</v>
+        <v>364</v>
       </c>
       <c r="K218" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L218" t="s">
-        <v>1225</v>
+        <v>1229</v>
       </c>
       <c r="M218" t="s">
-        <v>992</v>
+        <v>996</v>
       </c>
       <c r="N218" t="s">
-        <v>836</v>
+        <v>848</v>
       </c>
       <c r="O218" t="s">
-        <v>1226</v>
+        <v>1230</v>
       </c>
       <c r="P218" t="s">
-        <v>1227</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="219" spans="1:16">
       <c r="A219" t="s">
-        <v>1228</v>
+        <v>1232</v>
       </c>
       <c r="B219" t="s">
-        <v>1229</v>
+        <v>1233</v>
       </c>
       <c r="C219" t="s">
-        <v>991</v>
+        <v>995</v>
       </c>
       <c r="D219" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="E219" t="s">
         <v>20</v>
       </c>
       <c r="F219" t="s">
-        <v>177</v>
+        <v>34</v>
       </c>
       <c r="G219" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H219">
         <v>2013</v>
       </c>
       <c r="I219"/>
       <c r="J219" t="s">
-        <v>355</v>
+        <v>364</v>
       </c>
       <c r="K219" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="L219" t="s">
-        <v>1230</v>
+        <v>1234</v>
       </c>
       <c r="M219" t="s">
-        <v>992</v>
+        <v>996</v>
       </c>
       <c r="N219" t="s">
         <v>27</v>
       </c>
       <c r="O219" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="P219" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="220" spans="1:16">
       <c r="A220" t="s">
-        <v>1233</v>
+        <v>1237</v>
       </c>
       <c r="B220" t="s">
-        <v>1234</v>
+        <v>1238</v>
       </c>
       <c r="C220" t="s">
-        <v>1235</v>
+        <v>1239</v>
       </c>
       <c r="D220" t="s">
-        <v>1236</v>
+        <v>1240</v>
       </c>
       <c r="E220" t="s">
         <v>20</v>
       </c>
       <c r="F220" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G220" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H220">
         <v>2017</v>
       </c>
       <c r="I220"/>
       <c r="J220" t="s">
-        <v>301</v>
+        <v>310</v>
       </c>
       <c r="K220" t="s">
         <v>24</v>
       </c>
       <c r="L220"/>
       <c r="M220" t="s">
-        <v>1237</v>
+        <v>1241</v>
       </c>
       <c r="N220" t="s">
-        <v>836</v>
+        <v>848</v>
       </c>
       <c r="O220" t="s">
-        <v>1238</v>
+        <v>1242</v>
       </c>
       <c r="P220" t="s">
-        <v>1239</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="221" spans="1:16">
       <c r="A221" t="s">
-        <v>1240</v>
+        <v>1244</v>
       </c>
       <c r="B221" t="s">
-        <v>1241</v>
+        <v>1245</v>
       </c>
       <c r="C221" t="s">
-        <v>233</v>
+        <v>242</v>
       </c>
       <c r="D221" t="s">
-        <v>505</v>
+        <v>514</v>
       </c>
       <c r="E221" t="s">
         <v>20</v>
       </c>
       <c r="F221" t="s">
         <v>21</v>
       </c>
       <c r="G221" t="s">
-        <v>405</v>
+        <v>414</v>
       </c>
       <c r="H221">
         <v>2021</v>
       </c>
       <c r="I221"/>
       <c r="J221" t="s">
-        <v>236</v>
+        <v>245</v>
       </c>
       <c r="K221" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L221"/>
       <c r="M221" t="s">
-        <v>237</v>
+        <v>246</v>
       </c>
       <c r="N221" t="s">
         <v>27</v>
       </c>
       <c r="O221" t="s">
-        <v>1242</v>
+        <v>1246</v>
       </c>
       <c r="P221" t="s">
-        <v>1243</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="222" spans="1:16">
       <c r="A222" t="s">
-        <v>1244</v>
+        <v>1248</v>
       </c>
       <c r="B222" t="s">
-        <v>1245</v>
+        <v>1249</v>
       </c>
       <c r="C222" t="s">
-        <v>233</v>
+        <v>242</v>
       </c>
       <c r="D222" t="s">
-        <v>1246</v>
+        <v>1250</v>
       </c>
       <c r="E222" t="s">
         <v>20</v>
       </c>
       <c r="F222" t="s">
         <v>21</v>
       </c>
       <c r="G222" t="s">
-        <v>405</v>
+        <v>414</v>
       </c>
       <c r="H222">
         <v>2021</v>
       </c>
       <c r="I222"/>
       <c r="J222" t="s">
-        <v>236</v>
+        <v>245</v>
       </c>
       <c r="K222" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L222"/>
       <c r="M222" t="s">
-        <v>237</v>
+        <v>246</v>
       </c>
       <c r="N222" t="s">
         <v>27</v>
       </c>
       <c r="O222" t="s">
-        <v>1247</v>
+        <v>1251</v>
       </c>
       <c r="P222" t="s">
-        <v>1248</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="223" spans="1:16">
       <c r="A223" t="s">
-        <v>1249</v>
+        <v>1253</v>
       </c>
       <c r="B223" t="s">
-        <v>1250</v>
+        <v>1254</v>
       </c>
       <c r="C223" t="s">
-        <v>233</v>
+        <v>242</v>
       </c>
       <c r="D223" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="E223" t="s">
         <v>20</v>
       </c>
       <c r="F223" t="s">
         <v>21</v>
       </c>
       <c r="G223" t="s">
         <v>22</v>
       </c>
       <c r="H223">
         <v>2008</v>
       </c>
       <c r="I223">
         <v>2015</v>
       </c>
       <c r="J223" t="s">
-        <v>236</v>
+        <v>245</v>
       </c>
       <c r="K223" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L223"/>
       <c r="M223" t="s">
-        <v>237</v>
+        <v>246</v>
       </c>
       <c r="N223" t="s">
         <v>27</v>
       </c>
       <c r="O223" t="s">
-        <v>1251</v>
+        <v>1255</v>
       </c>
       <c r="P223" t="s">
-        <v>1252</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="224" spans="1:16">
       <c r="A224" t="s">
-        <v>1253</v>
+        <v>1257</v>
       </c>
       <c r="B224" t="s">
-        <v>1254</v>
+        <v>1258</v>
       </c>
       <c r="C224" t="s">
-        <v>233</v>
+        <v>242</v>
       </c>
       <c r="D224" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="E224" t="s">
         <v>20</v>
       </c>
       <c r="F224" t="s">
         <v>21</v>
       </c>
       <c r="G224" t="s">
         <v>22</v>
       </c>
       <c r="H224">
         <v>2009</v>
       </c>
       <c r="I224">
         <v>2013</v>
       </c>
       <c r="J224" t="s">
-        <v>236</v>
+        <v>245</v>
       </c>
       <c r="K224" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L224"/>
       <c r="M224" t="s">
-        <v>237</v>
+        <v>246</v>
       </c>
       <c r="N224" t="s">
         <v>27</v>
       </c>
       <c r="O224" t="s">
-        <v>1255</v>
+        <v>1259</v>
       </c>
       <c r="P224" t="s">
-        <v>1256</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="225" spans="1:16">
       <c r="A225" t="s">
-        <v>1257</v>
+        <v>1261</v>
       </c>
       <c r="B225" t="s">
-        <v>1258</v>
+        <v>1262</v>
       </c>
       <c r="C225" t="s">
-        <v>233</v>
+        <v>242</v>
       </c>
       <c r="D225" t="s">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="E225" t="s">
         <v>20</v>
       </c>
       <c r="F225" t="s">
         <v>21</v>
       </c>
       <c r="G225" t="s">
         <v>22</v>
       </c>
       <c r="H225">
         <v>2015</v>
       </c>
       <c r="I225">
         <v>2015</v>
       </c>
       <c r="J225" t="s">
-        <v>236</v>
+        <v>245</v>
       </c>
       <c r="K225" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L225"/>
       <c r="M225" t="s">
-        <v>237</v>
+        <v>246</v>
       </c>
       <c r="N225" t="s">
         <v>27</v>
       </c>
       <c r="O225" t="s">
-        <v>1259</v>
+        <v>1263</v>
       </c>
       <c r="P225" t="s">
-        <v>1260</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="226" spans="1:16">
       <c r="A226" t="s">
-        <v>1261</v>
+        <v>1265</v>
       </c>
       <c r="B226" t="s">
-        <v>1262</v>
+        <v>1266</v>
       </c>
       <c r="C226" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="D226" t="s">
-        <v>124</v>
+        <v>134</v>
       </c>
       <c r="E226" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F226" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G226" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H226">
         <v>2013</v>
       </c>
       <c r="I226"/>
       <c r="J226" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="K226" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L226" t="s">
-        <v>1263</v>
+        <v>1267</v>
       </c>
       <c r="M226" t="s">
-        <v>1264</v>
+        <v>1268</v>
       </c>
       <c r="N226" t="s">
         <v>27</v>
       </c>
       <c r="O226" t="s">
-        <v>1265</v>
+        <v>1269</v>
       </c>
       <c r="P226" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="227" spans="1:16">
       <c r="A227" t="s">
-        <v>1267</v>
+        <v>1271</v>
       </c>
       <c r="B227" t="s">
-        <v>1268</v>
+        <v>1272</v>
       </c>
       <c r="C227" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="D227" t="s">
-        <v>450</v>
+        <v>459</v>
       </c>
       <c r="E227" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F227" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G227" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H227">
         <v>2013</v>
       </c>
       <c r="I227"/>
       <c r="J227" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="K227" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L227" t="s">
-        <v>1269</v>
+        <v>1273</v>
       </c>
       <c r="M227" t="s">
-        <v>1264</v>
+        <v>1268</v>
       </c>
       <c r="N227" t="s">
         <v>27</v>
       </c>
       <c r="O227" t="s">
-        <v>1270</v>
+        <v>1274</v>
       </c>
       <c r="P227" t="s">
-        <v>1271</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="228" spans="1:16">
       <c r="A228" t="s">
-        <v>1272</v>
+        <v>1276</v>
       </c>
       <c r="B228" t="s">
-        <v>1273</v>
+        <v>1277</v>
       </c>
       <c r="C228" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="D228" t="s">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="E228" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F228" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G228" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H228">
         <v>2012</v>
       </c>
       <c r="I228"/>
       <c r="J228" t="s">
-        <v>291</v>
+        <v>300</v>
       </c>
       <c r="K228" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L228" t="s">
-        <v>1274</v>
+        <v>1278</v>
       </c>
       <c r="M228" t="s">
-        <v>1264</v>
+        <v>1268</v>
       </c>
       <c r="N228" t="s">
         <v>27</v>
       </c>
       <c r="O228" t="s">
-        <v>1275</v>
+        <v>1279</v>
       </c>
       <c r="P228" t="s">
-        <v>1276</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="229" spans="1:16">
       <c r="A229" t="s">
-        <v>1277</v>
+        <v>1281</v>
       </c>
       <c r="B229" t="s">
-        <v>1278</v>
+        <v>1282</v>
       </c>
       <c r="C229" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="D229" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="E229" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F229" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G229" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H229">
         <v>2012</v>
       </c>
       <c r="I229"/>
       <c r="J229" t="s">
-        <v>680</v>
+        <v>692</v>
       </c>
       <c r="K229" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L229" t="s">
-        <v>1279</v>
+        <v>1283</v>
       </c>
       <c r="M229" t="s">
-        <v>1264</v>
+        <v>1268</v>
       </c>
       <c r="N229" t="s">
         <v>27</v>
       </c>
       <c r="O229" t="s">
-        <v>1280</v>
+        <v>1284</v>
       </c>
       <c r="P229" t="s">
-        <v>1281</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="230" spans="1:16">
       <c r="A230" t="s">
-        <v>1282</v>
+        <v>1286</v>
       </c>
       <c r="B230" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="C230" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="D230" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="E230" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F230" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G230" t="s">
         <v>22</v>
       </c>
       <c r="H230">
         <v>2002</v>
       </c>
       <c r="I230">
         <v>2015</v>
       </c>
       <c r="J230" t="s">
-        <v>291</v>
+        <v>300</v>
       </c>
       <c r="K230" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L230" t="s">
-        <v>1284</v>
+        <v>1288</v>
       </c>
       <c r="M230" t="s">
-        <v>1264</v>
+        <v>1268</v>
       </c>
       <c r="N230" t="s">
         <v>27</v>
       </c>
       <c r="O230" t="s">
-        <v>1285</v>
+        <v>1289</v>
       </c>
       <c r="P230" t="s">
-        <v>1286</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="231" spans="1:16">
       <c r="A231" t="s">
-        <v>1287</v>
+        <v>1291</v>
       </c>
       <c r="B231" t="s">
-        <v>1288</v>
+        <v>1292</v>
       </c>
       <c r="C231" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="D231" t="s">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="E231" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F231" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G231" t="s">
         <v>22</v>
       </c>
       <c r="H231">
         <v>2011</v>
       </c>
       <c r="I231"/>
       <c r="J231" t="s">
-        <v>291</v>
+        <v>300</v>
       </c>
       <c r="K231" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L231" t="s">
-        <v>1289</v>
+        <v>1293</v>
       </c>
       <c r="M231" t="s">
-        <v>1264</v>
+        <v>1268</v>
       </c>
       <c r="N231" t="s">
         <v>27</v>
       </c>
       <c r="O231" t="s">
-        <v>1290</v>
+        <v>1294</v>
       </c>
       <c r="P231" t="s">
-        <v>1291</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="232" spans="1:16">
       <c r="A232" t="s">
-        <v>1292</v>
+        <v>1296</v>
       </c>
       <c r="B232" t="s">
-        <v>1293</v>
+        <v>1297</v>
       </c>
       <c r="C232" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="D232" t="s">
-        <v>1294</v>
+        <v>1298</v>
       </c>
       <c r="E232" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F232" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G232" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H232">
         <v>2014</v>
       </c>
       <c r="I232"/>
       <c r="J232" t="s">
-        <v>680</v>
+        <v>692</v>
       </c>
       <c r="K232" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L232" t="s">
-        <v>1295</v>
+        <v>1299</v>
       </c>
       <c r="M232" t="s">
-        <v>1264</v>
+        <v>1268</v>
       </c>
       <c r="N232" t="s">
         <v>27</v>
       </c>
       <c r="O232" t="s">
-        <v>1296</v>
+        <v>1300</v>
       </c>
       <c r="P232" t="s">
-        <v>1297</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="233" spans="1:16">
       <c r="A233" t="s">
-        <v>1298</v>
+        <v>1302</v>
       </c>
       <c r="B233" t="s">
-        <v>1299</v>
+        <v>1303</v>
       </c>
       <c r="C233" t="s">
-        <v>131</v>
+        <v>141</v>
       </c>
       <c r="D233" t="s">
-        <v>124</v>
+        <v>134</v>
       </c>
       <c r="E233" t="s">
         <v>20</v>
       </c>
       <c r="F233" t="s">
         <v>21</v>
       </c>
       <c r="G233" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H233">
         <v>2021</v>
       </c>
       <c r="I233"/>
       <c r="J233" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="K233" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L233"/>
       <c r="M233"/>
       <c r="N233" t="s">
         <v>27</v>
       </c>
       <c r="O233" t="s">
-        <v>1300</v>
+        <v>1304</v>
       </c>
       <c r="P233" t="s">
-        <v>1301</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="234" spans="1:16">
       <c r="A234" t="s">
-        <v>1302</v>
+        <v>1306</v>
       </c>
       <c r="B234" t="s">
-        <v>1303</v>
+        <v>1307</v>
       </c>
       <c r="C234" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="D234" t="s">
-        <v>68</v>
+        <v>78</v>
       </c>
       <c r="E234" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F234" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G234" t="s">
         <v>22</v>
       </c>
       <c r="H234">
         <v>2014</v>
       </c>
       <c r="I234">
         <v>2019</v>
       </c>
       <c r="J234" t="s">
-        <v>355</v>
+        <v>364</v>
       </c>
       <c r="K234" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L234" t="s">
-        <v>1304</v>
+        <v>1308</v>
       </c>
       <c r="M234" t="s">
-        <v>357</v>
+        <v>366</v>
       </c>
       <c r="N234" t="s">
         <v>27</v>
       </c>
       <c r="O234" t="s">
-        <v>1305</v>
+        <v>1309</v>
       </c>
       <c r="P234" t="s">
-        <v>1306</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="235" spans="1:16">
       <c r="A235" t="s">
-        <v>1307</v>
+        <v>1311</v>
       </c>
       <c r="B235" t="s">
-        <v>1308</v>
+        <v>1312</v>
       </c>
       <c r="C235" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="D235" t="s">
-        <v>372</v>
+        <v>381</v>
       </c>
       <c r="E235" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F235" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G235" t="s">
         <v>22</v>
       </c>
       <c r="H235">
         <v>2004</v>
       </c>
       <c r="I235">
         <v>2019</v>
       </c>
       <c r="J235" t="s">
-        <v>355</v>
+        <v>364</v>
       </c>
       <c r="K235" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L235" t="s">
-        <v>1309</v>
+        <v>1313</v>
       </c>
       <c r="M235" t="s">
-        <v>357</v>
+        <v>366</v>
       </c>
       <c r="N235" t="s">
         <v>27</v>
       </c>
       <c r="O235" t="s">
-        <v>1310</v>
+        <v>1314</v>
       </c>
       <c r="P235" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="236" spans="1:16">
       <c r="A236" t="s">
-        <v>1312</v>
+        <v>1316</v>
       </c>
       <c r="B236" t="s">
-        <v>1313</v>
+        <v>1317</v>
       </c>
       <c r="C236" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="D236" t="s">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="E236" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F236" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G236" t="s">
         <v>22</v>
       </c>
       <c r="H236">
         <v>2011</v>
       </c>
       <c r="I236">
         <v>2019</v>
       </c>
       <c r="J236" t="s">
-        <v>355</v>
+        <v>364</v>
       </c>
       <c r="K236" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L236" t="s">
-        <v>1314</v>
+        <v>1318</v>
       </c>
       <c r="M236" t="s">
-        <v>357</v>
+        <v>366</v>
       </c>
       <c r="N236" t="s">
         <v>27</v>
       </c>
       <c r="O236" t="s">
-        <v>1315</v>
+        <v>1319</v>
       </c>
       <c r="P236" t="s">
-        <v>1316</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="237" spans="1:16">
       <c r="A237" t="s">
-        <v>1317</v>
+        <v>1321</v>
       </c>
       <c r="B237" t="s">
-        <v>1318</v>
+        <v>1322</v>
       </c>
       <c r="C237" t="s">
-        <v>832</v>
+        <v>844</v>
       </c>
       <c r="D237" t="s">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="E237" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F237" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G237" t="s">
         <v>22</v>
       </c>
       <c r="H237">
         <v>2001</v>
       </c>
       <c r="I237">
         <v>2020</v>
       </c>
       <c r="J237" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="K237" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L237" t="s">
-        <v>1319</v>
+        <v>1323</v>
       </c>
       <c r="M237" t="s">
-        <v>1320</v>
+        <v>1324</v>
       </c>
       <c r="N237" t="s">
         <v>27</v>
       </c>
       <c r="O237" t="s">
-        <v>1321</v>
+        <v>1325</v>
       </c>
       <c r="P237" t="s">
-        <v>1322</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="238" spans="1:16">
       <c r="A238" t="s">
-        <v>1323</v>
+        <v>1327</v>
       </c>
       <c r="B238" t="s">
-        <v>1324</v>
+        <v>1328</v>
       </c>
       <c r="C238" t="s">
-        <v>832</v>
+        <v>844</v>
       </c>
       <c r="D238" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="E238" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F238" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G238" t="s">
         <v>22</v>
       </c>
       <c r="H238">
         <v>2012</v>
       </c>
       <c r="I238">
         <v>2020</v>
       </c>
       <c r="J238" t="s">
-        <v>301</v>
+        <v>310</v>
       </c>
       <c r="K238" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="L238" t="s">
-        <v>1325</v>
+        <v>1329</v>
       </c>
       <c r="M238" t="s">
-        <v>1326</v>
+        <v>1330</v>
       </c>
       <c r="N238" t="s">
         <v>27</v>
       </c>
       <c r="O238" t="s">
-        <v>1327</v>
+        <v>1331</v>
       </c>
       <c r="P238" t="s">
-        <v>1328</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="239" spans="1:16">
       <c r="A239" t="s">
-        <v>1329</v>
+        <v>1333</v>
       </c>
       <c r="B239" t="s">
-        <v>1330</v>
+        <v>1334</v>
       </c>
       <c r="C239" t="s">
-        <v>832</v>
+        <v>844</v>
       </c>
       <c r="D239" t="s">
-        <v>505</v>
+        <v>514</v>
       </c>
       <c r="E239" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F239" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G239" t="s">
         <v>22</v>
       </c>
       <c r="H239">
         <v>2012</v>
       </c>
       <c r="I239">
         <v>2020</v>
       </c>
       <c r="J239" t="s">
-        <v>301</v>
+        <v>310</v>
       </c>
       <c r="K239" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L239" t="s">
-        <v>1331</v>
+        <v>1335</v>
       </c>
       <c r="M239" t="s">
-        <v>1326</v>
+        <v>1330</v>
       </c>
       <c r="N239" t="s">
-        <v>836</v>
+        <v>848</v>
       </c>
       <c r="O239" t="s">
-        <v>1332</v>
+        <v>1336</v>
       </c>
       <c r="P239" t="s">
-        <v>1333</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="240" spans="1:16">
       <c r="A240" t="s">
-        <v>1334</v>
+        <v>1338</v>
       </c>
       <c r="B240" t="s">
-        <v>1335</v>
+        <v>1339</v>
       </c>
       <c r="C240" t="s">
-        <v>832</v>
+        <v>844</v>
       </c>
       <c r="D240" t="s">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="E240" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F240" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G240" t="s">
         <v>22</v>
       </c>
       <c r="H240">
         <v>2014</v>
       </c>
       <c r="I240">
         <v>2020</v>
       </c>
       <c r="J240" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="K240" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L240" t="s">
-        <v>1336</v>
+        <v>1340</v>
       </c>
       <c r="M240" t="s">
-        <v>1320</v>
+        <v>1324</v>
       </c>
       <c r="N240" t="s">
         <v>27</v>
       </c>
       <c r="O240" t="s">
-        <v>1337</v>
+        <v>1341</v>
       </c>
       <c r="P240" t="s">
-        <v>1338</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="241" spans="1:16">
       <c r="A241" t="s">
-        <v>1339</v>
+        <v>1343</v>
       </c>
       <c r="B241" t="s">
-        <v>1340</v>
+        <v>1344</v>
       </c>
       <c r="C241" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="D241" t="s">
-        <v>1341</v>
+        <v>1345</v>
       </c>
       <c r="E241" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F241" t="s">
         <v>21</v>
       </c>
       <c r="G241" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H241">
         <v>2013</v>
       </c>
       <c r="I241"/>
       <c r="J241" t="s">
-        <v>680</v>
+        <v>692</v>
       </c>
       <c r="K241" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L241"/>
       <c r="M241" t="s">
-        <v>1342</v>
+        <v>1346</v>
       </c>
       <c r="N241" t="s">
         <v>27</v>
       </c>
       <c r="O241" t="s">
-        <v>1343</v>
+        <v>1347</v>
       </c>
       <c r="P241" t="s">
-        <v>1344</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="242" spans="1:16">
       <c r="A242" t="s">
-        <v>1345</v>
+        <v>1349</v>
       </c>
       <c r="B242" t="s">
-        <v>1346</v>
+        <v>1350</v>
       </c>
       <c r="C242" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="D242" t="s">
-        <v>1347</v>
+        <v>1351</v>
       </c>
       <c r="E242" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F242" t="s">
         <v>21</v>
       </c>
       <c r="G242" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H242">
         <v>2013</v>
       </c>
       <c r="I242"/>
       <c r="J242" t="s">
-        <v>355</v>
+        <v>364</v>
       </c>
       <c r="K242" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L242"/>
       <c r="M242" t="s">
-        <v>1342</v>
+        <v>1346</v>
       </c>
       <c r="N242" t="s">
         <v>27</v>
       </c>
       <c r="O242" t="s">
-        <v>1348</v>
+        <v>1352</v>
       </c>
       <c r="P242" t="s">
-        <v>1349</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="243" spans="1:16">
       <c r="A243" t="s">
-        <v>1350</v>
+        <v>1354</v>
       </c>
       <c r="B243" t="s">
-        <v>1351</v>
+        <v>1355</v>
       </c>
       <c r="C243" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="D243" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="E243" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F243" t="s">
         <v>21</v>
       </c>
       <c r="G243" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H243">
         <v>2013</v>
       </c>
       <c r="I243"/>
       <c r="J243" t="s">
-        <v>680</v>
+        <v>692</v>
       </c>
       <c r="K243" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L243"/>
       <c r="M243" t="s">
-        <v>1342</v>
+        <v>1346</v>
       </c>
       <c r="N243" t="s">
         <v>27</v>
       </c>
       <c r="O243" t="s">
-        <v>1352</v>
+        <v>1356</v>
       </c>
       <c r="P243" t="s">
-        <v>1353</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="244" spans="1:16">
       <c r="A244" t="s">
-        <v>1354</v>
+        <v>1358</v>
       </c>
       <c r="B244" t="s">
-        <v>1355</v>
+        <v>1359</v>
       </c>
       <c r="C244" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="D244" t="s">
-        <v>922</v>
+        <v>926</v>
       </c>
       <c r="E244" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F244" t="s">
         <v>21</v>
       </c>
       <c r="G244" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H244">
         <v>2013</v>
       </c>
       <c r="I244"/>
       <c r="J244" t="s">
-        <v>680</v>
+        <v>692</v>
       </c>
       <c r="K244" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L244"/>
       <c r="M244" t="s">
-        <v>1342</v>
+        <v>1346</v>
       </c>
       <c r="N244" t="s">
         <v>27</v>
       </c>
       <c r="O244" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="P244" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="245" spans="1:16">
       <c r="A245" t="s">
-        <v>1358</v>
+        <v>1362</v>
       </c>
       <c r="B245" t="s">
-        <v>1359</v>
+        <v>1363</v>
       </c>
       <c r="C245" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="D245" t="s">
-        <v>932</v>
+        <v>936</v>
       </c>
       <c r="E245" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F245" t="s">
         <v>21</v>
       </c>
       <c r="G245" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H245">
         <v>2013</v>
       </c>
       <c r="I245"/>
       <c r="J245" t="s">
-        <v>680</v>
+        <v>692</v>
       </c>
       <c r="K245" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L245"/>
       <c r="M245" t="s">
-        <v>1342</v>
+        <v>1346</v>
       </c>
       <c r="N245" t="s">
         <v>27</v>
       </c>
       <c r="O245" t="s">
-        <v>1360</v>
+        <v>1364</v>
       </c>
       <c r="P245" t="s">
-        <v>1361</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="246" spans="1:16">
       <c r="A246" t="s">
-        <v>1362</v>
+        <v>1366</v>
       </c>
       <c r="B246" t="s">
-        <v>1363</v>
+        <v>1367</v>
       </c>
       <c r="C246" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="D246" t="s">
-        <v>1364</v>
+        <v>1368</v>
       </c>
       <c r="E246" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F246" t="s">
         <v>21</v>
       </c>
       <c r="G246" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H246">
         <v>2016</v>
       </c>
       <c r="I246"/>
       <c r="J246" t="s">
-        <v>680</v>
+        <v>692</v>
       </c>
       <c r="K246" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L246"/>
       <c r="M246" t="s">
-        <v>1342</v>
+        <v>1346</v>
       </c>
       <c r="N246" t="s">
         <v>27</v>
       </c>
       <c r="O246" t="s">
-        <v>1365</v>
+        <v>1369</v>
       </c>
       <c r="P246" t="s">
-        <v>1366</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="247" spans="1:16">
       <c r="A247" t="s">
-        <v>1367</v>
+        <v>1371</v>
       </c>
       <c r="B247" t="s">
-        <v>1368</v>
+        <v>1372</v>
       </c>
       <c r="C247" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="D247" t="s">
-        <v>396</v>
+        <v>405</v>
       </c>
       <c r="E247" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F247" t="s">
         <v>21</v>
       </c>
       <c r="G247" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H247">
         <v>2016</v>
       </c>
       <c r="I247"/>
       <c r="J247" t="s">
-        <v>680</v>
+        <v>692</v>
       </c>
       <c r="K247" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L247"/>
       <c r="M247" t="s">
-        <v>1342</v>
+        <v>1346</v>
       </c>
       <c r="N247" t="s">
         <v>27</v>
       </c>
       <c r="O247" t="s">
-        <v>1369</v>
+        <v>1373</v>
       </c>
       <c r="P247" t="s">
-        <v>1370</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="248" spans="1:16">
       <c r="A248" t="s">
-        <v>1371</v>
+        <v>1375</v>
       </c>
       <c r="B248" t="s">
-        <v>1372</v>
+        <v>1376</v>
       </c>
       <c r="C248" t="s">
-        <v>1373</v>
+        <v>1377</v>
       </c>
       <c r="D248" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="E248" t="s">
         <v>20</v>
       </c>
       <c r="F248" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G248" t="s">
         <v>22</v>
       </c>
       <c r="H248">
         <v>2011</v>
       </c>
       <c r="I248">
         <v>2014</v>
       </c>
       <c r="J248" t="s">
-        <v>355</v>
+        <v>364</v>
       </c>
       <c r="K248" t="s">
         <v>24</v>
       </c>
       <c r="L248" t="s">
-        <v>1374</v>
+        <v>1378</v>
       </c>
       <c r="M248" t="s">
-        <v>1375</v>
+        <v>1379</v>
       </c>
       <c r="N248" t="s">
         <v>27</v>
       </c>
       <c r="O248" t="s">
-        <v>1376</v>
+        <v>1380</v>
       </c>
       <c r="P248" t="s">
-        <v>1377</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="249" spans="1:16">
       <c r="A249" t="s">
-        <v>1371</v>
+        <v>1375</v>
       </c>
       <c r="B249" t="s">
-        <v>1378</v>
+        <v>1382</v>
       </c>
       <c r="C249" t="s">
-        <v>1373</v>
+        <v>1377</v>
       </c>
       <c r="D249" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="E249" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F249" t="s">
         <v>21</v>
       </c>
       <c r="G249" t="s">
         <v>22</v>
       </c>
       <c r="H249">
         <v>2015</v>
       </c>
       <c r="I249">
         <v>2017</v>
       </c>
       <c r="J249" t="s">
-        <v>355</v>
+        <v>364</v>
       </c>
       <c r="K249" t="s">
         <v>24</v>
       </c>
       <c r="L249" t="s">
+        <v>1383</v>
+      </c>
+      <c r="M249" t="s">
         <v>1379</v>
       </c>
-      <c r="M249" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N249" t="s">
         <v>27</v>
       </c>
       <c r="O249" t="s">
-        <v>1380</v>
+        <v>1384</v>
       </c>
       <c r="P249" t="s">
-        <v>1377</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="250" spans="1:16">
       <c r="A250" t="s">
-        <v>1381</v>
+        <v>1385</v>
       </c>
       <c r="B250" t="s">
-        <v>1382</v>
+        <v>1386</v>
       </c>
       <c r="C250" t="s">
-        <v>1373</v>
+        <v>1377</v>
       </c>
       <c r="D250" t="s">
-        <v>124</v>
+        <v>134</v>
       </c>
       <c r="E250" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F250" t="s">
         <v>21</v>
       </c>
       <c r="G250" t="s">
         <v>22</v>
       </c>
       <c r="H250">
         <v>2011</v>
       </c>
       <c r="I250">
         <v>2021</v>
       </c>
       <c r="J250" t="s">
-        <v>355</v>
+        <v>364</v>
       </c>
       <c r="K250" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L250" t="s">
-        <v>1383</v>
+        <v>1387</v>
       </c>
       <c r="M250" t="s">
-        <v>1375</v>
+        <v>1379</v>
       </c>
       <c r="N250" t="s">
         <v>27</v>
       </c>
       <c r="O250" t="s">
-        <v>1384</v>
+        <v>1388</v>
       </c>
       <c r="P250" t="s">
-        <v>1385</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="251" spans="1:16">
       <c r="A251" t="s">
-        <v>1386</v>
+        <v>1390</v>
       </c>
       <c r="B251" t="s">
-        <v>1387</v>
+        <v>1391</v>
       </c>
       <c r="C251" t="s">
-        <v>1373</v>
+        <v>1377</v>
       </c>
       <c r="D251" t="s">
-        <v>124</v>
+        <v>134</v>
       </c>
       <c r="E251" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F251" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G251" t="s">
         <v>22</v>
       </c>
       <c r="H251">
         <v>2002</v>
       </c>
       <c r="I251">
         <v>2021</v>
       </c>
       <c r="J251" t="s">
-        <v>355</v>
+        <v>364</v>
       </c>
       <c r="K251" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L251" t="s">
-        <v>1388</v>
+        <v>1392</v>
       </c>
       <c r="M251" t="s">
-        <v>1375</v>
+        <v>1379</v>
       </c>
       <c r="N251" t="s">
         <v>27</v>
       </c>
       <c r="O251" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="P251" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="252" spans="1:16">
       <c r="A252" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="B252" t="s">
-        <v>1392</v>
+        <v>1396</v>
       </c>
       <c r="C252" t="s">
-        <v>1373</v>
+        <v>1377</v>
       </c>
       <c r="D252" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="E252" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F252" t="s">
         <v>21</v>
       </c>
       <c r="G252" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H252">
         <v>2021</v>
       </c>
       <c r="I252"/>
       <c r="J252" t="s">
-        <v>355</v>
+        <v>364</v>
       </c>
       <c r="K252" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L252" t="s">
-        <v>1394</v>
+        <v>1398</v>
       </c>
       <c r="M252" t="s">
-        <v>1375</v>
+        <v>1379</v>
       </c>
       <c r="N252" t="s">
         <v>27</v>
       </c>
       <c r="O252" t="s">
-        <v>1395</v>
+        <v>1399</v>
       </c>
       <c r="P252"/>
     </row>
     <row r="253" spans="1:16">
       <c r="A253" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="B253" t="s">
-        <v>1392</v>
+        <v>1396</v>
       </c>
       <c r="C253" t="s">
-        <v>1373</v>
+        <v>1377</v>
       </c>
       <c r="D253" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="E253" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F253" t="s">
         <v>21</v>
       </c>
       <c r="G253" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H253">
         <v>2021</v>
       </c>
       <c r="I253"/>
       <c r="J253" t="s">
-        <v>355</v>
+        <v>364</v>
       </c>
       <c r="K253" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L253" t="s">
-        <v>1394</v>
+        <v>1398</v>
       </c>
       <c r="M253" t="s">
-        <v>1375</v>
+        <v>1379</v>
       </c>
       <c r="N253" t="s">
         <v>27</v>
       </c>
       <c r="O253" t="s">
-        <v>1396</v>
+        <v>1400</v>
       </c>
       <c r="P253"/>
     </row>
     <row r="254" spans="1:16">
       <c r="A254" t="s">
-        <v>1397</v>
+        <v>1401</v>
       </c>
       <c r="B254" t="s">
-        <v>1398</v>
+        <v>1402</v>
       </c>
       <c r="C254" t="s">
-        <v>1399</v>
+        <v>1403</v>
       </c>
       <c r="D254" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="E254" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F254" t="s">
-        <v>177</v>
+        <v>34</v>
       </c>
       <c r="G254" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H254">
         <v>2016</v>
       </c>
       <c r="I254"/>
       <c r="J254" t="s">
-        <v>381</v>
+        <v>390</v>
       </c>
       <c r="K254" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L254" t="s">
-        <v>178</v>
+        <v>187</v>
       </c>
       <c r="M254" t="s">
-        <v>1400</v>
+        <v>1404</v>
       </c>
       <c r="N254" t="s">
         <v>27</v>
       </c>
       <c r="O254" t="s">
-        <v>1401</v>
+        <v>1405</v>
       </c>
       <c r="P254" t="s">
-        <v>1402</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="255" spans="1:16">
       <c r="A255" t="s">
-        <v>1403</v>
+        <v>1407</v>
       </c>
       <c r="B255" t="s">
-        <v>1404</v>
+        <v>1408</v>
       </c>
       <c r="C255" t="s">
-        <v>1405</v>
+        <v>1409</v>
       </c>
       <c r="D255" t="s">
-        <v>124</v>
+        <v>134</v>
       </c>
       <c r="E255" t="s">
         <v>20</v>
       </c>
       <c r="F255" t="s">
-        <v>177</v>
+        <v>34</v>
       </c>
       <c r="G255" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H255">
         <v>2016</v>
       </c>
       <c r="I255">
         <v>2018</v>
       </c>
       <c r="J255" t="s">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="K255" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L255"/>
       <c r="M255" t="s">
-        <v>1406</v>
+        <v>1410</v>
       </c>
       <c r="N255" t="s">
         <v>27</v>
       </c>
       <c r="O255" t="s">
-        <v>1407</v>
+        <v>1411</v>
       </c>
       <c r="P255" t="s">
-        <v>1408</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="256" spans="1:16">
       <c r="A256" t="s">
-        <v>1409</v>
+        <v>1413</v>
       </c>
       <c r="B256" t="s">
-        <v>1410</v>
+        <v>1414</v>
       </c>
       <c r="C256" t="s">
-        <v>1411</v>
+        <v>1415</v>
       </c>
       <c r="D256" t="s">
-        <v>601</v>
+        <v>611</v>
       </c>
       <c r="E256" t="s">
         <v>20</v>
       </c>
       <c r="F256" t="s">
         <v>21</v>
       </c>
       <c r="G256" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H256">
         <v>2007</v>
       </c>
       <c r="I256"/>
       <c r="J256" t="s">
-        <v>805</v>
+        <v>817</v>
       </c>
       <c r="K256" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L256" t="s">
-        <v>1412</v>
+        <v>1416</v>
       </c>
       <c r="M256" t="s">
-        <v>1413</v>
+        <v>1417</v>
       </c>
       <c r="N256" t="s">
         <v>27</v>
       </c>
       <c r="O256" t="s">
-        <v>1414</v>
+        <v>1418</v>
       </c>
       <c r="P256" t="s">
-        <v>1415</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="257" spans="1:16">
       <c r="A257" t="s">
-        <v>1416</v>
+        <v>1420</v>
       </c>
       <c r="B257" t="s">
-        <v>1417</v>
+        <v>1421</v>
       </c>
       <c r="C257" t="s">
-        <v>1418</v>
+        <v>1422</v>
       </c>
       <c r="D257" t="s">
-        <v>289</v>
+        <v>298</v>
       </c>
       <c r="E257" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F257" t="s">
-        <v>1419</v>
+        <v>1423</v>
       </c>
       <c r="G257" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H257">
         <v>2019</v>
       </c>
       <c r="I257"/>
       <c r="J257" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="K257" t="s">
-        <v>292</v>
+        <v>301</v>
       </c>
       <c r="L257"/>
       <c r="M257" t="s">
-        <v>1420</v>
+        <v>1424</v>
       </c>
       <c r="N257" t="s">
-        <v>295</v>
+        <v>304</v>
       </c>
       <c r="O257" t="s">
-        <v>1421</v>
+        <v>1425</v>
       </c>
       <c r="P257" t="s">
-        <v>1422</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="258" spans="1:16">
       <c r="A258" t="s">
-        <v>1423</v>
+        <v>1427</v>
       </c>
       <c r="B258" t="s">
-        <v>1424</v>
+        <v>1428</v>
       </c>
       <c r="C258" t="s">
-        <v>1418</v>
+        <v>1422</v>
       </c>
       <c r="D258" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="E258" t="s">
         <v>20</v>
       </c>
       <c r="F258" t="s">
         <v>21</v>
       </c>
       <c r="G258" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H258">
         <v>2011</v>
       </c>
       <c r="I258"/>
       <c r="J258" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="K258" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L258"/>
       <c r="M258" t="s">
-        <v>1420</v>
+        <v>1424</v>
       </c>
       <c r="N258" t="s">
         <v>27</v>
       </c>
       <c r="O258" t="s">
-        <v>1425</v>
+        <v>1429</v>
       </c>
       <c r="P258" t="s">
-        <v>1426</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="259" spans="1:16">
       <c r="A259" t="s">
-        <v>1427</v>
+        <v>1431</v>
       </c>
       <c r="B259" t="s">
-        <v>1428</v>
+        <v>1432</v>
       </c>
       <c r="C259" t="s">
-        <v>1418</v>
+        <v>1422</v>
       </c>
       <c r="D259" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="E259" t="s">
         <v>20</v>
       </c>
       <c r="F259" t="s">
         <v>21</v>
       </c>
       <c r="G259" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H259">
         <v>2011</v>
       </c>
       <c r="I259"/>
       <c r="J259" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="K259" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L259"/>
       <c r="M259" t="s">
-        <v>1420</v>
+        <v>1424</v>
       </c>
       <c r="N259" t="s">
         <v>27</v>
       </c>
       <c r="O259" t="s">
-        <v>1429</v>
+        <v>1433</v>
       </c>
       <c r="P259" t="s">
-        <v>1430</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="260" spans="1:16">
       <c r="A260" t="s">
-        <v>1431</v>
+        <v>1435</v>
       </c>
       <c r="B260" t="s">
-        <v>1432</v>
+        <v>1436</v>
       </c>
       <c r="C260" t="s">
-        <v>1433</v>
+        <v>1437</v>
       </c>
       <c r="D260" t="s">
-        <v>1434</v>
+        <v>1438</v>
       </c>
       <c r="E260" t="s">
         <v>20</v>
       </c>
       <c r="F260" t="s">
-        <v>177</v>
+        <v>34</v>
       </c>
       <c r="G260" t="s">
         <v>22</v>
       </c>
       <c r="H260">
         <v>2012</v>
       </c>
       <c r="I260">
         <v>2014</v>
       </c>
       <c r="J260" t="s">
-        <v>430</v>
+        <v>439</v>
       </c>
       <c r="K260" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L260" t="s">
-        <v>1435</v>
+        <v>1439</v>
       </c>
       <c r="M260" t="s">
-        <v>1436</v>
+        <v>1440</v>
       </c>
       <c r="N260" t="s">
         <v>27</v>
       </c>
       <c r="O260" t="s">
-        <v>1437</v>
+        <v>1441</v>
       </c>
       <c r="P260" t="s">
-        <v>1438</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="261" spans="1:16">
       <c r="A261" t="s">
-        <v>1439</v>
+        <v>1443</v>
       </c>
       <c r="B261" t="s">
-        <v>1440</v>
+        <v>1444</v>
       </c>
       <c r="C261" t="s">
-        <v>1433</v>
+        <v>1437</v>
       </c>
       <c r="D261" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="E261" t="s">
         <v>20</v>
       </c>
       <c r="F261" t="s">
         <v>21</v>
       </c>
       <c r="G261" t="s">
         <v>22</v>
       </c>
       <c r="H261">
         <v>2012</v>
       </c>
       <c r="I261">
         <v>2014</v>
       </c>
       <c r="J261" t="s">
-        <v>430</v>
+        <v>439</v>
       </c>
       <c r="K261" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L261" t="s">
-        <v>1441</v>
+        <v>1445</v>
       </c>
       <c r="M261" t="s">
-        <v>1436</v>
+        <v>1440</v>
       </c>
       <c r="N261" t="s">
         <v>27</v>
       </c>
       <c r="O261" t="s">
-        <v>1442</v>
+        <v>1446</v>
       </c>
       <c r="P261" t="s">
-        <v>1443</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="262" spans="1:16">
       <c r="A262" t="s">
-        <v>1444</v>
+        <v>1448</v>
       </c>
       <c r="B262" t="s">
-        <v>1445</v>
+        <v>1449</v>
       </c>
       <c r="C262" t="s">
-        <v>612</v>
+        <v>623</v>
       </c>
       <c r="D262" t="s">
-        <v>1446</v>
+        <v>1450</v>
       </c>
       <c r="E262" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F262" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G262" t="s">
         <v>22</v>
       </c>
       <c r="H262">
         <v>2015</v>
       </c>
       <c r="I262">
         <v>2016</v>
       </c>
       <c r="J262" t="s">
-        <v>664</v>
+        <v>676</v>
       </c>
       <c r="K262" t="s">
-        <v>1447</v>
+        <v>1451</v>
       </c>
       <c r="L262" t="s">
-        <v>1448</v>
+        <v>1452</v>
       </c>
       <c r="M262" t="s">
-        <v>1449</v>
+        <v>1453</v>
       </c>
       <c r="N262" t="s">
-        <v>1450</v>
+        <v>1454</v>
       </c>
       <c r="O262" t="s">
-        <v>1451</v>
+        <v>1455</v>
       </c>
       <c r="P262" t="s">
-        <v>1452</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="263" spans="1:16">
       <c r="A263" t="s">
-        <v>1453</v>
+        <v>1457</v>
       </c>
       <c r="B263" t="s">
-        <v>1454</v>
+        <v>1458</v>
       </c>
       <c r="C263" t="s">
-        <v>403</v>
+        <v>412</v>
       </c>
       <c r="D263" t="s">
-        <v>1455</v>
+        <v>1459</v>
       </c>
       <c r="E263" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F263" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="G263" t="s">
         <v>22</v>
       </c>
       <c r="H263">
         <v>2011</v>
       </c>
       <c r="I263">
         <v>2017</v>
       </c>
       <c r="J263" t="s">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="K263" t="s">
-        <v>1447</v>
+        <v>1451</v>
       </c>
       <c r="L263"/>
       <c r="M263" t="s">
-        <v>1456</v>
+        <v>1460</v>
       </c>
       <c r="N263" t="s">
-        <v>1450</v>
+        <v>1454</v>
       </c>
       <c r="O263" t="s">
-        <v>1457</v>
+        <v>1461</v>
       </c>
       <c r="P263" t="s">
-        <v>1458</v>
+        <v>1462</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">