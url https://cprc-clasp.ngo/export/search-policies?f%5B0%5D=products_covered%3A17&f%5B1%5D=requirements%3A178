--- v0 (2025-10-12)
+++ v1 (2025-12-12)
@@ -12,1284 +12,1856 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="387">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="574">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>Conpet Seal Gas stoves and ovens</t>
   </si>
   <si>
+    <t>Gas stoves and ovens</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>NBR 13723 1/1999 parte 1, NBR 13723 2/1999 parte 2, NBR 14583/2000</t>
   </si>
   <si>
     <t>National Program of Rational Use of Oil and Natural Gas (Conpet)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/conpet-seal-gas-stoves-and-ovens</t>
   </si>
   <si>
+    <t>https://thebrazilbusiness.com/article/energy-efficiency-labeling-in-brazil</t>
+  </si>
+  <si>
     <t>CQC31-448184-2011. CQC Mark Certification - Commercial Induction Cooker</t>
   </si>
   <si>
+    <t>Applies to household induction coookers with one or more heating units with the rated power of each unit of 700W</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>SB-T 10548</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448184-2011-cqc-mark-certification-commercial-induction-cooker</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492839.shtml</t>
+  </si>
+  <si>
     <t>CQC61-445151-2015. CQC Mark Certification - Commercial gas cooking appliances</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Applies to commercial gas-to-energy stoves with a rated thermal load of single burner not exceeding 60 kW and a nominal heat load of each burner not exceeding 80 kW. A nominal diameter should not be less than 600 mm.</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>GB 30531-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-445151-2015-cqc-mark-certification-commercial-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/512311.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448151-2018 Energy Conservation and Environmentally-friendly Certification Rules for Range Hood</t>
   </si>
   <si>
+    <t>Applies to venting type range hood products -except for intgrated kitchen; installed above cooker cooking range or appliances of similar purpose with the rated voltage not exceeding 250V.</t>
+  </si>
+  <si>
     <t>CQC6101-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-448151-2018-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-05-08/498678.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448211-2015. CQC Mark Certification - domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to products with rated load no bigger than 5.23kW for a single burner</t>
+  </si>
+  <si>
     <t>CQC 6151-2009 QB/T 1236-2008 GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-448211-2015-cqc-mark-certification-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/512168.shtml</t>
+  </si>
+  <si>
     <t>CQC62-448120-2020. Energy and Water Conservation  Certification Rules for Dishwashers</t>
   </si>
   <si>
+    <t>Apply to dishwashers</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>GB 38383-2019</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc62-448120-2020-energy-and-water-conservation-certification-rules-dishwashers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-03-22/556507.shtml</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Electric Kettles for Household Use (DE-UZ 133)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to electric water kettles for household use. In order to be eligible the electric kettle must have a removable water tank for cordless use. The power cable remains connected to the base plate and need not be unplugged from the outlet when moving the tank, to fill in water. In addition, products applying for the Blue Angel eco-label must be equipped with a concealed heating coil. Compliance with the above-mentioned criteria does not only improve the user friendliness but also indirectly extend the products service life.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>EN 62301</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-electric-kettles-household-use-de-uz-133</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20133-201309-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Cooker Hoods (DE-UZ 147)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
+  </si>
+  <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>DIN EN 61591 and DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-household-cooker-hoods-de-uz-147</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20147-201001-en%20Criteria-2018-10-17.pdf</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of the technical regulation on energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>Applies to household dishwashers of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, including:</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulation-energy-labeling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/TR-posudomoyka.docx</t>
+  </si>
+  <si>
     <t>Draft rice cooker policy</t>
   </si>
   <si>
+    <t>Rice cookers. No information available</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-rice-cooker-policy</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Microwave Ovens</t>
   </si>
   <si>
+    <t>A household microwave oven with nameplate outputpower of power supply less than equal to 2,000W</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-microwave-ovens</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Ovens; No. En-Tech 10205010121</t>
   </si>
   <si>
+    <t>This policy specifies energy efficiency endorsement labeling criteria for electric ovens. It applies to products of single-phase AC power supply with voltage below 300 V.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-electric-ovens-no-en-tech-10205010121</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=51</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Electric Cookers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of C.C.C. Code: 8516.60.20.00-4 under the electric cookers category including both the direct-heat and indirect heat types; or recognized by the Bureau of Energy of MOEA as electric cookers; and shall also meet the requirements of CNS 2518.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS 2518</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-electric-cookers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=21</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Gas Burning Cooking Appliances; En-Tech 10004066280</t>
   </si>
   <si>
+    <t>Gas Burning Cooking Appliances shall meet the requirements of CNS 13604; and the definition of C.C.C. Code 7321.81.00.00-0-A; or recognized by the Bureau of Energy; MOEA.</t>
+  </si>
+  <si>
     <t>CNS 13604</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-gas-burning-cooking</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=19%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Microwave Oven; No. En-Tech 10105012081</t>
   </si>
   <si>
+    <t>Household and combination microwave ovens which meet the requirements of CNS 3765-25 - Safety of household and similar electrical appliances - Part 2: Particular requirements for microwave ovens and obtain the Certificate for Registration of Product Certification or the Type Approval Certificate from the Bureau of Standards Metrology and Inspection; of the Ministry of Economic Affairs</t>
+  </si>
+  <si>
     <t>IEC 60705: 2010 Edition 4.0 and IEC 62301:2011 Edition 2.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-microwave-oven-no-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=48</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Range Hoods; No. En-Tech 10105012081</t>
   </si>
   <si>
+    <t>Range Hoods shall meet the requirements of CNS 3765-31 - Safety of household and similar electrical appliances - Part 2: Particular requirements of range hoods. Meanwhile products shall meet the definition of C.C.C. Code 8414.60.00.00-1; or recognized by the Bureau of Energy; MOEA as range hood.</t>
+  </si>
+  <si>
     <t>ISO 5801 or AMCA 210</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-range-hoods-no-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=47</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Cooktop</t>
+  </si>
+  <si>
+    <t>This program covers an electric induction cooker with 1 – 4 heads and the diameter of the cooker does not exceed 220 mm. Covers Portable type and built-in type all sizes (watts), single-phase AC, rated frequency 50 Hz and rated voltage does not exceed 250 V, manufactured locally or imported for sale in Thailand, and must not be a product that does not pass the random test of electric efficiency of the program within 1 year from the notification of the random test result.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013)
 ,   
                     IEC 61817
 ,   
                     IEC 60350-2</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-cooktop</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/stove.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Electric Stoves</t>
   </si>
   <si>
+    <t>This program covers shallow bottoms pan type: heating type integrated with pan, separate heating with the pan.</t>
+  </si>
+  <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 2673-2559 (2016)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-electric-stoves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/pan.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Microwaves</t>
   </si>
   <si>
+    <t>This program covers microwave oven types: single and multi-functions</t>
+  </si>
+  <si>
     <t>IEC 60705</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-microwaves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/microwave.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Short Pans</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency level criteria and testing requirements for electric pans. The criteria for energy efficiency levels (electricity cost [baht/year]) for electric pans are: 
+number5: 78.00-79.99
+number5*: 80.00-81.99 
+number5**: 82.00-83.99
+number5***: &gt;=84.00</t>
+  </si>
+  <si>
     <t>Electric Hot Pots</t>
   </si>
   <si>
     <t>TIS 2673-2016</t>
   </si>
   <si>
     <t>Electricity Generating Authority of Thailand</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-short-pans</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/wp-content/uploads/2022/10/short_pan.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Coffee Brewer Version 1.1</t>
   </si>
   <si>
+    <t>Products, that meet the definitions of Type II* Commercial Coffee Brewers as specified in the policy document, including Satellite Coffee Brewers without a heated docking station, are eligible for ENERGY STAR certification.
+Type II: A batch commercial coffee brewer designed to use loose, ground coffee and a re-usable or single-use coffee filter, and has a standard brew volume of &gt;24 to 384 fluid ounces per brew event. Type II brewers shall not use disposable packages of pre-ground coffee.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>ASTM F-2990-12</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-coffee-brewer-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/sites/default/files/Commercial%20Coffee%20Brewers%20Version%201.1%20Specification_2.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Dishwashers Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Dishwasher as specified in the policy document are eligible for ENERGY STAR qualification, including: under counter; single tank, door type; single tank conveyor; multiple tank conveyor and flight type machines. Glasswashing machines; pot, pan, and utensil machines; and dual sanitizing machines are also eligible. Only those under counter machines designed for wash cycles of 10 minutes or less are eligible for ENERGY STAR. Version 2.0 specification only covers electric models.
+Dishwashers intended for use in residential or laboratory applications are not eligible for ENERGY STAR under this product specification. Steam, gas, and other non-electric models cannot qualify for ENERGY STAR under this Version 2.0.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Commercial Dishwashers Rev. May-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-dishwashers-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_dishwashers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Fryers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Open Deep-Fat Fryer that are countertop; floor type; or drop-in designe are eligible for ENERGY STAR certification under this specification; with the exception of Fryers with vats measuring less than 12 inches wide or greater tan 24 inches wide.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Fryers</t>
   </si>
   <si>
     <t>ASTM Standard F1361-07 (2013); ASTM Standard F2144-09</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-fryers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_fryers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Griddles Version 1.2</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Single-Sided and Double-Sided Commercial Griddle are eligible for ENERGY STAR qualification; with the exception of Griddles with manual controls and fry-top ranges.</t>
+  </si>
+  <si>
     <t>Griddles</t>
   </si>
   <si>
     <t>ASTM F1275-14; ASTM F1605-14</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-griddles-version-12</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_griddles/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Hot Food Holding Cabinets Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Hot Food Holding Cabinet as specified in the policy document are eligible for ENERGY STAR qualification under this specification. Dual function equipment (e.g., cook-and-hold and proofing units), heated transparent merchandising cabinets, and drawer warmers are not eligible for ENERGY STAR.</t>
+  </si>
+  <si>
     <t>Hot Food Holding Cabinets</t>
   </si>
   <si>
     <t>ASTM Standard F2140-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-hot-food-holding-cabinets-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_hot_food_holding_cabinets/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Ovens Version 2.2</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Commercial Oven and Convection Oven, Combination Oven, or Rack Oven as specified in the specification document are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. The following sub-types are eligible:
+a. Full-size gas and half- and full-size electric convection ovens,
+b. Half- and full-size gas combination ovens with a pan capacity ≥ 6,
+c. Half- and full-size electric combination ovens with a pan capacity ≥ 5 and ≤ 20, and
+d. Single and double gas rack ovens</t>
+  </si>
+  <si>
     <t>ASTM F1496-13; ASTM F2861-14; ASTM F2093-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-ovens-version-22</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_ovens/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Steam Cookers Version 1.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Steam Cooker are eligible for ENERGY STAR. Also referred to as a “compartment steamer,” a device with one or more food steaming compartments in which the energy in the steam is transferred to the food by direct contact. May include countertop models, wall-mounted models and floor-models mounted on a stand, pedestal or cabinet-style base.</t>
+  </si>
+  <si>
     <t>Steam Cookers</t>
   </si>
   <si>
     <t>ASTM Standard F1484-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-steam-cookers-version-12</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_steam_cookers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Dishwashers Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a dishwasher and are a consumer product as specified in the policy document are eligible for ENERGY STAR certification, with the exception of commercial dishwashers.</t>
+  </si>
+  <si>
     <t>10 CFR 430 Subpart B Appendix C11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-dishwashers-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/dishwashers/partners</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Gas cooking appliances</t>
   </si>
   <si>
+    <t>This policy covers gas burners.</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
+    <t>It covers grills or ovens</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-gas-cooking-appliances-0</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Rice Cookers</t>
   </si>
   <si>
+    <t>Electric rice cookers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-rice-cookers</t>
   </si>
   <si>
     <t>GOST 14919-83 Household electric cooking ranges, cooking plates, and cooking ovens - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric cooking ranges, cooking plates, and cooking ovens.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>GOST 14919-83</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-14919-83-household-electric-cooking-ranges-cooking-plates-and-cooking-ovens-general</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/7652/</t>
+  </si>
+  <si>
     <t>GOST 27454-87 Household electric dishwashers - Perfomance characteristics and basic dimensions</t>
   </si>
   <si>
+    <t>This policy covers household dishwashers intended for washing, rinsing, drying, and storage of kitchenware and cutlery.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-27454-87-household-electric-dishwashers-perfomance-characteristics-and-basic</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38812/</t>
+  </si>
+  <si>
     <t>Greenmark N102 - Electric Cookers</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric cookers which meet the definition of CNS 2518.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n102-electric-cookers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/102/20181362-65c6-4169-ac8e-83a9e68578d5.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N108 - Gas Stoves</t>
   </si>
   <si>
+    <t>gas stoves as defined in CNS 13604 on Gas Cooking Appliances.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n108-gas-stoves</t>
   </si>
   <si>
     <t>Greenmark N126 - Electric Kettles</t>
   </si>
   <si>
+    <t>This standard is applicable to electric kettles which meet the definition of CNS 15548.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n126-electric-kettles</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/126/7ab784a7-239c-4e83-86c5-ca7331a47b72.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N131 - Range Hoods</t>
   </si>
   <si>
+    <t>This standard is applicable to range hoods which meet the definition of CNS 3805.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n131-range-hoods</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/131/3287c4fc-6816-4ef9-ba60-17a5ca19b988.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N145 - Electric Ovens</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric ovens which meet the definition of CNS 3693.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n145-electric-ovens</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/145/9257cb4f-a32b-44b8-b546-a9ba04596840.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N147 - Electric Coffeemakers</t>
   </si>
   <si>
+    <t>This standard applies to electric coffeemakers, which can be automatic coffeemakers, espresso machines, drip brewers, or single-serve/capsule coffeemakers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n147-electric-coffeemakers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/150/6399582e-f7bd-4133-a927-0a94536a96a9.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N52 - Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwave ovens for household use</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n52-microwave-ovens</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/52/8328d357-ae60-4932-89c2-e28dd5cc58ed.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N7 - Thermal insulation materials for building</t>
   </si>
   <si>
+    <t>This standard is applicable to thermal insulation materials  used in the buildings wall; roof; floor and ceiling applications.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n7-thermal-insulation-materials-building</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife//uploadfiles/Criteria/7/f7bafa8f-c4da-4aea-a425-c14e8ece04da.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N72 - Induction Cookers</t>
   </si>
   <si>
+    <t>This standard applies to induction cookers which meet the requirements of CNS12339.</t>
+  </si>
+  <si>
     <t>CNS13803</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n72-induction-cookers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/Eng/Criteriax_Detail.aspx?Serial=70</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Electric Deep Fryer</t>
   </si>
   <si>
+    <t>This scheme covers electric deep fryers (electric and liquefied petroleum gas fryers type), with the characteristics of working in batches and the maximum mass of oil used for frying is not more than 27 kg or 30 liters.</t>
+  </si>
+  <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>TIS 2717-2559</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-electric-deep-fryer</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/19_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Infrared gas stove</t>
   </si>
   <si>
+    <t>This scheme covers infrared gas stoves (high-pressure gas stoves)--cooking stoves that use liquefied petroleum gas as the fuel for heating power--that use gas pressures from 5 to 200 kPa and sizes of high-pressure gas furnaces from 8.0 to 16.5 centimeters.</t>
+  </si>
+  <si>
     <t>LPG Stoves</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>ref. A study project of energy efficiency standard for infrared gas stoves (DEDE)</t>
   </si>
   <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-infrared-gas-stove</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/2_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Liquefied petroleum gas (LPG) Cookstoves</t>
   </si>
   <si>
+    <t>This scheme covers household stoves (direct heating and flame types) with a maximum gas consumption of each burner that does not exceed 0.42 kg/h (or 5.78 kW) and the total gas consumption of all burners does not exceed 1. kg/h (or 13.76 kW) with one or more burners (without grill, oven or electric stove components). Household cooking stoves for liquefied petroleum gas must only be low-pressure gas stoves and must not be infrared stoves.</t>
+  </si>
+  <si>
     <t>Kitchen, LPG Stoves</t>
   </si>
   <si>
     <t>TIS 2312-2549</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-liquefied-petroleum-gas-lpg-cookstoves</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/1_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Range Hood</t>
   </si>
   <si>
+    <t>This scheme covers domestic range hoods, operated by a motor which it controls, intended to collect contaminated air from above a hob, with a rated voltage not exceeding 250 volts. Excluded - Commercial fume hoods or intended to be used in locations with special conditions such as potentially corrosive or explosive atmospheres (dust, vapors, or gases).</t>
+  </si>
+  <si>
     <t>TIS 710–2530 or JIS C 9603:1988</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-range-hood</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/18_01032565.pdf</t>
+  </si>
+  <si>
     <t>Household microwave ovens</t>
   </si>
   <si>
+    <t>Draft labels for microwave ovens. No information available</t>
+  </si>
+  <si>
     <t>BDS IEC 60705:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/household-microwave-ovens</t>
   </si>
   <si>
     <t>Ministerial Regulation Prescribing High Efficiency Electric Rice Cookers, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric rice cookers that automatically convert electricity into heat for cooking rice and maintaining a certain warming temperature range. It covers electric rice cookers with a wattage range from 400 to 800 watts.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-electric-rice-cookers-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/47.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electric Kettles, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric kettles that automatically convert electrical energy into heat for use in boiling water (one-phase alternating current with a rated voltage that does not exceed 250 volts and an electric frequency is 50 hertz).</t>
+  </si>
+  <si>
     <t>Kitchen, Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-electric-kettles-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048431</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electric Thermo Pot, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric thermo pots that automatically convert electricity into heat for use in boiling water and maintains a certain heat temperature. Applicable capacities of the electric thermos include 1. less than 2.4 cubic decimeters, 2. 2.4 to 3.0 cubic decimeters, and 3. more than 3.0 cubic decimeters.</t>
+  </si>
+  <si>
     <t>Kitchen, Electric Hot Pots</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-electric-thermo-pot-be-2552-2009</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=1776761</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Determining High Efficiency Electric Stove, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric stoves that have a heat source under the surface of the cooking part for heating the container (one-phase alternating current, with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz). This policy covers hot plate electric stoves and induction stoves and excludes industrial electric stoves.</t>
+  </si>
+  <si>
     <t>Kitchen, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-determining-high-efficiency-electric-stove-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048429</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Electric Oven, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric ovens for heating food, beverages, and baking with a rated voltage not exceeding 250 volts and an electric frequency of 50 hertz. The volume of the electric oven must have a capacity of 12 liters or more.</t>
+  </si>
+  <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-electric-oven-be-2564-2021</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17162824</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Pans, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric shallow frying pans, which include pans with built-in and separate heating systems (single-phase AC, a rated frequency of 50 Hz, and a rated voltage that does not exceed 250 V).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-electric-pans-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=17162822</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Liquefied petroleum gas (LPG) Cookstoves, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers household stoves that use liquefied petroleum gas.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-liquefied-petroleum-gas-lpg</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048419</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Microwave Oven, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers domestic microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages. The voltage is not more than 250 volts and the electric frequency is 50 hertz.</t>
+  </si>
+  <si>
     <t>Kitchen, Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-microwave-oven-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048430</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>NF397 - NF Environnement - Cafetieres electriques a filtre pour usage domestique</t>
   </si>
   <si>
+    <t>The NF Environnement -filter coffee machine for domestic use- is for filter coffee machines for household use or assimilated. To be eligible the coffee maker must be equipped with a thermal carafe. Exclusions: Coffee machines for professional use espresso coffee makers percolator coffee makers and coffee makers with a hot plate resistance are not covered.</t>
+  </si>
+  <si>
     <t>France</t>
   </si>
   <si>
     <t>NF EN 60335-1 (20020301) NF EN 60335-2-15 (20010401) NF EN 60661 (20021201) PR NF EN 62301 ISO 11469:2000 (20000515)</t>
   </si>
   <si>
     <t>AFNOR Certification</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nf397-nf-environnement-cafetieres-electriques-filtre-pour-usage-domestique</t>
   </si>
   <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered dishwashers within the scope of EU Ecodesign Regulation 1016-2010-EC and Energy Labelling Regulation 1059-2010-EC.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-003-white-goods</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
     <t>Pakistan Standard: Household Microwave Oven - Methods for Measuring Performance</t>
   </si>
   <si>
+    <t>This standard applies to microwave ovens for household use and combination microwave ovens. Microwave ovens are defined as appliances using electromagnetic energy in the ISM frequency band of 2,450 MHz for heating food and beverages in the cavity. Combination microwave ovens are microwave ovens in which the microwave energy is combined with thermal energy.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>IEC 60705:2018</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-standard-household-microwave-oven-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electrotechnical/56-PS%205254%20based%20on%2060705.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Microwave Ovens</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for microwave ovens.</t>
+  </si>
+  <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ABNT NBR NM IEC 60335-2-25; IEC 60705; IEC 62301; ABNT NBR 5891</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-microwave-ovens</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Schedule 22 - Microwave Ovens</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for microwave ovens (including combination microwave ovens) meant for household or similar use, with or without grill or convection functions, being manufactured, imported or sold in India. This schedule applies to all types of counter-top microwave oven (covered under the scope of IS 302-2-25, and IEC 60705). The label is expected to be voluntary until the end of 2020, and become mandatory in 2021.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IEC 60705: Amendment 1, 2010 and Amendment 2, 2018, IEC 62301, IS 302-2-25</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-22-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule22-MWO.pdf</t>
+  </si>
+  <si>
     <t>Schedule 9 - Domestic Liquefied Petroleum Gas Stoves</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling requirements for domestic gas stoves using LPG at 30 gf/cm2 gas inlet pressure being manufactured, imported, or sold in India</t>
+  </si>
+  <si>
     <t>IS 4246:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-9-domestic-liquefied-petroleum-gas-stoves</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Final_LPG_schedule.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4145 - Tortilla Making Machines</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Tortilla Making Machines</t>
   </si>
   <si>
     <t>NOM-019-ENER / ASTM E 1086 / ASTM E 353 / UNE-EN 10020 / NSF/ANSI Standard 51 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4145-tortilla-making-machines</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4145_03.pdf</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Microwave Ovens</t>
   </si>
   <si>
+    <t>This policy establishes criteria for microwave ovens for household use. A microwave oven is an electrical appliance intended for household use that uses high-frequency electromagnetic waves for heating food or beverages, with a rated voltage of not more than 250 V and a frequency ranging from 890 MHz to 6 GHz.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labeling-scheme-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=81</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Coffee Machine</t>
   </si>
   <si>
+    <t>This category establishes criteria for espresso and coffee machines, which include fully-automatic espresso/coffee machines, hand-operated piston espresso/coffee machines and capsule espresso/coffee machines. The category does not cover espresso/coffee machines with a system to warm cups, or capsule espresso/coffee machines which require capsules made by a certain manufacturer.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-coffee-machine</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=56</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Dishwashers</t>
   </si>
   <si>
+    <t>This category establishes criteria for dishwashers designed to be stand-alone on floors or counter surfaces meant for household use. They apply to devices which serve the function of dishwashing alone or in combination with other functions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-dishwashers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=76</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Electric Kettles</t>
   </si>
   <si>
+    <t>This category establishes criteria for electric kettles for household use based on environmental, performance and health parameters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-electric-kettles</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=55</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Gas Cookers and Gas-fired Appliances</t>
   </si>
   <si>
+    <t>This category establishes criteria for household gas-powered cooking devices that are isolated in design i.e. individual machines (which operate with gas burners located on steel originated or glass and ceramic layered cooker top) and gas-powered cooking devices with built-in ovens (the latter may be either natural gas or electricity powered). This category does not include gas powered cooking devices which operate with gas burners located below a glass and ceramic layered cooker top.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-gas-cookers-and-gas-fired-appliances</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=57</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Dishwashers TGL-83-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to dishwashers used in housing.</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>TIS 1838 (or IEC 60335-2-5, EN 60335-2-5), Household dishwashers
 ,   
                     TIS 1839 (or IEC 60335-2-5, EN 60335-2-5), Commercial dishwashers
 ,   
                     IEC 62321
 ,   
                     IEC 60436
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2 (or EN 55014-1)
 ,   
                     EN 55014-2</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-dishwashers-tgl-83-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-83-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fryers TGL-82-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to an electric pan that uses electricity to heat.</t>
   </si>
   <si>
     <t>TIS 1509
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2 (or EN 55014-1)
 ,   
                     EN 55014-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-fryers-tgl-82-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-82-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric rice-cookers TGL-73-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to electric rice cookers with a rated voltage not exceeding 250 V and with a capacity not exceeding 10 liters for residential use or similar purposes.</t>
+  </si>
+  <si>
     <t>TIS 1039</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-rice-cookers-tgl-73-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-73-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Thermo Pot TGL-63-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to electric thermo pots for residential use (single-phase alternating current (AC), frequency 50 Hz, rated voltage not more than 250 V, rated water capacity not more than 10 liters)</t>
+  </si>
+  <si>
     <t>TIS 2062</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-thermo-pot-tgl-63-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-63-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Microwave oven TGL-38-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages.</t>
   </si>
   <si>
     <t>TIS 1773
 ,   
                     TIS 2238 (or IEC 62301)
 ,   
                     IEC 60705
 ,   
                     TIS 2368</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-microwave-oven-tgl-38-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-38-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Toaster TGL-92-14</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to automatic pop-up toasters.</t>
   </si>
   <si>
     <t>Kitchen, Toasters</t>
   </si>
   <si>
     <t>TIS 1641
 ,   
                     IEC 60335-2-9
 ,   
                     TIS 2238</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-toaster-tgl-92-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-92-14.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Electric Kettle</t>
   </si>
   <si>
+    <t>This program covers electric kettles with internal or external heating types, single-phase alternating current</t>
+  </si>
+  <si>
     <t>TIS 2588-2556</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-electric-kettle</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ele_kettle.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for rice cooker</t>
+  </si>
+  <si>
+    <t>This program covers the following rice cooker types: normal rice cookers (rice cooker), cook/warm rice cookers (jar type), digital rice cookers (computerized)</t>
   </si>
   <si>
     <t>TIS 2545-2555
 ,   
                     TIS 1039 - 2547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-rice-cooker</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ek.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Rice Cookers</t>
   </si>
   <si>
+    <t>This program covers electric thermos pot types (classified by the operation of work) - normal type and auto warm.</t>
+  </si>
+  <si>
     <t>JIS C 9213-1988</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-rice-cookers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/rc.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Electric Rice Cookers</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electric heating elements for heating source operated at atmospheric pressure rice-cookers and the maximum rated power consumption not exceeding 2 kW. The scheme does not cover induction heating electric rice-cookers.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>CCEC/T11-2006 JIS C9212 QB/T 3899</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-electric-rice-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Rice%20Cookers%202020_eng_v2.7%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Gas Cookers</t>
   </si>
   <si>
+    <t>This policy applies to new gas cookers that are designed for primary use in domestic premises and burn gas defined in Gas Safety Ordinance, have a rated heat input not exceeding 7 kW for each burner, either table-top type or built-in type, and have one or multiple burners.</t>
+  </si>
+  <si>
     <t>GB16410-2007</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-gas-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Gas%20Cooker%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Induction Cookers</t>
   </si>
   <si>
+    <t>This policy applies to cookers using electromagnetic induction heating as the heating source with a rated power consumption range from 700–3500 W for each heating unit. The total rated power shall not exceed 7000 W.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs</t>
   </si>
   <si>
     <t>GB 21456 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-induction-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Induction%20Cookers%202019_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwave ovens using electromagnetic energy in the ISM frequency band of 2,450 MHz, with rated power input of less than 2,500 Watt for household use. It also applies to combination microwave ovens with additional heating elements or convection capability. Does not apply to microwave ovens for commercial and industrial use; ovens incorporating conventional heating means only; and ovens with exhaust hood.</t>
+  </si>
+  <si>
     <t>IEC 60705: 2010 Edition 4.0, IEC 62301: 2011 Edition 2.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Microwave%20Ovens%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 2545-2555 (2012) Electric rice-cookers : energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies heat efficiency requirements for household electric rice cookers. Covers only single-phase electric rice cookers with a rated frequency of 50 Hz, a rated voltage not exceeding 250 volts, a rated power supply not exceeding 2 kW, and a rated capacity not exceeding 5 Litres. This policy prescribes the general requirements, mark, sampling, and criteria for conformity and testing.</t>
+  </si>
+  <si>
     <t>Kitchen, Rice Cookers</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2545-2555-2012-electric-rice-cookers-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/006/16.PDF</t>
+  </si>
+  <si>
     <t>TIS 2578-2555 (2012) Microwave ovens: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies the size, general requirement, mark and labeling, sampling, and criteria for conformity and testing for microwaves for household use and similar purposes (single-phase, with a frequency of 50 Hz, a rated voltage that does not exceed 250 V).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2578-2555-2012-microwave-ovens-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/050/2.PDF</t>
+  </si>
+  <si>
     <t>TIS 2588-2556 (2013) Electric kettles: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of electric kettles used for single-phase AC power, frequency 50 Hz, rated voltage not more than 250 V and rated capacity not more than 2.5 liters, for boiling water for residential and general use with similar purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2588-2556-2013-electric-kettles-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://law.industry.go.th/laws/file/61091</t>
+  </si>
+  <si>
     <t>TIS 2589-2556 (2013) Electric hobs: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of electric hobs for household and similar purposes, their rated voltage not more than 250 V at a frequency of 50 Hz and having a diameter not more than 220 mm. This policy specifies types and dimensions, marks, and testing.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2589-2556-2013-electric-hobs-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/127/8.PDF</t>
+  </si>
+  <si>
     <t>TIS 2673-2559 (2016) Electric fryers: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric fryers intended for household and similar purposes use for alternating current single phase with a rated voltage not exceeding 250 V and 50 Hz.</t>
+  </si>
+  <si>
     <t>Kitchen, Fryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2673-2559-2016-electric-fryers-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://siamvip.com/managefiles/fileUploads/cnkconsultant/imgUploads/indu_370.PDF</t>
+  </si>
+  <si>
     <t>TIS 2674-2559 (2016) Electric ovens: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric ovens intended for household and similar purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2674-2559-2016-electric-ovens-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://siamvip.com/managefiles/fileUploads/cnkconsultant/imgUploads/indu_371.PDF</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens including when incorporated in cookers; domestic hobs and domestic electric range hoods including when sold for non-domestic purposes. This Regulation does not apply to:  a. appliances that use energy sources other than electricity or gas;   b. appliances which offer microwave heating function;   c. small ovens;   d. portable ovens;    e. heat storage ovens;   f. ovens which are heated with steam as a primary heating function;   g. covered gas burners in hobs;   h. outdoor cooking appliances;   i. appliances designed for use only with gases of the third family propane and butane; and    j. grills.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>EU 66-2014</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017-0</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Comminique on Ecodesign Requirements for Household Dishwashers (2019/2022/EU) (SGM:2021/1)</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-comminique-ecodesign-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-1.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Home Type Dishwasher Energy of Machines Notification on Labeling (2019/2017/EU) (SGM:2021/2)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.  This policy is a transposition of (EU) 2019/2017.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-home-type-dishwasher-energy-machines-notification</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-2.htm</t>
+  </si>
+  <si>
     <t>US 761: 2019, household biomass stoves requirement( 2nd edition)</t>
   </si>
   <si>
+    <t>This Uganda standard specifies the classification,technical requirements, performance requirements, safety requirements and test methods of biomass cookstoves intended for use in households. This standard is applicable to cookstoves using solid biomass</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us-761-2019-household-biomass-stoves-requirement-2nd-edition</t>
   </si>
   <si>
+    <t>https://unbs.go.ug/attachments/menus/27/Uganda-Standards-Catalogue-as-at-31-March-2019.pdf</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficient-products-wep-i</t>
+  </si>
+  <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1553,4145 +2125,4720 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N96"/>
+  <dimension ref="A1:P96"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="137.966" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="157.961" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1980</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2008</v>
+      </c>
+      <c r="I3">
+        <v>2011</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4">
+        <v>2014</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>52</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
+        <v>47</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>43</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>44</v>
+      </c>
+      <c r="K6" t="s">
+        <v>45</v>
+      </c>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>47</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2003</v>
+      </c>
+      <c r="I7">
+        <v>2015</v>
+      </c>
+      <c r="J7" t="s">
+        <v>44</v>
+      </c>
+      <c r="K7" t="s">
+        <v>36</v>
+      </c>
+      <c r="L7" t="s">
+        <v>63</v>
+      </c>
+      <c r="M7" t="s">
+        <v>47</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>43</v>
+      </c>
+      <c r="D8" t="s">
+        <v>68</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>52</v>
+      </c>
+      <c r="H8">
+        <v>2020</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>35</v>
+      </c>
+      <c r="K8" t="s">
+        <v>45</v>
+      </c>
+      <c r="L8" t="s">
+        <v>69</v>
+      </c>
+      <c r="M8" t="s">
+        <v>47</v>
+      </c>
+      <c r="N8" t="s">
+        <v>70</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>75</v>
+      </c>
+      <c r="D9" t="s">
+        <v>76</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9">
+        <v>2020</v>
+      </c>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>45</v>
+      </c>
+      <c r="L9" t="s">
+        <v>77</v>
+      </c>
+      <c r="M9" t="s">
+        <v>78</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>79</v>
+      </c>
+      <c r="P9" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
+        <v>75</v>
+      </c>
+      <c r="D10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2010</v>
+      </c>
+      <c r="I10">
+        <v>2018</v>
+      </c>
+      <c r="J10" t="s">
+        <v>83</v>
+      </c>
+      <c r="K10" t="s">
+        <v>45</v>
+      </c>
+      <c r="L10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M10" t="s">
+        <v>78</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>85</v>
+      </c>
+      <c r="P10" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>87</v>
+      </c>
+      <c r="B11" t="s">
+        <v>88</v>
+      </c>
+      <c r="C11" t="s">
+        <v>89</v>
+      </c>
+      <c r="D11" t="s">
+        <v>68</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G11" t="s">
+        <v>90</v>
+      </c>
+      <c r="H11"/>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>91</v>
+      </c>
+      <c r="K11" t="s">
+        <v>45</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>92</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>93</v>
+      </c>
+      <c r="P11" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>95</v>
+      </c>
+      <c r="B12" t="s">
+        <v>96</v>
+      </c>
+      <c r="C12" t="s">
+        <v>97</v>
+      </c>
+      <c r="D12" t="s">
+        <v>98</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>90</v>
+      </c>
+      <c r="H12"/>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>83</v>
+      </c>
+      <c r="K12" t="s">
+        <v>45</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>99</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>100</v>
+      </c>
+      <c r="P12" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>102</v>
+      </c>
+      <c r="B13" t="s">
+        <v>103</v>
+      </c>
+      <c r="C13" t="s">
+        <v>104</v>
+      </c>
+      <c r="D13" t="s">
+        <v>105</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>52</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>106</v>
+      </c>
+      <c r="K13" t="s">
+        <v>45</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>107</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>108</v>
+      </c>
+      <c r="P13" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>110</v>
+      </c>
+      <c r="B14" t="s">
+        <v>111</v>
+      </c>
+      <c r="C14" t="s">
+        <v>112</v>
+      </c>
+      <c r="D14" t="s">
+        <v>113</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G14" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...49 lines deleted...]
-      <c r="N3" t="s">
+      <c r="H14">
+        <v>2006</v>
+      </c>
+      <c r="I14">
+        <v>2013</v>
+      </c>
+      <c r="J14" t="s">
+        <v>114</v>
+      </c>
+      <c r="K14" t="s">
+        <v>45</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>115</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>116</v>
+      </c>
+      <c r="P14" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>118</v>
+      </c>
+      <c r="B15" t="s">
+        <v>119</v>
+      </c>
+      <c r="C15" t="s">
+        <v>112</v>
+      </c>
+      <c r="D15" t="s">
+        <v>98</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>34</v>
       </c>
-    </row>
-[...482 lines deleted...]
-        <v>2010</v>
+      <c r="G15" t="s">
+        <v>22</v>
       </c>
       <c r="H15">
         <v>2010</v>
       </c>
-      <c r="I15" t="s">
-        <v>91</v>
+      <c r="I15">
+        <v>2010</v>
       </c>
       <c r="J15" t="s">
-        <v>38</v>
+        <v>120</v>
       </c>
       <c r="K15" t="s">
-        <v>92</v>
+        <v>45</v>
       </c>
       <c r="L15" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="M15" t="s">
-        <v>24</v>
+        <v>122</v>
       </c>
       <c r="N15" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>123</v>
+      </c>
+      <c r="P15" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>95</v>
+        <v>125</v>
       </c>
       <c r="B16" t="s">
-        <v>85</v>
+        <v>126</v>
       </c>
       <c r="C16" t="s">
-        <v>28</v>
+        <v>112</v>
       </c>
       <c r="D16" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E16" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>34</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
       </c>
       <c r="H16">
         <v>2011</v>
       </c>
-      <c r="I16" t="s">
-        <v>91</v>
+      <c r="I16">
+        <v>2011</v>
       </c>
       <c r="J16" t="s">
-        <v>31</v>
+        <v>120</v>
       </c>
       <c r="K16" t="s">
-        <v>96</v>
+        <v>36</v>
       </c>
       <c r="L16" t="s">
-        <v>88</v>
+        <v>127</v>
       </c>
       <c r="M16" t="s">
-        <v>24</v>
+        <v>115</v>
       </c>
       <c r="N16" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>128</v>
+      </c>
+      <c r="P16" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>98</v>
+        <v>130</v>
       </c>
       <c r="B17" t="s">
-        <v>85</v>
+        <v>131</v>
       </c>
       <c r="C17" t="s">
-        <v>80</v>
+        <v>112</v>
       </c>
       <c r="D17" t="s">
-        <v>17</v>
+        <v>105</v>
       </c>
       <c r="E17" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G17">
+        <v>34</v>
+      </c>
+      <c r="G17" t="s">
+        <v>52</v>
+      </c>
+      <c r="H17">
         <v>2013</v>
       </c>
-      <c r="H17"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I17"/>
       <c r="J17" t="s">
-        <v>38</v>
+        <v>120</v>
       </c>
       <c r="K17" t="s">
-        <v>99</v>
+        <v>45</v>
       </c>
       <c r="L17" t="s">
-        <v>88</v>
+        <v>132</v>
       </c>
       <c r="M17" t="s">
-        <v>24</v>
+        <v>115</v>
       </c>
       <c r="N17" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>133</v>
+      </c>
+      <c r="P17" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>101</v>
+        <v>135</v>
       </c>
       <c r="B18" t="s">
-        <v>85</v>
+        <v>136</v>
       </c>
       <c r="C18" t="s">
-        <v>28</v>
+        <v>112</v>
       </c>
       <c r="D18" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E18" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G18">
+        <v>34</v>
+      </c>
+      <c r="G18" t="s">
+        <v>52</v>
+      </c>
+      <c r="H18">
         <v>2013</v>
       </c>
-      <c r="H18"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I18"/>
       <c r="J18" t="s">
-        <v>38</v>
+        <v>120</v>
       </c>
       <c r="K18" t="s">
-        <v>102</v>
+        <v>45</v>
       </c>
       <c r="L18" t="s">
-        <v>88</v>
+        <v>137</v>
       </c>
       <c r="M18" t="s">
-        <v>24</v>
+        <v>115</v>
       </c>
       <c r="N18" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>138</v>
+      </c>
+      <c r="P18" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>104</v>
+        <v>140</v>
       </c>
       <c r="B19" t="s">
+        <v>141</v>
+      </c>
+      <c r="C19" t="s">
+        <v>142</v>
+      </c>
+      <c r="D19" t="s">
+        <v>33</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2014</v>
+      </c>
+      <c r="I19">
+        <v>2019</v>
+      </c>
+      <c r="J19" t="s">
+        <v>143</v>
+      </c>
+      <c r="K19" t="s">
+        <v>45</v>
+      </c>
+      <c r="L19" t="s">
+        <v>144</v>
+      </c>
+      <c r="M19" t="s">
+        <v>145</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>146</v>
+      </c>
+      <c r="P19" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>148</v>
+      </c>
+      <c r="B20" t="s">
+        <v>149</v>
+      </c>
+      <c r="C20" t="s">
+        <v>142</v>
+      </c>
+      <c r="D20" t="s">
+        <v>33</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2015</v>
+      </c>
+      <c r="I20">
+        <v>2019</v>
+      </c>
+      <c r="J20" t="s">
+        <v>150</v>
+      </c>
+      <c r="K20" t="s">
+        <v>45</v>
+      </c>
+      <c r="L20" t="s">
+        <v>151</v>
+      </c>
+      <c r="M20" t="s">
+        <v>145</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>152</v>
+      </c>
+      <c r="P20" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>154</v>
+      </c>
+      <c r="B21" t="s">
+        <v>155</v>
+      </c>
+      <c r="C21" t="s">
+        <v>142</v>
+      </c>
+      <c r="D21" t="s">
         <v>105</v>
       </c>
-      <c r="C19" t="s">
-[...5 lines deleted...]
-      <c r="E19" t="s">
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2014</v>
+      </c>
+      <c r="I21">
+        <v>2019</v>
+      </c>
+      <c r="J21" t="s">
+        <v>143</v>
+      </c>
+      <c r="K21" t="s">
+        <v>45</v>
+      </c>
+      <c r="L21" t="s">
+        <v>156</v>
+      </c>
+      <c r="M21" t="s">
+        <v>145</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>157</v>
+      </c>
+      <c r="P21" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>159</v>
+      </c>
+      <c r="B22" t="s">
+        <v>160</v>
+      </c>
+      <c r="C22" t="s">
+        <v>142</v>
+      </c>
+      <c r="D22" t="s">
+        <v>161</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>52</v>
+      </c>
+      <c r="H22">
+        <v>2015</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>143</v>
+      </c>
+      <c r="K22" t="s">
+        <v>45</v>
+      </c>
+      <c r="L22" t="s">
+        <v>162</v>
+      </c>
+      <c r="M22" t="s">
+        <v>163</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>164</v>
+      </c>
+      <c r="P22" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>166</v>
+      </c>
+      <c r="B23" t="s">
+        <v>167</v>
+      </c>
+      <c r="C23" t="s">
+        <v>168</v>
+      </c>
+      <c r="D23" t="s">
+        <v>169</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>34</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2016</v>
+      </c>
+      <c r="I23">
+        <v>2018</v>
+      </c>
+      <c r="J23" t="s">
+        <v>114</v>
+      </c>
+      <c r="K23" t="s">
+        <v>45</v>
+      </c>
+      <c r="L23" t="s">
+        <v>170</v>
+      </c>
+      <c r="M23" t="s">
+        <v>171</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>172</v>
+      </c>
+      <c r="P23" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>174</v>
+      </c>
+      <c r="B24" t="s">
+        <v>175</v>
+      </c>
+      <c r="C24" t="s">
         <v>18</v>
       </c>
-      <c r="F19" t="s">
-[...46 lines deleted...]
-      <c r="G20">
+      <c r="D24" t="s">
+        <v>68</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>34</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2007</v>
+      </c>
+      <c r="I24">
+        <v>2012</v>
+      </c>
+      <c r="J24" t="s">
+        <v>44</v>
+      </c>
+      <c r="K24" t="s">
+        <v>45</v>
+      </c>
+      <c r="L24" t="s">
+        <v>176</v>
+      </c>
+      <c r="M24" t="s">
+        <v>171</v>
+      </c>
+      <c r="N24" t="s">
+        <v>70</v>
+      </c>
+      <c r="O24" t="s">
+        <v>177</v>
+      </c>
+      <c r="P24" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>179</v>
+      </c>
+      <c r="B25" t="s">
+        <v>180</v>
+      </c>
+      <c r="C25" t="s">
+        <v>181</v>
+      </c>
+      <c r="D25" t="s">
+        <v>182</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>34</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2011</v>
+      </c>
+      <c r="I25">
+        <v>2016</v>
+      </c>
+      <c r="J25" t="s">
+        <v>44</v>
+      </c>
+      <c r="K25" t="s">
+        <v>45</v>
+      </c>
+      <c r="L25" t="s">
+        <v>183</v>
+      </c>
+      <c r="M25" t="s">
+        <v>171</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>184</v>
+      </c>
+      <c r="P25" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>186</v>
+      </c>
+      <c r="B26" t="s">
+        <v>187</v>
+      </c>
+      <c r="C26" t="s">
+        <v>181</v>
+      </c>
+      <c r="D26" t="s">
+        <v>188</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>34</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2009</v>
+      </c>
+      <c r="I26">
+        <v>2020</v>
+      </c>
+      <c r="J26" t="s">
+        <v>44</v>
+      </c>
+      <c r="K26" t="s">
+        <v>45</v>
+      </c>
+      <c r="L26" t="s">
+        <v>189</v>
+      </c>
+      <c r="M26" t="s">
+        <v>171</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>190</v>
+      </c>
+      <c r="P26" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>192</v>
+      </c>
+      <c r="B27" t="s">
+        <v>193</v>
+      </c>
+      <c r="C27" t="s">
+        <v>181</v>
+      </c>
+      <c r="D27" t="s">
+        <v>194</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>34</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2003</v>
+      </c>
+      <c r="I27">
+        <v>2011</v>
+      </c>
+      <c r="J27" t="s">
+        <v>44</v>
+      </c>
+      <c r="K27" t="s">
+        <v>45</v>
+      </c>
+      <c r="L27" t="s">
+        <v>195</v>
+      </c>
+      <c r="M27" t="s">
+        <v>171</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>196</v>
+      </c>
+      <c r="P27" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>198</v>
+      </c>
+      <c r="B28" t="s">
+        <v>199</v>
+      </c>
+      <c r="C28" t="s">
+        <v>181</v>
+      </c>
+      <c r="D28" t="s">
+        <v>113</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>34</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2009</v>
+      </c>
+      <c r="I28">
         <v>2015</v>
       </c>
-      <c r="H20">
-[...126 lines deleted...]
-      <c r="G23">
+      <c r="J28" t="s">
+        <v>44</v>
+      </c>
+      <c r="K28" t="s">
+        <v>45</v>
+      </c>
+      <c r="L28" t="s">
+        <v>200</v>
+      </c>
+      <c r="M28" t="s">
+        <v>171</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>201</v>
+      </c>
+      <c r="P28" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>203</v>
+      </c>
+      <c r="B29" t="s">
+        <v>204</v>
+      </c>
+      <c r="C29" t="s">
+        <v>181</v>
+      </c>
+      <c r="D29" t="s">
+        <v>205</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>34</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2003</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>44</v>
+      </c>
+      <c r="K29" t="s">
+        <v>45</v>
+      </c>
+      <c r="L29" t="s">
+        <v>206</v>
+      </c>
+      <c r="M29" t="s">
+        <v>171</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>207</v>
+      </c>
+      <c r="P29" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>209</v>
+      </c>
+      <c r="B30" t="s">
+        <v>210</v>
+      </c>
+      <c r="C30" t="s">
+        <v>181</v>
+      </c>
+      <c r="D30" t="s">
+        <v>68</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>34</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>1996</v>
+      </c>
+      <c r="I30">
         <v>2016</v>
       </c>
-      <c r="H23">
-[...310 lines deleted...]
-      </c>
       <c r="J30" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="K30" t="s">
-        <v>152</v>
+        <v>45</v>
       </c>
       <c r="L30" t="s">
-        <v>126</v>
+        <v>211</v>
       </c>
       <c r="M30" t="s">
-        <v>24</v>
+        <v>171</v>
       </c>
       <c r="N30" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>212</v>
+      </c>
+      <c r="P30" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>154</v>
+        <v>214</v>
       </c>
       <c r="B31" t="s">
-        <v>155</v>
+        <v>215</v>
       </c>
       <c r="C31" t="s">
-        <v>28</v>
+        <v>216</v>
       </c>
       <c r="D31" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E31" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2006</v>
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
       </c>
       <c r="H31">
         <v>2006</v>
       </c>
-      <c r="I31" t="s">
-        <v>156</v>
+      <c r="I31">
+        <v>2006</v>
       </c>
       <c r="J31" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      </c>
+        <v>217</v>
+      </c>
+      <c r="K31" t="s">
+        <v>36</v>
+      </c>
+      <c r="L31"/>
       <c r="M31" t="s">
-        <v>24</v>
+        <v>218</v>
       </c>
       <c r="N31" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>219</v>
+      </c>
+      <c r="P31" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>154</v>
+        <v>214</v>
       </c>
       <c r="B32" t="s">
-        <v>155</v>
+        <v>221</v>
       </c>
       <c r="C32" t="s">
-        <v>86</v>
+        <v>216</v>
       </c>
       <c r="D32" t="s">
-        <v>17</v>
+        <v>113</v>
       </c>
       <c r="E32" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G32">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
         <v>2006</v>
       </c>
-      <c r="H32">
+      <c r="I32">
         <v>2008</v>
       </c>
-      <c r="I32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J32" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      </c>
+        <v>217</v>
+      </c>
+      <c r="K32" t="s">
+        <v>36</v>
+      </c>
+      <c r="L32"/>
       <c r="M32" t="s">
-        <v>24</v>
+        <v>218</v>
       </c>
       <c r="N32" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>222</v>
+      </c>
+      <c r="P32" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>160</v>
+        <v>223</v>
       </c>
       <c r="B33" t="s">
-        <v>155</v>
+        <v>224</v>
       </c>
       <c r="C33" t="s">
-        <v>75</v>
+        <v>216</v>
       </c>
       <c r="D33" t="s">
-        <v>17</v>
+        <v>98</v>
       </c>
       <c r="E33" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G33">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
         <v>2006</v>
       </c>
-      <c r="H33">
+      <c r="I33">
         <v>2008</v>
       </c>
-      <c r="I33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J33" t="s">
-        <v>38</v>
-[...4 lines deleted...]
-      </c>
+        <v>217</v>
+      </c>
+      <c r="K33" t="s">
+        <v>45</v>
+      </c>
+      <c r="L33"/>
       <c r="M33" t="s">
-        <v>24</v>
+        <v>218</v>
       </c>
       <c r="N33" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>225</v>
+      </c>
+      <c r="P33" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>162</v>
+        <v>226</v>
       </c>
       <c r="B34" t="s">
-        <v>163</v>
+        <v>227</v>
       </c>
       <c r="C34" t="s">
-        <v>28</v>
+        <v>228</v>
       </c>
       <c r="D34" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E34" t="s">
-        <v>164</v>
+        <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G34">
+        <v>229</v>
+      </c>
+      <c r="G34" t="s">
+        <v>52</v>
+      </c>
+      <c r="H34">
         <v>1984</v>
       </c>
-      <c r="H34"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I34"/>
       <c r="J34" t="s">
-        <v>38</v>
+        <v>120</v>
       </c>
       <c r="K34" t="s">
-        <v>165</v>
+        <v>45</v>
       </c>
       <c r="L34" t="s">
-        <v>166</v>
+        <v>230</v>
       </c>
       <c r="M34" t="s">
-        <v>24</v>
+        <v>231</v>
       </c>
       <c r="N34" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>232</v>
+      </c>
+      <c r="P34" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>168</v>
+        <v>234</v>
       </c>
       <c r="B35" t="s">
-        <v>163</v>
+        <v>235</v>
       </c>
       <c r="C35" t="s">
-        <v>53</v>
+        <v>228</v>
       </c>
       <c r="D35" t="s">
-        <v>17</v>
+        <v>68</v>
       </c>
       <c r="E35" t="s">
-        <v>164</v>
+        <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G35">
+        <v>229</v>
+      </c>
+      <c r="G35" t="s">
+        <v>52</v>
+      </c>
+      <c r="H35">
         <v>1987</v>
       </c>
-      <c r="H35"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I35"/>
       <c r="J35" t="s">
-        <v>38</v>
-[...4 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="K35" t="s">
+        <v>45</v>
+      </c>
+      <c r="L35"/>
       <c r="M35" t="s">
-        <v>24</v>
+        <v>231</v>
       </c>
       <c r="N35" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>236</v>
+      </c>
+      <c r="P35" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>170</v>
+        <v>238</v>
       </c>
       <c r="B36" t="s">
-        <v>85</v>
+        <v>239</v>
       </c>
       <c r="C36" t="s">
-        <v>75</v>
+        <v>112</v>
       </c>
       <c r="D36" t="s">
-        <v>17</v>
+        <v>98</v>
       </c>
       <c r="E36" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G36">
+        <v>34</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
         <v>2010</v>
       </c>
-      <c r="H36">
+      <c r="I36">
         <v>2014</v>
       </c>
-      <c r="I36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J36" t="s">
-        <v>38</v>
-[...4 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="K36" t="s">
+        <v>45</v>
+      </c>
+      <c r="L36"/>
       <c r="M36" t="s">
-        <v>24</v>
+        <v>115</v>
       </c>
       <c r="N36" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>240</v>
+      </c>
+      <c r="P36" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>172</v>
+        <v>242</v>
       </c>
       <c r="B37" t="s">
-        <v>85</v>
+        <v>243</v>
       </c>
       <c r="C37" t="s">
-        <v>28</v>
+        <v>112</v>
       </c>
       <c r="D37" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E37" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>34</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
       </c>
       <c r="H37">
         <v>2011</v>
       </c>
-      <c r="I37" t="s">
-        <v>91</v>
+      <c r="I37">
+        <v>2011</v>
       </c>
       <c r="J37" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="K37" t="s">
+        <v>36</v>
+      </c>
+      <c r="L37"/>
       <c r="M37" t="s">
-        <v>24</v>
+        <v>115</v>
       </c>
       <c r="N37" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>244</v>
+      </c>
+      <c r="P37"/>
+    </row>
+    <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>174</v>
+        <v>245</v>
       </c>
       <c r="B38" t="s">
-        <v>85</v>
+        <v>246</v>
       </c>
       <c r="C38" t="s">
-        <v>59</v>
+        <v>112</v>
       </c>
       <c r="D38" t="s">
-        <v>17</v>
+        <v>76</v>
       </c>
       <c r="E38" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G38">
+        <v>34</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
         <v>2011</v>
       </c>
-      <c r="H38">
+      <c r="I38">
         <v>2013</v>
       </c>
-      <c r="I38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J38" t="s">
-        <v>38</v>
-[...4 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="K38" t="s">
+        <v>45</v>
+      </c>
+      <c r="L38"/>
       <c r="M38" t="s">
-        <v>24</v>
+        <v>115</v>
       </c>
       <c r="N38" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>247</v>
+      </c>
+      <c r="P38" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>176</v>
+        <v>249</v>
       </c>
       <c r="B39" t="s">
-        <v>85</v>
+        <v>250</v>
       </c>
       <c r="C39" t="s">
-        <v>28</v>
+        <v>112</v>
       </c>
       <c r="D39" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E39" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G39">
+        <v>34</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
         <v>2013</v>
       </c>
-      <c r="H39">
+      <c r="I39">
         <v>2014</v>
       </c>
-      <c r="I39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J39" t="s">
-        <v>38</v>
-[...4 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="K39" t="s">
+        <v>45</v>
+      </c>
+      <c r="L39"/>
       <c r="M39" t="s">
-        <v>24</v>
+        <v>122</v>
       </c>
       <c r="N39" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>251</v>
+      </c>
+      <c r="P39" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>178</v>
+        <v>253</v>
       </c>
       <c r="B40" t="s">
-        <v>85</v>
+        <v>254</v>
       </c>
       <c r="C40" t="s">
-        <v>86</v>
+        <v>112</v>
       </c>
       <c r="D40" t="s">
-        <v>17</v>
+        <v>113</v>
       </c>
       <c r="E40" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G40">
+        <v>34</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
         <v>2006</v>
       </c>
-      <c r="H40">
+      <c r="I40">
         <v>2016</v>
       </c>
-      <c r="I40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J40" t="s">
-        <v>38</v>
-[...4 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="K40" t="s">
+        <v>45</v>
+      </c>
+      <c r="L40"/>
       <c r="M40" t="s">
-        <v>24</v>
+        <v>122</v>
       </c>
       <c r="N40" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>255</v>
+      </c>
+      <c r="P40" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>180</v>
+        <v>257</v>
       </c>
       <c r="B41" t="s">
-        <v>85</v>
+        <v>258</v>
       </c>
       <c r="C41" t="s">
-        <v>124</v>
+        <v>112</v>
       </c>
       <c r="D41" t="s">
-        <v>17</v>
+        <v>169</v>
       </c>
       <c r="E41" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G41">
+        <v>34</v>
+      </c>
+      <c r="G41" t="s">
+        <v>52</v>
+      </c>
+      <c r="H41">
         <v>2016</v>
       </c>
-      <c r="H41"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I41"/>
       <c r="J41" t="s">
-        <v>38</v>
-[...4 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="K41" t="s">
+        <v>45</v>
+      </c>
+      <c r="L41"/>
       <c r="M41" t="s">
-        <v>24</v>
+        <v>122</v>
       </c>
       <c r="N41" t="s">
-        <v>181</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>259</v>
+      </c>
+      <c r="P41" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>182</v>
+        <v>261</v>
       </c>
       <c r="B42" t="s">
-        <v>85</v>
+        <v>262</v>
       </c>
       <c r="C42" t="s">
-        <v>80</v>
+        <v>112</v>
       </c>
       <c r="D42" t="s">
-        <v>17</v>
+        <v>105</v>
       </c>
       <c r="E42" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G42">
+        <v>34</v>
+      </c>
+      <c r="G42" t="s">
+        <v>52</v>
+      </c>
+      <c r="H42">
         <v>2013</v>
       </c>
-      <c r="H42"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I42"/>
       <c r="J42" t="s">
-        <v>38</v>
-[...4 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="K42" t="s">
+        <v>45</v>
+      </c>
+      <c r="L42"/>
       <c r="M42" t="s">
-        <v>24</v>
+        <v>115</v>
       </c>
       <c r="N42" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>263</v>
+      </c>
+      <c r="P42" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>184</v>
+        <v>265</v>
       </c>
       <c r="B43" t="s">
-        <v>85</v>
+        <v>266</v>
       </c>
       <c r="C43" t="s">
-        <v>86</v>
+        <v>112</v>
       </c>
       <c r="D43" t="s">
-        <v>17</v>
+        <v>113</v>
       </c>
       <c r="E43" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G43">
+        <v>34</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
         <v>2006</v>
       </c>
-      <c r="H43">
+      <c r="I43">
         <v>2013</v>
       </c>
-      <c r="I43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J43" t="s">
-        <v>38</v>
-[...4 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="K43" t="s">
+        <v>45</v>
+      </c>
+      <c r="L43"/>
       <c r="M43" t="s">
-        <v>24</v>
+        <v>122</v>
       </c>
       <c r="N43" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>267</v>
+      </c>
+      <c r="P43" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>186</v>
+        <v>269</v>
       </c>
       <c r="B44" t="s">
-        <v>85</v>
+        <v>270</v>
       </c>
       <c r="C44" t="s">
-        <v>28</v>
+        <v>112</v>
       </c>
       <c r="D44" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E44" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>34</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
       </c>
       <c r="H44">
         <v>2011</v>
       </c>
-      <c r="I44" t="s">
-        <v>91</v>
+      <c r="I44">
+        <v>2011</v>
       </c>
       <c r="J44" t="s">
-        <v>38</v>
+        <v>120</v>
       </c>
       <c r="K44" t="s">
-        <v>187</v>
+        <v>45</v>
       </c>
       <c r="L44" t="s">
-        <v>93</v>
+        <v>271</v>
       </c>
       <c r="M44" t="s">
-        <v>24</v>
+        <v>122</v>
       </c>
       <c r="N44" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>272</v>
+      </c>
+      <c r="P44" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>189</v>
+        <v>274</v>
       </c>
       <c r="B45" t="s">
+        <v>275</v>
+      </c>
+      <c r="C45" t="s">
+        <v>142</v>
+      </c>
+      <c r="D45" t="s">
+        <v>182</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>52</v>
+      </c>
+      <c r="H45">
+        <v>2022</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>276</v>
+      </c>
+      <c r="K45" t="s">
+        <v>45</v>
+      </c>
+      <c r="L45" t="s">
+        <v>277</v>
+      </c>
+      <c r="M45" t="s">
+        <v>278</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>279</v>
+      </c>
+      <c r="P45" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>281</v>
+      </c>
+      <c r="B46" t="s">
+        <v>282</v>
+      </c>
+      <c r="C46" t="s">
+        <v>142</v>
+      </c>
+      <c r="D46" t="s">
+        <v>283</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>52</v>
+      </c>
+      <c r="H46">
+        <v>2022</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>276</v>
+      </c>
+      <c r="K46" t="s">
+        <v>284</v>
+      </c>
+      <c r="L46" t="s">
+        <v>285</v>
+      </c>
+      <c r="M46" t="s">
+        <v>278</v>
+      </c>
+      <c r="N46" t="s">
+        <v>286</v>
+      </c>
+      <c r="O46" t="s">
+        <v>287</v>
+      </c>
+      <c r="P46" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>289</v>
+      </c>
+      <c r="B47" t="s">
+        <v>290</v>
+      </c>
+      <c r="C47" t="s">
+        <v>142</v>
+      </c>
+      <c r="D47" t="s">
+        <v>291</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>52</v>
+      </c>
+      <c r="H47">
+        <v>2022</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>276</v>
+      </c>
+      <c r="K47" t="s">
+        <v>284</v>
+      </c>
+      <c r="L47" t="s">
+        <v>292</v>
+      </c>
+      <c r="M47" t="s">
+        <v>278</v>
+      </c>
+      <c r="N47" t="s">
+        <v>286</v>
+      </c>
+      <c r="O47" t="s">
+        <v>293</v>
+      </c>
+      <c r="P47" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>295</v>
+      </c>
+      <c r="B48" t="s">
+        <v>296</v>
+      </c>
+      <c r="C48" t="s">
+        <v>142</v>
+      </c>
+      <c r="D48" t="s">
+        <v>33</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>52</v>
+      </c>
+      <c r="H48">
+        <v>2022</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>276</v>
+      </c>
+      <c r="K48" t="s">
+        <v>45</v>
+      </c>
+      <c r="L48" t="s">
+        <v>297</v>
+      </c>
+      <c r="M48" t="s">
+        <v>278</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>298</v>
+      </c>
+      <c r="P48" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>300</v>
+      </c>
+      <c r="B49" t="s">
+        <v>301</v>
+      </c>
+      <c r="C49" t="s">
+        <v>97</v>
+      </c>
+      <c r="D49" t="s">
         <v>105</v>
       </c>
-      <c r="C45" t="s">
-[...172 lines deleted...]
-      </c>
       <c r="E49" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="G49"/>
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>90</v>
+      </c>
       <c r="H49"/>
-      <c r="I49" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I49"/>
       <c r="J49" t="s">
-        <v>38</v>
+        <v>83</v>
       </c>
       <c r="K49" t="s">
-        <v>208</v>
+        <v>45</v>
       </c>
       <c r="L49" t="s">
-        <v>76</v>
+        <v>302</v>
       </c>
       <c r="M49" t="s">
-        <v>24</v>
+        <v>99</v>
       </c>
       <c r="N49" t="s">
-        <v>209</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>303</v>
+      </c>
+      <c r="P49" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>210</v>
+        <v>304</v>
       </c>
       <c r="B50" t="s">
-        <v>105</v>
+        <v>305</v>
       </c>
       <c r="C50" t="s">
-        <v>75</v>
+        <v>142</v>
       </c>
       <c r="D50" t="s">
-        <v>17</v>
+        <v>98</v>
       </c>
       <c r="E50" t="s">
-        <v>211</v>
+        <v>20</v>
       </c>
       <c r="F50" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G50">
+        <v>306</v>
+      </c>
+      <c r="G50" t="s">
+        <v>52</v>
+      </c>
+      <c r="H50">
         <v>2009</v>
       </c>
-      <c r="H50"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I50"/>
       <c r="J50" t="s">
-        <v>38</v>
-[...4 lines deleted...]
-      </c>
+        <v>150</v>
+      </c>
+      <c r="K50" t="s">
+        <v>45</v>
+      </c>
+      <c r="L50"/>
       <c r="M50" t="s">
-        <v>24</v>
+        <v>278</v>
       </c>
       <c r="N50" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>307</v>
+      </c>
+      <c r="P50" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>213</v>
+        <v>309</v>
       </c>
       <c r="B51" t="s">
-        <v>105</v>
+        <v>310</v>
       </c>
       <c r="C51" t="s">
-        <v>214</v>
+        <v>142</v>
       </c>
       <c r="D51" t="s">
-        <v>17</v>
+        <v>311</v>
       </c>
       <c r="E51" t="s">
-        <v>211</v>
+        <v>20</v>
       </c>
       <c r="F51" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G51">
+        <v>306</v>
+      </c>
+      <c r="G51" t="s">
+        <v>52</v>
+      </c>
+      <c r="H51">
         <v>2015</v>
       </c>
-      <c r="H51"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I51"/>
       <c r="J51" t="s">
-        <v>38</v>
-[...4 lines deleted...]
-      </c>
+        <v>276</v>
+      </c>
+      <c r="K51" t="s">
+        <v>45</v>
+      </c>
+      <c r="L51"/>
       <c r="M51" t="s">
-        <v>24</v>
+        <v>278</v>
       </c>
       <c r="N51" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>312</v>
+      </c>
+      <c r="P51" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>216</v>
+        <v>314</v>
       </c>
       <c r="B52" t="s">
-        <v>105</v>
+        <v>315</v>
       </c>
       <c r="C52" t="s">
-        <v>217</v>
+        <v>142</v>
       </c>
       <c r="D52" t="s">
-        <v>17</v>
+        <v>316</v>
       </c>
       <c r="E52" t="s">
-        <v>211</v>
+        <v>20</v>
       </c>
       <c r="F52" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G52">
+        <v>306</v>
+      </c>
+      <c r="G52" t="s">
+        <v>52</v>
+      </c>
+      <c r="H52">
         <v>2009</v>
       </c>
-      <c r="H52"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I52"/>
       <c r="J52" t="s">
-        <v>38</v>
-[...4 lines deleted...]
-      </c>
+        <v>276</v>
+      </c>
+      <c r="K52" t="s">
+        <v>45</v>
+      </c>
+      <c r="L52"/>
       <c r="M52" t="s">
-        <v>24</v>
+        <v>278</v>
       </c>
       <c r="N52" t="s">
-        <v>218</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>317</v>
+      </c>
+      <c r="P52" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>219</v>
+        <v>319</v>
       </c>
       <c r="B53" t="s">
-        <v>105</v>
+        <v>320</v>
       </c>
       <c r="C53" t="s">
-        <v>220</v>
+        <v>142</v>
       </c>
       <c r="D53" t="s">
-        <v>17</v>
+        <v>321</v>
       </c>
       <c r="E53" t="s">
-        <v>211</v>
+        <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G53">
+        <v>306</v>
+      </c>
+      <c r="G53" t="s">
+        <v>52</v>
+      </c>
+      <c r="H53">
         <v>2015</v>
       </c>
-      <c r="H53"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I53"/>
       <c r="J53" t="s">
-        <v>38</v>
-[...4 lines deleted...]
-      </c>
+        <v>276</v>
+      </c>
+      <c r="K53" t="s">
+        <v>45</v>
+      </c>
+      <c r="L53"/>
       <c r="M53" t="s">
-        <v>24</v>
+        <v>278</v>
       </c>
       <c r="N53" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>322</v>
+      </c>
+      <c r="P53" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>222</v>
+        <v>324</v>
       </c>
       <c r="B54" t="s">
-        <v>105</v>
+        <v>325</v>
       </c>
       <c r="C54" t="s">
-        <v>223</v>
+        <v>142</v>
       </c>
       <c r="D54" t="s">
-        <v>17</v>
+        <v>326</v>
       </c>
       <c r="E54" t="s">
-        <v>211</v>
+        <v>20</v>
       </c>
       <c r="F54" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G54">
+        <v>306</v>
+      </c>
+      <c r="G54" t="s">
+        <v>52</v>
+      </c>
+      <c r="H54">
         <v>2021</v>
       </c>
-      <c r="H54"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I54"/>
       <c r="J54" t="s">
-        <v>38</v>
-[...4 lines deleted...]
-      </c>
+        <v>276</v>
+      </c>
+      <c r="K54" t="s">
+        <v>45</v>
+      </c>
+      <c r="L54"/>
       <c r="M54" t="s">
-        <v>24</v>
+        <v>278</v>
       </c>
       <c r="N54" t="s">
-        <v>224</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>327</v>
+      </c>
+      <c r="P54" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>225</v>
+        <v>329</v>
       </c>
       <c r="B55" t="s">
-        <v>105</v>
+        <v>330</v>
       </c>
       <c r="C55" t="s">
-        <v>220</v>
+        <v>142</v>
       </c>
       <c r="D55" t="s">
-        <v>17</v>
+        <v>321</v>
       </c>
       <c r="E55" t="s">
-        <v>211</v>
+        <v>20</v>
       </c>
       <c r="F55" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G55">
+        <v>306</v>
+      </c>
+      <c r="G55" t="s">
+        <v>52</v>
+      </c>
+      <c r="H55">
         <v>2015</v>
       </c>
-      <c r="H55"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I55"/>
       <c r="J55" t="s">
-        <v>38</v>
-[...4 lines deleted...]
-      </c>
+        <v>276</v>
+      </c>
+      <c r="K55" t="s">
+        <v>45</v>
+      </c>
+      <c r="L55"/>
       <c r="M55" t="s">
-        <v>24</v>
+        <v>278</v>
       </c>
       <c r="N55" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>331</v>
+      </c>
+      <c r="P55" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>227</v>
+        <v>333</v>
       </c>
       <c r="B56" t="s">
-        <v>105</v>
+        <v>334</v>
       </c>
       <c r="C56" t="s">
-        <v>28</v>
+        <v>142</v>
       </c>
       <c r="D56" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E56" t="s">
-        <v>211</v>
+        <v>20</v>
       </c>
       <c r="F56" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G56">
+        <v>306</v>
+      </c>
+      <c r="G56" t="s">
+        <v>52</v>
+      </c>
+      <c r="H56">
         <v>2015</v>
       </c>
-      <c r="H56"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I56"/>
       <c r="J56" t="s">
-        <v>196</v>
-[...4 lines deleted...]
-      </c>
+        <v>150</v>
+      </c>
+      <c r="K56" t="s">
+        <v>284</v>
+      </c>
+      <c r="L56"/>
       <c r="M56" t="s">
-        <v>24</v>
+        <v>278</v>
       </c>
       <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>335</v>
+      </c>
+      <c r="P56" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>337</v>
+      </c>
+      <c r="B57" t="s">
+        <v>338</v>
+      </c>
+      <c r="C57" t="s">
+        <v>142</v>
+      </c>
+      <c r="D57" t="s">
+        <v>339</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>306</v>
+      </c>
+      <c r="G57" t="s">
+        <v>52</v>
+      </c>
+      <c r="H57">
+        <v>2015</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>276</v>
+      </c>
+      <c r="K57" t="s">
+        <v>45</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>278</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>340</v>
+      </c>
+      <c r="P57" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>342</v>
+      </c>
+      <c r="B58" t="s">
+        <v>343</v>
+      </c>
+      <c r="C58" t="s">
         <v>228</v>
       </c>
-    </row>
-[...49 lines deleted...]
-      </c>
       <c r="D58" t="s">
-        <v>17</v>
+        <v>344</v>
       </c>
       <c r="E58" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F58" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G58">
+        <v>21</v>
+      </c>
+      <c r="G58" t="s">
+        <v>52</v>
+      </c>
+      <c r="H58">
         <v>2012</v>
       </c>
-      <c r="H58"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I58"/>
       <c r="J58" t="s">
-        <v>234</v>
+        <v>120</v>
       </c>
       <c r="K58" t="s">
-        <v>235</v>
+        <v>345</v>
       </c>
       <c r="L58" t="s">
-        <v>236</v>
+        <v>346</v>
       </c>
       <c r="M58" t="s">
-        <v>24</v>
+        <v>347</v>
       </c>
       <c r="N58" t="s">
-        <v>237</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>348</v>
+      </c>
+      <c r="P58" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>238</v>
+        <v>350</v>
       </c>
       <c r="B59" t="s">
-        <v>239</v>
+        <v>351</v>
       </c>
       <c r="C59" t="s">
-        <v>124</v>
+        <v>352</v>
       </c>
       <c r="D59" t="s">
-        <v>17</v>
+        <v>169</v>
       </c>
       <c r="E59" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F59" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2006</v>
+        <v>34</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
       </c>
       <c r="H59">
         <v>2006</v>
       </c>
-      <c r="I59" t="s">
-        <v>81</v>
+      <c r="I59">
+        <v>2006</v>
       </c>
       <c r="J59" t="s">
-        <v>38</v>
+        <v>106</v>
       </c>
       <c r="K59" t="s">
-        <v>240</v>
+        <v>45</v>
       </c>
       <c r="L59" t="s">
-        <v>241</v>
+        <v>353</v>
       </c>
       <c r="M59" t="s">
-        <v>24</v>
+        <v>354</v>
       </c>
       <c r="N59" t="s">
-        <v>242</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>355</v>
+      </c>
+      <c r="P59"/>
+    </row>
+    <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>243</v>
+        <v>356</v>
       </c>
       <c r="B60" t="s">
-        <v>244</v>
+        <v>357</v>
       </c>
       <c r="C60" t="s">
-        <v>53</v>
+        <v>358</v>
       </c>
       <c r="D60" t="s">
-        <v>17</v>
+        <v>68</v>
       </c>
       <c r="E60" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F60" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G60">
+        <v>34</v>
+      </c>
+      <c r="G60" t="s">
+        <v>52</v>
+      </c>
+      <c r="H60">
         <v>2014</v>
       </c>
-      <c r="H60"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I60"/>
       <c r="J60" t="s">
-        <v>38</v>
-[...4 lines deleted...]
-      </c>
+        <v>91</v>
+      </c>
+      <c r="K60" t="s">
+        <v>45</v>
+      </c>
+      <c r="L60"/>
       <c r="M60" t="s">
-        <v>24</v>
+        <v>359</v>
       </c>
       <c r="N60" t="s">
-        <v>246</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>360</v>
+      </c>
+      <c r="P60" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>247</v>
+        <v>362</v>
       </c>
       <c r="B61" t="s">
-        <v>248</v>
+        <v>363</v>
       </c>
       <c r="C61" t="s">
-        <v>80</v>
+        <v>364</v>
       </c>
       <c r="D61" t="s">
-        <v>17</v>
+        <v>105</v>
       </c>
       <c r="E61" t="s">
-        <v>249</v>
+        <v>20</v>
       </c>
       <c r="F61" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G61"/>
+        <v>365</v>
+      </c>
+      <c r="G61" t="s">
+        <v>52</v>
+      </c>
       <c r="H61"/>
-      <c r="I61" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I61"/>
       <c r="J61" t="s">
-        <v>38</v>
+        <v>366</v>
       </c>
       <c r="K61" t="s">
-        <v>251</v>
+        <v>45</v>
       </c>
       <c r="L61" t="s">
-        <v>252</v>
+        <v>367</v>
       </c>
       <c r="M61" t="s">
-        <v>24</v>
+        <v>368</v>
       </c>
       <c r="N61" t="s">
-        <v>253</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>369</v>
+      </c>
+      <c r="P61" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>254</v>
+        <v>371</v>
       </c>
       <c r="B62" t="s">
-        <v>27</v>
+        <v>372</v>
       </c>
       <c r="C62" t="s">
-        <v>80</v>
+        <v>32</v>
       </c>
       <c r="D62" t="s">
-        <v>17</v>
+        <v>105</v>
       </c>
       <c r="E62" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F62" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G62">
+        <v>34</v>
+      </c>
+      <c r="G62" t="s">
+        <v>52</v>
+      </c>
+      <c r="H62">
         <v>2013</v>
       </c>
-      <c r="H62"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I62"/>
       <c r="J62" t="s">
-        <v>38</v>
+        <v>373</v>
       </c>
       <c r="K62" t="s">
-        <v>256</v>
+        <v>45</v>
       </c>
       <c r="L62" t="s">
-        <v>257</v>
+        <v>374</v>
       </c>
       <c r="M62" t="s">
-        <v>24</v>
+        <v>375</v>
       </c>
       <c r="N62" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>376</v>
+      </c>
+      <c r="P62" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>259</v>
+        <v>378</v>
       </c>
       <c r="B63" t="s">
-        <v>260</v>
+        <v>379</v>
       </c>
       <c r="C63" t="s">
-        <v>261</v>
+        <v>380</v>
       </c>
       <c r="D63" t="s">
-        <v>17</v>
+        <v>381</v>
       </c>
       <c r="E63" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F63" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G63">
+        <v>21</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
         <v>2015</v>
       </c>
-      <c r="H63">
+      <c r="I63">
         <v>2018</v>
       </c>
-      <c r="I63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J63" t="s">
-        <v>234</v>
-[...4 lines deleted...]
-      </c>
+        <v>217</v>
+      </c>
+      <c r="K63" t="s">
+        <v>345</v>
+      </c>
+      <c r="L63"/>
       <c r="M63" t="s">
-        <v>24</v>
+        <v>382</v>
       </c>
       <c r="N63" t="s">
-        <v>263</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>383</v>
+      </c>
+      <c r="P63" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>264</v>
+        <v>385</v>
       </c>
       <c r="B64" t="s">
-        <v>265</v>
+        <v>386</v>
       </c>
       <c r="C64" t="s">
-        <v>80</v>
+        <v>387</v>
       </c>
       <c r="D64" t="s">
-        <v>17</v>
+        <v>105</v>
       </c>
       <c r="E64" t="s">
-        <v>266</v>
+        <v>20</v>
       </c>
       <c r="F64" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G64">
+        <v>388</v>
+      </c>
+      <c r="G64" t="s">
+        <v>52</v>
+      </c>
+      <c r="H64">
         <v>2019</v>
       </c>
-      <c r="H64"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I64"/>
       <c r="J64" t="s">
-        <v>38</v>
+        <v>114</v>
       </c>
       <c r="K64" t="s">
-        <v>267</v>
+        <v>45</v>
       </c>
       <c r="L64" t="s">
-        <v>268</v>
+        <v>389</v>
       </c>
       <c r="M64" t="s">
-        <v>24</v>
+        <v>390</v>
       </c>
       <c r="N64" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>391</v>
+      </c>
+      <c r="P64" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>270</v>
+        <v>393</v>
       </c>
       <c r="B65" t="s">
-        <v>265</v>
+        <v>394</v>
       </c>
       <c r="C65" t="s">
-        <v>28</v>
+        <v>387</v>
       </c>
       <c r="D65" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E65" t="s">
-        <v>266</v>
+        <v>20</v>
       </c>
       <c r="F65" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G65">
+        <v>388</v>
+      </c>
+      <c r="G65" t="s">
+        <v>52</v>
+      </c>
+      <c r="H65">
         <v>2014</v>
       </c>
-      <c r="H65"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I65"/>
       <c r="J65" t="s">
-        <v>196</v>
+        <v>114</v>
       </c>
       <c r="K65" t="s">
-        <v>271</v>
+        <v>284</v>
       </c>
       <c r="L65" t="s">
-        <v>268</v>
+        <v>395</v>
       </c>
       <c r="M65" t="s">
-        <v>24</v>
+        <v>390</v>
       </c>
       <c r="N65" t="s">
-        <v>272</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>396</v>
+      </c>
+      <c r="P65" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>273</v>
+        <v>398</v>
       </c>
       <c r="B66" t="s">
-        <v>274</v>
+        <v>399</v>
       </c>
       <c r="C66" t="s">
-        <v>275</v>
+        <v>400</v>
       </c>
       <c r="D66" t="s">
-        <v>17</v>
+        <v>401</v>
       </c>
       <c r="E66" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F66" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G66">
+        <v>34</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
         <v>2008</v>
       </c>
-      <c r="H66">
+      <c r="I66">
         <v>2012</v>
       </c>
-      <c r="I66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J66" t="s">
-        <v>38</v>
+        <v>373</v>
       </c>
       <c r="K66" t="s">
-        <v>276</v>
+        <v>45</v>
       </c>
       <c r="L66" t="s">
-        <v>277</v>
+        <v>402</v>
       </c>
       <c r="M66" t="s">
-        <v>278</v>
+        <v>403</v>
       </c>
       <c r="N66" t="s">
-        <v>279</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:14">
+        <v>404</v>
+      </c>
+      <c r="O66" t="s">
+        <v>405</v>
+      </c>
+      <c r="P66" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>280</v>
+        <v>407</v>
       </c>
       <c r="B67" t="s">
-        <v>281</v>
+        <v>408</v>
       </c>
       <c r="C67" t="s">
-        <v>80</v>
+        <v>409</v>
       </c>
       <c r="D67" t="s">
-        <v>17</v>
+        <v>105</v>
       </c>
       <c r="E67" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F67" t="s">
-        <v>282</v>
-[...1 lines deleted...]
-      <c r="G67"/>
+        <v>34</v>
+      </c>
+      <c r="G67" t="s">
+        <v>410</v>
+      </c>
       <c r="H67"/>
-      <c r="I67" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I67"/>
       <c r="J67" t="s">
-        <v>38</v>
-[...4 lines deleted...]
-      </c>
+        <v>114</v>
+      </c>
+      <c r="K67" t="s">
+        <v>45</v>
+      </c>
+      <c r="L67"/>
       <c r="M67" t="s">
-        <v>24</v>
+        <v>411</v>
       </c>
       <c r="N67" t="s">
-        <v>284</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>412</v>
+      </c>
+      <c r="P67" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>285</v>
+        <v>414</v>
       </c>
       <c r="B68" t="s">
-        <v>281</v>
+        <v>415</v>
       </c>
       <c r="C68" t="s">
-        <v>124</v>
+        <v>409</v>
       </c>
       <c r="D68" t="s">
-        <v>17</v>
+        <v>169</v>
       </c>
       <c r="E68" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F68" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>34</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
       </c>
       <c r="H68">
         <v>2012</v>
       </c>
-      <c r="I68" t="s">
-        <v>81</v>
+      <c r="I68">
+        <v>2012</v>
       </c>
       <c r="J68" t="s">
-        <v>38</v>
-[...4 lines deleted...]
-      </c>
+        <v>106</v>
+      </c>
+      <c r="K68" t="s">
+        <v>45</v>
+      </c>
+      <c r="L68"/>
       <c r="M68" t="s">
-        <v>24</v>
+        <v>411</v>
       </c>
       <c r="N68" t="s">
-        <v>286</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>416</v>
+      </c>
+      <c r="P68" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>287</v>
+        <v>418</v>
       </c>
       <c r="B69" t="s">
-        <v>281</v>
+        <v>419</v>
       </c>
       <c r="C69" t="s">
-        <v>53</v>
+        <v>409</v>
       </c>
       <c r="D69" t="s">
-        <v>17</v>
+        <v>68</v>
       </c>
       <c r="E69" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F69" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G69">
+        <v>34</v>
+      </c>
+      <c r="G69" t="s">
+        <v>52</v>
+      </c>
+      <c r="H69">
         <v>2013</v>
       </c>
-      <c r="H69"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I69"/>
       <c r="J69" t="s">
-        <v>38</v>
-[...4 lines deleted...]
-      </c>
+        <v>106</v>
+      </c>
+      <c r="K69" t="s">
+        <v>45</v>
+      </c>
+      <c r="L69"/>
       <c r="M69" t="s">
-        <v>24</v>
+        <v>411</v>
       </c>
       <c r="N69" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>420</v>
+      </c>
+      <c r="P69" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>289</v>
+        <v>422</v>
       </c>
       <c r="B70" t="s">
-        <v>281</v>
+        <v>423</v>
       </c>
       <c r="C70" t="s">
-        <v>59</v>
+        <v>409</v>
       </c>
       <c r="D70" t="s">
-        <v>17</v>
+        <v>76</v>
       </c>
       <c r="E70" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F70" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G70">
+        <v>34</v>
+      </c>
+      <c r="G70" t="s">
+        <v>52</v>
+      </c>
+      <c r="H70">
         <v>2017</v>
       </c>
-      <c r="H70"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I70"/>
       <c r="J70" t="s">
-        <v>38</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K70" t="s">
+        <v>45</v>
+      </c>
+      <c r="L70"/>
       <c r="M70" t="s">
-        <v>24</v>
+        <v>411</v>
       </c>
       <c r="N70" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>424</v>
+      </c>
+      <c r="P70" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>291</v>
+        <v>426</v>
       </c>
       <c r="B71" t="s">
-        <v>281</v>
+        <v>427</v>
       </c>
       <c r="C71" t="s">
-        <v>28</v>
+        <v>409</v>
       </c>
       <c r="D71" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E71" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F71" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G71">
+        <v>34</v>
+      </c>
+      <c r="G71" t="s">
+        <v>52</v>
+      </c>
+      <c r="H71">
         <v>2017</v>
       </c>
-      <c r="H71"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I71"/>
       <c r="J71" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K71" t="s">
+        <v>36</v>
+      </c>
+      <c r="L71"/>
       <c r="M71" t="s">
-        <v>24</v>
+        <v>411</v>
       </c>
       <c r="N71" t="s">
-        <v>292</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>428</v>
+      </c>
+      <c r="P71" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>293</v>
+        <v>430</v>
       </c>
       <c r="B72" t="s">
+        <v>431</v>
+      </c>
+      <c r="C72" t="s">
+        <v>142</v>
+      </c>
+      <c r="D72" t="s">
+        <v>68</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>34</v>
+      </c>
+      <c r="G72" t="s">
+        <v>52</v>
+      </c>
+      <c r="H72">
+        <v>2013</v>
+      </c>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>432</v>
+      </c>
+      <c r="K72" t="s">
+        <v>45</v>
+      </c>
+      <c r="L72" t="s">
+        <v>433</v>
+      </c>
+      <c r="M72" t="s">
+        <v>434</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>435</v>
+      </c>
+      <c r="P72" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>437</v>
+      </c>
+      <c r="B73" t="s">
+        <v>438</v>
+      </c>
+      <c r="C73" t="s">
+        <v>142</v>
+      </c>
+      <c r="D73" t="s">
+        <v>182</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>34</v>
+      </c>
+      <c r="G73" t="s">
+        <v>52</v>
+      </c>
+      <c r="H73">
+        <v>2013</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>432</v>
+      </c>
+      <c r="K73" t="s">
+        <v>45</v>
+      </c>
+      <c r="L73" t="s">
+        <v>439</v>
+      </c>
+      <c r="M73" t="s">
+        <v>434</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>440</v>
+      </c>
+      <c r="P73" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>442</v>
+      </c>
+      <c r="B74" t="s">
+        <v>443</v>
+      </c>
+      <c r="C74" t="s">
+        <v>142</v>
+      </c>
+      <c r="D74" t="s">
+        <v>98</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>34</v>
+      </c>
+      <c r="G74" t="s">
+        <v>52</v>
+      </c>
+      <c r="H74">
+        <v>2012</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>150</v>
+      </c>
+      <c r="K74" t="s">
+        <v>45</v>
+      </c>
+      <c r="L74" t="s">
+        <v>444</v>
+      </c>
+      <c r="M74" t="s">
+        <v>434</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>445</v>
+      </c>
+      <c r="P74" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>447</v>
+      </c>
+      <c r="B75" t="s">
+        <v>448</v>
+      </c>
+      <c r="C75" t="s">
+        <v>142</v>
+      </c>
+      <c r="D75" t="s">
+        <v>316</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>34</v>
+      </c>
+      <c r="G75" t="s">
+        <v>52</v>
+      </c>
+      <c r="H75">
+        <v>2012</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>276</v>
+      </c>
+      <c r="K75" t="s">
+        <v>45</v>
+      </c>
+      <c r="L75" t="s">
+        <v>449</v>
+      </c>
+      <c r="M75" t="s">
+        <v>434</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>450</v>
+      </c>
+      <c r="P75" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>452</v>
+      </c>
+      <c r="B76" t="s">
+        <v>453</v>
+      </c>
+      <c r="C76" t="s">
+        <v>142</v>
+      </c>
+      <c r="D76" t="s">
         <v>105</v>
       </c>
-      <c r="C72" t="s">
-[...11 lines deleted...]
-      <c r="G72">
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>34</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2011</v>
+      </c>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>150</v>
+      </c>
+      <c r="K76" t="s">
+        <v>45</v>
+      </c>
+      <c r="L76" t="s">
+        <v>454</v>
+      </c>
+      <c r="M76" t="s">
+        <v>434</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>455</v>
+      </c>
+      <c r="P76" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>457</v>
+      </c>
+      <c r="B77" t="s">
+        <v>458</v>
+      </c>
+      <c r="C77" t="s">
+        <v>142</v>
+      </c>
+      <c r="D77" t="s">
+        <v>459</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>34</v>
+      </c>
+      <c r="G77" t="s">
+        <v>52</v>
+      </c>
+      <c r="H77">
+        <v>2014</v>
+      </c>
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>276</v>
+      </c>
+      <c r="K77" t="s">
+        <v>45</v>
+      </c>
+      <c r="L77" t="s">
+        <v>460</v>
+      </c>
+      <c r="M77" t="s">
+        <v>434</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>461</v>
+      </c>
+      <c r="P77" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>463</v>
+      </c>
+      <c r="B78" t="s">
+        <v>464</v>
+      </c>
+      <c r="C78" t="s">
+        <v>142</v>
+      </c>
+      <c r="D78" t="s">
+        <v>76</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>2014</v>
+      </c>
+      <c r="I78">
+        <v>2019</v>
+      </c>
+      <c r="J78" t="s">
+        <v>143</v>
+      </c>
+      <c r="K78" t="s">
+        <v>45</v>
+      </c>
+      <c r="L78" t="s">
+        <v>465</v>
+      </c>
+      <c r="M78" t="s">
+        <v>145</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>466</v>
+      </c>
+      <c r="P78" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>468</v>
+      </c>
+      <c r="B79" t="s">
+        <v>469</v>
+      </c>
+      <c r="C79" t="s">
+        <v>142</v>
+      </c>
+      <c r="D79" t="s">
+        <v>161</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>21</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>2004</v>
+      </c>
+      <c r="I79">
+        <v>2019</v>
+      </c>
+      <c r="J79" t="s">
+        <v>143</v>
+      </c>
+      <c r="K79" t="s">
+        <v>45</v>
+      </c>
+      <c r="L79" t="s">
+        <v>470</v>
+      </c>
+      <c r="M79" t="s">
+        <v>145</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>471</v>
+      </c>
+      <c r="P79" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>473</v>
+      </c>
+      <c r="B80" t="s">
+        <v>474</v>
+      </c>
+      <c r="C80" t="s">
+        <v>142</v>
+      </c>
+      <c r="D80" t="s">
+        <v>98</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>21</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>2011</v>
+      </c>
+      <c r="I80">
+        <v>2019</v>
+      </c>
+      <c r="J80" t="s">
+        <v>143</v>
+      </c>
+      <c r="K80" t="s">
+        <v>45</v>
+      </c>
+      <c r="L80" t="s">
+        <v>475</v>
+      </c>
+      <c r="M80" t="s">
+        <v>145</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>476</v>
+      </c>
+      <c r="P80" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>478</v>
+      </c>
+      <c r="B81" t="s">
+        <v>479</v>
+      </c>
+      <c r="C81" t="s">
+        <v>480</v>
+      </c>
+      <c r="D81" t="s">
+        <v>98</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>34</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>2001</v>
+      </c>
+      <c r="I81">
+        <v>2020</v>
+      </c>
+      <c r="J81" t="s">
+        <v>23</v>
+      </c>
+      <c r="K81" t="s">
+        <v>45</v>
+      </c>
+      <c r="L81" t="s">
+        <v>481</v>
+      </c>
+      <c r="M81" t="s">
+        <v>482</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>483</v>
+      </c>
+      <c r="P81" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>485</v>
+      </c>
+      <c r="B82" t="s">
+        <v>486</v>
+      </c>
+      <c r="C82" t="s">
+        <v>480</v>
+      </c>
+      <c r="D82" t="s">
+        <v>33</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>34</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
+        <v>2012</v>
+      </c>
+      <c r="I82">
+        <v>2020</v>
+      </c>
+      <c r="J82" t="s">
+        <v>114</v>
+      </c>
+      <c r="K82" t="s">
+        <v>36</v>
+      </c>
+      <c r="L82" t="s">
+        <v>487</v>
+      </c>
+      <c r="M82" t="s">
+        <v>488</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>489</v>
+      </c>
+      <c r="P82" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>491</v>
+      </c>
+      <c r="B83" t="s">
+        <v>492</v>
+      </c>
+      <c r="C83" t="s">
+        <v>480</v>
+      </c>
+      <c r="D83" t="s">
+        <v>493</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>34</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>2012</v>
+      </c>
+      <c r="I83">
+        <v>2020</v>
+      </c>
+      <c r="J83" t="s">
+        <v>114</v>
+      </c>
+      <c r="K83" t="s">
+        <v>45</v>
+      </c>
+      <c r="L83" t="s">
+        <v>494</v>
+      </c>
+      <c r="M83" t="s">
+        <v>488</v>
+      </c>
+      <c r="N83" t="s">
+        <v>404</v>
+      </c>
+      <c r="O83" t="s">
+        <v>495</v>
+      </c>
+      <c r="P83" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>497</v>
+      </c>
+      <c r="B84" t="s">
+        <v>498</v>
+      </c>
+      <c r="C84" t="s">
+        <v>480</v>
+      </c>
+      <c r="D84" t="s">
+        <v>105</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>34</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
+        <v>2014</v>
+      </c>
+      <c r="I84">
+        <v>2020</v>
+      </c>
+      <c r="J84" t="s">
+        <v>23</v>
+      </c>
+      <c r="K84" t="s">
+        <v>45</v>
+      </c>
+      <c r="L84" t="s">
+        <v>499</v>
+      </c>
+      <c r="M84" t="s">
+        <v>482</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>500</v>
+      </c>
+      <c r="P84" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>502</v>
+      </c>
+      <c r="B85" t="s">
+        <v>503</v>
+      </c>
+      <c r="C85" t="s">
+        <v>142</v>
+      </c>
+      <c r="D85" t="s">
+        <v>504</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>229</v>
+      </c>
+      <c r="G85" t="s">
+        <v>52</v>
+      </c>
+      <c r="H85">
         <v>2013</v>
       </c>
-      <c r="H72"/>
-[...38 lines deleted...]
-      <c r="G73">
+      <c r="I85"/>
+      <c r="J85" t="s">
+        <v>143</v>
+      </c>
+      <c r="K85" t="s">
+        <v>45</v>
+      </c>
+      <c r="L85"/>
+      <c r="M85" t="s">
+        <v>505</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>506</v>
+      </c>
+      <c r="P85" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>508</v>
+      </c>
+      <c r="B86" t="s">
+        <v>509</v>
+      </c>
+      <c r="C86" t="s">
+        <v>142</v>
+      </c>
+      <c r="D86" t="s">
+        <v>339</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>229</v>
+      </c>
+      <c r="G86" t="s">
+        <v>52</v>
+      </c>
+      <c r="H86">
         <v>2013</v>
       </c>
-      <c r="H73"/>
-[...122 lines deleted...]
-      <c r="G76">
+      <c r="I86"/>
+      <c r="J86" t="s">
+        <v>276</v>
+      </c>
+      <c r="K86" t="s">
+        <v>45</v>
+      </c>
+      <c r="L86"/>
+      <c r="M86" t="s">
+        <v>505</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>510</v>
+      </c>
+      <c r="P86" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>512</v>
+      </c>
+      <c r="B87" t="s">
+        <v>513</v>
+      </c>
+      <c r="C87" t="s">
+        <v>142</v>
+      </c>
+      <c r="D87" t="s">
+        <v>311</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>229</v>
+      </c>
+      <c r="G87" t="s">
+        <v>52</v>
+      </c>
+      <c r="H87">
+        <v>2013</v>
+      </c>
+      <c r="I87"/>
+      <c r="J87" t="s">
+        <v>276</v>
+      </c>
+      <c r="K87" t="s">
+        <v>45</v>
+      </c>
+      <c r="L87"/>
+      <c r="M87" t="s">
+        <v>505</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>514</v>
+      </c>
+      <c r="P87" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>516</v>
+      </c>
+      <c r="B88" t="s">
+        <v>517</v>
+      </c>
+      <c r="C88" t="s">
+        <v>142</v>
+      </c>
+      <c r="D88" t="s">
+        <v>321</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>229</v>
+      </c>
+      <c r="G88" t="s">
+        <v>52</v>
+      </c>
+      <c r="H88">
+        <v>2013</v>
+      </c>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>276</v>
+      </c>
+      <c r="K88" t="s">
+        <v>45</v>
+      </c>
+      <c r="L88"/>
+      <c r="M88" t="s">
+        <v>505</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>518</v>
+      </c>
+      <c r="P88" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>520</v>
+      </c>
+      <c r="B89" t="s">
+        <v>521</v>
+      </c>
+      <c r="C89" t="s">
+        <v>142</v>
+      </c>
+      <c r="D89" t="s">
+        <v>522</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>229</v>
+      </c>
+      <c r="G89" t="s">
+        <v>52</v>
+      </c>
+      <c r="H89">
+        <v>2016</v>
+      </c>
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>276</v>
+      </c>
+      <c r="K89" t="s">
+        <v>45</v>
+      </c>
+      <c r="L89"/>
+      <c r="M89" t="s">
+        <v>505</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>523</v>
+      </c>
+      <c r="P89" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>525</v>
+      </c>
+      <c r="B90" t="s">
+        <v>526</v>
+      </c>
+      <c r="C90" t="s">
+        <v>142</v>
+      </c>
+      <c r="D90" t="s">
+        <v>326</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>229</v>
+      </c>
+      <c r="G90" t="s">
+        <v>52</v>
+      </c>
+      <c r="H90">
+        <v>2016</v>
+      </c>
+      <c r="I90"/>
+      <c r="J90" t="s">
+        <v>276</v>
+      </c>
+      <c r="K90" t="s">
+        <v>45</v>
+      </c>
+      <c r="L90"/>
+      <c r="M90" t="s">
+        <v>505</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>527</v>
+      </c>
+      <c r="P90" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>529</v>
+      </c>
+      <c r="B91" t="s">
+        <v>530</v>
+      </c>
+      <c r="C91" t="s">
+        <v>531</v>
+      </c>
+      <c r="D91" t="s">
+        <v>532</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>229</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
+        <v>2015</v>
+      </c>
+      <c r="I91">
+        <v>2017</v>
+      </c>
+      <c r="J91" t="s">
+        <v>143</v>
+      </c>
+      <c r="K91" t="s">
+        <v>345</v>
+      </c>
+      <c r="L91" t="s">
+        <v>533</v>
+      </c>
+      <c r="M91" t="s">
+        <v>534</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>535</v>
+      </c>
+      <c r="P91" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>537</v>
+      </c>
+      <c r="B92" t="s">
+        <v>538</v>
+      </c>
+      <c r="C92" t="s">
+        <v>531</v>
+      </c>
+      <c r="D92" t="s">
+        <v>68</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>229</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
         <v>2011</v>
       </c>
-      <c r="H76"/>
-[...83 lines deleted...]
-      <c r="H78">
+      <c r="I92">
+        <v>2021</v>
+      </c>
+      <c r="J92" t="s">
+        <v>143</v>
+      </c>
+      <c r="K92" t="s">
+        <v>45</v>
+      </c>
+      <c r="L92" t="s">
+        <v>539</v>
+      </c>
+      <c r="M92" t="s">
+        <v>534</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>540</v>
+      </c>
+      <c r="P92" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>542</v>
+      </c>
+      <c r="B93" t="s">
+        <v>543</v>
+      </c>
+      <c r="C93" t="s">
+        <v>531</v>
+      </c>
+      <c r="D93" t="s">
+        <v>68</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>21</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>2002</v>
+      </c>
+      <c r="I93">
+        <v>2021</v>
+      </c>
+      <c r="J93" t="s">
+        <v>143</v>
+      </c>
+      <c r="K93" t="s">
+        <v>45</v>
+      </c>
+      <c r="L93" t="s">
+        <v>544</v>
+      </c>
+      <c r="M93" t="s">
+        <v>534</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>545</v>
+      </c>
+      <c r="P93" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>547</v>
+      </c>
+      <c r="B94" t="s">
+        <v>548</v>
+      </c>
+      <c r="C94" t="s">
+        <v>549</v>
+      </c>
+      <c r="D94" t="s">
+        <v>550</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>551</v>
+      </c>
+      <c r="G94" t="s">
+        <v>52</v>
+      </c>
+      <c r="H94">
         <v>2019</v>
       </c>
-      <c r="I78" t="s">
-[...81 lines deleted...]
-      <c r="G80">
+      <c r="I94"/>
+      <c r="J94" t="s">
+        <v>23</v>
+      </c>
+      <c r="K94" t="s">
+        <v>552</v>
+      </c>
+      <c r="L94"/>
+      <c r="M94" t="s">
+        <v>553</v>
+      </c>
+      <c r="N94" t="s">
+        <v>554</v>
+      </c>
+      <c r="O94" t="s">
+        <v>555</v>
+      </c>
+      <c r="P94" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>557</v>
+      </c>
+      <c r="B95" t="s">
+        <v>558</v>
+      </c>
+      <c r="C95" t="s">
+        <v>559</v>
+      </c>
+      <c r="D95" t="s">
+        <v>560</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>21</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
+        <v>2015</v>
+      </c>
+      <c r="I95">
+        <v>2016</v>
+      </c>
+      <c r="J95" t="s">
+        <v>561</v>
+      </c>
+      <c r="K95" t="s">
+        <v>562</v>
+      </c>
+      <c r="L95" t="s">
+        <v>563</v>
+      </c>
+      <c r="M95" t="s">
+        <v>564</v>
+      </c>
+      <c r="N95" t="s">
+        <v>565</v>
+      </c>
+      <c r="O95" t="s">
+        <v>566</v>
+      </c>
+      <c r="P95" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>568</v>
+      </c>
+      <c r="B96" t="s">
+        <v>569</v>
+      </c>
+      <c r="C96" t="s">
+        <v>387</v>
+      </c>
+      <c r="D96" t="s">
+        <v>570</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>34</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
         <v>2011</v>
       </c>
-      <c r="H80">
-[...459 lines deleted...]
-      <c r="H91">
+      <c r="I96">
         <v>2017</v>
       </c>
-      <c r="I91" t="s">
-[...217 lines deleted...]
-      </c>
       <c r="J96" t="s">
-        <v>378</v>
-[...4 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="K96" t="s">
+        <v>562</v>
+      </c>
+      <c r="L96"/>
       <c r="M96" t="s">
-        <v>381</v>
+        <v>571</v>
       </c>
       <c r="N96" t="s">
-        <v>386</v>
+        <v>565</v>
+      </c>
+      <c r="O96" t="s">
+        <v>572</v>
+      </c>
+      <c r="P96" t="s">
+        <v>573</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>