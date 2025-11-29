--- v0 (2025-10-11)
+++ v1 (2025-11-29)
@@ -12,320 +12,399 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-465134-2009. CQC Mark Certification - High Pressure Sodium Lamp</t>
   </si>
   <si>
+    <t>Applies to High-pressure sodium lamps with transparent glass cover for outdoor lighting service, and power ranges from 50W-1000W with matching ballasts and ignitors and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 19573-2004 GB/T 13434 GB/T 13259</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465134-2009-cqc-mark-certification-high-pressure-sodium-lamp</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-04-22/492722.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465391-2018 Energy Conservation Certification Rules for Luminaries System for Road Lighting</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Applies to Powers Luminaries System for Road Lighting which use Fluorescent lamps and high intensity gas discharge lamps as lighting source</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>CQC 3105-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465391-2018-energy-conservation-certification-rules-luminaries-system-road-lighting</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-02-05/492775.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465392-2016. Energy Conservation Certification Rules for LED Lighting Products for Street Lighting &amp; Tunnel Lighting</t>
   </si>
   <si>
+    <t>Applies to LED Lighting Products for Street Lighting and Tunnel Lighting operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC 3127-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465392-2016-energy-conservation-certification-rules-led-lighting-products-street</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492713.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465397-2019. Energy Conservation Certification Rules for LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>Apply to LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
     <t>GB 37478-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465397-2019-energy-conservation-certification-rules-led-luminaires-road-and-tunnel</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555385.shtml</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Exit Lights and Emergency Direction Lights</t>
   </si>
   <si>
+    <t>Exit lights and emergency direction lights - The applicable products shall meet the requirements by NATIONAL FIRE AGENCY MINISTRY OF THE INTERIOR and its future amendments</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Energy Conservation Labeling Program Requirements</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-exit-lights-and-emergency-direction</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=24%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Street Lights</t>
   </si>
   <si>
+    <t>Street lights - The product shall meet the definitions of street lights as defined in CNS 9118 Street Lights or CNS 15233 LED Street Lights.</t>
+  </si>
+  <si>
     <t>CNS 9118 Street Lights or CNS 15233 LED Street Lights</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-street-lights</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=35</t>
+  </si>
+  <si>
     <t>Greenmark N107 - Exit Signs and Emergency Directional Lights</t>
   </si>
   <si>
+    <t>This standard is applicable to the exit signs and emergency directional lights which meet the definition of CNS 10207. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n107-exit-signs-and-emergency-directional-lights</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/107/361d4ceb-4e59-4a66-bec0-ac69176e48b4.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>LED traffic lights, LED leading lights, LED guard lighting equipment, LED street lights, LED flood lighting equipment, LED tunnel luminaires, LED module for channel letter signs</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-6</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Streetlighting</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-streetlighting</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/download/Korean%20Energy%20Efficiency%20Policies%20(2015).pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - LED Street Light Luminaires</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED street light luminaires.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-led-street-light-luminaires</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4139</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for LED fixtures for street lighting used in principal roads, highways, primary or secondary streets and pedestrian zones. With LED integrated modules or LED adapted to street lighting fixtures. The LED supply sourcemay have a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>IES LM-79, 31</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4139</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4177</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor LED reflectors with a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NMX-J-198-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4177</t>
   </si>
   <si>
     <t>Singapore Green Labelling Scheme: LEDs</t>
   </si>
   <si>
+    <t>This category establishes criteria for a range of Light Emitting Diode (“LED lighting”), which is used by directly connecting to a commercial power source.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Streetlighting, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-leds</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=45</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -589,701 +668,786 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N14"/>
+  <dimension ref="A1:P14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="144" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="443.463" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="169.816" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3">
+        <v>2018</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4">
+        <v>2017</v>
+      </c>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2019</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>38</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>44</v>
+      </c>
+      <c r="M5" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...11 lines deleted...]
-      <c r="F3" t="s">
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="G3">
-[...5 lines deleted...]
-      <c r="I3" t="s">
+      <c r="O5" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>49</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...5 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>50</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-        <v>29</v>
+      <c r="L6" t="s">
+        <v>51</v>
+      </c>
+      <c r="M6" t="s">
+        <v>52</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...15 lines deleted...]
-      <c r="F4" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="G4">
-[...8 lines deleted...]
-      <c r="J4" t="s">
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
+      <c r="G7" t="s">
         <v>32</v>
-      </c>
-[...114 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H7">
         <v>2012</v>
       </c>
-      <c r="I7" t="s">
-        <v>39</v>
+      <c r="I7">
+        <v>2012</v>
       </c>
       <c r="J7" t="s">
+        <v>50</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>57</v>
+      </c>
+      <c r="M7" t="s">
+        <v>58</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>59</v>
+      </c>
+      <c r="P7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" t="s">
+        <v>62</v>
+      </c>
+      <c r="C8" t="s">
+        <v>49</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K7" t="s">
-[...5 lines deleted...]
-      <c r="M7" t="s">
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>50</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N7" t="s">
-        <v>46</v>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>58</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>63</v>
+      </c>
+      <c r="P8" t="s">
+        <v>64</v>
       </c>
     </row>
-    <row r="8" spans="1:14">
-[...15 lines deleted...]
-      <c r="F8" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>65</v>
+      </c>
+      <c r="B9" t="s">
+        <v>66</v>
+      </c>
+      <c r="C9" t="s">
+        <v>67</v>
+      </c>
+      <c r="D9" t="s">
         <v>19</v>
       </c>
-      <c r="G8">
-[...6 lines deleted...]
-      <c r="J8" t="s">
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K8"/>
-[...30 lines deleted...]
-        <v>2012</v>
+      <c r="G9" t="s">
+        <v>32</v>
       </c>
       <c r="H9">
         <v>2012</v>
       </c>
-      <c r="I9" t="s">
-        <v>51</v>
+      <c r="I9">
+        <v>2012</v>
       </c>
       <c r="J9" t="s">
+        <v>68</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>69</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>70</v>
+      </c>
+      <c r="P9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B10" t="s">
+        <v>19</v>
+      </c>
+      <c r="C10" t="s">
+        <v>67</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K9"/>
-[...3 lines deleted...]
-      <c r="M9" t="s">
+      <c r="G10" t="s">
+        <v>32</v>
+      </c>
+      <c r="H10">
+        <v>1996</v>
+      </c>
+      <c r="I10">
+        <v>2010</v>
+      </c>
+      <c r="J10" t="s">
+        <v>73</v>
+      </c>
+      <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="N9" t="s">
-        <v>53</v>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>69</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>74</v>
+      </c>
+      <c r="P10" t="s">
+        <v>75</v>
       </c>
     </row>
-    <row r="10" spans="1:14">
-[...15 lines deleted...]
-      <c r="F10" t="s">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>76</v>
+      </c>
+      <c r="B11" t="s">
+        <v>77</v>
+      </c>
+      <c r="C11" t="s">
+        <v>78</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2018</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>79</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>80</v>
+      </c>
+      <c r="N11" t="s">
         <v>27</v>
       </c>
-      <c r="G10">
-[...8 lines deleted...]
-      <c r="J10" t="s">
+      <c r="O11" t="s">
+        <v>81</v>
+      </c>
+      <c r="P11" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>83</v>
+      </c>
+      <c r="B12" t="s">
+        <v>84</v>
+      </c>
+      <c r="C12" t="s">
+        <v>85</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K10"/>
-[...3 lines deleted...]
-      <c r="M10" t="s">
+      <c r="G12" t="s">
+        <v>32</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12">
+        <v>2014</v>
+      </c>
+      <c r="J12" t="s">
+        <v>86</v>
+      </c>
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="N10" t="s">
-        <v>56</v>
+      <c r="L12" t="s">
+        <v>87</v>
+      </c>
+      <c r="M12" t="s">
+        <v>88</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>89</v>
+      </c>
+      <c r="P12" t="s">
+        <v>90</v>
       </c>
     </row>
-    <row r="11" spans="1:14">
-[...15 lines deleted...]
-      <c r="F11" t="s">
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>91</v>
+      </c>
+      <c r="B13" t="s">
+        <v>92</v>
+      </c>
+      <c r="C13" t="s">
+        <v>85</v>
+      </c>
+      <c r="D13" t="s">
         <v>19</v>
       </c>
-      <c r="G11">
-[...6 lines deleted...]
-      <c r="J11" t="s">
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>21</v>
       </c>
-      <c r="K11"/>
-[...3 lines deleted...]
-      <c r="M11" t="s">
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>86</v>
+      </c>
+      <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="N11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L13" t="s">
+        <v>93</v>
+      </c>
+      <c r="M13" t="s">
+        <v>88</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>94</v>
+      </c>
+      <c r="P13"/>
     </row>
-    <row r="12" spans="1:14">
-[...15 lines deleted...]
-      <c r="F12" t="s">
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>95</v>
+      </c>
+      <c r="B14" t="s">
+        <v>96</v>
+      </c>
+      <c r="C14" t="s">
+        <v>97</v>
+      </c>
+      <c r="D14" t="s">
+        <v>98</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>32</v>
+      </c>
+      <c r="H14">
+        <v>2012</v>
+      </c>
+      <c r="I14">
+        <v>2017</v>
+      </c>
+      <c r="J14" t="s">
+        <v>99</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>100</v>
+      </c>
+      <c r="N14" t="s">
         <v>27</v>
       </c>
-      <c r="G12">
-[...105 lines deleted...]
-        <v>76</v>
+      <c r="O14" t="s">
+        <v>101</v>
+      </c>
+      <c r="P14" t="s">
+        <v>102</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>