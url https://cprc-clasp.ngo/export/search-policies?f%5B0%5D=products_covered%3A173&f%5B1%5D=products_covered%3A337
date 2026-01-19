--- v0 (2025-11-27)
+++ v1 (2026-01-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="618">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="619">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1121,67 +1121,67 @@
   <si>
     <t>MEPS for Fluorescent Lamps Ballast</t>
   </si>
   <si>
     <t>By KS C 8100 and KS C 8102 Fluorescent lamps ballasts which are the tubulartype of rated power consumption of 20W, 28W, 32W, and 40W, the circular typeof rated power consumption of 32W, and 40W, and the compact type of ratedpower consumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W,FPL 36W, FPL 45W, and FPL 55W</t>
   </si>
   <si>
     <t>KS C 8100; KS C 8102</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-fluorescent-lamps-ballast</t>
   </si>
   <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
     <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Fluorescent Light Ballasts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-fluorescent-light-ballasts</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Self-Ballasted Fluorescent Lamps</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-self-ballasted-fluorescent-lamps</t>
   </si>
   <si>
     <t>Ministerial Regulation Prescribing High Efficiency Self-ballasted Lamps, B.E. 2558 (2015)</t>
   </si>
@@ -1626,50 +1626,53 @@
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>SLS 1200:2012</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1200-energy-efficiency-rating-fluorescent-lamp-ballasts</t>
   </si>
   <si>
     <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=1711&amp;lang=en</t>
   </si>
   <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
   </si>
   <si>
     <t>Packaged Terminals, Central ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
   <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
     <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
@@ -6272,876 +6275,876 @@
       </c>
       <c r="P82" t="s">
         <v>523</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
         <v>524</v>
       </c>
       <c r="B83" t="s">
         <v>525</v>
       </c>
       <c r="C83" t="s">
         <v>395</v>
       </c>
       <c r="D83" t="s">
         <v>526</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
         <v>112</v>
       </c>
       <c r="G83" t="s">
-        <v>22</v>
+        <v>527</v>
       </c>
       <c r="H83">
         <v>2002</v>
       </c>
       <c r="I83">
         <v>2007</v>
       </c>
       <c r="J83" t="s">
         <v>293</v>
       </c>
       <c r="K83" t="s">
         <v>34</v>
       </c>
       <c r="L83" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="M83" t="s">
         <v>398</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="P83" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="B84" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C84" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="D84" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
         <v>21</v>
       </c>
       <c r="G84" t="s">
         <v>62</v>
       </c>
       <c r="H84">
         <v>2016</v>
       </c>
       <c r="I84"/>
       <c r="J84" t="s">
         <v>185</v>
       </c>
       <c r="K84" t="s">
         <v>34</v>
       </c>
       <c r="L84"/>
       <c r="M84" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="P84" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="B85" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="C85" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="D85" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
         <v>43</v>
       </c>
       <c r="G85" t="s">
         <v>62</v>
       </c>
       <c r="H85">
         <v>2017</v>
       </c>
       <c r="I85"/>
       <c r="J85" t="s">
         <v>185</v>
       </c>
       <c r="K85" t="s">
         <v>24</v>
       </c>
       <c r="L85"/>
       <c r="M85" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="N85" t="s">
         <v>36</v>
       </c>
       <c r="O85" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="P85" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="B86" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="C86" t="s">
         <v>168</v>
       </c>
       <c r="D86" t="s">
         <v>53</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
         <v>21</v>
       </c>
       <c r="G86" t="s">
         <v>22</v>
       </c>
       <c r="H86">
         <v>2008</v>
       </c>
       <c r="I86">
         <v>2015</v>
       </c>
       <c r="J86" t="s">
         <v>171</v>
       </c>
       <c r="K86" t="s">
         <v>34</v>
       </c>
       <c r="L86" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="M86" t="s">
         <v>172</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="P86" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="B87" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="C87" t="s">
         <v>168</v>
       </c>
       <c r="D87" t="s">
         <v>53</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
         <v>21</v>
       </c>
       <c r="G87" t="s">
         <v>22</v>
       </c>
       <c r="H87">
         <v>2009</v>
       </c>
       <c r="I87">
         <v>2013</v>
       </c>
       <c r="J87" t="s">
         <v>171</v>
       </c>
       <c r="K87" t="s">
         <v>34</v>
       </c>
       <c r="L87" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="M87" t="s">
         <v>172</v>
       </c>
       <c r="N87" t="s">
         <v>27</v>
       </c>
       <c r="O87" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="P87" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="B88" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="C88" t="s">
         <v>440</v>
       </c>
       <c r="D88" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
         <v>43</v>
       </c>
       <c r="G88" t="s">
         <v>22</v>
       </c>
       <c r="H88">
         <v>2009</v>
       </c>
       <c r="I88">
         <v>2016</v>
       </c>
       <c r="J88" t="s">
         <v>33</v>
       </c>
       <c r="K88" t="s">
         <v>24</v>
       </c>
       <c r="L88"/>
       <c r="M88" t="s">
         <v>442</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="P88" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="B89" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="C89" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="D89" t="s">
         <v>98</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
         <v>43</v>
       </c>
       <c r="G89" t="s">
         <v>62</v>
       </c>
       <c r="H89">
         <v>2021</v>
       </c>
       <c r="I89"/>
       <c r="J89" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="K89" t="s">
         <v>34</v>
       </c>
       <c r="L89"/>
       <c r="M89"/>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="P89" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="B90" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="C90" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="D90" t="s">
         <v>98</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
         <v>21</v>
       </c>
       <c r="G90" t="s">
         <v>62</v>
       </c>
       <c r="H90">
         <v>2021</v>
       </c>
       <c r="I90"/>
       <c r="J90" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="K90" t="s">
         <v>34</v>
       </c>
       <c r="L90"/>
       <c r="M90"/>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="P90" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="B91" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="C91" t="s">
         <v>330</v>
       </c>
       <c r="D91" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
         <v>112</v>
       </c>
       <c r="G91" t="s">
         <v>62</v>
       </c>
       <c r="H91">
         <v>2016</v>
       </c>
       <c r="I91"/>
       <c r="J91" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="K91" t="s">
         <v>34</v>
       </c>
       <c r="L91"/>
       <c r="M91" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="N91" t="s">
         <v>36</v>
       </c>
       <c r="O91" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="P91" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="B92" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="C92" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="D92" t="s">
         <v>53</v>
       </c>
       <c r="E92" t="s">
         <v>42</v>
       </c>
       <c r="F92" t="s">
         <v>90</v>
       </c>
       <c r="G92" t="s">
         <v>22</v>
       </c>
       <c r="H92">
         <v>2004</v>
       </c>
       <c r="I92">
         <v>2020</v>
       </c>
       <c r="J92" t="s">
         <v>44</v>
       </c>
       <c r="K92" t="s">
         <v>34</v>
       </c>
       <c r="L92" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="M92" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="N92" t="s">
         <v>27</v>
       </c>
       <c r="O92" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="P92" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="B93" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C93" t="s">
         <v>285</v>
       </c>
       <c r="D93" t="s">
         <v>53</v>
       </c>
       <c r="E93" t="s">
         <v>20</v>
       </c>
       <c r="F93" t="s">
         <v>21</v>
       </c>
       <c r="G93" t="s">
         <v>22</v>
       </c>
       <c r="H93">
         <v>1978</v>
       </c>
       <c r="I93">
         <v>2017</v>
       </c>
       <c r="J93" t="s">
         <v>293</v>
       </c>
       <c r="K93" t="s">
         <v>34</v>
       </c>
       <c r="L93"/>
       <c r="M93" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="P93" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="B94" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="C94" t="s">
         <v>285</v>
       </c>
       <c r="D94" t="s">
         <v>374</v>
       </c>
       <c r="E94" t="s">
         <v>42</v>
       </c>
       <c r="F94" t="s">
         <v>21</v>
       </c>
       <c r="G94" t="s">
         <v>62</v>
       </c>
       <c r="H94">
         <v>2014</v>
       </c>
       <c r="I94"/>
       <c r="J94" t="s">
         <v>376</v>
       </c>
       <c r="K94" t="s">
         <v>34</v>
       </c>
       <c r="L94"/>
       <c r="M94" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="P94" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="B95" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="C95" t="s">
         <v>285</v>
       </c>
       <c r="D95" t="s">
         <v>374</v>
       </c>
       <c r="E95" t="s">
         <v>20</v>
       </c>
       <c r="F95" t="s">
         <v>21</v>
       </c>
       <c r="G95" t="s">
         <v>62</v>
       </c>
       <c r="H95">
         <v>2017</v>
       </c>
       <c r="I95"/>
       <c r="J95" t="s">
         <v>376</v>
       </c>
       <c r="K95" t="s">
         <v>34</v>
       </c>
       <c r="L95"/>
       <c r="M95" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="P95" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="B96" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="C96" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="D96" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="E96" t="s">
         <v>42</v>
       </c>
       <c r="F96" t="s">
         <v>21</v>
       </c>
       <c r="G96" t="s">
         <v>62</v>
       </c>
       <c r="H96">
         <v>2021</v>
       </c>
       <c r="I96"/>
       <c r="J96" t="s">
         <v>293</v>
       </c>
       <c r="K96" t="s">
         <v>34</v>
       </c>
       <c r="L96" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="M96" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="P96"/>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="B97" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="C97" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="D97" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="E97" t="s">
         <v>42</v>
       </c>
       <c r="F97" t="s">
         <v>21</v>
       </c>
       <c r="G97" t="s">
         <v>62</v>
       </c>
       <c r="H97">
         <v>2021</v>
       </c>
       <c r="I97"/>
       <c r="J97" t="s">
         <v>293</v>
       </c>
       <c r="K97" t="s">
         <v>34</v>
       </c>
       <c r="L97" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="M97" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="N97" t="s">
         <v>27</v>
       </c>
       <c r="O97" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="P97"/>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="B98" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="C98" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="D98" t="s">
         <v>111</v>
       </c>
       <c r="E98" t="s">
         <v>42</v>
       </c>
       <c r="F98" t="s">
         <v>112</v>
       </c>
       <c r="G98" t="s">
         <v>62</v>
       </c>
       <c r="H98">
         <v>2016</v>
       </c>
       <c r="I98"/>
       <c r="J98" t="s">
         <v>209</v>
       </c>
       <c r="K98" t="s">
         <v>34</v>
       </c>
       <c r="L98" t="s">
         <v>113</v>
       </c>
       <c r="M98" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="P98" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="B99" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="C99" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="D99" t="s">
         <v>61</v>
       </c>
       <c r="E99" t="s">
         <v>20</v>
       </c>
       <c r="F99" t="s">
         <v>112</v>
       </c>
       <c r="G99" t="s">
         <v>62</v>
       </c>
       <c r="H99">
         <v>2014</v>
       </c>
       <c r="I99">
         <v>2019</v>
       </c>
       <c r="J99" t="s">
         <v>70</v>
       </c>
       <c r="K99" t="s">
         <v>34</v>
       </c>
       <c r="L99"/>
       <c r="M99" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="N99" t="s">
         <v>27</v>
       </c>
       <c r="O99" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="P99" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="B100" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="C100" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="D100" t="s">
         <v>53</v>
       </c>
       <c r="E100" t="s">
         <v>20</v>
       </c>
       <c r="F100" t="s">
         <v>112</v>
       </c>
       <c r="G100" t="s">
         <v>62</v>
       </c>
       <c r="H100">
         <v>2011</v>
       </c>
       <c r="I100"/>
       <c r="J100" t="s">
         <v>359</v>
       </c>
       <c r="K100" t="s">
         <v>34</v>
       </c>
       <c r="L100"/>
       <c r="M100" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="N100" t="s">
         <v>27</v>
       </c>
       <c r="O100" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="P100" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">