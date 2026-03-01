--- v0 (2025-12-12)
+++ v1 (2026-03-01)
@@ -730,66 +730,66 @@
   <si>
     <t>KS 2447-1:2013 Performance of electrical lighting equipment- Ballasts for fluorescent lamps Part 1: Energy labeling and minimum energy performance standards requirements</t>
   </si>
   <si>
     <t>Specifies requirements for the classsification of ballasts for a range of fluorescent lamp types according to their energy efficiency index</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>KS 2447-2:2013</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ks-2447-12013-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
   </si>
   <si>
     <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10054&amp;search=ballast</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Associated Ballasts</t>
   </si>
   <si>
     <t>By KS C 7621 Associated ballasts which all components are in one, and anyparts are not allowed to change, and the rated power consumption of 5W-60W.But globe type is excluded.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-associated-ballasts</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
     <t>MEPS for ballasts for fluorescent lamps</t>
   </si>
   <si>
     <t>MEPL covers mains electric clothes dryers intended for household and similar use. This includes vented dryers condenser dryers and the drying function of combination washer|dryer units. MEPL does not apply to clothes dryers specifically designed for commercial use.</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
@@ -3287,51 +3287,51 @@
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
         <v>231</v>
       </c>
       <c r="B31" t="s">
         <v>232</v>
       </c>
       <c r="C31" t="s">
         <v>118</v>
       </c>
       <c r="D31" t="s">
         <v>233</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>51</v>
       </c>
       <c r="G31" t="s">
         <v>66</v>
       </c>
       <c r="H31">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
         <v>234</v>
       </c>
       <c r="K31" t="s">
         <v>34</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
         <v>235</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
         <v>236</v>
       </c>
       <c r="P31" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
         <v>238</v>