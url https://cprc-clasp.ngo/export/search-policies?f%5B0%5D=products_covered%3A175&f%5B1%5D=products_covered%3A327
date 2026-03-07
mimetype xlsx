--- v0 (2025-11-29)
+++ v1 (2026-03-07)
@@ -3425,54 +3425,54 @@
         <v>248</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>249</v>
       </c>
       <c r="B34" t="s">
         <v>250</v>
       </c>
       <c r="C34" t="s">
         <v>135</v>
       </c>
       <c r="D34" t="s">
         <v>251</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>43</v>
       </c>
       <c r="G34" t="s">
         <v>44</v>
       </c>
-      <c r="H34">
+      <c r="H34"/>
+      <c r="I34">
         <v>2024</v>
       </c>
-      <c r="I34"/>
       <c r="J34" t="s">
         <v>252</v>
       </c>
       <c r="K34" t="s">
         <v>34</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
         <v>253</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
         <v>254</v>
       </c>
       <c r="P34" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
         <v>256</v>
       </c>
       <c r="B35" t="s">