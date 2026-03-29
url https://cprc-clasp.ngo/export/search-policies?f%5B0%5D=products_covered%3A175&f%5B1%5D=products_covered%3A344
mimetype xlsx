--- v0 (2025-12-13)
+++ v1 (2026-03-29)
@@ -630,69 +630,69 @@
   <si>
     <t>KS 2447-1:2013 Performance of electrical lighting equipment- Ballasts for fluorescent lamps Part 1: Energy labeling and minimum energy performance standards requirements</t>
   </si>
   <si>
     <t>Specifies requirements for the classsification of ballasts for a range of fluorescent lamp types according to their energy efficiency index</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>KS 2447-2:2013</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ks-2447-12013-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
   </si>
   <si>
     <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10054&amp;search=ballast</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Associated Ballasts</t>
   </si>
   <si>
     <t>By KS C 7621 Associated ballasts which all components are in one, and anyparts are not allowed to change, and the rated power consumption of 5W-60W.But globe type is excluded.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-associated-ballasts</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
     <t>MEPS for ballasts for fluorescent lamps</t>
   </si>
   <si>
     <t>MEPL covers mains electric clothes dryers intended for household and similar use. This includes vented dryers condenser dryers and the drying function of combination washer|dryer units. MEPL does not apply to clothes dryers specifically designed for commercial use.</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
@@ -2872,51 +2872,51 @@
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>200</v>
       </c>
       <c r="B26" t="s">
         <v>201</v>
       </c>
       <c r="C26" t="s">
         <v>98</v>
       </c>
       <c r="D26" t="s">
         <v>202</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>203</v>
       </c>
       <c r="G26" t="s">
         <v>52</v>
       </c>
       <c r="H26">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
         <v>204</v>
       </c>
       <c r="K26" t="s">
         <v>34</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
         <v>205</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
         <v>206</v>
       </c>
       <c r="P26" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>208</v>