--- v0 (2025-11-28)
+++ v1 (2026-03-06)
@@ -346,69 +346,69 @@
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CAD4A5E05397BE0A0AD02D</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Sensor Lighting Equipment</t>
   </si>
   <si>
     <t>Sensor Lighting Equipment</t>
   </si>
   <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-sensor-lighting-equipment</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information (Lighting Products) Regulations 2021</t>
   </si>
   <si>
     <t>This regulation applies to light sources placed on the market, with or without integrated control gears, and includes light sources placed on the market in a containing product.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations-0</t>
   </si>
@@ -1510,51 +1510,51 @@
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>108</v>
       </c>
       <c r="B14" t="s">
         <v>109</v>
       </c>
       <c r="C14" t="s">
         <v>110</v>
       </c>
       <c r="D14" t="s">
         <v>111</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>34</v>
       </c>
       <c r="G14" t="s">
         <v>44</v>
       </c>
       <c r="H14">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
         <v>112</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
         <v>113</v>
       </c>
       <c r="N14" t="s">
         <v>37</v>
       </c>
       <c r="O14" t="s">
         <v>114</v>
       </c>
       <c r="P14" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>116</v>