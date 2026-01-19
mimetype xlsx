--- v0 (2025-10-15)
+++ v1 (2026-01-19)
@@ -12,401 +12,513 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources</t>
   </si>
   <si>
+    <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources and repealing Commission Delegated Regulation (EU) No 874/2012.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192015-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2015-20210901</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2020 of 1 October 2019 laying down ecodesign requirements for light sources and separate control gears pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market the following electrical lighting products:
+(a) light sources;
+(b) separate control gears.
+The requirements also apply to light sources and separate control gears placed on the market in a containing product.
+This Regulation shall not apply to light sources and separate control gears specified in points 1 and 2 of Annex III.
+Light sources and separate control gears specified in point 3 of Annex III shall comply only with the requirements of point 3(e) of Annex II.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>July 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192020-1-october-2019-laying-down-ecodesign-requirements-light</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2020-20210901</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
+  </si>
+  <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
     <t>Commission Regulation EC No 1275-2008 of 17 December 2008</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to standby and off mode electric power consumption. This Regulation applies to electrical and electronic household and office equipment.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-ec-no-1275-2008-17-december-2008</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32008R1275</t>
+  </si>
+  <si>
     <t>CQC31-461281-2017 Energy Conservation Certification Rules for Electronic Control gear for LED Modules</t>
   </si>
   <si>
+    <t>Applies  to Electronic Control gear for LED Modules -specified by GB24819 with a rated supply voltage of no larger than  1000V DC or AC</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Lighting Controls</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC3146-2017</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461281-2017-energy-conservation-certification-rules-electronic-control-gear-led</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-11-03/511032.shtml</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Sensor Lighting Equipment</t>
   </si>
   <si>
+    <t>Sensor Lighting Equipment</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-sensor-lighting-equipment</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>JS 50564:2012 Electrical and electronic household and office equipment - Measurement of low power consumption</t>
   </si>
   <si>
+    <t>This policy specifies methods of measurement of electrical power consumption and the reporting of the results for a range of electrical and electronic household and office equipment, hereafter referred to as products.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 62301</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-505642012-electrical-and-electronic-household-and-office-equipment-measurement-low</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5279</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolution No. 3199 - Labeling for Electronics in Standby Mode</t>
   </si>
   <si>
+    <t>Specifies labeling requirements for the following products in standby mode: microwave ovens, televisions, decoder (translation: decodificador), DVD player, Blu-ray player, and music equipment (mini and micro components).</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NCh3107.Of2008 / IEC 62301:2005</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-3199-labeling-electronics-standby-mode</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1167667</t>
+  </si>
+  <si>
     <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
   </si>
   <si>
+    <t>Regulation for maximum consumption in stand by mode for electrical appliances for domestic and office electric appliances</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-62301-home-appliances-power-measurement-standby-mode</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=42cf5977-833f-4556-81d1-3f739af9bad8</t>
+  </si>
+  <si>
     <t>Standard NOM-032-ENER-2013 - Electrical Equipment in Standby Mode</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for various appliances and equipment in standby mode.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-032-ener-2013-electrical-equipment-standby-mode</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5330530&amp;fecha=23/01/2014</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information (Lighting Products) Regulations 2021</t>
   </si>
   <si>
+    <t>This regulation applies to light sources placed on the market, with or without integrated control gears, and includes light sources placed on the market in a containing product.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/part/2/chapter/3/made</t>
+  </si>
+  <si>
+    <t>In these Regulations “light source” means, an electricallyU operated product—
+(a) intended to emit light; or
+(b) in the case of a non-incandescent light source, intended to be possibly tuned to emit light; or
+(c) intended to do both (a) and (b); 
+This Policy is under development by the UK government with public consultation having taken place in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/contents/made</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>November 2020</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -670,857 +782,962 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N18"/>
+  <dimension ref="A1:P18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="283" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="955.481" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1998</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...2 lines deleted...]
-      <c r="H2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>31</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2000</v>
+      </c>
+      <c r="I3">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
+        <v>31</v>
+      </c>
+      <c r="G4" t="s">
+        <v>39</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>35</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>31</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5">
+        <v>2023</v>
+      </c>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>31</v>
+      </c>
+      <c r="G6" t="s">
+        <v>39</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>50</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>51</v>
+      </c>
+      <c r="P6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C7" t="s">
+        <v>55</v>
+      </c>
+      <c r="D7" t="s">
+        <v>56</v>
+      </c>
+      <c r="E7" t="s">
+        <v>57</v>
+      </c>
+      <c r="F7" t="s">
+        <v>58</v>
+      </c>
+      <c r="G7" t="s">
+        <v>39</v>
+      </c>
+      <c r="H7">
+        <v>2017</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>59</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
+        <v>61</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>66</v>
+      </c>
+      <c r="D8" t="s">
+        <v>56</v>
+      </c>
+      <c r="E8" t="s">
+        <v>57</v>
+      </c>
+      <c r="F8" t="s">
+        <v>58</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1996</v>
+      </c>
+      <c r="I8">
+        <v>2010</v>
+      </c>
+      <c r="J8" t="s">
+        <v>67</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>68</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>69</v>
+      </c>
+      <c r="P8" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" t="s">
+        <v>72</v>
+      </c>
+      <c r="C9" t="s">
+        <v>73</v>
+      </c>
+      <c r="D9" t="s">
+        <v>49</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>31</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9">
+        <v>2013</v>
+      </c>
+      <c r="J9" t="s">
+        <v>59</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>74</v>
+      </c>
+      <c r="M9" t="s">
+        <v>75</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>76</v>
+      </c>
+      <c r="P9" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>78</v>
+      </c>
+      <c r="B10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C10" t="s">
+        <v>80</v>
+      </c>
+      <c r="D10" t="s">
+        <v>81</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>82</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2017</v>
+      </c>
+      <c r="I10">
+        <v>2021</v>
+      </c>
+      <c r="J10" t="s">
+        <v>83</v>
+      </c>
+      <c r="K10" t="s">
+        <v>84</v>
+      </c>
+      <c r="L10" t="s">
+        <v>85</v>
+      </c>
+      <c r="M10" t="s">
+        <v>86</v>
+      </c>
+      <c r="N10" t="s">
+        <v>87</v>
+      </c>
+      <c r="O10" t="s">
+        <v>88</v>
+      </c>
+      <c r="P10" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>90</v>
+      </c>
+      <c r="B11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C11" t="s">
+        <v>92</v>
+      </c>
+      <c r="D11" t="s">
+        <v>49</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G11" t="s">
+        <v>39</v>
+      </c>
+      <c r="H11">
+        <v>2011</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>93</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>94</v>
+      </c>
+      <c r="M11" t="s">
+        <v>95</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>96</v>
+      </c>
+      <c r="P11" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>98</v>
+      </c>
+      <c r="B12" t="s">
+        <v>99</v>
+      </c>
+      <c r="C12" t="s">
+        <v>100</v>
+      </c>
+      <c r="D12" t="s">
+        <v>49</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>31</v>
+      </c>
+      <c r="G12" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H12">
+        <v>2012</v>
+      </c>
+      <c r="I12">
+        <v>2013</v>
+      </c>
+      <c r="J12" t="s">
+        <v>101</v>
+      </c>
+      <c r="K12" t="s">
         <v>24</v>
       </c>
+      <c r="L12" t="s">
+        <v>102</v>
+      </c>
+      <c r="M12" t="s">
+        <v>103</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>104</v>
+      </c>
+      <c r="P12" t="s">
+        <v>105</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...12 lines deleted...]
-      <c r="E3" t="s">
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>106</v>
+      </c>
+      <c r="B13" t="s">
+        <v>107</v>
+      </c>
+      <c r="C13" t="s">
+        <v>108</v>
+      </c>
+      <c r="D13" t="s">
+        <v>49</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>82</v>
+      </c>
+      <c r="G13" t="s">
+        <v>39</v>
+      </c>
+      <c r="H13">
+        <v>2014</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>93</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>109</v>
+      </c>
+      <c r="M13" t="s">
+        <v>110</v>
+      </c>
+      <c r="N13" t="s">
         <v>26</v>
       </c>
-      <c r="F3" t="s">
+      <c r="O13" t="s">
+        <v>111</v>
+      </c>
+      <c r="P13" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>113</v>
+      </c>
+      <c r="B14" t="s">
+        <v>114</v>
+      </c>
+      <c r="C14" t="s">
+        <v>37</v>
+      </c>
+      <c r="D14" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...8 lines deleted...]
-      <c r="J3" t="s">
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...7 lines deleted...]
-        <v>28</v>
+      <c r="G14" t="s">
+        <v>39</v>
+      </c>
+      <c r="H14">
+        <v>2021</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>40</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14"/>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>115</v>
+      </c>
+      <c r="P14" t="s">
+        <v>116</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...6 lines deleted...]
-      <c r="C4" t="s">
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>113</v>
+      </c>
+      <c r="B15" t="s">
+        <v>117</v>
+      </c>
+      <c r="C15" t="s">
+        <v>37</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>31</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="G15" t="s">
+        <v>39</v>
+      </c>
+      <c r="H15">
+        <v>2021</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>40</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15"/>
+      <c r="N15" t="s">
         <v>26</v>
       </c>
-      <c r="F4" t="s">
-[...18 lines deleted...]
-        <v>34</v>
+      <c r="O15" t="s">
+        <v>118</v>
+      </c>
+      <c r="P15" t="s">
+        <v>119</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...6 lines deleted...]
-      <c r="C5" t="s">
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>120</v>
+      </c>
+      <c r="B16" t="s">
+        <v>121</v>
+      </c>
+      <c r="C16" t="s">
+        <v>122</v>
+      </c>
+      <c r="D16" t="s">
+        <v>123</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>82</v>
+      </c>
+      <c r="G16" t="s">
+        <v>39</v>
+      </c>
+      <c r="H16">
+        <v>2016</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>124</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>125</v>
+      </c>
+      <c r="N16" t="s">
+        <v>87</v>
+      </c>
+      <c r="O16" t="s">
+        <v>126</v>
+      </c>
+      <c r="P16" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>128</v>
+      </c>
+      <c r="B17" t="s">
+        <v>129</v>
+      </c>
+      <c r="C17" t="s">
+        <v>130</v>
+      </c>
+      <c r="D17" t="s">
+        <v>131</v>
+      </c>
+      <c r="E17" t="s">
+        <v>57</v>
+      </c>
+      <c r="F17" t="s">
         <v>31</v>
       </c>
-      <c r="D5" t="s">
-[...2 lines deleted...]
-      <c r="E5" t="s">
+      <c r="G17" t="s">
+        <v>39</v>
+      </c>
+      <c r="H17">
+        <v>2021</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>132</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>133</v>
+      </c>
+      <c r="M17" t="s">
+        <v>134</v>
+      </c>
+      <c r="N17" t="s">
         <v>26</v>
       </c>
-      <c r="F5" t="s">
-[...23 lines deleted...]
-      </c>
+      <c r="O17" t="s">
+        <v>135</v>
+      </c>
+      <c r="P17"/>
     </row>
-    <row r="6" spans="1:14">
-[...12 lines deleted...]
-      <c r="E6" t="s">
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>128</v>
+      </c>
+      <c r="B18" t="s">
+        <v>129</v>
+      </c>
+      <c r="C18" t="s">
+        <v>130</v>
+      </c>
+      <c r="D18" t="s">
+        <v>131</v>
+      </c>
+      <c r="E18" t="s">
+        <v>57</v>
+      </c>
+      <c r="F18" t="s">
+        <v>31</v>
+      </c>
+      <c r="G18" t="s">
+        <v>39</v>
+      </c>
+      <c r="H18">
+        <v>2021</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>132</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>133</v>
+      </c>
+      <c r="M18" t="s">
+        <v>134</v>
+      </c>
+      <c r="N18" t="s">
         <v>26</v>
       </c>
-      <c r="F6" t="s">
-[...523 lines deleted...]
-      </c>
+      <c r="O18" t="s">
+        <v>136</v>
+      </c>
+      <c r="P18"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>