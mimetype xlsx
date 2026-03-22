--- v0 (2025-12-16)
+++ v1 (2026-03-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1417">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1418">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -752,72 +752,72 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192019-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2019-20210501</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2024 of 1 October 2019 laying down ecodesign requirements for refrigerating appliances with a direct sales function pursuant to Directive 2009/125/EC of the European Parliament and of the Council </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs. This Regulation does not apply to:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192024-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2024-20210501</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...14 lines deleted...]
-    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2015-1095-5-may-2015</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2015/1095/contents</t>
   </si>
   <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015 implementing Directive 2009-125-EC of the European Parliament and of the Council with regard to ecodesign requirements for professional refrigerated storage cabinets; blast cabinets; condensi</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed. 
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2015-1095-5-may-2015-implementing-directive-2009-125-ec-european</t>
@@ -4330,63 +4330,66 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-3-2020-labeling-energy-efficiency-label-electrical-appliances-part-3-household</t>
   </si>
   <si>
     <t>https://members.wto.org/crnattachments/2020/TBT/ARE/20_4362_00_e.pdf</t>
   </si>
   <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
+    <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
+  </si>
+  <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
+    <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
+  </si>
+  <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
-  </si>
-[...10 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
     <t>UNIT 1170: 2009 Air conditioners and heat pumps - Specifications and labeling</t>
   </si>
   <si>
     <t>This standard establishes the methodology for the classification of air conditioners and heat pumps for domestic or similar use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
   </si>
   <si>
     <t>UNIT-ISO 5151, UNIT-IEC 60335-1:1992, IEC 60335-2-40</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-1170-2009-air-conditioners-and-heat-pumps-specifications-and-labeling</t>
   </si>
   <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1170+-+Eficiencia+Energetica.+Acondicionadores+de+aire+y+bombas+de+calor.+Especificaciones+y+etiquetado.pdf/26a59c64-d828-496f-ae33-a4f07eadacf7</t>
   </si>
   <si>
     <t>US900-1-2011 Performance of household electrical appliances refrigerating appliances- Part 1 Energy labeling and MEPs requirements</t>
   </si>
   <si>
     <t>This Uganda Standard specifies the energy labeling and Minimum Energy Performance Standard requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of US 900-2. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
@@ -6448,127 +6451,127 @@
       <c r="K35" t="s">
         <v>34</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
         <v>194</v>
       </c>
       <c r="N35" t="s">
         <v>36</v>
       </c>
       <c r="O35" t="s">
         <v>238</v>
       </c>
       <c r="P35" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
         <v>240</v>
       </c>
       <c r="B36" t="s">
         <v>241</v>
       </c>
       <c r="C36" t="s">
-        <v>178</v>
+        <v>242</v>
       </c>
       <c r="D36" t="s">
         <v>216</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>1992</v>
       </c>
       <c r="I36">
         <v>2013</v>
       </c>
       <c r="J36" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="K36" t="s">
         <v>45</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>194</v>
+        <v>244</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="P36" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
         <v>240</v>
       </c>
       <c r="B37" t="s">
         <v>241</v>
       </c>
       <c r="C37" t="s">
-        <v>245</v>
+        <v>178</v>
       </c>
       <c r="D37" t="s">
         <v>216</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>1992</v>
       </c>
       <c r="I37">
         <v>2013</v>
       </c>
       <c r="J37" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="K37" t="s">
         <v>45</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>247</v>
+        <v>194</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
         <v>248</v>
       </c>
       <c r="P37" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
         <v>250</v>
       </c>
       <c r="B38" t="s">
         <v>251</v>
       </c>
       <c r="C38" t="s">
         <v>187</v>
       </c>
       <c r="D38" t="s">
         <v>252</v>
       </c>
       <c r="E38" t="s">
@@ -16777,197 +16780,197 @@
       <c r="H251">
         <v>2008</v>
       </c>
       <c r="I251">
         <v>2011</v>
       </c>
       <c r="J251" t="s">
         <v>74</v>
       </c>
       <c r="K251" t="s">
         <v>34</v>
       </c>
       <c r="L251" t="s">
         <v>1395</v>
       </c>
       <c r="M251" t="s">
         <v>1390</v>
       </c>
       <c r="N251" t="s">
         <v>27</v>
       </c>
       <c r="O251" t="s">
         <v>1396</v>
       </c>
       <c r="P251" t="s">
-        <v>1392</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="252" spans="1:16">
       <c r="A252" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="B252" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
       <c r="C252" t="s">
         <v>1388</v>
       </c>
       <c r="D252" t="s">
         <v>97</v>
       </c>
       <c r="E252" t="s">
         <v>42</v>
       </c>
       <c r="F252" t="s">
         <v>43</v>
       </c>
       <c r="G252" t="s">
         <v>55</v>
       </c>
       <c r="H252">
         <v>2009</v>
       </c>
       <c r="I252"/>
       <c r="J252" t="s">
         <v>74</v>
       </c>
       <c r="K252" t="s">
         <v>34</v>
       </c>
       <c r="L252" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
       <c r="M252" t="s">
         <v>1390</v>
       </c>
       <c r="N252" t="s">
         <v>27</v>
       </c>
       <c r="O252" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
       <c r="P252" t="s">
-        <v>1401</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="253" spans="1:16">
       <c r="A253" t="s">
-        <v>1402</v>
+        <v>1403</v>
       </c>
       <c r="B253" t="s">
-        <v>1403</v>
+        <v>1404</v>
       </c>
       <c r="C253" t="s">
-        <v>1404</v>
+        <v>1405</v>
       </c>
       <c r="D253" t="s">
         <v>72</v>
       </c>
       <c r="E253" t="s">
         <v>20</v>
       </c>
       <c r="F253" t="s">
         <v>98</v>
       </c>
       <c r="G253" t="s">
         <v>55</v>
       </c>
       <c r="H253">
         <v>2011</v>
       </c>
       <c r="I253"/>
       <c r="J253" t="s">
         <v>44</v>
       </c>
       <c r="K253" t="s">
         <v>34</v>
       </c>
       <c r="L253" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
       <c r="M253" t="s">
-        <v>1406</v>
+        <v>1407</v>
       </c>
       <c r="N253" t="s">
         <v>36</v>
       </c>
       <c r="O253" t="s">
-        <v>1407</v>
+        <v>1408</v>
       </c>
       <c r="P253" t="s">
-        <v>1408</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="254" spans="1:16">
       <c r="A254" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
       <c r="B254" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
       <c r="C254" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="D254" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="E254" t="s">
         <v>20</v>
       </c>
       <c r="F254" t="s">
         <v>98</v>
       </c>
       <c r="G254" t="s">
         <v>22</v>
       </c>
       <c r="H254">
         <v>2012</v>
       </c>
       <c r="I254">
         <v>2014</v>
       </c>
       <c r="J254" t="s">
         <v>723</v>
       </c>
       <c r="K254" t="s">
         <v>34</v>
       </c>
       <c r="L254" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="M254" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="N254" t="s">
         <v>27</v>
       </c>
       <c r="O254" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
       <c r="P254" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">