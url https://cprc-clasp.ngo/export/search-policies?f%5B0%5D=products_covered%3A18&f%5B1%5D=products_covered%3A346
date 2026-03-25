--- v0 (2025-12-17)
+++ v1 (2026-03-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1297">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1298">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -3953,63 +3953,66 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-3-2020-labeling-energy-efficiency-label-electrical-appliances-part-3-household</t>
   </si>
   <si>
     <t>https://members.wto.org/crnattachments/2020/TBT/ARE/20_4362_00_e.pdf</t>
   </si>
   <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
+    <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
+  </si>
+  <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
+    <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
+  </si>
+  <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
-  </si>
-[...10 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
     <t>US900-1-2011 Performance of household electrical appliances refrigerating appliances- Part 1 Energy labeling and MEPs requirements</t>
   </si>
   <si>
     <t>This Uganda Standard specifies the energy labeling and Minimum Energy Performance Standard requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of US 900-2. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>US900-2:2011</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us900-1-2011-performance-household-electrical-appliances-refrigerating-appliances-part-1</t>
   </si>
   <si>
     <t>https://webstore.unbs.go.ug/store.php?src=539&amp;preview</t>
   </si>
   <si>
     <t>VC 9008</t>
   </si>
@@ -15431,149 +15434,149 @@
       <c r="H231">
         <v>2008</v>
       </c>
       <c r="I231">
         <v>2011</v>
       </c>
       <c r="J231" t="s">
         <v>63</v>
       </c>
       <c r="K231" t="s">
         <v>34</v>
       </c>
       <c r="L231" t="s">
         <v>1280</v>
       </c>
       <c r="M231" t="s">
         <v>1275</v>
       </c>
       <c r="N231" t="s">
         <v>27</v>
       </c>
       <c r="O231" t="s">
         <v>1281</v>
       </c>
       <c r="P231" t="s">
-        <v>1277</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="232" spans="1:16">
       <c r="A232" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="B232" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="C232" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="D232" t="s">
         <v>61</v>
       </c>
       <c r="E232" t="s">
         <v>20</v>
       </c>
       <c r="F232" t="s">
         <v>112</v>
       </c>
       <c r="G232" t="s">
         <v>71</v>
       </c>
       <c r="H232">
         <v>2011</v>
       </c>
       <c r="I232"/>
       <c r="J232" t="s">
         <v>44</v>
       </c>
       <c r="K232" t="s">
         <v>34</v>
       </c>
       <c r="L232" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="M232" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="N232" t="s">
         <v>36</v>
       </c>
       <c r="O232" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="P232" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="233" spans="1:16">
       <c r="A233" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="B233" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="C233" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="D233" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="E233" t="s">
         <v>20</v>
       </c>
       <c r="F233" t="s">
         <v>112</v>
       </c>
       <c r="G233" t="s">
         <v>22</v>
       </c>
       <c r="H233">
         <v>2012</v>
       </c>
       <c r="I233">
         <v>2014</v>
       </c>
       <c r="J233" t="s">
         <v>616</v>
       </c>
       <c r="K233" t="s">
         <v>34</v>
       </c>
       <c r="L233" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="M233" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="N233" t="s">
         <v>27</v>
       </c>
       <c r="O233" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="P233" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">