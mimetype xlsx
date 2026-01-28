--- v0 (2025-12-14)
+++ v1 (2026-01-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1287">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1288">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -2218,66 +2218,66 @@
   <si>
     <t>https://rise.esmap.org/data/files/library/tunisia/Energy%20Efficiency/Tunisia_Decree%20N%C2%B02004-2144%20Energy%20auditing%20-%20Fr.pdf</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
     <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
     <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for the following products:
 - Refrigerators without a freezer up to 900L
 - Refrigerators with a freezer up to 300L
 - Refrigerators with a freezer &gt; 300L to 900L
 - Refrigerators with freezer and through-the-door ice dispenser</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>IEC 62552:2007
 ,   
                     ISO 15502:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-refrigerators</t>
   </si>
@@ -2440,69 +2440,69 @@
   <si>
     <t>This policy applies to household electric refrigerator and refrigerator-freezer of storage volume 1000L or less with the cooling system of less 500W electric power consumption by KSC ISO 15502.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerator</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/nd_file/kemco_eng/MKE_Notice_2010-124.pdf</t>
   </si>
   <si>
     <t>MEPS for refrigerators</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
     <t>Ministry of Energy, Natural Resources, Environment, and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerators</t>
   </si>
   <si>
     <t>https://rise.esmap.org/country/honduras</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2025</t>
   </si>
   <si>
     <t>MEPS for refrigerators, freezers and combined equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerators-freezers-and-combined-equipment</t>
   </si>
   <si>
     <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
   </si>
   <si>
     <t>Minimum Energy Perfomance Standards for refrigerating appliances (MEPS)</t>
   </si>
   <si>
     <t>This standard applies to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant and foam blowing agent, product information and declaration of conformity 1975 and its regulations</t>
   </si>
@@ -3931,63 +3931,66 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-3-2020-labeling-energy-efficiency-label-electrical-appliances-part-3-household</t>
   </si>
   <si>
     <t>https://members.wto.org/crnattachments/2020/TBT/ARE/20_4362_00_e.pdf</t>
   </si>
   <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
+    <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
+  </si>
+  <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
+    <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
+  </si>
+  <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
-  </si>
-[...10 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
     <t>US900-1-2011 Performance of household electrical appliances refrigerating appliances- Part 1 Energy labeling and MEPs requirements</t>
   </si>
   <si>
     <t>This Uganda Standard specifies the energy labeling and Minimum Energy Performance Standard requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of US 900-2. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>US900-2:2011</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us900-1-2011-performance-household-electrical-appliances-refrigerating-appliances-part-1</t>
   </si>
   <si>
     <t>https://webstore.unbs.go.ug/store.php?src=539&amp;preview</t>
   </si>
   <si>
     <t>VC 9008</t>
   </si>
@@ -10079,51 +10082,51 @@
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
         <v>714</v>
       </c>
       <c r="B119" t="s">
         <v>715</v>
       </c>
       <c r="C119" t="s">
         <v>333</v>
       </c>
       <c r="D119" t="s">
         <v>716</v>
       </c>
       <c r="E119" t="s">
         <v>20</v>
       </c>
       <c r="F119" t="s">
         <v>43</v>
       </c>
       <c r="G119" t="s">
         <v>71</v>
       </c>
       <c r="H119">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I119"/>
       <c r="J119" t="s">
         <v>717</v>
       </c>
       <c r="K119" t="s">
         <v>34</v>
       </c>
       <c r="L119"/>
       <c r="M119" t="s">
         <v>718</v>
       </c>
       <c r="N119" t="s">
         <v>27</v>
       </c>
       <c r="O119" t="s">
         <v>719</v>
       </c>
       <c r="P119" t="s">
         <v>720</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
         <v>721</v>
@@ -10954,101 +10957,101 @@
       </c>
       <c r="P137" t="s">
         <v>785</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
         <v>786</v>
       </c>
       <c r="B138" t="s">
         <v>787</v>
       </c>
       <c r="C138" t="s">
         <v>333</v>
       </c>
       <c r="D138" t="s">
         <v>127</v>
       </c>
       <c r="E138" t="s">
         <v>20</v>
       </c>
       <c r="F138" t="s">
         <v>21</v>
       </c>
       <c r="G138" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="H138">
         <v>2011</v>
       </c>
       <c r="I138">
         <v>2022</v>
       </c>
       <c r="J138" t="s">
         <v>395</v>
       </c>
       <c r="K138" t="s">
         <v>34</v>
       </c>
       <c r="L138" t="s">
         <v>788</v>
       </c>
       <c r="M138" t="s">
         <v>718</v>
       </c>
       <c r="N138" t="s">
         <v>27</v>
       </c>
       <c r="O138" t="s">
         <v>789</v>
       </c>
       <c r="P138" t="s">
         <v>769</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
         <v>790</v>
       </c>
       <c r="B139" t="s">
         <v>791</v>
       </c>
       <c r="C139" t="s">
         <v>333</v>
       </c>
       <c r="D139" t="s">
         <v>127</v>
       </c>
       <c r="E139" t="s">
         <v>20</v>
       </c>
       <c r="F139" t="s">
         <v>21</v>
       </c>
       <c r="G139" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H139">
         <v>2011</v>
       </c>
       <c r="I139">
         <v>2025</v>
       </c>
       <c r="J139" t="s">
         <v>717</v>
       </c>
       <c r="K139" t="s">
         <v>34</v>
       </c>
       <c r="L139"/>
       <c r="M139" t="s">
         <v>718</v>
       </c>
       <c r="N139" t="s">
         <v>27</v>
       </c>
       <c r="O139" t="s">
         <v>792</v>
       </c>
       <c r="P139" t="s">
         <v>769</v>
@@ -15269,149 +15272,149 @@
       <c r="H228">
         <v>2008</v>
       </c>
       <c r="I228">
         <v>2011</v>
       </c>
       <c r="J228" t="s">
         <v>63</v>
       </c>
       <c r="K228" t="s">
         <v>34</v>
       </c>
       <c r="L228" t="s">
         <v>1270</v>
       </c>
       <c r="M228" t="s">
         <v>1265</v>
       </c>
       <c r="N228" t="s">
         <v>27</v>
       </c>
       <c r="O228" t="s">
         <v>1271</v>
       </c>
       <c r="P228" t="s">
-        <v>1267</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="229" spans="1:16">
       <c r="A229" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="B229" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="C229" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="D229" t="s">
         <v>61</v>
       </c>
       <c r="E229" t="s">
         <v>20</v>
       </c>
       <c r="F229" t="s">
         <v>112</v>
       </c>
       <c r="G229" t="s">
         <v>71</v>
       </c>
       <c r="H229">
         <v>2011</v>
       </c>
       <c r="I229"/>
       <c r="J229" t="s">
         <v>44</v>
       </c>
       <c r="K229" t="s">
         <v>34</v>
       </c>
       <c r="L229" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="M229" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="N229" t="s">
         <v>36</v>
       </c>
       <c r="O229" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="P229" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="230" spans="1:16">
       <c r="A230" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="B230" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="C230" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="D230" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="E230" t="s">
         <v>20</v>
       </c>
       <c r="F230" t="s">
         <v>112</v>
       </c>
       <c r="G230" t="s">
         <v>22</v>
       </c>
       <c r="H230">
         <v>2012</v>
       </c>
       <c r="I230">
         <v>2014</v>
       </c>
       <c r="J230" t="s">
         <v>618</v>
       </c>
       <c r="K230" t="s">
         <v>34</v>
       </c>
       <c r="L230" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="M230" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="N230" t="s">
         <v>27</v>
       </c>
       <c r="O230" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="P230" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">