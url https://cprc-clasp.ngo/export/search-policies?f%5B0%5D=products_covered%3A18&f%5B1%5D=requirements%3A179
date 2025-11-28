--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -12,263 +12,297 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Draft MEPS for chillers</t>
   </si>
   <si>
+    <t>The document specifies the MEPS  requirement for chillers</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Refrigeration, Industrial Process Chillers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-chillers</t>
   </si>
   <si>
     <t>Draft MEPS for RDCs</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and energy labelling requirements for RDCs</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-rdcs</t>
   </si>
   <si>
     <t>Minimum Energy Perfomance Standards for refrigerating appliances (MEPS)</t>
   </si>
   <si>
+    <t>This standard applies to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant and foam blowing agent, product information and declaration of conformity 1975 and its regulations</t>
+  </si>
+  <si>
     <t>Eswatini</t>
   </si>
   <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>IEC 62552:2015  part 1, 2 and 3</t>
   </si>
   <si>
     <t>Eswatini Energy Regulatory Authority (ESERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-perfomance-standards-refrigerating-appliances-meps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This standard will apply to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant, and foam blowing agent, product information, and declaration of conformity 1975 and its regulations.</t>
+  </si>
+  <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IEC 62552:2015, Part 1, 2, and 3</t>
   </si>
   <si>
     <t>Malawi Energy Regulatory Authority (MERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-refrigerating-appliances</t>
   </si>
   <si>
+    <t>This standard will apply to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant and foam blowing agent, product information and declaration of conformity 1975 and its regulations</t>
+  </si>
+  <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-refrigerating-appliances-0</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>Prakas on Energy Efficiency Label for Designated Appliances</t>
   </si>
   <si>
+    <t>This policy will establish energy efficiency standards and labels for designated appliances including room air conditioners, refrigerators, fans, rice cooker, and LED/lamp</t>
+  </si>
+  <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/prakas-energy-efficiency-label-designated-appliances</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2024/11/MEPS-Implementation-Status-Countries.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -532,421 +566,462 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="84" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="115" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="599.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="182.813" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="115.543" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="115.543" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2"/>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2"/>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...4 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>31</v>
+      </c>
+      <c r="P3"/>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>32</v>
+      </c>
+      <c r="B4" t="s">
+        <v>33</v>
+      </c>
+      <c r="C4" t="s">
+        <v>34</v>
+      </c>
+      <c r="D4" t="s">
+        <v>35</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>36</v>
+      </c>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...10 lines deleted...]
-      <c r="I3" t="s">
+      <c r="O4" t="s">
+        <v>38</v>
+      </c>
+      <c r="P4"/>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>39</v>
+      </c>
+      <c r="B5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C5" t="s">
+        <v>41</v>
+      </c>
+      <c r="D5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-      <c r="L3" t="s">
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>42</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>43</v>
+      </c>
+      <c r="M5" t="s">
+        <v>44</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5"/>
     </row>
-    <row r="4" spans="1:14">
-[...20 lines deleted...]
-      <c r="I4" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>39</v>
+      </c>
+      <c r="B6" t="s">
+        <v>46</v>
+      </c>
+      <c r="C6" t="s">
+        <v>47</v>
+      </c>
+      <c r="D6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>42</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>43</v>
+      </c>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>48</v>
+      </c>
+      <c r="P6"/>
     </row>
-    <row r="5" spans="1:14">
-[...36 lines deleted...]
-        <v>39</v>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>49</v>
+      </c>
+      <c r="B7" t="s">
+        <v>50</v>
+      </c>
+      <c r="C7" t="s">
+        <v>51</v>
+      </c>
+      <c r="D7" t="s">
+        <v>52</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>53</v>
+      </c>
+      <c r="G7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H7">
+        <v>2023</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>55</v>
+      </c>
+      <c r="K7" t="s">
+        <v>56</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>57</v>
+      </c>
+      <c r="N7" t="s">
+        <v>58</v>
+      </c>
+      <c r="O7" t="s">
+        <v>59</v>
+      </c>
+      <c r="P7" t="s">
+        <v>60</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-[...77 lines deleted...]
-    <row r="8" spans="1:14">
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="B8" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="C8" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>64</v>
       </c>
       <c r="E8" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G8"/>
+        <v>65</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
       <c r="H8"/>
-      <c r="I8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K8"/>
+        <v>66</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
       <c r="L8"/>
-      <c r="M8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M8"/>
       <c r="N8" t="s">
-        <v>57</v>
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>68</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>