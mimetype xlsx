--- v0 (2025-10-12)
+++ v1 (2026-01-26)
@@ -12,720 +12,973 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="209">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="287">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>CQC62-448121-2013. CQC Mark Certification - Electric Washing Machines</t>
   </si>
   <si>
+    <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does NOT apply to those with washing capacity no larger than 1.0kg.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T 4288 2008 GB 12021.4-2013</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc62-448121-2013-cqc-mark-certification-electric-washing-machines</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492565.shtml</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of the technical regulation on energy labeling of household tumble dryers</t>
   </si>
   <si>
+    <t>Applies to tumble dryers of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, including: - electric mains-operated tumble dryers; -gas-powered tumble dryers; - built-in tumble dryers.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulation-energy-labeling-0</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/Barabanni%20susharky.rar</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Clothes Dryers</t>
   </si>
   <si>
+    <t>Clothes Dryer</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>The Energy Factor (EF) for Energy Label qualified clothes dryer products shall be measured under the test conditions and methodology approved by the energy regulating competent authority, and shall have a measured value of greater than 1.7 kg (clothes dried)/kWh.</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-label-clothes-dryers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=2</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Clothes Washers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of C.C.C. Code: 8450 under the clothes washers category or recognized by the Bureau of Energy of MOEA as Washing Machines and shall also meet the requirements of CNS 3765-7. Covers both top-loading and front-loading types.</t>
+  </si>
+  <si>
     <t>JIS C 9606</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-label-clothes-washers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=6</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Irons</t>
   </si>
   <si>
+    <t>This program covers electric irons types: dry types, steam types, and steam iron system types.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Irons</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>IEC 60311 Edition 4.1:2006-02</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-irons</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/iron.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Washing Machines</t>
   </si>
   <si>
+    <t>This program covers the following washing machine types: top load, twin tub, and front load.</t>
+  </si>
+  <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2537-2562 (or IEC 60456 : 2010)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-washing-machines</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wash.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Washing Machines</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for washing machines. It applies to washing machines used for cleaning and rinsing textiles that use water (with and without a means of extracting excess water from the textiles), use mains electricity as the primary power source, and have a rated washing capacity between 7–10 kg. It does not cover washing machines that use other energy sources or have no spin extraction capability.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 60456
 ,   
                     JIS C 9606</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-washing-machines</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Washing%20Machines%202021%20Jan_eng_v1.pdf</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>clothes washer</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-3</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
+    <t>clothes washer and dryer</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-4</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Clothes Dryers Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Electric Clothes Dryer or Gas Clothes Dryer, and the definition of a consumer product, as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of: Commercial Clothes Dryers, Water-Cooled Ventless Clothes Dryers, Combination Allin-One Washer-Dryers, and Residential Clothes Washers with an Optional Dry Cycle.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>10 CFR 430, Subpart B, Appendix D2</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-clothes-dryers-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/clothes_dryers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Clothes Washers Version 8.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Clothes Washer or Commercial Clothes Washer as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of:
+i) products with a clothes container volume of less than 1.6 cubic feet,
+ii) products configured in any way other than a front- or top-loading design,
+iii) Combination All-in-One Washer-Dryers,
+iv) Residential Clothes Washers with an Optional Dry Cycle, and
+v) Commercial Clothes Washers with a clothes container volume larger than 6.0 cubic feet</t>
+  </si>
+  <si>
     <t>10 CFR 430, Subpart B, Appendix J2; 10 CFR 430, Subpart B, Appendix J1</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-clothes-washers-version-81</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/clothes_washers/partners</t>
+  </si>
+  <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
+    <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
+- Drying Performance
+- Energy Consumption
+- Water Usage
+- Program Time
+- Drying Uniformity
+- Condensation Efficiency
+- Noise Level
+- Off/Standby Power
+- Fluffiness Performance
+- Wrinkle Removal Performance
+- Washing Performance for Washer-Dryer Combo Machines
+- Washing-Drying Performance
+- Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
+  </si>
+  <si>
     <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
   </si>
   <si>
+    <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
+  </si>
+  <si>
     <t>Laundry, Washing Machines, Space Heating and Space Cooling, Air Conditioning, Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021, GB/T 32355.1-2015,GB/T 32355.2-2015, GB/T35758-2017</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-397611-2021-green-product-assessment-household-electric-appliances-part-1</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=D055E567F29672FD38B65A479656CA26</t>
+  </si>
+  <si>
     <t>GOST 8051-83 Domestic washing machines - Specifications</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines of versions UHL 4.2 or 04.2, in which washing is carried out by mechanical stirring of the laundry in a detergent solution with a rotating paddle disk or drum.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Art 6.3 of GOST 8051-83</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-8051-83-domestic-washing-machines-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21307/</t>
+  </si>
+  <si>
     <t>GOST R 55008-2012 Energy efficiency - Household washing machines and similar - Energy efficiency indicators and methods of determination</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines, including built-in ones, operating from an electrical network with a nominal frequency of 50 Hz and from batteries. The standard specifies the energy efficiency classes of washing machines and the content of the label attached to each machine. The standard does not apply to washing machines without a spin process, with separate tanks for washing and spinning (for example, with two tanks), combined washer-dryers, as well as machines operating on other types of energy.</t>
+  </si>
+  <si>
     <t>GOST R IEC 60456-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-r-55008-2012-energy-efficiency-household-washing-machines-and-similar-energy</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/54513/</t>
+  </si>
+  <si>
     <t>Greenmark N23 - Clothes Washers</t>
   </si>
   <si>
+    <t>Clothes Washers which meet the definition of CNS 14979. It does not include products which only have the water removal or cloth drying functions. This standard is applicable to the following types of products: Top-load or upright type: Products as defined in Sections 3.1.2, 3.1.4 or 3.1.5 of CNS 14979, including those involving jet stream; stirring; scrolling or whirlpool movements for cleaning purpose. Front-load or drum type: Products as defined in Section 3.1.3 of CNS 14979.</t>
+  </si>
+  <si>
     <t>CNS 14979</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n23-clothes-washers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/23/98ef8d44-0194-4dcb-874d-618683e90536.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N70 - Electric Clothes Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric clothes dryers; which meet the definition of CNS 4673</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n70-electric-clothes-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/70/bf405016-8728-4836-b440-0948958ef7ec.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Clothes Washers, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers clothes washing machines (top load, twin tub, front load), with a rated voltage not exceeding 250 V for single-phase AC supply and an electric frequency of 50 hertz.</t>
+  </si>
+  <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-clothes-washers-be-2564-2021-0</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063742</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>MS: 207: 2013 Energy efficiency and labelling requirements-Household Tumble driers</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household tumble driers</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>MS 207</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-207-2013-energy-efficiency-and-labelling-requirements-household-tumble-driers</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-681/</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered washing machines within the scope of EU Ecodesign Regulation 1015-2010-EC and Energy Labelling Regulation 1061-2010-EC.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Clothes Dryers, Washing Machines</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-003-white-goods-0</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
     <t>Procel Seal - Clothes Washers</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for washing machines.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Projeto de Norma ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-clothes-washers</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Labeling and Standards, Ministry of Knowkedge Economy Notification No.2011-263. 2011.12.23</t>
   </si>
   <si>
+    <t>Drum washing machines</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No 702 of 7 August 2013: On approval of technical regulations on energy labelling</t>
   </si>
   <si>
+    <t>This resolution applies to household washing machines of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine, particularly: new electric mains-operated household washing machines; household washing machines that can also be powered by batteries; built-in household washing machines.</t>
+  </si>
+  <si>
     <t>Washer and Dryers, Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-cabinet-ministers-ukraine-no-702-7-august-2013-approval-technical-regulations</t>
   </si>
   <si>
+    <t>http://zakon2.rada.gov.ua/laws/show/702-2013-%D0%BF/page</t>
+  </si>
+  <si>
     <t>Schedule 12 - Washing Machines</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for all types of washing machines covered under the scope of IEC 60456 and IS 302-2-7 meant for household and similar use, being manufactured, imported and sold in India. The label is voluntary until December 31, 2020, and is expected to become mandatory in 2021.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IEC 60456:2010, IS 302-7-7:2010</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-12-washing-machines</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule12-WM.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4115 - Domestic Clothes Washers</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for automatic clothes washers.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NOM-005-ENER / NOM-003-SCFI / NOM-008-SCFI / NMX-J-585-ANCE</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4115-domestic-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP4115_2.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Clothes Washing Machines for Household Use TGL-13-R2-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to washing machines for residential and similar applications with AC power supply characteristics.</t>
+  </si>
+  <si>
     <t>TIS 1462-2540</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-clothes-washing-machines-household-use-tgl-13-r2-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-13-R2-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric irons TGL-87-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to dry electric irons and electric steam irons, including electric irons with separate water containers or boilers with a capacity of no more than 5 liters for home use and similar purposes and a rated voltage that does not exceed 250 volts.</t>
   </si>
   <si>
     <t>TIS 366 
 ,   
                     IEC 60311</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-irons-tgl-87-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-87-13.pdf</t>
+  </si>
+  <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
+  </si>
+  <si>
     <t>Laundry, Irons</t>
   </si>
   <si>
+    <t>Entered into force, New, Superseded</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://a.tisi.go.th/t/?n=2590-2557</t>
+  </si>
+  <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
+    <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 392-2012</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>EC 392-2012</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-28648-transposition-ec-392-2012</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/EV%20T%C4%B0P%C4%B0%20FIRINLARIN%20VE%20ASP%C4%B0RAT%C3%96RLER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 932-2012</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>EC 932-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-28648-transposition-ec-932-2012</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design of Household Washing Machines with Dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2023</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-household-washing-0</t>
+    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-household-washing</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-3.htm</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31434 | Household Laundry Environmentally Friendly Design of Household Washing Machines and Dryers Communiqué on Requirements (2019/2023/EU) (SGM:2021/3)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-household-laundry-environmentally-friendly-design</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-4.htm</t>
+  </si>
+  <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
+    <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/voluntary-labelling-electrical-appliances</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/Voluntary_labelling.pdf#search=Voluntary%20labelling%20of%20Electrical%20Appliance</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficient-products-wep-i</t>
+  </si>
+  <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -989,1819 +1242,2064 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N40"/>
+  <dimension ref="A1:P40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="311.353" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="232.229" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1980</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
+        <v>2013</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...31 lines deleted...]
-      <c r="H3">
+      <c r="H5">
+        <v>2001</v>
+      </c>
+      <c r="I5">
+        <v>2002</v>
+      </c>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5" t="s">
+        <v>55</v>
+      </c>
+      <c r="M5" t="s">
+        <v>56</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>53</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2002</v>
+      </c>
+      <c r="I6">
+        <v>2010</v>
+      </c>
+      <c r="J6" t="s">
+        <v>54</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6" t="s">
+        <v>61</v>
+      </c>
+      <c r="M6" t="s">
+        <v>56</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>66</v>
+      </c>
+      <c r="D7" t="s">
+        <v>67</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>68</v>
+      </c>
+      <c r="K7" t="s">
+        <v>36</v>
+      </c>
+      <c r="L7" t="s">
+        <v>69</v>
+      </c>
+      <c r="M7" t="s">
+        <v>70</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>73</v>
+      </c>
+      <c r="B8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" t="s">
+        <v>66</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
         <v>2013</v>
       </c>
-      <c r="I3" t="s">
-[...8 lines deleted...]
-      <c r="L3" t="s">
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>75</v>
+      </c>
+      <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8" t="s">
+        <v>76</v>
+      </c>
+      <c r="M8" t="s">
+        <v>70</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
+        <v>81</v>
+      </c>
+      <c r="D9" t="s">
         <v>33</v>
       </c>
-      <c r="M3" t="s">
-[...2 lines deleted...]
-      <c r="N3" t="s">
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>34</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B4" t="s">
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1997</v>
+      </c>
+      <c r="I9">
+        <v>2021</v>
+      </c>
+      <c r="J9" t="s">
+        <v>82</v>
+      </c>
+      <c r="K9" t="s">
         <v>36</v>
       </c>
-      <c r="C4" t="s">
-[...239 lines deleted...]
-      </c>
       <c r="L9" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="M9" t="s">
-        <v>24</v>
+        <v>84</v>
       </c>
       <c r="N9" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>85</v>
+      </c>
+      <c r="P9" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>69</v>
+        <v>87</v>
       </c>
       <c r="B10" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>89</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
       </c>
       <c r="H10">
         <v>2015</v>
       </c>
-      <c r="I10" t="s">
-        <v>71</v>
+      <c r="I10">
+        <v>2015</v>
       </c>
       <c r="J10" t="s">
-        <v>31</v>
+        <v>90</v>
       </c>
       <c r="K10" t="s">
-        <v>72</v>
+        <v>36</v>
       </c>
       <c r="L10" t="s">
-        <v>73</v>
+        <v>91</v>
       </c>
       <c r="M10" t="s">
-        <v>24</v>
+        <v>92</v>
       </c>
       <c r="N10" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>93</v>
+      </c>
+      <c r="P10" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>69</v>
+        <v>87</v>
       </c>
       <c r="B11" t="s">
-        <v>70</v>
+        <v>95</v>
       </c>
       <c r="C11" t="s">
-        <v>75</v>
+        <v>89</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>96</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
       </c>
       <c r="H11">
         <v>2015</v>
       </c>
-      <c r="I11" t="s">
-        <v>71</v>
+      <c r="I11">
+        <v>2015</v>
       </c>
       <c r="J11" t="s">
-        <v>31</v>
+        <v>90</v>
       </c>
       <c r="K11" t="s">
-        <v>72</v>
+        <v>36</v>
       </c>
       <c r="L11" t="s">
-        <v>73</v>
+        <v>91</v>
       </c>
       <c r="M11" t="s">
-        <v>24</v>
+        <v>92</v>
       </c>
       <c r="N11" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>97</v>
+      </c>
+      <c r="P11" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>77</v>
+        <v>98</v>
       </c>
       <c r="B12" t="s">
-        <v>78</v>
+        <v>99</v>
       </c>
       <c r="C12" t="s">
-        <v>37</v>
+        <v>100</v>
       </c>
       <c r="D12" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="E12" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G12">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>2014</v>
       </c>
-      <c r="H12">
+      <c r="I12">
         <v>2017</v>
       </c>
-      <c r="I12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J12" t="s">
-        <v>40</v>
+        <v>82</v>
       </c>
       <c r="K12" t="s">
-        <v>79</v>
+        <v>47</v>
       </c>
       <c r="L12" t="s">
-        <v>80</v>
+        <v>101</v>
       </c>
       <c r="M12" t="s">
-        <v>24</v>
+        <v>102</v>
       </c>
       <c r="N12" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>103</v>
+      </c>
+      <c r="P12" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
       <c r="A13" t="s">
+        <v>105</v>
+      </c>
+      <c r="B13" t="s">
+        <v>106</v>
+      </c>
+      <c r="C13" t="s">
+        <v>100</v>
+      </c>
+      <c r="D13" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>1997</v>
+      </c>
+      <c r="I13">
+        <v>2018</v>
+      </c>
+      <c r="J13" t="s">
         <v>82</v>
       </c>
-      <c r="B13" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="K13" t="s">
-        <v>83</v>
+        <v>36</v>
       </c>
       <c r="L13" t="s">
-        <v>80</v>
+        <v>107</v>
       </c>
       <c r="M13" t="s">
-        <v>84</v>
+        <v>102</v>
       </c>
       <c r="N13" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:14">
+        <v>108</v>
+      </c>
+      <c r="O13" t="s">
+        <v>109</v>
+      </c>
+      <c r="P13" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>86</v>
+        <v>111</v>
       </c>
       <c r="B14" t="s">
-        <v>87</v>
+        <v>112</v>
       </c>
       <c r="C14" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>17</v>
+        <v>113</v>
       </c>
       <c r="E14" t="s">
-        <v>89</v>
+        <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="G14">
+        <v>114</v>
+      </c>
+      <c r="G14" t="s">
+        <v>8</v>
+      </c>
+      <c r="H14">
+        <v>2008</v>
+      </c>
+      <c r="I14">
         <v>2024</v>
       </c>
-      <c r="H14"/>
-[...2 lines deleted...]
-      </c>
       <c r="J14" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      </c>
+        <v>115</v>
+      </c>
+      <c r="K14" t="s">
+        <v>36</v>
+      </c>
+      <c r="L14"/>
       <c r="M14" t="s">
-        <v>84</v>
+        <v>116</v>
       </c>
       <c r="N14" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:14">
+        <v>108</v>
+      </c>
+      <c r="O14" t="s">
+        <v>117</v>
+      </c>
+      <c r="P14" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>93</v>
+        <v>119</v>
       </c>
       <c r="B15" t="s">
-        <v>27</v>
+        <v>120</v>
       </c>
       <c r="C15" t="s">
-        <v>94</v>
+        <v>32</v>
       </c>
       <c r="D15" t="s">
-        <v>17</v>
+        <v>121</v>
       </c>
       <c r="E15" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="G15">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>122</v>
+      </c>
+      <c r="H15">
         <v>2021</v>
       </c>
-      <c r="H15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I15"/>
       <c r="J15" t="s">
-        <v>31</v>
+        <v>82</v>
       </c>
       <c r="K15" t="s">
-        <v>96</v>
+        <v>36</v>
       </c>
       <c r="L15" t="s">
-        <v>97</v>
+        <v>123</v>
       </c>
       <c r="M15" t="s">
-        <v>24</v>
+        <v>124</v>
       </c>
       <c r="N15" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>125</v>
+      </c>
+      <c r="P15" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>99</v>
+        <v>127</v>
       </c>
       <c r="B16" t="s">
-        <v>100</v>
+        <v>128</v>
       </c>
       <c r="C16" t="s">
-        <v>28</v>
+        <v>129</v>
       </c>
       <c r="D16" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E16" t="s">
-        <v>101</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="G16">
+        <v>130</v>
+      </c>
+      <c r="G16" t="s">
+        <v>122</v>
+      </c>
+      <c r="H16">
         <v>1984</v>
       </c>
-      <c r="H16"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I16"/>
       <c r="J16" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
       <c r="K16" t="s">
-        <v>102</v>
+        <v>36</v>
       </c>
       <c r="L16" t="s">
-        <v>103</v>
+        <v>131</v>
       </c>
       <c r="M16" t="s">
-        <v>24</v>
+        <v>132</v>
       </c>
       <c r="N16" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>133</v>
+      </c>
+      <c r="P16" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>105</v>
+        <v>135</v>
       </c>
       <c r="B17" t="s">
-        <v>100</v>
+        <v>136</v>
       </c>
       <c r="C17" t="s">
-        <v>28</v>
+        <v>129</v>
       </c>
       <c r="D17" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E17" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G17">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
         <v>2011</v>
       </c>
-      <c r="H17">
+      <c r="I17">
         <v>2014</v>
       </c>
-      <c r="I17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J17" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
       <c r="K17" t="s">
-        <v>106</v>
+        <v>36</v>
       </c>
       <c r="L17" t="s">
-        <v>103</v>
+        <v>137</v>
       </c>
       <c r="M17" t="s">
-        <v>24</v>
+        <v>132</v>
       </c>
       <c r="N17" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>138</v>
+      </c>
+      <c r="P17" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>108</v>
+        <v>140</v>
       </c>
       <c r="B18" t="s">
+        <v>141</v>
+      </c>
+      <c r="C18" t="s">
+        <v>53</v>
+      </c>
+      <c r="D18" t="s">
+        <v>33</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>34</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2002</v>
+      </c>
+      <c r="I18">
+        <v>2014</v>
+      </c>
+      <c r="J18" t="s">
+        <v>54</v>
+      </c>
+      <c r="K18" t="s">
+        <v>36</v>
+      </c>
+      <c r="L18" t="s">
+        <v>142</v>
+      </c>
+      <c r="M18" t="s">
+        <v>56</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>143</v>
+      </c>
+      <c r="P18" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>145</v>
+      </c>
+      <c r="B19" t="s">
+        <v>146</v>
+      </c>
+      <c r="C19" t="s">
+        <v>53</v>
+      </c>
+      <c r="D19" t="s">
         <v>44</v>
       </c>
-      <c r="C18" t="s">
-[...14 lines deleted...]
-      <c r="H18">
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>34</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2001</v>
+      </c>
+      <c r="I19">
+        <v>2013</v>
+      </c>
+      <c r="J19" t="s">
+        <v>54</v>
+      </c>
+      <c r="K19" t="s">
+        <v>36</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>56</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>147</v>
+      </c>
+      <c r="P19" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>149</v>
+      </c>
+      <c r="B20" t="s">
+        <v>150</v>
+      </c>
+      <c r="C20" t="s">
+        <v>66</v>
+      </c>
+      <c r="D20" t="s">
+        <v>151</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>152</v>
+      </c>
+      <c r="G20" t="s">
+        <v>122</v>
+      </c>
+      <c r="H20">
+        <v>2021</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>153</v>
+      </c>
+      <c r="K20" t="s">
+        <v>36</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>154</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>155</v>
+      </c>
+      <c r="P20" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>157</v>
+      </c>
+      <c r="B21" t="s">
+        <v>158</v>
+      </c>
+      <c r="C21" t="s">
+        <v>129</v>
+      </c>
+      <c r="D21" t="s">
+        <v>159</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>122</v>
+      </c>
+      <c r="H21">
+        <v>2012</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>54</v>
+      </c>
+      <c r="K21" t="s">
+        <v>47</v>
+      </c>
+      <c r="L21" t="s">
+        <v>160</v>
+      </c>
+      <c r="M21" t="s">
+        <v>161</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>162</v>
+      </c>
+      <c r="P21" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>164</v>
+      </c>
+      <c r="B22" t="s">
+        <v>165</v>
+      </c>
+      <c r="C22" t="s">
+        <v>166</v>
+      </c>
+      <c r="D22" t="s">
+        <v>44</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>130</v>
+      </c>
+      <c r="G22" t="s">
+        <v>122</v>
+      </c>
+      <c r="H22">
+        <v>2013</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>36</v>
+      </c>
+      <c r="L22" t="s">
+        <v>167</v>
+      </c>
+      <c r="M22" t="s">
+        <v>168</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>169</v>
+      </c>
+      <c r="P22" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>171</v>
+      </c>
+      <c r="B23" t="s">
+        <v>172</v>
+      </c>
+      <c r="C23" t="s">
+        <v>173</v>
+      </c>
+      <c r="D23" t="s">
+        <v>174</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>34</v>
+      </c>
+      <c r="G23" t="s">
+        <v>122</v>
+      </c>
+      <c r="H23">
         <v>2014</v>
       </c>
-      <c r="I18" t="s">
-[...8 lines deleted...]
-      <c r="L18" t="s">
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>46</v>
+      </c>
+      <c r="K23" t="s">
         <v>47</v>
       </c>
-      <c r="M18" t="s">
-[...204 lines deleted...]
-      </c>
+      <c r="L23"/>
       <c r="M23" t="s">
-        <v>24</v>
+        <v>175</v>
       </c>
       <c r="N23" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>176</v>
+      </c>
+      <c r="P23" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>134</v>
+        <v>178</v>
       </c>
       <c r="B24" t="s">
-        <v>135</v>
+        <v>179</v>
       </c>
       <c r="C24" t="s">
-        <v>28</v>
+        <v>180</v>
       </c>
       <c r="D24" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E24" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G24">
+        <v>34</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
         <v>1993</v>
       </c>
-      <c r="H24">
+      <c r="I24">
         <v>2010</v>
       </c>
-      <c r="I24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J24" t="s">
-        <v>31</v>
+        <v>181</v>
       </c>
       <c r="K24" t="s">
-        <v>137</v>
+        <v>36</v>
       </c>
       <c r="L24" t="s">
-        <v>138</v>
+        <v>182</v>
       </c>
       <c r="M24" t="s">
-        <v>24</v>
+        <v>183</v>
       </c>
       <c r="N24" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>184</v>
+      </c>
+      <c r="P24" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>140</v>
+        <v>186</v>
       </c>
       <c r="B25" t="s">
-        <v>141</v>
+        <v>187</v>
       </c>
       <c r="C25" t="s">
-        <v>28</v>
+        <v>188</v>
       </c>
       <c r="D25" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E25" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>34</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
       </c>
       <c r="H25">
         <v>2012</v>
       </c>
-      <c r="I25" t="s">
-        <v>142</v>
+      <c r="I25">
+        <v>2012</v>
       </c>
       <c r="J25" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      </c>
+        <v>189</v>
+      </c>
+      <c r="K25" t="s">
+        <v>36</v>
+      </c>
+      <c r="L25"/>
       <c r="M25" t="s">
-        <v>24</v>
+        <v>190</v>
       </c>
       <c r="N25" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>191</v>
+      </c>
+      <c r="P25" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>145</v>
+        <v>193</v>
       </c>
       <c r="B26" t="s">
-        <v>146</v>
+        <v>194</v>
       </c>
       <c r="C26" t="s">
-        <v>147</v>
+        <v>195</v>
       </c>
       <c r="D26" t="s">
-        <v>17</v>
+        <v>196</v>
       </c>
       <c r="E26" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G26">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
         <v>2015</v>
       </c>
-      <c r="H26">
+      <c r="I26">
         <v>2018</v>
       </c>
-      <c r="I26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J26" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>197</v>
+      </c>
+      <c r="K26" t="s">
+        <v>47</v>
+      </c>
+      <c r="L26"/>
       <c r="M26" t="s">
-        <v>24</v>
+        <v>198</v>
       </c>
       <c r="N26" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>199</v>
+      </c>
+      <c r="P26" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>151</v>
+        <v>201</v>
       </c>
       <c r="B27" t="s">
+        <v>202</v>
+      </c>
+      <c r="C27" t="s">
+        <v>43</v>
+      </c>
+      <c r="D27" t="s">
+        <v>203</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>122</v>
+      </c>
+      <c r="H27">
+        <v>2014</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>46</v>
+      </c>
+      <c r="K27" t="s">
         <v>36</v>
       </c>
-      <c r="C27" t="s">
-[...11 lines deleted...]
-      <c r="G27">
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>48</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>204</v>
+      </c>
+      <c r="P27" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>206</v>
+      </c>
+      <c r="B28" t="s">
+        <v>207</v>
+      </c>
+      <c r="C28" t="s">
+        <v>208</v>
+      </c>
+      <c r="D28" t="s">
+        <v>33</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>209</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2011</v>
+      </c>
+      <c r="I28">
+        <v>2019</v>
+      </c>
+      <c r="J28" t="s">
+        <v>82</v>
+      </c>
+      <c r="K28" t="s">
+        <v>36</v>
+      </c>
+      <c r="L28" t="s">
+        <v>210</v>
+      </c>
+      <c r="M28" t="s">
+        <v>211</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>212</v>
+      </c>
+      <c r="P28" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>214</v>
+      </c>
+      <c r="B29" t="s">
+        <v>215</v>
+      </c>
+      <c r="C29" t="s">
+        <v>216</v>
+      </c>
+      <c r="D29" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>34</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2000</v>
+      </c>
+      <c r="I29">
+        <v>2012</v>
+      </c>
+      <c r="J29" t="s">
+        <v>181</v>
+      </c>
+      <c r="K29" t="s">
+        <v>36</v>
+      </c>
+      <c r="L29" t="s">
+        <v>217</v>
+      </c>
+      <c r="M29" t="s">
+        <v>218</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>219</v>
+      </c>
+      <c r="P29" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>221</v>
+      </c>
+      <c r="B30" t="s">
+        <v>222</v>
+      </c>
+      <c r="C30" t="s">
+        <v>66</v>
+      </c>
+      <c r="D30" t="s">
+        <v>33</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>34</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2007</v>
+      </c>
+      <c r="I30">
+        <v>2012</v>
+      </c>
+      <c r="J30" t="s">
+        <v>68</v>
+      </c>
+      <c r="K30" t="s">
+        <v>36</v>
+      </c>
+      <c r="L30" t="s">
+        <v>223</v>
+      </c>
+      <c r="M30" t="s">
+        <v>224</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>225</v>
+      </c>
+      <c r="P30" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>227</v>
+      </c>
+      <c r="B31" t="s">
+        <v>228</v>
+      </c>
+      <c r="C31" t="s">
+        <v>66</v>
+      </c>
+      <c r="D31" t="s">
+        <v>67</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>34</v>
+      </c>
+      <c r="G31" t="s">
+        <v>122</v>
+      </c>
+      <c r="H31">
+        <v>2013</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>68</v>
+      </c>
+      <c r="K31" t="s">
+        <v>36</v>
+      </c>
+      <c r="L31" t="s">
+        <v>229</v>
+      </c>
+      <c r="M31" t="s">
+        <v>224</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>230</v>
+      </c>
+      <c r="P31" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>232</v>
+      </c>
+      <c r="B32" t="s">
+        <v>233</v>
+      </c>
+      <c r="C32" t="s">
+        <v>66</v>
+      </c>
+      <c r="D32" t="s">
+        <v>234</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>130</v>
+      </c>
+      <c r="G32" t="s">
+        <v>235</v>
+      </c>
+      <c r="H32">
         <v>2014</v>
       </c>
-      <c r="H27"/>
-[...36 lines deleted...]
-      <c r="G28">
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>236</v>
+      </c>
+      <c r="K32" t="s">
+        <v>36</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>237</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>238</v>
+      </c>
+      <c r="P32" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>240</v>
+      </c>
+      <c r="B33" t="s">
+        <v>241</v>
+      </c>
+      <c r="C33" t="s">
+        <v>66</v>
+      </c>
+      <c r="D33" t="s">
+        <v>67</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>130</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2014</v>
+      </c>
+      <c r="I33">
+        <v>2024</v>
+      </c>
+      <c r="J33" t="s">
+        <v>236</v>
+      </c>
+      <c r="K33" t="s">
+        <v>36</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>237</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>242</v>
+      </c>
+      <c r="P33" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>244</v>
+      </c>
+      <c r="B34" t="s">
+        <v>245</v>
+      </c>
+      <c r="C34" t="s">
+        <v>246</v>
+      </c>
+      <c r="D34" t="s">
+        <v>44</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2002</v>
+      </c>
+      <c r="I34">
+        <v>2015</v>
+      </c>
+      <c r="J34" t="s">
+        <v>197</v>
+      </c>
+      <c r="K34" t="s">
+        <v>47</v>
+      </c>
+      <c r="L34" t="s">
+        <v>247</v>
+      </c>
+      <c r="M34" t="s">
+        <v>248</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>249</v>
+      </c>
+      <c r="P34" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>251</v>
+      </c>
+      <c r="B35" t="s">
+        <v>252</v>
+      </c>
+      <c r="C35" t="s">
+        <v>246</v>
+      </c>
+      <c r="D35" t="s">
+        <v>44</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>130</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2013</v>
+      </c>
+      <c r="I35">
+        <v>2015</v>
+      </c>
+      <c r="J35" t="s">
+        <v>197</v>
+      </c>
+      <c r="K35" t="s">
+        <v>47</v>
+      </c>
+      <c r="L35" t="s">
+        <v>253</v>
+      </c>
+      <c r="M35" t="s">
+        <v>248</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>254</v>
+      </c>
+      <c r="P35" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>255</v>
+      </c>
+      <c r="B36" t="s">
+        <v>256</v>
+      </c>
+      <c r="C36" t="s">
+        <v>246</v>
+      </c>
+      <c r="D36" t="s">
+        <v>33</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>130</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
         <v>2011</v>
       </c>
-      <c r="H28">
-[...96 lines deleted...]
-      <c r="K30" t="s">
+      <c r="I36">
+        <v>2021</v>
+      </c>
+      <c r="J36" t="s">
+        <v>75</v>
+      </c>
+      <c r="K36" t="s">
+        <v>36</v>
+      </c>
+      <c r="L36" t="s">
+        <v>257</v>
+      </c>
+      <c r="M36" t="s">
+        <v>248</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>258</v>
+      </c>
+      <c r="P36" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>260</v>
+      </c>
+      <c r="B37" t="s">
+        <v>261</v>
+      </c>
+      <c r="C37" t="s">
+        <v>246</v>
+      </c>
+      <c r="D37" t="s">
+        <v>33</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2002</v>
+      </c>
+      <c r="I37">
+        <v>2021</v>
+      </c>
+      <c r="J37" t="s">
+        <v>75</v>
+      </c>
+      <c r="K37" t="s">
+        <v>36</v>
+      </c>
+      <c r="L37" t="s">
+        <v>262</v>
+      </c>
+      <c r="M37" t="s">
+        <v>248</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>263</v>
+      </c>
+      <c r="P37" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>265</v>
+      </c>
+      <c r="B38" t="s">
+        <v>266</v>
+      </c>
+      <c r="C38" t="s">
         <v>166</v>
       </c>
-      <c r="L30" t="s">
-[...5 lines deleted...]
-      <c r="N30" t="s">
+      <c r="D38" t="s">
+        <v>267</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2014</v>
+      </c>
+      <c r="I38">
+        <v>2017</v>
+      </c>
+      <c r="J38" t="s">
+        <v>35</v>
+      </c>
+      <c r="K38" t="s">
+        <v>36</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
         <v>168</v>
       </c>
-    </row>
-[...146 lines deleted...]
-      <c r="H34">
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>268</v>
+      </c>
+      <c r="P38" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>270</v>
+      </c>
+      <c r="B39" t="s">
+        <v>271</v>
+      </c>
+      <c r="C39" t="s">
+        <v>272</v>
+      </c>
+      <c r="D39" t="s">
+        <v>273</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
         <v>2015</v>
       </c>
-      <c r="I34" t="s">
-[...81 lines deleted...]
-      <c r="G36">
+      <c r="I39">
+        <v>2016</v>
+      </c>
+      <c r="J39" t="s">
+        <v>274</v>
+      </c>
+      <c r="K39" t="s">
+        <v>275</v>
+      </c>
+      <c r="L39" t="s">
+        <v>276</v>
+      </c>
+      <c r="M39" t="s">
+        <v>277</v>
+      </c>
+      <c r="N39" t="s">
+        <v>278</v>
+      </c>
+      <c r="O39" t="s">
+        <v>279</v>
+      </c>
+      <c r="P39" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>281</v>
+      </c>
+      <c r="B40" t="s">
+        <v>282</v>
+      </c>
+      <c r="C40" t="s">
+        <v>208</v>
+      </c>
+      <c r="D40" t="s">
+        <v>283</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>34</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
         <v>2011</v>
       </c>
-      <c r="H36">
-[...87 lines deleted...]
-      <c r="H38">
+      <c r="I40">
         <v>2017</v>
       </c>
-      <c r="I38" t="s">
-[...87 lines deleted...]
-      </c>
       <c r="J40" t="s">
-        <v>200</v>
-[...4 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="K40" t="s">
+        <v>275</v>
+      </c>
+      <c r="L40"/>
       <c r="M40" t="s">
-        <v>203</v>
+        <v>284</v>
       </c>
       <c r="N40" t="s">
-        <v>208</v>
+        <v>278</v>
+      </c>
+      <c r="O40" t="s">
+        <v>285</v>
+      </c>
+      <c r="P40" t="s">
+        <v>286</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>