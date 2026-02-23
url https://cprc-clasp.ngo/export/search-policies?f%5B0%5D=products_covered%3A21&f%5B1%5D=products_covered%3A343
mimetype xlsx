--- v0 (2025-11-26)
+++ v1 (2026-02-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="863">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="864">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -176,101 +176,104 @@
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
   </si>
   <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
     <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/6413</t>
   </si>
   <si>
     <t>Act on the Rational Use of Energy</t>
   </si>
   <si>
     <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/act-rational-use-energy</t>
   </si>
   <si>
     <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
   </si>
   <si>
     <t>BDS 252:1990 Portable electric immersion water heaters for domestic use (First Revision)</t>
   </si>
   <si>
     <t>Requirements for portable immersion heaters having voltages not exceeding 250 volts. It also covers the rated voltage, rated wattage and tests.</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-2521990-portable-electric-immersion-water-heaters-domestic-use-first-revision</t>
   </si>
   <si>
     <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
   </si>
   <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
     <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
@@ -1766,81 +1769,81 @@
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
     <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
     <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for electric water heaters</t>
   </si>
   <si>
     <t>Information not available</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-electric-water-heaters</t>
   </si>
   <si>
     <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%25, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%24,</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for storage water heaters</t>
   </si>
@@ -3356,6950 +3359,6950 @@
       </c>
       <c r="P6" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>67</v>
       </c>
       <c r="B7" t="s">
         <v>68</v>
       </c>
       <c r="C7" t="s">
         <v>69</v>
       </c>
       <c r="D7" t="s">
         <v>70</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H7">
         <v>1990</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
         <v>33</v>
       </c>
       <c r="K7" t="s">
         <v>34</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="P7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>43</v>
       </c>
       <c r="G8" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H8">
         <v>2013</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
         <v>44</v>
       </c>
       <c r="K8" t="s">
         <v>34</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="P8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B9" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D9" t="s">
         <v>70</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>43</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2008</v>
       </c>
       <c r="I9">
         <v>2015</v>
       </c>
       <c r="J9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="K9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="L9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="M9" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="P9" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D10" t="s">
         <v>53</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>43</v>
       </c>
       <c r="G10" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H10">
         <v>2009</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="K10" t="s">
         <v>34</v>
       </c>
       <c r="L10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="M10" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="P10" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B11" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D11" t="s">
         <v>53</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>43</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2012</v>
       </c>
       <c r="I11">
         <v>2012</v>
       </c>
       <c r="J11" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="K11" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="L11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="M11" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="P11" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C12" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>43</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2008</v>
       </c>
       <c r="I12">
         <v>2015</v>
       </c>
       <c r="J12" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="K12" t="s">
         <v>34</v>
       </c>
       <c r="L12" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="M12" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="P12" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B13" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C13" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D13" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>43</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2008</v>
       </c>
       <c r="I13">
         <v>2015</v>
       </c>
       <c r="J13" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="K13" t="s">
         <v>34</v>
       </c>
       <c r="L13" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="M13" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="N13" t="s">
         <v>36</v>
       </c>
       <c r="O13" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="P13" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B14" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C14" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D14" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>43</v>
       </c>
       <c r="G14" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H14">
         <v>2018</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="K14" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="N14" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="O14" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="P14" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>43</v>
       </c>
       <c r="G15" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H15">
         <v>2021</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="K15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="N15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="O15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="P15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B16" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C16" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D16" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>43</v>
       </c>
       <c r="G16" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H16">
         <v>2021</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="K16" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="N16" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="O16" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="P16" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B17" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C17" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D17" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>43</v>
       </c>
       <c r="G17" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H17">
         <v>2021</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="K17" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="N17" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="O17" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="P17" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B18" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C18" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D18" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>43</v>
       </c>
       <c r="G18" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H18">
         <v>2021</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="K18" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="L18" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="M18" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="N18" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="O18" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="P18" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B19" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C19" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D19" t="s">
         <v>53</v>
       </c>
       <c r="E19" t="s">
         <v>42</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>1989</v>
       </c>
       <c r="I19">
         <v>2015</v>
       </c>
       <c r="J19" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="K19" t="s">
         <v>34</v>
       </c>
       <c r="L19" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="M19" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="P19" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B20" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C20" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D20" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>43</v>
       </c>
       <c r="G20" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H20">
         <v>2019</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="K20" t="s">
         <v>34</v>
       </c>
       <c r="L20"/>
       <c r="M20"/>
       <c r="N20" t="s">
         <v>36</v>
       </c>
       <c r="O20" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="P20" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B21" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C21" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D21" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>43</v>
       </c>
       <c r="G21" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H21">
         <v>2019</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="K21" t="s">
         <v>34</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="N21" t="s">
         <v>36</v>
       </c>
       <c r="O21" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="P21" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B22" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C22" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D22" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>43</v>
       </c>
       <c r="G22" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H22">
         <v>2013</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="K22" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="P22" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B23" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C23" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D23" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>43</v>
       </c>
       <c r="G23" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H23">
         <v>2013</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="K23" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L23"/>
       <c r="M23"/>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="P23"/>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B24" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C24" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D24" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H24">
         <v>2019</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="K24" t="s">
         <v>34</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="N24" t="s">
         <v>36</v>
       </c>
       <c r="O24" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="P24" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B25" t="s">
         <v>16</v>
       </c>
       <c r="C25" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D25" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H25">
         <v>2013</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="K25" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L25" t="s">
         <v>25</v>
       </c>
       <c r="M25"/>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="P25" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B26" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C26" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D26" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H26">
         <v>2013</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="K26" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L26" t="s">
         <v>25</v>
       </c>
       <c r="M26" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="P26" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B27" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C27" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D27" t="s">
         <v>53</v>
       </c>
       <c r="E27" t="s">
         <v>42</v>
       </c>
       <c r="F27" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2002</v>
       </c>
       <c r="I27">
         <v>2014</v>
       </c>
       <c r="J27" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="K27" t="s">
         <v>34</v>
       </c>
       <c r="L27" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="M27" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="P27" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B28" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C28" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D28" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E28" t="s">
         <v>42</v>
       </c>
       <c r="F28" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G28" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H28">
         <v>2020</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="K28" t="s">
         <v>34</v>
       </c>
       <c r="L28" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="M28" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="P28" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B29" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C29" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D29" t="s">
         <v>53</v>
       </c>
       <c r="E29" t="s">
         <v>42</v>
       </c>
       <c r="F29" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2002</v>
       </c>
       <c r="I29">
         <v>2018</v>
       </c>
       <c r="J29" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="K29" t="s">
         <v>34</v>
       </c>
       <c r="L29" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="M29" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="P29" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B30" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C30" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D30" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E30" t="s">
         <v>42</v>
       </c>
       <c r="F30" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2009</v>
       </c>
       <c r="I30">
         <v>2013</v>
       </c>
       <c r="J30" t="s">
         <v>55</v>
       </c>
       <c r="K30" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="L30" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="M30" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="N30" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="O30" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="P30" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B31" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C31" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D31" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E31" t="s">
         <v>42</v>
       </c>
       <c r="F31" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G31" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H31">
         <v>2021</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="K31" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="L31" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="M31" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="N31" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="O31" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="P31" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B32" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C32" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D32" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E32" t="s">
         <v>42</v>
       </c>
       <c r="F32" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G32" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H32">
         <v>2021</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="K32" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="L32" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="M32" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="N32" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="O32" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="P32" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B33" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C33" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D33" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E33" t="s">
         <v>42</v>
       </c>
       <c r="F33" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G33" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H33">
         <v>2021</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="K33" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="L33" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="M33" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="N33" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="O33" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="P33" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B34" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C34" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D34" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E34" t="s">
         <v>42</v>
       </c>
       <c r="F34" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G34" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H34">
         <v>2016</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="K34" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="L34" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="M34" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="N34" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="O34" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="P34" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B35" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C35" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D35" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E35" t="s">
         <v>42</v>
       </c>
       <c r="F35" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G35" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H35">
         <v>2009</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="K35" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="L35" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="M35" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="N35" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="O35" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="P35" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B36" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C36" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D36" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E36" t="s">
         <v>42</v>
       </c>
       <c r="F36" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G36" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H36">
         <v>2021</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="K36" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="L36" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="M36" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="N36" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="O36" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="P36" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B37" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C37" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D37" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="E37" t="s">
         <v>42</v>
       </c>
       <c r="F37" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2016</v>
       </c>
       <c r="I37">
         <v>2022</v>
       </c>
       <c r="J37" t="s">
         <v>55</v>
       </c>
       <c r="K37" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="L37" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="M37" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="N37" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="O37" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="P37" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B38" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C38" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D38" t="s">
         <v>53</v>
       </c>
       <c r="E38" t="s">
         <v>42</v>
       </c>
       <c r="F38" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2002</v>
       </c>
       <c r="I38">
         <v>2012</v>
       </c>
       <c r="J38" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="K38" t="s">
         <v>34</v>
       </c>
       <c r="L38" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="M38" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="P38" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B39" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C39" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D39" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>43</v>
       </c>
       <c r="G39" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H39">
         <v>2020</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
         <v>55</v>
       </c>
       <c r="K39" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="L39" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="M39" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="N39" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="O39" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="P39" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B40"/>
       <c r="C40" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D40" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>43</v>
       </c>
       <c r="G40" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H40">
         <v>2021</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
         <v>55</v>
       </c>
       <c r="K40" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="L40" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="M40" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="N40" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="O40" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="P40" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B41" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C41" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D41" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2011</v>
       </c>
       <c r="I41">
         <v>2023</v>
       </c>
       <c r="J41" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="K41" t="s">
         <v>34</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="P41" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B42" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C42" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D42" t="s">
         <v>53</v>
       </c>
       <c r="E42" t="s">
         <v>42</v>
       </c>
       <c r="F42" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2009</v>
       </c>
       <c r="I42">
         <v>2019</v>
       </c>
       <c r="J42" t="s">
         <v>44</v>
       </c>
       <c r="K42" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="L42" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="M42" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="P42" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B43" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C43" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D43" t="s">
         <v>53</v>
       </c>
       <c r="E43" t="s">
         <v>42</v>
       </c>
       <c r="F43" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2008</v>
       </c>
       <c r="I43">
         <v>2013</v>
       </c>
       <c r="J43" t="s">
         <v>55</v>
       </c>
       <c r="K43" t="s">
         <v>34</v>
       </c>
       <c r="L43" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="M43" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="P43" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B44" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C44" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D44" t="s">
         <v>53</v>
       </c>
       <c r="E44" t="s">
         <v>42</v>
       </c>
       <c r="F44" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2008</v>
       </c>
       <c r="I44">
         <v>2013</v>
       </c>
       <c r="J44" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="K44" t="s">
         <v>34</v>
       </c>
       <c r="L44" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="M44" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="P44" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B45" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C45" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D45" t="s">
         <v>70</v>
       </c>
       <c r="E45" t="s">
         <v>42</v>
       </c>
       <c r="F45" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G45" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H45">
         <v>2013</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="K45" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="L45" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="M45" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="P45" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B46" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C46" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D46" t="s">
         <v>53</v>
       </c>
       <c r="E46" t="s">
         <v>42</v>
       </c>
       <c r="F46" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>2012</v>
       </c>
       <c r="I46">
         <v>2012</v>
       </c>
       <c r="J46" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="K46" t="s">
         <v>34</v>
       </c>
       <c r="L46" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="M46" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="P46" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B47" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C47" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D47" t="s">
         <v>70</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>43</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>2010</v>
       </c>
       <c r="I47">
         <v>2015</v>
       </c>
       <c r="J47" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="K47" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="L47" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="M47" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="P47" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B48" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C48" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D48" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="E48" t="s">
         <v>42</v>
       </c>
       <c r="F48" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>2000</v>
       </c>
       <c r="I48">
         <v>2021</v>
       </c>
       <c r="J48" t="s">
         <v>55</v>
       </c>
       <c r="K48" t="s">
         <v>34</v>
       </c>
       <c r="L48" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="M48" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="P48" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B49" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C49" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D49" t="s">
         <v>53</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>2009</v>
       </c>
       <c r="I49">
         <v>2022</v>
       </c>
       <c r="J49" t="s">
         <v>23</v>
       </c>
       <c r="K49" t="s">
         <v>34</v>
       </c>
       <c r="L49" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="M49" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="P49" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B50" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C50" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D50" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>2016</v>
       </c>
       <c r="I50">
         <v>2019</v>
       </c>
       <c r="J50" t="s">
         <v>55</v>
       </c>
       <c r="K50" t="s">
         <v>45</v>
       </c>
       <c r="L50"/>
       <c r="M50" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="P50" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B51" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C51" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D51" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="E51" t="s">
         <v>42</v>
       </c>
       <c r="F51" t="s">
         <v>43</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
         <v>2010</v>
       </c>
       <c r="I51">
         <v>2017</v>
       </c>
       <c r="J51" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="K51" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="N51" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="O51" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="P51" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="B52" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C52" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D52" t="s">
         <v>53</v>
       </c>
       <c r="E52" t="s">
         <v>42</v>
       </c>
       <c r="F52" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
         <v>2015</v>
       </c>
       <c r="I52">
         <v>2015</v>
       </c>
       <c r="J52" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="K52" t="s">
         <v>34</v>
       </c>
       <c r="L52" t="s">
         <v>25</v>
       </c>
       <c r="M52" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="P52" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="B53" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C53" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D53" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E53" t="s">
         <v>42</v>
       </c>
       <c r="F53" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
         <v>2013</v>
       </c>
       <c r="I53">
         <v>2018</v>
       </c>
       <c r="J53" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="M53" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="P53" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B54" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C54" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D54" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E54" t="s">
         <v>42</v>
       </c>
       <c r="F54" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>2004</v>
       </c>
       <c r="I54">
         <v>2020</v>
       </c>
       <c r="J54" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="K54" t="s">
         <v>34</v>
       </c>
       <c r="L54" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="M54" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="P54" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B55" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C55" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D55" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E55" t="s">
         <v>42</v>
       </c>
       <c r="F55" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
         <v>2009</v>
       </c>
       <c r="I55">
         <v>2015</v>
       </c>
       <c r="J55" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="K55" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="L55" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="M55" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="P55" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="B56" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C56" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D56" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E56" t="s">
         <v>42</v>
       </c>
       <c r="F56" t="s">
         <v>43</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
         <v>2008</v>
       </c>
       <c r="I56">
         <v>2015</v>
       </c>
       <c r="J56" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="K56" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="L56"/>
       <c r="M56" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="N56" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="O56" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="P56" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="B57" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C57" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D57" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E57" t="s">
         <v>42</v>
       </c>
       <c r="F57" t="s">
         <v>43</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
         <v>2008</v>
       </c>
       <c r="I57">
         <v>2015</v>
       </c>
       <c r="J57" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="K57" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="L57"/>
       <c r="M57" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="N57" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="O57" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="P57" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="B58" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C58" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D58" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="E58" t="s">
         <v>42</v>
       </c>
       <c r="F58" t="s">
         <v>43</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
         <v>2008</v>
       </c>
       <c r="I58">
         <v>2015</v>
       </c>
       <c r="J58" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="K58" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="L58"/>
       <c r="M58" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="N58" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="O58" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="P58" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B59" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C59" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D59" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>21</v>
       </c>
       <c r="G59" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="H59">
         <v>2024</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
         <v>23</v>
       </c>
       <c r="K59" t="s">
         <v>34</v>
       </c>
       <c r="L59" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="M59" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="P59" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="B60" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C60" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D60" t="s">
         <v>70</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>21</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
         <v>2006</v>
       </c>
       <c r="I60">
         <v>2016</v>
       </c>
       <c r="J60" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="K60" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="L60" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="M60" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="P60" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B61" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C61" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D61" t="s">
         <v>53</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
         <v>21</v>
       </c>
       <c r="G61" t="s">
         <v>22</v>
       </c>
       <c r="H61">
         <v>2008</v>
       </c>
       <c r="I61">
         <v>2011</v>
       </c>
       <c r="J61" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="K61" t="s">
         <v>34</v>
       </c>
       <c r="L61" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="M61" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="P61" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B62" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C62" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D62" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>21</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
         <v>2011</v>
       </c>
       <c r="I62">
         <v>2020</v>
       </c>
       <c r="J62" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="K62" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="L62" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="M62" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="N62" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="O62" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="P62" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="B63" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="C63" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D63" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
         <v>21</v>
       </c>
       <c r="G63" t="s">
         <v>22</v>
       </c>
       <c r="H63">
         <v>2010</v>
       </c>
       <c r="I63">
         <v>2017</v>
       </c>
       <c r="J63" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="K63" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="L63" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="M63" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="N63" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="O63" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="P63" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="B64" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C64" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D64" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>21</v>
       </c>
       <c r="G64" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H64">
         <v>2021</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="K64" t="s">
         <v>34</v>
       </c>
       <c r="L64" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="M64" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="P64" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B65" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C65" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D65" t="s">
         <v>53</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>21</v>
       </c>
       <c r="G65" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="H65">
         <v>2011</v>
       </c>
       <c r="I65">
         <v>2012</v>
       </c>
       <c r="J65" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="K65" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="L65" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="M65" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="P65" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B66" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="C66" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D66" t="s">
         <v>53</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>21</v>
       </c>
       <c r="G66" t="s">
         <v>8</v>
       </c>
       <c r="H66">
         <v>2011</v>
       </c>
       <c r="I66">
         <v>2025</v>
       </c>
       <c r="J66" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="K66" t="s">
         <v>34</v>
       </c>
       <c r="L66" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="M66" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="P66" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B67" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="C67" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D67" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>21</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
         <v>2012</v>
       </c>
       <c r="I67">
         <v>2020</v>
       </c>
       <c r="J67" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="K67" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="L67" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="M67" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="N67" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="O67" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="P67" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B68" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C68" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D68" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
         <v>21</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">
         <v>2013</v>
       </c>
       <c r="I68">
         <v>2020</v>
       </c>
       <c r="J68" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="K68" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="L68" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="M68" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="N68" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="O68" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="P68" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="B69" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="C69" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D69" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
         <v>21</v>
       </c>
       <c r="G69" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H69">
         <v>2013</v>
       </c>
       <c r="I69"/>
       <c r="J69" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="K69" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="L69" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="M69" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="N69" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="O69" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="P69" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B70" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C70" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D70" t="s">
         <v>53</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
         <v>21</v>
       </c>
       <c r="G70" t="s">
         <v>22</v>
       </c>
       <c r="H70">
         <v>2008</v>
       </c>
       <c r="I70">
         <v>2013</v>
       </c>
       <c r="J70" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="K70" t="s">
         <v>34</v>
       </c>
       <c r="L70" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="M70" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="P70" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B71" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C71" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D71" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
         <v>21</v>
       </c>
       <c r="G71" t="s">
         <v>22</v>
       </c>
       <c r="H71">
         <v>2014</v>
       </c>
       <c r="I71">
         <v>2020</v>
       </c>
       <c r="J71" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="K71" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="L71" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="M71" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="N71" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="O71" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="P71" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B72" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="C72" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D72" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
         <v>21</v>
       </c>
       <c r="G72" t="s">
         <v>22</v>
       </c>
       <c r="H72">
         <v>2017</v>
       </c>
       <c r="I72">
         <v>2021</v>
       </c>
       <c r="J72" t="s">
         <v>55</v>
       </c>
       <c r="K72" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="L72" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="M72" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="N72" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="O72" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="P72" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="B73" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="C73" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D73" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>21</v>
       </c>
       <c r="G73" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="H73">
         <v>2019</v>
       </c>
       <c r="I73"/>
       <c r="J73" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="K73" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="L73" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="M73" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="N73" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="O73" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="P73" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="B74" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="C74" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D74" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>21</v>
       </c>
       <c r="G74" t="s">
         <v>8</v>
       </c>
       <c r="H74">
         <v>2019</v>
       </c>
       <c r="I74">
         <v>2025</v>
       </c>
       <c r="J74" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="K74" t="s">
         <v>34</v>
       </c>
       <c r="L74"/>
       <c r="M74" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="N74" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="O74" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="P74" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="B75" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="C75" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D75" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="E75" t="s">
         <v>42</v>
       </c>
       <c r="F75" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G75" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H75">
         <v>2018</v>
       </c>
       <c r="I75"/>
       <c r="J75" t="s">
         <v>55</v>
       </c>
       <c r="K75" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="L75" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="M75" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="P75" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="B76" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C76" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="D76" t="s">
         <v>53</v>
       </c>
       <c r="E76" t="s">
         <v>42</v>
       </c>
       <c r="F76" t="s">
         <v>21</v>
       </c>
       <c r="G76" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H76">
         <v>1984</v>
       </c>
       <c r="I76"/>
       <c r="J76" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="K76" t="s">
         <v>34</v>
       </c>
       <c r="L76" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="M76" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="P76" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="B77" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="C77" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="D77" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="G77" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H77">
         <v>2022</v>
       </c>
       <c r="I77"/>
       <c r="J77" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="K77" t="s">
         <v>34</v>
       </c>
       <c r="L77"/>
       <c r="M77" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="N77" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="O77" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="P77" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="B78" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="C78" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D78" t="s">
         <v>53</v>
       </c>
       <c r="E78" t="s">
         <v>20</v>
       </c>
       <c r="F78" t="s">
         <v>21</v>
       </c>
       <c r="G78" t="s">
         <v>22</v>
       </c>
       <c r="H78">
         <v>1989</v>
       </c>
       <c r="I78">
         <v>2012</v>
       </c>
       <c r="J78" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="K78" t="s">
         <v>34</v>
       </c>
       <c r="L78" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="M78" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="P78" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="B79" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="C79" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D79" t="s">
         <v>70</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
         <v>21</v>
       </c>
       <c r="G79" t="s">
         <v>22</v>
       </c>
       <c r="H79">
         <v>1989</v>
       </c>
       <c r="I79">
         <v>2017</v>
       </c>
       <c r="J79" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="K79" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="L79" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="M79" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="P79" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="B80" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="C80" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D80" t="s">
         <v>53</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
         <v>21</v>
       </c>
       <c r="G80" t="s">
         <v>22</v>
       </c>
       <c r="H80">
         <v>1989</v>
       </c>
       <c r="I80">
         <v>2017</v>
       </c>
       <c r="J80" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="K80" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="L80" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="M80" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="P80" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="B81" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="C81" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D81" t="s">
         <v>53</v>
       </c>
       <c r="E81" t="s">
         <v>42</v>
       </c>
       <c r="F81" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G81" t="s">
         <v>22</v>
       </c>
       <c r="H81">
         <v>2008</v>
       </c>
       <c r="I81">
         <v>2013</v>
       </c>
       <c r="J81" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="K81" t="s">
         <v>34</v>
       </c>
       <c r="L81" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="M81" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="N81" t="s">
         <v>27</v>
       </c>
       <c r="O81" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="P81" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="B82" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="C82" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D82" t="s">
         <v>53</v>
       </c>
       <c r="E82" t="s">
         <v>42</v>
       </c>
       <c r="F82" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G82" t="s">
         <v>22</v>
       </c>
       <c r="H82">
         <v>2008</v>
       </c>
       <c r="I82">
         <v>2014</v>
       </c>
       <c r="J82" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="K82" t="s">
         <v>34</v>
       </c>
       <c r="L82"/>
       <c r="M82" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="N82" t="s">
         <v>27</v>
       </c>
       <c r="O82" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="P82" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="B83" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="C83" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D83" t="s">
         <v>53</v>
       </c>
       <c r="E83" t="s">
         <v>42</v>
       </c>
       <c r="F83" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G83" t="s">
         <v>22</v>
       </c>
       <c r="H83">
         <v>2012</v>
       </c>
       <c r="I83">
         <v>2014</v>
       </c>
       <c r="J83" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="K83" t="s">
         <v>34</v>
       </c>
       <c r="L83"/>
       <c r="M83" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="P83" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="B84" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="C84" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D84" t="s">
         <v>70</v>
       </c>
       <c r="E84" t="s">
         <v>42</v>
       </c>
       <c r="F84" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G84" t="s">
         <v>22</v>
       </c>
       <c r="H84">
         <v>2006</v>
       </c>
       <c r="I84">
         <v>2015</v>
       </c>
       <c r="J84" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="K84" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="L84"/>
       <c r="M84" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="P84" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="B85" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="C85" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D85" t="s">
         <v>53</v>
       </c>
       <c r="E85" t="s">
         <v>42</v>
       </c>
       <c r="F85" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G85" t="s">
         <v>22</v>
       </c>
       <c r="H85">
         <v>2012</v>
       </c>
       <c r="I85">
         <v>2012</v>
       </c>
       <c r="J85" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="K85" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="L85" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="M85" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="P85" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="B86" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="C86" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D86" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="E86" t="s">
         <v>42</v>
       </c>
       <c r="F86" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="G86" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="H86"/>
       <c r="I86"/>
       <c r="J86" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="K86" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="L86"/>
       <c r="M86" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="N86" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="O86" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="P86" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="B87" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="C87" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="D87" t="s">
         <v>53</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
         <v>43</v>
       </c>
       <c r="G87" t="s">
         <v>22</v>
       </c>
       <c r="H87">
         <v>2012</v>
       </c>
       <c r="I87">
         <v>2021</v>
       </c>
       <c r="J87" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="K87" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="L87" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="M87" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="N87" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="O87" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="P87" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="B88" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="C88" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="D88" t="s">
         <v>53</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="G88" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H88">
         <v>2013</v>
       </c>
       <c r="I88"/>
       <c r="J88" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="K88" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="L88"/>
       <c r="M88" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="P88" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="B89" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="C89" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="D89" t="s">
         <v>53</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="G89" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H89">
         <v>2009</v>
       </c>
       <c r="I89"/>
       <c r="J89" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="K89" t="s">
         <v>34</v>
       </c>
       <c r="L89" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="M89" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="P89" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="B90" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="C90" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="D90" t="s">
         <v>70</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="G90" t="s">
         <v>22</v>
       </c>
       <c r="H90">
         <v>2003</v>
       </c>
       <c r="I90">
         <v>2010</v>
       </c>
       <c r="J90" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="K90" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="L90" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="M90" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="P90" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="B91" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="C91" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D91" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E91" t="s">
         <v>42</v>
       </c>
       <c r="F91" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G91" t="s">
         <v>22</v>
       </c>
       <c r="H91">
         <v>2006</v>
       </c>
       <c r="I91">
         <v>2015</v>
       </c>
       <c r="J91" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="K91" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="L91" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="M91" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="N91" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="O91" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="P91" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="B92" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="C92" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D92" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E92" t="s">
         <v>42</v>
       </c>
       <c r="F92" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G92" t="s">
         <v>22</v>
       </c>
       <c r="H92">
         <v>2001</v>
       </c>
       <c r="I92">
         <v>2012</v>
       </c>
       <c r="J92" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="K92" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="L92" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="M92" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="N92" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="O92" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="P92" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="B93" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="C93" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D93" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E93" t="s">
         <v>42</v>
       </c>
       <c r="F93" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G93" t="s">
         <v>22</v>
       </c>
       <c r="H93">
         <v>1994</v>
       </c>
       <c r="I93">
         <v>2013</v>
       </c>
       <c r="J93" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="K93" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="L93" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="M93" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="N93" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="O93" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="P93" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="B94" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="C94" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D94" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E94" t="s">
         <v>42</v>
       </c>
       <c r="F94" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G94" t="s">
         <v>22</v>
       </c>
       <c r="H94">
         <v>1992</v>
       </c>
       <c r="I94">
         <v>2012</v>
       </c>
       <c r="J94" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="K94" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="L94" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="M94" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="N94" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="O94" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="P94" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="B95" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="C95" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="D95" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E95" t="s">
         <v>20</v>
       </c>
       <c r="F95" t="s">
         <v>21</v>
       </c>
       <c r="G95" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H95">
         <v>2022</v>
       </c>
       <c r="I95"/>
       <c r="J95" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="K95" t="s">
         <v>34</v>
       </c>
       <c r="L95"/>
       <c r="M95" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="P95" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="B96" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="C96" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D96" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="E96" t="s">
         <v>20</v>
       </c>
       <c r="F96" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="G96" t="s">
         <v>22</v>
       </c>
       <c r="H96">
         <v>2008</v>
       </c>
       <c r="I96">
         <v>2020</v>
       </c>
       <c r="J96" t="s">
         <v>44</v>
       </c>
       <c r="K96" t="s">
         <v>34</v>
       </c>
       <c r="L96" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="M96" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="N96" t="s">
         <v>36</v>
       </c>
       <c r="O96" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="P96" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="B97" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="C97" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="D97" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="E97" t="s">
         <v>20</v>
       </c>
       <c r="F97" t="s">
         <v>43</v>
       </c>
       <c r="G97" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H97">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I97"/>
       <c r="J97" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="K97" t="s">
         <v>34</v>
       </c>
       <c r="L97"/>
       <c r="M97" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="N97" t="s">
         <v>27</v>
       </c>
       <c r="O97" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="P97" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B98" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="C98" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="D98" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E98" t="s">
         <v>20</v>
       </c>
       <c r="F98" t="s">
         <v>43</v>
       </c>
       <c r="G98" t="s">
-        <v>54</v>
+        <v>365</v>
       </c>
       <c r="H98">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I98"/>
       <c r="J98" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="K98" t="s">
         <v>34</v>
       </c>
       <c r="L98"/>
       <c r="M98" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="P98" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="B99" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="C99" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="D99" t="s">
         <v>53</v>
       </c>
       <c r="E99" t="s">
         <v>20</v>
       </c>
       <c r="F99" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="G99" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="H99"/>
       <c r="I99"/>
       <c r="J99" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="K99" t="s">
         <v>34</v>
       </c>
       <c r="L99"/>
       <c r="M99" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="N99" t="s">
         <v>27</v>
       </c>
       <c r="O99" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="P99" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="B100" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="C100" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="D100" t="s">
         <v>53</v>
       </c>
       <c r="E100" t="s">
         <v>20</v>
       </c>
       <c r="F100" t="s">
         <v>21</v>
       </c>
       <c r="G100" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="H100"/>
       <c r="I100"/>
       <c r="J100" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="K100" t="s">
         <v>34</v>
       </c>
       <c r="L100"/>
       <c r="M100" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="N100" t="s">
         <v>27</v>
       </c>
       <c r="O100" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="P100" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="B101" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="C101" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="D101" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="E101" t="s">
         <v>20</v>
       </c>
       <c r="F101" t="s">
         <v>21</v>
       </c>
       <c r="G101" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H101">
         <v>2025</v>
       </c>
       <c r="I101"/>
       <c r="J101" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="K101" t="s">
         <v>34</v>
       </c>
       <c r="L101"/>
       <c r="M101" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="N101" t="s">
         <v>27</v>
       </c>
       <c r="O101" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="P101" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="B102" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C102" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D102" t="s">
         <v>70</v>
       </c>
       <c r="E102" t="s">
         <v>20</v>
       </c>
       <c r="F102" t="s">
         <v>21</v>
       </c>
       <c r="G102" t="s">
         <v>22</v>
       </c>
       <c r="H102">
         <v>2010</v>
       </c>
       <c r="I102">
         <v>2015</v>
       </c>
       <c r="J102" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="K102" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="L102" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="M102" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="N102" t="s">
         <v>27</v>
       </c>
       <c r="O102" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="P102" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="B103" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="C103" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="D103" t="s">
         <v>53</v>
       </c>
       <c r="E103" t="s">
         <v>20</v>
       </c>
       <c r="F103" t="s">
         <v>21</v>
       </c>
       <c r="G103" t="s">
         <v>22</v>
       </c>
       <c r="H103">
         <v>2003</v>
       </c>
       <c r="I103">
         <v>2018</v>
       </c>
       <c r="J103" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="K103" t="s">
         <v>34</v>
       </c>
       <c r="L103" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="M103" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="N103" t="s">
         <v>27</v>
       </c>
       <c r="O103" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="P103" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="B104" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="C104" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="D104" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E104" t="s">
         <v>20</v>
       </c>
       <c r="F104" t="s">
         <v>21</v>
       </c>
       <c r="G104" t="s">
         <v>22</v>
       </c>
       <c r="H104">
         <v>2005</v>
       </c>
       <c r="I104">
         <v>2018</v>
       </c>
       <c r="J104" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="K104" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="L104" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="M104" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="N104" t="s">
         <v>27</v>
       </c>
       <c r="O104" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="P104" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="B105" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="C105" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="D105" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E105" t="s">
         <v>20</v>
       </c>
       <c r="F105" t="s">
         <v>21</v>
       </c>
       <c r="G105" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H105">
         <v>2025</v>
       </c>
       <c r="I105"/>
       <c r="J105" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="K105" t="s">
         <v>34</v>
       </c>
       <c r="L105"/>
       <c r="M105" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="N105" t="s">
         <v>27</v>
       </c>
       <c r="O105" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="P105" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="B106" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="C106" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D106" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E106" t="s">
         <v>20</v>
       </c>
       <c r="F106" t="s">
         <v>21</v>
       </c>
       <c r="G106" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H106">
         <v>2018</v>
       </c>
       <c r="I106"/>
       <c r="J106" t="s">
         <v>55</v>
       </c>
       <c r="K106" t="s">
         <v>34</v>
       </c>
       <c r="L106"/>
       <c r="M106" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="N106" t="s">
         <v>27</v>
       </c>
       <c r="O106" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="P106" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="B107" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="C107" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D107" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E107" t="s">
         <v>20</v>
       </c>
       <c r="F107" t="s">
         <v>21</v>
       </c>
       <c r="G107" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H107">
         <v>2016</v>
       </c>
       <c r="I107"/>
       <c r="J107" t="s">
         <v>55</v>
       </c>
       <c r="K107" t="s">
         <v>34</v>
       </c>
       <c r="L107"/>
       <c r="M107" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="N107" t="s">
         <v>27</v>
       </c>
       <c r="O107" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="P107" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="B108"/>
       <c r="C108" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D108" t="s">
         <v>53</v>
       </c>
       <c r="E108" t="s">
         <v>20</v>
       </c>
       <c r="F108" t="s">
         <v>21</v>
       </c>
       <c r="G108" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H108">
         <v>2015</v>
       </c>
       <c r="I108"/>
       <c r="J108" t="s">
         <v>55</v>
       </c>
       <c r="K108" t="s">
         <v>34</v>
       </c>
       <c r="L108"/>
       <c r="M108" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="N108" t="s">
         <v>27</v>
       </c>
       <c r="O108" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="P108" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="B109"/>
       <c r="C109" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D109" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E109" t="s">
         <v>20</v>
       </c>
       <c r="F109" t="s">
         <v>21</v>
       </c>
       <c r="G109" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H109">
         <v>2018</v>
       </c>
       <c r="I109"/>
       <c r="J109" t="s">
         <v>55</v>
       </c>
       <c r="K109" t="s">
         <v>34</v>
       </c>
       <c r="L109"/>
       <c r="M109" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="N109" t="s">
         <v>27</v>
       </c>
       <c r="O109" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="P109" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="B110" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="C110" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D110" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="E110" t="s">
         <v>20</v>
       </c>
       <c r="F110" t="s">
         <v>21</v>
       </c>
       <c r="G110" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H110">
         <v>2020</v>
       </c>
       <c r="I110"/>
       <c r="J110" t="s">
         <v>55</v>
       </c>
       <c r="K110" t="s">
         <v>34</v>
       </c>
       <c r="L110"/>
       <c r="M110" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="N110" t="s">
         <v>27</v>
       </c>
       <c r="O110" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="P110" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="B111" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="C111" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="D111" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="E111" t="s">
         <v>42</v>
       </c>
       <c r="F111" t="s">
         <v>43</v>
       </c>
       <c r="G111" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H111">
         <v>2012</v>
       </c>
       <c r="I111"/>
       <c r="J111" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="K111" t="s">
         <v>24</v>
       </c>
       <c r="L111" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="M111" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="N111" t="s">
         <v>27</v>
       </c>
       <c r="O111" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="P111" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="B112" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="C112" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="D112" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E112" t="s">
         <v>20</v>
       </c>
       <c r="F112" t="s">
         <v>21</v>
       </c>
       <c r="G112" t="s">
         <v>22</v>
       </c>
       <c r="H112">
         <v>2008</v>
       </c>
       <c r="I112">
         <v>2011</v>
       </c>
       <c r="J112" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="K112" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="L112"/>
       <c r="M112" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="N112" t="s">
         <v>27</v>
       </c>
       <c r="O112" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="P112" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="B113" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="C113" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="D113" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E113" t="s">
         <v>20</v>
       </c>
       <c r="F113" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="G113" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H113">
         <v>2021</v>
       </c>
       <c r="I113"/>
       <c r="J113" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="K113" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="L113"/>
       <c r="M113" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="N113" t="s">
         <v>27</v>
       </c>
       <c r="O113" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="P113" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="B114"/>
       <c r="C114" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="D114" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E114" t="s">
         <v>20</v>
       </c>
       <c r="F114" t="s">
         <v>21</v>
       </c>
       <c r="G114" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H114">
         <v>2018</v>
       </c>
       <c r="I114"/>
       <c r="J114" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="K114" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="L114" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="M114" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="N114" t="s">
         <v>27</v>
       </c>
       <c r="O114" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="P114" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="B115" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="C115" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="D115" t="s">
         <v>53</v>
       </c>
       <c r="E115" t="s">
         <v>42</v>
       </c>
       <c r="F115" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G115" t="s">
         <v>22</v>
       </c>
       <c r="H115"/>
       <c r="I115">
         <v>2010</v>
       </c>
       <c r="J115" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="K115" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="L115"/>
       <c r="M115" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="N115" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="O115" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="P115" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="B116" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="C116" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="D116" t="s">
         <v>53</v>
       </c>
       <c r="E116" t="s">
         <v>20</v>
       </c>
       <c r="F116" t="s">
         <v>43</v>
       </c>
       <c r="G116" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H116">
         <v>2016</v>
       </c>
       <c r="I116"/>
       <c r="J116" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="K116" t="s">
         <v>34</v>
       </c>
       <c r="L116" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="M116" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="N116" t="s">
         <v>27</v>
       </c>
       <c r="O116" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="P116" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="B117" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="C117" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D117" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="E117" t="s">
         <v>20</v>
       </c>
       <c r="F117" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="G117" t="s">
         <v>22</v>
       </c>
       <c r="H117">
         <v>2017</v>
       </c>
       <c r="I117">
         <v>2021</v>
       </c>
       <c r="J117" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="K117" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="L117" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="M117" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="N117" t="s">
         <v>36</v>
       </c>
       <c r="O117" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="P117" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="B118" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="C118" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D118" t="s">
         <v>53</v>
       </c>
       <c r="E118" t="s">
         <v>20</v>
       </c>
       <c r="F118" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="G118" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H118">
         <v>2015</v>
       </c>
       <c r="I118"/>
       <c r="J118" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="K118" t="s">
         <v>34</v>
       </c>
       <c r="L118"/>
       <c r="M118" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="N118" t="s">
         <v>27</v>
       </c>
       <c r="O118" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="P118" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="B119" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="C119" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="D119" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="E119" t="s">
         <v>42</v>
       </c>
       <c r="F119" t="s">
         <v>43</v>
       </c>
       <c r="G119" t="s">
         <v>22</v>
       </c>
       <c r="H119">
         <v>2015</v>
       </c>
       <c r="I119">
         <v>2018</v>
       </c>
       <c r="J119" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="K119" t="s">
         <v>24</v>
       </c>
       <c r="L119"/>
       <c r="M119" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="N119" t="s">
         <v>27</v>
       </c>
       <c r="O119" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="P119" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="B120" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="C120" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="D120" t="s">
         <v>70</v>
       </c>
       <c r="E120" t="s">
         <v>20</v>
       </c>
       <c r="F120" t="s">
         <v>43</v>
       </c>
       <c r="G120" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H120">
         <v>2017</v>
       </c>
       <c r="I120"/>
       <c r="J120" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="K120" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="L120" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="M120" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="N120" t="s">
         <v>27</v>
       </c>
       <c r="O120" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="P120" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="B121" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="C121" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D121" t="s">
         <v>70</v>
       </c>
       <c r="E121" t="s">
         <v>42</v>
       </c>
       <c r="F121" t="s">
         <v>43</v>
       </c>
       <c r="G121" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H121">
         <v>2013</v>
       </c>
       <c r="I121"/>
       <c r="J121" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="K121" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="L121"/>
       <c r="M121" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="N121" t="s">
         <v>27</v>
       </c>
       <c r="O121" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="P121" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="B122" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="C122" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="D122" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E122" t="s">
         <v>20</v>
       </c>
       <c r="F122" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="G122" t="s">
         <v>22</v>
       </c>
       <c r="H122">
         <v>2018</v>
       </c>
       <c r="I122">
         <v>2018</v>
       </c>
       <c r="J122" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="K122" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="L122"/>
       <c r="M122" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="N122" t="s">
         <v>27</v>
       </c>
       <c r="O122" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="P122" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="B123" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="C123" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D123" t="s">
         <v>53</v>
       </c>
       <c r="E123" t="s">
         <v>42</v>
       </c>
       <c r="F123" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="G123" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H123">
         <v>2019</v>
       </c>
       <c r="I123"/>
       <c r="J123" t="s">
         <v>55</v>
       </c>
       <c r="K123" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="L123" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="M123" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="N123" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="O123" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="P123" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="B124" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="C124" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="D124" t="s">
         <v>53</v>
       </c>
       <c r="E124" t="s">
         <v>20</v>
       </c>
       <c r="F124" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="G124" t="s">
         <v>22</v>
       </c>
       <c r="H124">
         <v>1986</v>
       </c>
       <c r="I124">
         <v>2012</v>
       </c>
       <c r="J124" t="s">
         <v>55</v>
       </c>
       <c r="K124" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="L124"/>
       <c r="M124" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="N124" t="s">
         <v>27</v>
       </c>
       <c r="O124" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="P124" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="B125" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="C125" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="D125" t="s">
         <v>53</v>
       </c>
       <c r="E125" t="s">
         <v>42</v>
       </c>
       <c r="F125" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G125" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H125">
         <v>2017</v>
       </c>
       <c r="I125"/>
       <c r="J125" t="s">
         <v>44</v>
       </c>
       <c r="K125" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="L125"/>
       <c r="M125" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="N125" t="s">
         <v>27</v>
       </c>
       <c r="O125" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="P125" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B126" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="C126" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="D126" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E126" t="s">
         <v>20</v>
       </c>
       <c r="F126" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="G126" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H126">
         <v>2011</v>
       </c>
       <c r="I126"/>
       <c r="J126" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="K126" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="L126" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="M126" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="N126" t="s">
         <v>27</v>
       </c>
       <c r="O126" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="P126" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="B127" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="C127" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="D127" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="E127" t="s">
         <v>20</v>
       </c>
       <c r="F127" t="s">
         <v>21</v>
       </c>
       <c r="G127" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H127">
         <v>2016</v>
       </c>
       <c r="I127"/>
       <c r="J127" t="s">
         <v>55</v>
       </c>
       <c r="K127" t="s">
         <v>34</v>
       </c>
       <c r="L127"/>
       <c r="M127" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="N127" t="s">
         <v>27</v>
       </c>
       <c r="O127" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="P127" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="B128" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="C128" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="D128" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="E128" t="s">
         <v>20</v>
       </c>
       <c r="F128" t="s">
         <v>43</v>
       </c>
       <c r="G128" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H128">
         <v>2017</v>
       </c>
       <c r="I128"/>
       <c r="J128" t="s">
         <v>55</v>
       </c>
       <c r="K128" t="s">
         <v>24</v>
       </c>
       <c r="L128"/>
       <c r="M128" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="N128" t="s">
         <v>36</v>
       </c>
       <c r="O128" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="P128" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="B129" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="C129" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D129" t="s">
         <v>53</v>
       </c>
       <c r="E129" t="s">
         <v>20</v>
       </c>
       <c r="F129" t="s">
         <v>21</v>
       </c>
       <c r="G129" t="s">
         <v>22</v>
       </c>
       <c r="H129">
         <v>2009</v>
       </c>
       <c r="I129">
         <v>2018</v>
       </c>
       <c r="J129" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="K129" t="s">
         <v>34</v>
       </c>
       <c r="L129"/>
       <c r="M129" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="N129" t="s">
         <v>27</v>
       </c>
       <c r="O129" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="P129" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="B130" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="C130" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D130" t="s">
         <v>53</v>
       </c>
       <c r="E130" t="s">
         <v>20</v>
       </c>
       <c r="F130" t="s">
         <v>21</v>
       </c>
       <c r="G130" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H130">
         <v>2009</v>
       </c>
       <c r="I130"/>
       <c r="J130" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="K130" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="L130"/>
       <c r="M130" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="N130" t="s">
         <v>27</v>
       </c>
       <c r="O130" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="P130" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="B131" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="C131" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="D131" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="E131" t="s">
         <v>20</v>
       </c>
       <c r="F131" t="s">
         <v>43</v>
       </c>
       <c r="G131" t="s">
         <v>22</v>
       </c>
       <c r="H131">
         <v>2009</v>
       </c>
       <c r="I131">
         <v>2016</v>
       </c>
       <c r="J131" t="s">
         <v>33</v>
       </c>
       <c r="K131" t="s">
         <v>24</v>
       </c>
       <c r="L131"/>
       <c r="M131" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="N131" t="s">
         <v>27</v>
       </c>
       <c r="O131" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="P131" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="B132" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="C132" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="D132" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E132" t="s">
         <v>42</v>
       </c>
       <c r="F132" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G132" t="s">
         <v>22</v>
       </c>
       <c r="H132">
         <v>2011</v>
       </c>
       <c r="I132">
         <v>2017</v>
       </c>
       <c r="J132" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="K132" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="L132" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="M132" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="N132" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="O132" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="P132" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="B133" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="C133" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="D133" t="s">
         <v>70</v>
       </c>
       <c r="E133" t="s">
         <v>42</v>
       </c>
       <c r="F133" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G133" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H133">
         <v>2014</v>
       </c>
       <c r="I133"/>
       <c r="J133" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="K133" t="s">
         <v>34</v>
       </c>
       <c r="L133" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="M133" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="N133" t="s">
         <v>27</v>
       </c>
       <c r="O133" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="P133" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="B134" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="C134" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D134" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E134" t="s">
         <v>20</v>
       </c>
       <c r="F134" t="s">
         <v>21</v>
       </c>
       <c r="G134" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H134">
         <v>2021</v>
       </c>
       <c r="I134"/>
       <c r="J134" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="K134" t="s">
         <v>34</v>
       </c>
       <c r="L134"/>
       <c r="M134"/>
       <c r="N134" t="s">
         <v>36</v>
       </c>
       <c r="O134" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="P134" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="B135" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="C135" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="D135" t="s">
         <v>70</v>
       </c>
       <c r="E135" t="s">
         <v>42</v>
       </c>
       <c r="F135" t="s">
         <v>43</v>
       </c>
       <c r="G135" t="s">
         <v>22</v>
       </c>
       <c r="H135">
         <v>2012</v>
       </c>
       <c r="I135">
         <v>2019</v>
       </c>
       <c r="J135" t="s">
         <v>44</v>
       </c>
       <c r="K135" t="s">
         <v>34</v>
       </c>
       <c r="L135" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="M135" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="N135" t="s">
         <v>27</v>
       </c>
       <c r="O135" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="P135" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="B136" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="C136" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D136" t="s">
         <v>70</v>
       </c>
       <c r="E136" t="s">
         <v>42</v>
       </c>
       <c r="F136" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G136" t="s">
         <v>22</v>
       </c>
       <c r="H136">
         <v>2013</v>
       </c>
       <c r="I136">
         <v>2020</v>
       </c>
       <c r="J136" t="s">
         <v>33</v>
       </c>
       <c r="K136" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="L136" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="M136" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="N136" t="s">
         <v>27</v>
       </c>
       <c r="O136" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="P136" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="B137" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="C137" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="D137" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="E137" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="F137" t="s">
         <v>21</v>
       </c>
       <c r="G137" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="H137"/>
       <c r="I137"/>
       <c r="J137" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="K137" t="s">
         <v>34</v>
       </c>
       <c r="L137"/>
       <c r="M137" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="N137" t="s">
         <v>27</v>
       </c>
       <c r="O137" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="P137" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="B138" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="C138" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="D138" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="E138" t="s">
         <v>42</v>
       </c>
       <c r="F138" t="s">
         <v>43</v>
       </c>
       <c r="G138" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H138">
         <v>2021</v>
       </c>
       <c r="I138"/>
       <c r="J138" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="K138" t="s">
         <v>34</v>
       </c>
       <c r="L138" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="M138" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="N138" t="s">
         <v>27</v>
       </c>
       <c r="O138" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="P138" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="B139" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="C139" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="D139" t="s">
         <v>53</v>
       </c>
       <c r="E139" t="s">
         <v>42</v>
       </c>
       <c r="F139" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="G139" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H139">
         <v>2008</v>
       </c>
       <c r="I139"/>
       <c r="J139" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="K139" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="L139" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="M139" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="N139" t="s">
         <v>27</v>
       </c>
       <c r="O139" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="P139" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="B140" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="C140" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="D140" t="s">
         <v>53</v>
       </c>
       <c r="E140" t="s">
         <v>20</v>
       </c>
       <c r="F140" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="G140" t="s">
         <v>22</v>
       </c>
       <c r="H140">
         <v>2014</v>
       </c>
       <c r="I140">
         <v>2015</v>
       </c>
       <c r="J140" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="K140" t="s">
         <v>34</v>
       </c>
       <c r="L140"/>
       <c r="M140" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="N140" t="s">
         <v>27</v>
       </c>
       <c r="O140" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="P140" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="B141" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="C141" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="D141" t="s">
         <v>53</v>
       </c>
       <c r="E141" t="s">
         <v>20</v>
       </c>
       <c r="F141" t="s">
         <v>21</v>
       </c>
       <c r="G141" t="s">
         <v>22</v>
       </c>
       <c r="H141">
         <v>2009</v>
       </c>
       <c r="I141">
         <v>2011</v>
       </c>
       <c r="J141" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="K141" t="s">
         <v>34</v>
       </c>
       <c r="L141" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="M141" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="N141" t="s">
         <v>27</v>
       </c>
       <c r="O141" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="P141" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="B142" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="C142" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="D142" t="s">
         <v>53</v>
       </c>
       <c r="E142" t="s">
         <v>42</v>
       </c>
       <c r="F142" t="s">
         <v>43</v>
       </c>
       <c r="G142" t="s">
         <v>22</v>
       </c>
       <c r="H142">
         <v>2007</v>
       </c>
       <c r="I142">
         <v>2011</v>
       </c>
       <c r="J142" t="s">
         <v>55</v>
       </c>
       <c r="K142" t="s">
         <v>34</v>
       </c>
       <c r="L142" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="M142" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="N142" t="s">
         <v>27</v>
       </c>
       <c r="O142" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="P142" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="B143" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="C143" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="D143" t="s">
         <v>53</v>
       </c>
       <c r="E143" t="s">
         <v>20</v>
       </c>
       <c r="F143" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="G143" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H143">
         <v>2014</v>
       </c>
       <c r="I143"/>
       <c r="J143" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="K143" t="s">
         <v>34</v>
       </c>
       <c r="L143" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="M143" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="N143" t="s">
         <v>27</v>
       </c>
       <c r="O143" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="P143" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="B144" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="C144" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D144" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="E144" t="s">
         <v>42</v>
       </c>
       <c r="F144" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G144" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H144">
         <v>2017</v>
       </c>
       <c r="I144"/>
       <c r="J144" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="K144" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="L144"/>
       <c r="M144" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="N144" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="O144" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="P144" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="B145" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="C145" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D145" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="E145" t="s">
         <v>42</v>
       </c>
       <c r="F145" t="s">
         <v>43</v>
       </c>
       <c r="G145" t="s">
         <v>22</v>
       </c>
       <c r="H145">
         <v>2015</v>
       </c>
       <c r="I145">
         <v>2016</v>
       </c>
       <c r="J145" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="K145" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="L145" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="M145" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="N145" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="O145" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="P145" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="B146" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="C146" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D146" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="E146" t="s">
         <v>42</v>
       </c>
       <c r="F146" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G146" t="s">
         <v>22</v>
       </c>
       <c r="H146">
         <v>2011</v>
       </c>
       <c r="I146">
         <v>2017</v>
       </c>
       <c r="J146" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="K146" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="L146"/>
       <c r="M146" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="N146" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="O146" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="P146" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
     </row>
     <row r="147" spans="1:16">
       <c r="A147" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="B147" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="C147" t="s">
         <v>18</v>
       </c>
       <c r="D147" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E147" t="s">
         <v>42</v>
       </c>
       <c r="F147" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="G147" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H147">
         <v>2007</v>
       </c>
       <c r="I147"/>
       <c r="J147" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="K147" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="L147" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="M147" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="N147" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="O147" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="P147" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="B148" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="C148" t="s">
         <v>18</v>
       </c>
       <c r="D148" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E148" t="s">
         <v>42</v>
       </c>
       <c r="F148" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="G148" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H148">
         <v>2009</v>
       </c>
       <c r="I148"/>
       <c r="J148" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="K148" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="L148" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="M148" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="N148" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="O148" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="P148" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
     </row>
     <row r="149" spans="1:16">
       <c r="A149" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="B149" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="C149" t="s">
         <v>18</v>
       </c>
       <c r="D149" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E149" t="s">
         <v>42</v>
       </c>
       <c r="F149" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="G149" t="s">
         <v>22</v>
       </c>
       <c r="H149">
         <v>2018</v>
       </c>
       <c r="I149">
         <v>2018</v>
       </c>
       <c r="J149" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="K149" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="L149" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="M149" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="N149" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="O149" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="P149" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
     </row>
     <row r="150" spans="1:16">
       <c r="A150" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="B150" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="C150" t="s">
         <v>18</v>
       </c>
       <c r="D150" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E150" t="s">
         <v>42</v>
       </c>
       <c r="F150" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="G150" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H150">
         <v>2014</v>
       </c>
       <c r="I150"/>
       <c r="J150" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="K150" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="L150" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="M150" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="N150" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="O150" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="P150" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">