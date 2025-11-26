--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -12,1200 +12,1642 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="359">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="503">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
+    <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/6413</t>
+  </si>
+  <si>
     <t>Act on the Rational Use of Energy</t>
+  </si>
+  <si>
+    <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/act-rational-use-energy</t>
   </si>
   <si>
+    <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
+  </si>
+  <si>
     <t>BDS 252:1990 Portable electric immersion water heaters for domestic use (First Revision)</t>
   </si>
   <si>
+    <t>Requirements for portable immersion heaters having voltages not exceeding 250 volts. It also covers the rated voltage, rated wattage and tests.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-2521990-portable-electric-immersion-water-heaters-domestic-use-first-revision</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL-009. Domestic Gas Instantaneous Water Heater and Gas Fired Heating - Hot Water Combination Boilers</t>
   </si>
   <si>
+    <t>Applies to products with heating load lower than 70kW. Does not apply to storage type of gas fired heating hot water product.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB/T 13611 CJ/T 228</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-009-domestic-gas-instantaneous-water-heater-and-gas-fired-heating-hot-water</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B611_%E5%AE%B6%E7%94%A8%E7%87%83%E6%B0%94%E5%BF%AB%E9%80%9F%E7%83%AD%E6%B0%B4%E5%99%A8%E5%92%8C%E7%87%83%E6%B0%94%E9%87%87%E6%9A%96%E7%83%AD%E6%B0%B4%E7%82%89%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-012. Electric Storage Water Heaters</t>
   </si>
   <si>
+    <t>Applies only to Electrical storage water heaters. Energy Labeling Classes: 5. The rating requirements for the label are specified on national energy standards GB 21519-2008.</t>
+  </si>
+  <si>
     <t>GB/T 20289-2006 GB 21519-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-012-electric-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E5%82%A8%E6%B0%B4%E5%BC%8F%E7%94%B5%E7%83%AD%E6%B0%B4%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-026. Domestic solar water heating system</t>
   </si>
   <si>
+    <t>Applies to solar water heaters with volume less than 0.6 cubic meters.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>GB 26969-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-026-domestic-solar-water-heating-system</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B628_%E5%AE%B6%E7%94%A8%E5%A4%AA%E9%98%B3%E8%83%BD%E7%83%AD%E6%B0%B4%E7%B3%BB%E7%BB%9F%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-035. Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>Applies to motor-driven air source heat pump water heaters with vapor-compression refrigeration cycle. Does not apply to electrical storage water heaters</t>
+  </si>
+  <si>
     <t>Heat Pumps, Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>GB 29541-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-035-heat-pump-water-heaters</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B631_%E7%83%AD%E6%B3%B5%E7%83%AD%E6%B0%B4%E6%9C%BA%EF%BC%88%E5%99%A8%EF%BC%89%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-040. Groundwater Source Heat Pump Systems</t>
   </si>
   <si>
+    <t>Groundwater source heat pump systems of commercial and industrial use.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>GB 30721-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-040-groundwater-source-heat-pump-systems</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B634_%E6%B0%B4%EF%BC%88%E5%9C%B0%EF%BC%89%E6%BA%90%E7%83%AD%E6%B3%B5%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>China Water Efficiency Labeling Program (CWEL)</t>
   </si>
   <si>
+    <t>The Water Efficiency Labeling Programwas introduced in 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel</t>
   </si>
   <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
+    <t>The Water Efficiency Labeling Programwas introducedin 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-0</t>
   </si>
   <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-1</t>
   </si>
   <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-2</t>
   </si>
   <si>
+    <t>Squatting Toilets</t>
+  </si>
+  <si>
     <t>GB 6952</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-3</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) No 812/2013 of 18 February 2013 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of water heaters, hot water storage tanks and packages</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Solar</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0812-20180426</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive-0</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 814/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water heaters and hot water storage tanks</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/814/contents</t>
+  </si>
+  <si>
+    <t>10 CFR 430—Energy Conservation Program for Consumer Products
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0814-20170109</t>
+  </si>
+  <si>
     <t>CWL 02-2020 Intelligent toilets</t>
   </si>
   <si>
+    <t>This policy contains water efficiency label requirements for intelligent toilets. It applies to smart toilets installed on cold water pipelines in building facilities with a water supply pressure between 0.1~0.6 MPa.</t>
+  </si>
+  <si>
     <t>GB 38448</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cwl-02-2020-intelligent-toilets</t>
   </si>
   <si>
+    <t>http://www.waterlabel.org.cn/userfiles/2/files/cms/article/2020/10/%E6%99%BA%E8%83%BD%E5%9D%90%E4%BE%BF%E5%99%A8%E6%B0%B4%E6%95%88%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CWL 02-2021 Water purifiers</t>
   </si>
   <si>
     <t>Water Fixtures</t>
   </si>
   <si>
     <t>GB 34914-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cwl-02-2021-water-purifiers</t>
   </si>
   <si>
+    <t>https://www.ndrc.gov.cn/xxgk/zcfb/ghxwj/202112/P020211213405201806707.pdf</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Water Heaters</t>
   </si>
   <si>
+    <t>By KS B 8116 Gas water heater of rated gas consumption of 70.0 kW or less,and the total heat capacity is defined by KS B 8101</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS B 8116</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-water-heaters</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Storage Water Heaters</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for specifies following single phase electric storage water heaters up to 200 litres, for household and similar purposes and intended for heating water below boiling temperature, their rated voltage being not more than 250 V, namely:
+(a) Closed waters heaters:
+(b) Cistern-fed water heaters;
+(c) Cistern-type water heaters;
+(d) Open-outlet water heaters; and
+(e) Vented water heaters</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IS 2082:1993 and clause 15 of IS 302-2-21:2011</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/GeyserNote.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>GB 19577-2024 Energy efficiency limit values ​​and energy efficiency grades for heat pumps and chillers</t>
   </si>
   <si>
+    <t>This policy energy efficiency limit values ​​and energy efficiency grades for heat pumps and chillers. It applies to the following products: water chilling (heat pump) packages using vapor compression, low ambient temperature air source heat pump (water chilling) packages, water-source (ground-source) heat pumps, lithium bromide absorption water chillers (heaters), water-source high-temperature heat pumps using the vapor compression cycle, indirect evaporative cooling water chillers, and integrated water chilling (heat pump) packages. It enters into force on 1 February 2025 and replaces the following standards: GB 19577-2015, GB 29540-2013, GB 30721-2014, and GB 37480-2019.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Water</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>GB/T 10870
 ,   
                     GB/T 18362
 ,   
                     GB/T 18430.1
 ,   
                     GB/T 18430.2
 ,   
                     GB/T 18431
 ,   
                     GB/T 19409
 ,   
                     GB/T 25127.1
 ,   
                     GB/T 25127.2
 ,   
                     GB/T 25861
 ,   
                     JB/T 12839
 ,   
                     JB/T 12840
 ,   
                     JB/T 14640
 ,   
                     JB/T 14642</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC) and State Administration for …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19577-2024-energy-efficiency-limit-values-and-energy-efficiency-grades-heat-pumps-and</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=C59327F9E5A3194DAD64C39B883C36C2</t>
+  </si>
+  <si>
     <t>GB 20665-2015 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas instantaneous water heaters and gas fired heating and hot water combi-boilers</t>
+  </si>
+  <si>
+    <t>Applies to instantaneous water heaters and heating and hot water combi-boilers which use gas as source and whose heat load is equal to or smaller than 70kW</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB|T 13611 CJ|T 228
 ,   
                     GB 6932-2001; GB/T 13611; GB 25034-2010; CJ/T 336-2010; CJ/T 395-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20665-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80536D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21519-2008 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Electrical Storage Water</t>
   </si>
   <si>
+    <t>This standard applies only to Electrical storage water hearters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-21519-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D77279D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 25501-2019 Minimum allowable values of water efficiency and water efficiency grades for faucets</t>
   </si>
   <si>
+    <t>This standard specifies the minimum allowable values of water efficiency, evaluating values of water conservation, water efficiency grades and test methods for faucets. It is applicable to the water efficiency evaluation of washbasin faucets, kitchen faucets, bidgets faucets and ordinary washing faucets that are installed at ends of cold and hot water supply pipelines in buildings, with nominal pressure (static pressure) of not greater than 1.0 MPa and medium temperature of 4℃~ 90℃.</t>
+  </si>
+  <si>
     <t>GB/T 33733</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-25501-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94003A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 25502-2017 Minimum allowable values of water efficiency and water efficiency grades for water closets</t>
   </si>
   <si>
+    <t>This standard specifies the minimum allowable values of water efficiency, evaluating values of water conservation, water efficiency grade, and test methods for water closets. This standard is applicable to evaluation for water efficiency of various water closets installed in cold water pipeline in building facilities and used when water supply pressure is less than 0.6MPa.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-25502-2017-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-water</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D81450D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26969-2011 Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>GB 3100; GB/T 12936; GB/T 18708; GB/T 19141; GB/T 26970; GB/T26971; ISO 9488:1999</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-26969-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FB07D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26969-2025 Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...2 lines deleted...]
-    <t>October 2025</t>
+    <t>This standard revises minimum energy performance standards (MEPS) and energy efficiency grades for domestic solar water heating systems with the volume of storage water tank not exceeding 0.6 cubic meter. It replaces GB 26969-2011, and will be effective starting 2026 August.</t>
   </si>
   <si>
     <t>GB/T 18708
 ,   
                     GB/T 19741</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-26969-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3820811E06397BE0A0A2D54</t>
+  </si>
+  <si>
     <t>GB 28377-2019 Minimum allowable values of water efficiency and water efficiency grades for urinals</t>
   </si>
   <si>
+    <t>This standard specifies the water efficiency grades, technical requirements and test methods for urinals. This standard is applicable to the evaluation on water efficiency of urinals (excluding waterless urinals) installed on cold water supply piping in building facilities and used under the static water supply pressure of 0.6 MPa.</t>
+  </si>
+  <si>
     <t>GB/T 9195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28377-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94002A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 28378-2019 Minimum allowable values of water efficiency and water efficiency grades for showers</t>
   </si>
   <si>
+    <t>This standard specifies the water efficiency grade, technical requirements, and test methods for showers. It is applicable to the water efficiency evaluation of showers (including shower heads or combinations) used in sanitary facilities such as lavatories and shower rooms installed in buildings with nominal pressure (static pressure) less than 1.0 MPa and medium temperature of 4℃~90℃.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-28378-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA9400CA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 28379-2012 Minimum allowable values of water efficiency and water efficiency grades for flush valve for water closets</t>
   </si>
   <si>
+    <t>This policy covers flush valves for water closets.</t>
+  </si>
+  <si>
     <t>GB/T 8170-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28379-2012-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-flush</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FBCCD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29541-2013 Minimum allowable values of the energy efficiency and energy efficiency grades for heat pump water heaters</t>
   </si>
   <si>
+    <t>This policy applies to air source heat pump water heaters with vapor-compression refrigeration and driven by electric motors.</t>
+  </si>
+  <si>
     <t>GB/T 23137-2008; GB/T 21362-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-29541-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-heat</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E871D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30717-2019 Minimum allowable values of water efficiency and water efficiency grades for squatting pans</t>
   </si>
   <si>
+    <t>It covers Squatting Toilets</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-30717-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FF5A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 34914-2021 Minimum allowable values of water efficiency and water efficiency grades for water purifiers</t>
+  </si>
+  <si>
+    <t>This standard specifies the water efficiency grades, technical requirements, and test methods for water purifiers. This standard applies to small water purifiers that use municipal tap water or other centralized water supply as raw water and use reverse osmosis membrane or nanofiltration membrane as the main purification element for use in households or similar places. This standard does not apply to large-scale water purifiers with a length or width or height greater than 2000mm, heavier than 100kg, or net water flow greater than 3L/min.</t>
   </si>
   <si>
     <t>GB 8538
 ,   
                     GB/T 5750
 ,   
                     GB 34914-2021</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-34914-2021-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-water</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=D275887A54507721E05397BE0A0AFB27</t>
+  </si>
+  <si>
     <t>GB 38448-2019 Minimum allowable values and grades of the energy efficiency and water efficiency for smart water closets</t>
   </si>
   <si>
+    <t>This policy covers smart water closets.</t>
+  </si>
+  <si>
+    <t>New, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB/T 6952; GB/T 9195; GB/T 20810; GB 25502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38448-2019-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFFA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 38448-2025 Minimum allowable values and grades of the energy efficiency and water efficiency for smart toilets</t>
   </si>
   <si>
+    <t>This standard revises energy efficiency and water efficiency standards and rating for smart toilets. It replaces GB 38448-2019 and will be effective starting April 2027.</t>
+  </si>
+  <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38448-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency-0</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3850811E06397BE0A0A2D54</t>
+  </si>
+  <si>
     <t>Green Building Reach Codes for Home Renovation</t>
   </si>
   <si>
+    <t>This policy defines electrification requirements for home renovations and new construction (residential and office buildings) in the city of San Mateo, California.</t>
+  </si>
+  <si>
     <t>California</t>
   </si>
   <si>
     <t>Heat Pumps, Air Conditioning, Water Heating</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>City of San Mateo</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/green-building-reach-codes-home-renovation</t>
   </si>
   <si>
+    <t>https://www.cityofsanmateo.org/3363/Reach-Codes</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Electric Water Heaters) Determination 2012</t>
   </si>
   <si>
+    <t>Electric storage water heaters of the unvented type (displacement) without an attached feed tank. Heat exchanger models and low pressure (vented) models are not included at the present time.The following products are exempt from MEPS: Water heaters that use electric resistive heating to provide less than 50% of the energy supplied in a typical year (eg heat pump and solar water heaters) when simulated to AS 4234 under Climate Zone 3 with an energy delivery of 22.5 MJ/day for an electric boosting element and energisation profile specified by the manufacturer.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 4692.1:2005, AS 1056.1-1991/Amdt 5-2005 AS/NZS 1361-1995 AS/NZS 4234:2008 AS/NZS 4692.2:2005</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-electric-water-heaters-determination-2012</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02125</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Gas Water Heaters) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers water heaters that come within the product classes set out in subsection (2) and that:</t>
+  </si>
+  <si>
     <t>Gas, LPG</t>
   </si>
   <si>
     <t>AS 4552:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-gas-water-heaters-determination-2017</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2017L01608</t>
+  </si>
+  <si>
+    <t>Specifies minimum energy performance standards (MEPS) requirements for gas water heaters intended for use with natural gas, liquefied petroleum gas (LPG) and simulated natural gas (SNG); external storage heaters with a nominal gas consumption of less than 50 MJ/h and storage capacity of over 30 litres internal and external instant gas water heaters with a nominal gas consumption of less than 250 MJ/h and a heat output of less than 13.1 kW (equivalent to a delivery rate of 7.5 L/min raised through 25C)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-gas-water-heaters-determination-2017-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2017L01608</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 420 of 04 October 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for solar water heating equipment.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ABNT NBR 15747-1:2009 / ABNT NBR 15747-2:2009 / ASTM G155:13 / ISO 9806:2017 / ISO 9459-2:1995</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-420-04-october-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-420-de-4-de-outubro-de-2021-352019240</t>
+  </si>
+  <si>
     <t>ISIRI 1219-2:2002- Test Method for Energy Consumption and Energy Labeling Instruction</t>
   </si>
   <si>
+    <t>Storage water heater</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-1219-22002-test-method-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 1563-2:2009, 1st Revision, Specification for energy consumption and energy labeling of electrical household water heaters</t>
   </si>
   <si>
+    <t>Standard includes electrical household water heaters. Does not include solar or coal water heaters. Does not include residential electric water heaters with capacity less than 50L and more than 120L.</t>
+  </si>
+  <si>
     <t>IEC 379: 1987</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-1563-22009-1st-revision-specification-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 1828-2-Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Instantaneous gas water heaters with maximum consumtion less than 250MegaJolt per Hr</t>
+  </si>
+  <si>
     <t>AG 102: 2000, EN 26: 2000, ISIRI 1828-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-1828-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>LI 2451 Energy Commission (Energy Efficiency Standards and Labelling) (Storage Water Heaters) Regulations, 20</t>
   </si>
   <si>
+    <t>These regulations apply to an electric storage water heater with a storage volume of not more than 500 litres, an electric instantaneous water heater, and a water heater with rated power not exceeding 70kW.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2451-energy-commission-energy-efficiency-standards-and-labelling-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MELS for Water Heater</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-water-heater</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for electric water heaters</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-electric-water-heaters</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%25, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%24,</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for storage water heaters</t>
   </si>
   <si>
     <t>Oman</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Ministry of Commerce and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://blog.complianceandrisks.com/news-resources/oman-to-draft-mandatory-energy-efficiency-specifications-for-four-electrical-appliances</t>
+  </si>
+  <si>
     <t>MEPS for Gas Water Heater</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-gas-water-heater</t>
   </si>
   <si>
     <t>MEPS for Hot Water Systems</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 4692.1:2005; NZ4602:1988; NZ4606.1:1989</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-hot-water-systems</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/hot-water-systems/</t>
+  </si>
+  <si>
+    <t>MEPS covers: Gas water heaters intended for use with natural gas; liquefied petroleum gas (LPG) and simulated natural gas (SNG) up to a nominal gas consumption of 50 MJ per hour for storage types and 250 MJ per hour for instantaneous types and which fall within the scope of AS 4552.</t>
+  </si>
+  <si>
     <t>AS 4552-2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-hot-water-systems-0</t>
   </si>
   <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-water-heater-2025</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Chilled-Warm-Hot Water Fountain Machines</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot water fountain machines.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-chilled-warm-hot-water-fountain-machines</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Chilled/Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot drinking water dispensers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-chilledwarmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Electric Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-electric-storage-water-heaters</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-warmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Water Dispensers Supplied by Packaged Drinking Water</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial water dispensers supplied by packaged drinking water.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-water-dispensers-supplied-packaged-drinking-water</t>
   </si>
   <si>
     <t>MME/MCT/MDIC Ordinance No. 324 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for gas water heaters, both instantaneous and storage.</t>
+  </si>
+  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mmemctmdic-ordinance-no-324-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_324-2011-aquecedores-de-agua-a-gas.pdf</t>
+  </si>
+  <si>
     <t>NOM-003-ENER-2021</t>
   </si>
   <si>
+    <t>This standard establishes the minimum levels of thermal efficiency that water heaters for domestic
+and commercial use must meet, the test methods used to verify said compliance, and the requirements that must be included in the user information label, as well as the procedure for evaluating the conformity of these products.
+This standard applies to water heaters for domestic and commercial use that use liquefied petroleum gas or natural gas as fuel, and provide only hot water in the liquid phase. Water heaters with a thermal load greater than 108.0 kW, absolute working pressures greater than 600 kPa or water temperatures greater than 87.0 °C (360.15 K) are excluded from the scope of application.   This policy applies to products that are imported, manufactured, or marketed within the United Mexican States.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-003-ener-2021</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5629991&amp;fecha=15/09/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-027-ENER/SCFI-2018 - Solar water heaters</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG, Solar</t>
   </si>
   <si>
     <t>NMX-ES-004-NORMEX-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-027-enerscfi-2018-solar-water-heaters</t>
   </si>
   <si>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/386123/nom-027-enerscfi.pdf</t>
+  </si>
+  <si>
     <t>Provision 172/2016</t>
   </si>
   <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>IRAM 62410</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-1722016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>The electric storage tank water heaters -products- denoted in this Announcement are those meeting the definition of electric storage tank water heater in CNS 11010; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-and</t>
   </si>
   <si>
     <t>Resolution No. 54 - Labeling for Instantaneous Gas Water Heaters</t>
   </si>
   <si>
+    <t>This policy applies to instantaneous gas water heaters.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>SEC PC N° 6/1-2</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-54-labeling-instantaneous-gas-water-heaters</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1104856&amp;f=2017-07-04</t>
+  </si>
+  <si>
     <t>SASO 2884:2017 MEPS and labeling schemes for water heaters</t>
   </si>
   <si>
+    <t>This standard applies to:</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>Electricity, Gas, Solar</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-28842017-meps-and-labeling-schemes-water-heaters</t>
   </si>
   <si>
+    <t>https://saso.gov.sa/ar/mediacenter/events/Pages/default.aspx</t>
+  </si>
+  <si>
     <t>SI 69 Electric water heaters</t>
   </si>
   <si>
+    <t>This policy applies to thermostatically controlled and thermally insulated heaters.</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-69-electric-water-heaters</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=cf61e979-6101-4ea0-958f-a9e4c998a5a5</t>
+  </si>
+  <si>
     <t>Standard NOM-003-ENER-2011 - Domestic and Commercial Water Heaters</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for domestic and commercial water heaters which use LPG or natural gas with a heat load</t>
+  </si>
+  <si>
     <t>NOM-003-ENER-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-003-ener-2011-domestic-and-commercial-water-heaters</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/normasOficiales/4458/sener/sener.htm</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>TCVN 7898:2018 Storage water heaters - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for storage water heaters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78982018-storage-water-heaters-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-7898-2018-Binh-dun-nuoc-nong-co-du-tru-dung-cho-muc-dich-gia-dung-918007.aspx</t>
+  </si>
+  <si>
     <t>TCVN 8251:2009 Solar water heaters - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the minimum thermal absorber efficiency and test methods for solar water heaters.</t>
+  </si>
+  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-82512009-solar-water-heaters-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8251-2009-thiet-bi-dun-nuoc-nong-bang-nang-luong-mat-troi</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/technical-regulation-labeling</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
+  </si>
+  <si>
     <t>TIS 3623-2566 Air-to-water heat pump water heaters: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This draft policy determines the size, required characteristics, marks and labels, sampling, judging criteria, and testing requirements of air-to-water heat pump water heaters. This policy covers water heaters and air-to-water heat pump systems with a net hot water heating capacity of no more than 36 kW. Note: This industrial product standard only includes water heaters and excludes circulation systems and hot water storage tanks.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Water Heating</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-3623-2566-air-water-heat-pump-water-heaters-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://a.tisi.go.th/t/?n=7490</t>
+  </si>
+  <si>
     <t>UAE.S 5010-4: 2014 – Labeling – Energy Efficiency Label for Electrical Appliances Part 4: Storage Water Heaters.</t>
   </si>
   <si>
+    <t>This regulation establishes requirements for electrical safety and energy efficiency labeling of electric water heater types listed in Annex A. This regulation does not apply to instantaneous water heaters and water heaters that use gas, solid or liquid fuels, solar water heaters and water heaters designed for making hot drinks only.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-4-2014-labeling-energy-efficiency-label-electrical-appliances-part-4-storage</t>
   </si>
   <si>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
+  </si>
+  <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
+  </si>
+  <si>
     <t>VC 9006 Hot Water Storage Tanks for Domestic Use</t>
   </si>
   <si>
+    <t>This specification covers the requirements for hot water storage tanks for domestic use. It includes fixed electrical storage water heaters; stand-alone water heaters and water containers with or without heat exchangers or heating jackets intended for use in solar heating and heat pump applications; and tanks used for storage of hot water only.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>SANS 151</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9006-hot-water-storage-tanks-domestic-use</t>
+  </si>
+  <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209006%20Supplement.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1469,3593 +1911,4084 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N83"/>
+  <dimension ref="A1:P83"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="117.828" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="457.603" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>43</v>
+      </c>
+      <c r="H4">
+        <v>2019</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1979</v>
+      </c>
+      <c r="I5">
+        <v>2018</v>
+      </c>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>53</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>43</v>
+      </c>
+      <c r="H6">
         <v>1990</v>
       </c>
-      <c r="H2">
-[...8 lines deleted...]
-      <c r="K2" t="s">
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>33</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>60</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>65</v>
+      </c>
+      <c r="D7" t="s">
+        <v>66</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>67</v>
+      </c>
+      <c r="G7" t="s">
+        <v>43</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>68</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>69</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>74</v>
+      </c>
+      <c r="D8" t="s">
+        <v>59</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>67</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...16 lines deleted...]
-      <c r="C3" t="s">
+      <c r="H8">
+        <v>2008</v>
+      </c>
+      <c r="I8">
+        <v>2015</v>
+      </c>
+      <c r="J8" t="s">
+        <v>75</v>
+      </c>
+      <c r="K8" t="s">
+        <v>76</v>
+      </c>
+      <c r="L8" t="s">
+        <v>77</v>
+      </c>
+      <c r="M8" t="s">
+        <v>78</v>
+      </c>
+      <c r="N8" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...37 lines deleted...]
-      <c r="B4" t="s">
+      <c r="O8" t="s">
+        <v>79</v>
+      </c>
+      <c r="P8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>81</v>
+      </c>
+      <c r="B9" t="s">
+        <v>82</v>
+      </c>
+      <c r="C9" t="s">
+        <v>74</v>
+      </c>
+      <c r="D9" t="s">
+        <v>42</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>67</v>
+      </c>
+      <c r="G9" t="s">
+        <v>43</v>
+      </c>
+      <c r="H9">
+        <v>2009</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>75</v>
+      </c>
+      <c r="K9" t="s">
         <v>34</v>
       </c>
-      <c r="C4" t="s">
-[...39 lines deleted...]
-      <c r="C5" t="s">
+      <c r="L9" t="s">
+        <v>83</v>
+      </c>
+      <c r="M9" t="s">
+        <v>78</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>84</v>
+      </c>
+      <c r="P9" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B10" t="s">
+        <v>87</v>
+      </c>
+      <c r="C10" t="s">
+        <v>74</v>
+      </c>
+      <c r="D10" t="s">
         <v>42</v>
       </c>
-      <c r="D5" t="s">
-[...195 lines deleted...]
-      <c r="N9" t="s">
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>67</v>
       </c>
-    </row>
-[...20 lines deleted...]
-        <v>2012</v>
+      <c r="G10" t="s">
+        <v>22</v>
       </c>
       <c r="H10">
         <v>2012</v>
       </c>
-      <c r="I10" t="s">
-        <v>69</v>
+      <c r="I10">
+        <v>2012</v>
       </c>
       <c r="J10" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="K10" t="s">
-        <v>71</v>
+        <v>89</v>
       </c>
       <c r="L10" t="s">
-        <v>63</v>
+        <v>90</v>
       </c>
       <c r="M10" t="s">
-        <v>24</v>
+        <v>78</v>
       </c>
       <c r="N10" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>91</v>
+      </c>
+      <c r="P10" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>73</v>
+        <v>93</v>
       </c>
       <c r="B11" t="s">
-        <v>59</v>
+        <v>94</v>
       </c>
       <c r="C11" t="s">
         <v>74</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>95</v>
       </c>
       <c r="E11" t="s">
-        <v>54</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G11">
+        <v>67</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2008</v>
       </c>
-      <c r="H11">
+      <c r="I11">
         <v>2015</v>
       </c>
-      <c r="I11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J11" t="s">
-        <v>29</v>
+        <v>75</v>
       </c>
       <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11" t="s">
+        <v>96</v>
+      </c>
+      <c r="M11" t="s">
+        <v>78</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>97</v>
+      </c>
+      <c r="P11" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>99</v>
+      </c>
+      <c r="B12" t="s">
+        <v>100</v>
+      </c>
+      <c r="C12" t="s">
+        <v>74</v>
+      </c>
+      <c r="D12" t="s">
+        <v>101</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>67</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
+        <v>2015</v>
+      </c>
+      <c r="J12" t="s">
         <v>75</v>
       </c>
-      <c r="L11" t="s">
-[...5 lines deleted...]
-      <c r="N11" t="s">
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12" t="s">
+        <v>102</v>
+      </c>
+      <c r="M12" t="s">
+        <v>78</v>
+      </c>
+      <c r="N12" t="s">
+        <v>36</v>
+      </c>
+      <c r="O12" t="s">
+        <v>103</v>
+      </c>
+      <c r="P12" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>105</v>
+      </c>
+      <c r="B13" t="s">
+        <v>106</v>
+      </c>
+      <c r="C13" t="s">
+        <v>74</v>
+      </c>
+      <c r="D13" t="s">
+        <v>107</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>67</v>
+      </c>
+      <c r="G13" t="s">
+        <v>43</v>
+      </c>
+      <c r="H13">
+        <v>2018</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>108</v>
+      </c>
+      <c r="K13" t="s">
+        <v>109</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>110</v>
+      </c>
+      <c r="N13" t="s">
+        <v>111</v>
+      </c>
+      <c r="O13" t="s">
+        <v>112</v>
+      </c>
+      <c r="P13" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>105</v>
+      </c>
+      <c r="B14" t="s">
+        <v>114</v>
+      </c>
+      <c r="C14" t="s">
+        <v>74</v>
+      </c>
+      <c r="D14" t="s">
+        <v>115</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>67</v>
+      </c>
+      <c r="G14" t="s">
+        <v>43</v>
+      </c>
+      <c r="H14">
+        <v>2021</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>108</v>
+      </c>
+      <c r="K14" t="s">
+        <v>109</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>110</v>
+      </c>
+      <c r="N14" t="s">
+        <v>111</v>
+      </c>
+      <c r="O14" t="s">
+        <v>116</v>
+      </c>
+      <c r="P14" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>105</v>
+      </c>
+      <c r="B15" t="s">
+        <v>114</v>
+      </c>
+      <c r="C15" t="s">
+        <v>74</v>
+      </c>
+      <c r="D15" t="s">
+        <v>117</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>67</v>
+      </c>
+      <c r="G15" t="s">
+        <v>43</v>
+      </c>
+      <c r="H15">
+        <v>2021</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>108</v>
+      </c>
+      <c r="K15" t="s">
+        <v>109</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>110</v>
+      </c>
+      <c r="N15" t="s">
+        <v>111</v>
+      </c>
+      <c r="O15" t="s">
+        <v>118</v>
+      </c>
+      <c r="P15" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>105</v>
+      </c>
+      <c r="B16" t="s">
+        <v>114</v>
+      </c>
+      <c r="C16" t="s">
+        <v>74</v>
+      </c>
+      <c r="D16" t="s">
+        <v>119</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>67</v>
+      </c>
+      <c r="G16" t="s">
+        <v>43</v>
+      </c>
+      <c r="H16">
+        <v>2021</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>108</v>
+      </c>
+      <c r="K16" t="s">
+        <v>109</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>110</v>
+      </c>
+      <c r="N16" t="s">
+        <v>111</v>
+      </c>
+      <c r="O16" t="s">
+        <v>120</v>
+      </c>
+      <c r="P16" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>105</v>
+      </c>
+      <c r="B17" t="s">
+        <v>121</v>
+      </c>
+      <c r="C17" t="s">
+        <v>74</v>
+      </c>
+      <c r="D17" t="s">
+        <v>107</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>67</v>
+      </c>
+      <c r="G17" t="s">
+        <v>43</v>
+      </c>
+      <c r="H17">
+        <v>2021</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>108</v>
+      </c>
+      <c r="K17" t="s">
+        <v>109</v>
+      </c>
+      <c r="L17" t="s">
+        <v>122</v>
+      </c>
+      <c r="M17" t="s">
+        <v>110</v>
+      </c>
+      <c r="N17" t="s">
+        <v>111</v>
+      </c>
+      <c r="O17" t="s">
+        <v>123</v>
+      </c>
+      <c r="P17" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>124</v>
+      </c>
+      <c r="B18" t="s">
+        <v>125</v>
+      </c>
+      <c r="C18" t="s">
+        <v>126</v>
+      </c>
+      <c r="D18" t="s">
+        <v>101</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>67</v>
+      </c>
+      <c r="G18" t="s">
+        <v>43</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>127</v>
+      </c>
+      <c r="K18" t="s">
+        <v>128</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>129</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>130</v>
+      </c>
+      <c r="P18" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>124</v>
+      </c>
+      <c r="B19" t="s">
+        <v>132</v>
+      </c>
+      <c r="C19" t="s">
+        <v>133</v>
+      </c>
+      <c r="D19" t="s">
+        <v>101</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>67</v>
+      </c>
+      <c r="G19" t="s">
+        <v>43</v>
+      </c>
+      <c r="H19">
+        <v>2013</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>134</v>
+      </c>
+      <c r="K19" t="s">
+        <v>128</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19"/>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>135</v>
+      </c>
+      <c r="P19"/>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>136</v>
+      </c>
+      <c r="B20" t="s">
+        <v>16</v>
+      </c>
+      <c r="C20" t="s">
+        <v>133</v>
+      </c>
+      <c r="D20" t="s">
+        <v>101</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>43</v>
+      </c>
+      <c r="H20">
+        <v>2013</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>134</v>
+      </c>
+      <c r="K20" t="s">
+        <v>128</v>
+      </c>
+      <c r="L20" t="s">
+        <v>25</v>
+      </c>
+      <c r="M20"/>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>137</v>
+      </c>
+      <c r="P20" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>136</v>
+      </c>
+      <c r="B21" t="s">
+        <v>139</v>
+      </c>
+      <c r="C21" t="s">
+        <v>126</v>
+      </c>
+      <c r="D21" t="s">
+        <v>101</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>43</v>
+      </c>
+      <c r="H21">
+        <v>2013</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>140</v>
+      </c>
+      <c r="K21" t="s">
+        <v>128</v>
+      </c>
+      <c r="L21" t="s">
+        <v>25</v>
+      </c>
+      <c r="M21" t="s">
+        <v>129</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>141</v>
+      </c>
+      <c r="P21" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>143</v>
+      </c>
+      <c r="B22" t="s">
+        <v>144</v>
+      </c>
+      <c r="C22" t="s">
+        <v>74</v>
+      </c>
+      <c r="D22" t="s">
+        <v>107</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>67</v>
+      </c>
+      <c r="G22" t="s">
+        <v>43</v>
+      </c>
+      <c r="H22">
+        <v>2020</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>44</v>
+      </c>
+      <c r="K22" t="s">
+        <v>109</v>
+      </c>
+      <c r="L22" t="s">
+        <v>145</v>
+      </c>
+      <c r="M22" t="s">
+        <v>146</v>
+      </c>
+      <c r="N22" t="s">
+        <v>111</v>
+      </c>
+      <c r="O22" t="s">
+        <v>147</v>
+      </c>
+      <c r="P22" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>149</v>
+      </c>
+      <c r="B23"/>
+      <c r="C23" t="s">
+        <v>74</v>
+      </c>
+      <c r="D23" t="s">
+        <v>150</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>67</v>
+      </c>
+      <c r="G23" t="s">
+        <v>43</v>
+      </c>
+      <c r="H23">
+        <v>2021</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>44</v>
+      </c>
+      <c r="K23" t="s">
+        <v>109</v>
+      </c>
+      <c r="L23" t="s">
+        <v>151</v>
+      </c>
+      <c r="M23" t="s">
+        <v>146</v>
+      </c>
+      <c r="N23" t="s">
+        <v>111</v>
+      </c>
+      <c r="O23" t="s">
+        <v>152</v>
+      </c>
+      <c r="P23" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>154</v>
+      </c>
+      <c r="B24" t="s">
+        <v>155</v>
+      </c>
+      <c r="C24" t="s">
+        <v>156</v>
+      </c>
+      <c r="D24" t="s">
+        <v>157</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>158</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2011</v>
+      </c>
+      <c r="I24">
+        <v>2023</v>
+      </c>
+      <c r="J24" t="s">
+        <v>159</v>
+      </c>
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>160</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>161</v>
+      </c>
+      <c r="P24" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>163</v>
+      </c>
+      <c r="B25" t="s">
+        <v>164</v>
+      </c>
+      <c r="C25" t="s">
+        <v>165</v>
+      </c>
+      <c r="D25" t="s">
+        <v>59</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>67</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2010</v>
+      </c>
+      <c r="I25">
+        <v>2015</v>
+      </c>
+      <c r="J25" t="s">
+        <v>166</v>
+      </c>
+      <c r="K25" t="s">
         <v>76</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B12" t="s">
+      <c r="L25" t="s">
+        <v>167</v>
+      </c>
+      <c r="M25" t="s">
+        <v>168</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>169</v>
+      </c>
+      <c r="P25" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>171</v>
+      </c>
+      <c r="B26" t="s">
+        <v>172</v>
+      </c>
+      <c r="C26" t="s">
+        <v>173</v>
+      </c>
+      <c r="D26" t="s">
+        <v>42</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>174</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2009</v>
+      </c>
+      <c r="I26">
+        <v>2022</v>
+      </c>
+      <c r="J26" t="s">
+        <v>23</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26" t="s">
+        <v>175</v>
+      </c>
+      <c r="M26" t="s">
+        <v>176</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>177</v>
+      </c>
+      <c r="P26" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>179</v>
+      </c>
+      <c r="B27" t="s">
+        <v>180</v>
+      </c>
+      <c r="C27" t="s">
+        <v>181</v>
+      </c>
+      <c r="D27" t="s">
+        <v>182</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>174</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2016</v>
+      </c>
+      <c r="I27">
+        <v>2019</v>
+      </c>
+      <c r="J27" t="s">
+        <v>44</v>
+      </c>
+      <c r="K27" t="s">
+        <v>183</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>184</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>185</v>
+      </c>
+      <c r="P27" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>187</v>
+      </c>
+      <c r="B28" t="s">
+        <v>188</v>
+      </c>
+      <c r="C28" t="s">
+        <v>74</v>
+      </c>
+      <c r="D28" t="s">
+        <v>189</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>190</v>
+      </c>
+      <c r="H28">
+        <v>2024</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>23</v>
+      </c>
+      <c r="K28" t="s">
+        <v>34</v>
+      </c>
+      <c r="L28" t="s">
+        <v>191</v>
+      </c>
+      <c r="M28" t="s">
+        <v>192</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>193</v>
+      </c>
+      <c r="P28" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>195</v>
+      </c>
+      <c r="B29" t="s">
+        <v>196</v>
+      </c>
+      <c r="C29" t="s">
+        <v>74</v>
+      </c>
+      <c r="D29" t="s">
         <v>59</v>
       </c>
-      <c r="C12" t="s">
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2006</v>
+      </c>
+      <c r="I29">
+        <v>2016</v>
+      </c>
+      <c r="J29" t="s">
+        <v>197</v>
+      </c>
+      <c r="K29" t="s">
+        <v>76</v>
+      </c>
+      <c r="L29" t="s">
+        <v>198</v>
+      </c>
+      <c r="M29" t="s">
         <v>78</v>
       </c>
-      <c r="D12" t="s">
-[...8 lines deleted...]
-      <c r="G12">
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>199</v>
+      </c>
+      <c r="P29" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>201</v>
+      </c>
+      <c r="B30" t="s">
+        <v>202</v>
+      </c>
+      <c r="C30" t="s">
+        <v>74</v>
+      </c>
+      <c r="D30" t="s">
+        <v>42</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
         <v>2008</v>
       </c>
-      <c r="H12">
+      <c r="I30">
+        <v>2011</v>
+      </c>
+      <c r="J30" t="s">
+        <v>197</v>
+      </c>
+      <c r="K30" t="s">
+        <v>34</v>
+      </c>
+      <c r="L30" t="s">
+        <v>83</v>
+      </c>
+      <c r="M30" t="s">
+        <v>78</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>203</v>
+      </c>
+      <c r="P30" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>205</v>
+      </c>
+      <c r="B31" t="s">
+        <v>206</v>
+      </c>
+      <c r="C31" t="s">
+        <v>74</v>
+      </c>
+      <c r="D31" t="s">
+        <v>119</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2011</v>
+      </c>
+      <c r="I31">
+        <v>2020</v>
+      </c>
+      <c r="J31" t="s">
+        <v>197</v>
+      </c>
+      <c r="K31" t="s">
+        <v>109</v>
+      </c>
+      <c r="L31" t="s">
+        <v>207</v>
+      </c>
+      <c r="M31" t="s">
+        <v>208</v>
+      </c>
+      <c r="N31" t="s">
+        <v>111</v>
+      </c>
+      <c r="O31" t="s">
+        <v>209</v>
+      </c>
+      <c r="P31" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>211</v>
+      </c>
+      <c r="B32" t="s">
+        <v>212</v>
+      </c>
+      <c r="C32" t="s">
+        <v>74</v>
+      </c>
+      <c r="D32" t="s">
+        <v>107</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2010</v>
+      </c>
+      <c r="I32">
+        <v>2017</v>
+      </c>
+      <c r="J32" t="s">
+        <v>197</v>
+      </c>
+      <c r="K32" t="s">
+        <v>109</v>
+      </c>
+      <c r="L32" t="s">
+        <v>122</v>
+      </c>
+      <c r="M32" t="s">
+        <v>208</v>
+      </c>
+      <c r="N32" t="s">
+        <v>111</v>
+      </c>
+      <c r="O32" t="s">
+        <v>213</v>
+      </c>
+      <c r="P32" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>215</v>
+      </c>
+      <c r="B33" t="s">
+        <v>87</v>
+      </c>
+      <c r="C33" t="s">
+        <v>74</v>
+      </c>
+      <c r="D33" t="s">
+        <v>42</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>216</v>
+      </c>
+      <c r="H33">
+        <v>2011</v>
+      </c>
+      <c r="I33">
+        <v>2012</v>
+      </c>
+      <c r="J33" t="s">
+        <v>217</v>
+      </c>
+      <c r="K33" t="s">
+        <v>89</v>
+      </c>
+      <c r="L33" t="s">
+        <v>218</v>
+      </c>
+      <c r="M33" t="s">
+        <v>78</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>219</v>
+      </c>
+      <c r="P33" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>221</v>
+      </c>
+      <c r="B34" t="s">
+        <v>222</v>
+      </c>
+      <c r="C34" t="s">
+        <v>74</v>
+      </c>
+      <c r="D34" t="s">
+        <v>42</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>8</v>
+      </c>
+      <c r="H34">
+        <v>2011</v>
+      </c>
+      <c r="I34">
+        <v>2025</v>
+      </c>
+      <c r="J34" t="s">
+        <v>217</v>
+      </c>
+      <c r="K34" t="s">
+        <v>34</v>
+      </c>
+      <c r="L34" t="s">
+        <v>223</v>
+      </c>
+      <c r="M34" t="s">
+        <v>224</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>225</v>
+      </c>
+      <c r="P34" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>227</v>
+      </c>
+      <c r="B35" t="s">
+        <v>228</v>
+      </c>
+      <c r="C35" t="s">
+        <v>74</v>
+      </c>
+      <c r="D35" t="s">
+        <v>115</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2012</v>
+      </c>
+      <c r="I35">
+        <v>2020</v>
+      </c>
+      <c r="J35" t="s">
+        <v>197</v>
+      </c>
+      <c r="K35" t="s">
+        <v>109</v>
+      </c>
+      <c r="L35" t="s">
+        <v>229</v>
+      </c>
+      <c r="M35" t="s">
+        <v>208</v>
+      </c>
+      <c r="N35" t="s">
+        <v>111</v>
+      </c>
+      <c r="O35" t="s">
+        <v>230</v>
+      </c>
+      <c r="P35" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>232</v>
+      </c>
+      <c r="B36" t="s">
+        <v>233</v>
+      </c>
+      <c r="C36" t="s">
+        <v>74</v>
+      </c>
+      <c r="D36" t="s">
+        <v>117</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2013</v>
+      </c>
+      <c r="I36">
+        <v>2020</v>
+      </c>
+      <c r="J36" t="s">
+        <v>197</v>
+      </c>
+      <c r="K36" t="s">
+        <v>109</v>
+      </c>
+      <c r="L36" t="s">
+        <v>207</v>
+      </c>
+      <c r="M36" t="s">
+        <v>208</v>
+      </c>
+      <c r="N36" t="s">
+        <v>111</v>
+      </c>
+      <c r="O36" t="s">
+        <v>234</v>
+      </c>
+      <c r="P36" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>236</v>
+      </c>
+      <c r="B37" t="s">
+        <v>237</v>
+      </c>
+      <c r="C37" t="s">
+        <v>74</v>
+      </c>
+      <c r="D37" t="s">
+        <v>107</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>43</v>
+      </c>
+      <c r="H37">
+        <v>2013</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>75</v>
+      </c>
+      <c r="K37" t="s">
+        <v>109</v>
+      </c>
+      <c r="L37" t="s">
+        <v>238</v>
+      </c>
+      <c r="M37" t="s">
+        <v>208</v>
+      </c>
+      <c r="N37" t="s">
+        <v>111</v>
+      </c>
+      <c r="O37" t="s">
+        <v>239</v>
+      </c>
+      <c r="P37" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>241</v>
+      </c>
+      <c r="B38" t="s">
+        <v>242</v>
+      </c>
+      <c r="C38" t="s">
+        <v>74</v>
+      </c>
+      <c r="D38" t="s">
+        <v>42</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2008</v>
+      </c>
+      <c r="I38">
+        <v>2013</v>
+      </c>
+      <c r="J38" t="s">
+        <v>197</v>
+      </c>
+      <c r="K38" t="s">
+        <v>34</v>
+      </c>
+      <c r="L38" t="s">
+        <v>243</v>
+      </c>
+      <c r="M38" t="s">
+        <v>78</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>244</v>
+      </c>
+      <c r="P38" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>246</v>
+      </c>
+      <c r="B39" t="s">
+        <v>247</v>
+      </c>
+      <c r="C39" t="s">
+        <v>74</v>
+      </c>
+      <c r="D39" t="s">
+        <v>107</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2014</v>
+      </c>
+      <c r="I39">
+        <v>2020</v>
+      </c>
+      <c r="J39" t="s">
+        <v>197</v>
+      </c>
+      <c r="K39" t="s">
+        <v>109</v>
+      </c>
+      <c r="L39" t="s">
+        <v>229</v>
+      </c>
+      <c r="M39" t="s">
+        <v>110</v>
+      </c>
+      <c r="N39" t="s">
+        <v>111</v>
+      </c>
+      <c r="O39" t="s">
+        <v>248</v>
+      </c>
+      <c r="P39" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>250</v>
+      </c>
+      <c r="B40" t="s">
+        <v>251</v>
+      </c>
+      <c r="C40" t="s">
+        <v>74</v>
+      </c>
+      <c r="D40" t="s">
+        <v>150</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2017</v>
+      </c>
+      <c r="I40">
+        <v>2021</v>
+      </c>
+      <c r="J40" t="s">
+        <v>44</v>
+      </c>
+      <c r="K40" t="s">
+        <v>109</v>
+      </c>
+      <c r="L40" t="s">
+        <v>252</v>
+      </c>
+      <c r="M40" t="s">
+        <v>253</v>
+      </c>
+      <c r="N40" t="s">
+        <v>111</v>
+      </c>
+      <c r="O40" t="s">
+        <v>254</v>
+      </c>
+      <c r="P40" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>256</v>
+      </c>
+      <c r="B41" t="s">
+        <v>257</v>
+      </c>
+      <c r="C41" t="s">
+        <v>74</v>
+      </c>
+      <c r="D41" t="s">
+        <v>107</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>258</v>
+      </c>
+      <c r="H41">
+        <v>2019</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>217</v>
+      </c>
+      <c r="K41" t="s">
+        <v>109</v>
+      </c>
+      <c r="L41" t="s">
+        <v>259</v>
+      </c>
+      <c r="M41" t="s">
+        <v>208</v>
+      </c>
+      <c r="N41" t="s">
+        <v>111</v>
+      </c>
+      <c r="O41" t="s">
+        <v>260</v>
+      </c>
+      <c r="P41" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>262</v>
+      </c>
+      <c r="B42" t="s">
+        <v>263</v>
+      </c>
+      <c r="C42" t="s">
+        <v>74</v>
+      </c>
+      <c r="D42" t="s">
+        <v>107</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>8</v>
+      </c>
+      <c r="H42">
+        <v>2019</v>
+      </c>
+      <c r="I42">
+        <v>2025</v>
+      </c>
+      <c r="J42" t="s">
+        <v>217</v>
+      </c>
+      <c r="K42" t="s">
+        <v>34</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>224</v>
+      </c>
+      <c r="N42" t="s">
+        <v>264</v>
+      </c>
+      <c r="O42" t="s">
+        <v>265</v>
+      </c>
+      <c r="P42" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>267</v>
+      </c>
+      <c r="B43" t="s">
+        <v>268</v>
+      </c>
+      <c r="C43" t="s">
+        <v>269</v>
+      </c>
+      <c r="D43" t="s">
+        <v>270</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>271</v>
+      </c>
+      <c r="G43" t="s">
+        <v>43</v>
+      </c>
+      <c r="H43">
+        <v>2022</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>272</v>
+      </c>
+      <c r="K43" t="s">
+        <v>34</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>273</v>
+      </c>
+      <c r="N43" t="s">
+        <v>274</v>
+      </c>
+      <c r="O43" t="s">
+        <v>275</v>
+      </c>
+      <c r="P43" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>277</v>
+      </c>
+      <c r="B44" t="s">
+        <v>278</v>
+      </c>
+      <c r="C44" t="s">
+        <v>279</v>
+      </c>
+      <c r="D44" t="s">
+        <v>42</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>1989</v>
+      </c>
+      <c r="I44">
+        <v>2012</v>
+      </c>
+      <c r="J44" t="s">
+        <v>280</v>
+      </c>
+      <c r="K44" t="s">
+        <v>34</v>
+      </c>
+      <c r="L44" t="s">
+        <v>281</v>
+      </c>
+      <c r="M44" t="s">
+        <v>282</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>283</v>
+      </c>
+      <c r="P44" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>285</v>
+      </c>
+      <c r="B45" t="s">
+        <v>286</v>
+      </c>
+      <c r="C45" t="s">
+        <v>279</v>
+      </c>
+      <c r="D45" t="s">
+        <v>59</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>1989</v>
+      </c>
+      <c r="I45">
+        <v>2017</v>
+      </c>
+      <c r="J45" t="s">
+        <v>280</v>
+      </c>
+      <c r="K45" t="s">
+        <v>287</v>
+      </c>
+      <c r="L45" t="s">
+        <v>288</v>
+      </c>
+      <c r="M45" t="s">
+        <v>282</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>289</v>
+      </c>
+      <c r="P45" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>285</v>
+      </c>
+      <c r="B46" t="s">
+        <v>291</v>
+      </c>
+      <c r="C46" t="s">
+        <v>279</v>
+      </c>
+      <c r="D46" t="s">
+        <v>42</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>1989</v>
+      </c>
+      <c r="I46">
+        <v>2017</v>
+      </c>
+      <c r="J46" t="s">
+        <v>280</v>
+      </c>
+      <c r="K46" t="s">
+        <v>287</v>
+      </c>
+      <c r="L46" t="s">
+        <v>288</v>
+      </c>
+      <c r="M46" t="s">
+        <v>282</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>292</v>
+      </c>
+      <c r="P46" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>294</v>
+      </c>
+      <c r="B47" t="s">
+        <v>295</v>
+      </c>
+      <c r="C47" t="s">
+        <v>296</v>
+      </c>
+      <c r="D47" t="s">
+        <v>42</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>67</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2012</v>
+      </c>
+      <c r="I47">
+        <v>2021</v>
+      </c>
+      <c r="J47" t="s">
+        <v>297</v>
+      </c>
+      <c r="K47" t="s">
+        <v>89</v>
+      </c>
+      <c r="L47" t="s">
+        <v>298</v>
+      </c>
+      <c r="M47" t="s">
+        <v>299</v>
+      </c>
+      <c r="N47" t="s">
+        <v>300</v>
+      </c>
+      <c r="O47" t="s">
+        <v>301</v>
+      </c>
+      <c r="P47" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>303</v>
+      </c>
+      <c r="B48" t="s">
+        <v>304</v>
+      </c>
+      <c r="C48" t="s">
+        <v>305</v>
+      </c>
+      <c r="D48" t="s">
+        <v>42</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>174</v>
+      </c>
+      <c r="G48" t="s">
+        <v>43</v>
+      </c>
+      <c r="H48">
+        <v>2013</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>166</v>
+      </c>
+      <c r="K48" t="s">
+        <v>76</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>306</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>307</v>
+      </c>
+      <c r="P48" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>309</v>
+      </c>
+      <c r="B49" t="s">
+        <v>310</v>
+      </c>
+      <c r="C49" t="s">
+        <v>305</v>
+      </c>
+      <c r="D49" t="s">
+        <v>42</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>174</v>
+      </c>
+      <c r="G49" t="s">
+        <v>43</v>
+      </c>
+      <c r="H49">
+        <v>2009</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>166</v>
+      </c>
+      <c r="K49" t="s">
+        <v>34</v>
+      </c>
+      <c r="L49" t="s">
+        <v>311</v>
+      </c>
+      <c r="M49" t="s">
+        <v>306</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>312</v>
+      </c>
+      <c r="P49" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>313</v>
+      </c>
+      <c r="B50" t="s">
+        <v>314</v>
+      </c>
+      <c r="C50" t="s">
+        <v>305</v>
+      </c>
+      <c r="D50" t="s">
+        <v>59</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>174</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2003</v>
+      </c>
+      <c r="I50">
+        <v>2010</v>
+      </c>
+      <c r="J50" t="s">
+        <v>166</v>
+      </c>
+      <c r="K50" t="s">
+        <v>76</v>
+      </c>
+      <c r="L50" t="s">
+        <v>315</v>
+      </c>
+      <c r="M50" t="s">
+        <v>306</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>316</v>
+      </c>
+      <c r="P50" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>317</v>
+      </c>
+      <c r="B51" t="s">
+        <v>318</v>
+      </c>
+      <c r="C51" t="s">
+        <v>319</v>
+      </c>
+      <c r="D51" t="s">
+        <v>101</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>43</v>
+      </c>
+      <c r="H51">
+        <v>2022</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>320</v>
+      </c>
+      <c r="K51" t="s">
+        <v>34</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>321</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>322</v>
+      </c>
+      <c r="P51" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>324</v>
+      </c>
+      <c r="B52" t="s">
+        <v>325</v>
+      </c>
+      <c r="C52" t="s">
+        <v>326</v>
+      </c>
+      <c r="D52" t="s">
+        <v>327</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>174</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2008</v>
+      </c>
+      <c r="I52">
+        <v>2020</v>
+      </c>
+      <c r="J52" t="s">
+        <v>68</v>
+      </c>
+      <c r="K52" t="s">
+        <v>34</v>
+      </c>
+      <c r="L52" t="s">
+        <v>328</v>
+      </c>
+      <c r="M52" t="s">
+        <v>329</v>
+      </c>
+      <c r="N52" t="s">
+        <v>36</v>
+      </c>
+      <c r="O52" t="s">
+        <v>330</v>
+      </c>
+      <c r="P52" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>332</v>
+      </c>
+      <c r="B53" t="s">
+        <v>333</v>
+      </c>
+      <c r="C53" t="s">
+        <v>334</v>
+      </c>
+      <c r="D53" t="s">
+        <v>101</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>67</v>
+      </c>
+      <c r="G53" t="s">
+        <v>43</v>
+      </c>
+      <c r="H53">
+        <v>2025</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>335</v>
+      </c>
+      <c r="K53" t="s">
+        <v>34</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>336</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>337</v>
+      </c>
+      <c r="P53" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>339</v>
+      </c>
+      <c r="B54" t="s">
+        <v>340</v>
+      </c>
+      <c r="C54" t="s">
+        <v>341</v>
+      </c>
+      <c r="D54" t="s">
+        <v>42</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>174</v>
+      </c>
+      <c r="G54" t="s">
+        <v>342</v>
+      </c>
+      <c r="H54"/>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>343</v>
+      </c>
+      <c r="K54" t="s">
+        <v>34</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>344</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>345</v>
+      </c>
+      <c r="P54" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>347</v>
+      </c>
+      <c r="B55" t="s">
+        <v>340</v>
+      </c>
+      <c r="C55" t="s">
+        <v>348</v>
+      </c>
+      <c r="D55" t="s">
+        <v>42</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>342</v>
+      </c>
+      <c r="H55"/>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>349</v>
+      </c>
+      <c r="K55" t="s">
+        <v>34</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>350</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>351</v>
+      </c>
+      <c r="P55" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>353</v>
+      </c>
+      <c r="B56" t="s">
+        <v>164</v>
+      </c>
+      <c r="C56" t="s">
+        <v>165</v>
+      </c>
+      <c r="D56" t="s">
+        <v>59</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2010</v>
+      </c>
+      <c r="I56">
         <v>2015</v>
       </c>
-      <c r="I12" t="s">
-[...22 lines deleted...]
-      <c r="B13" t="s">
+      <c r="J56" t="s">
+        <v>166</v>
+      </c>
+      <c r="K56" t="s">
+        <v>76</v>
+      </c>
+      <c r="L56" t="s">
+        <v>167</v>
+      </c>
+      <c r="M56" t="s">
+        <v>168</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>354</v>
+      </c>
+      <c r="P56" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>355</v>
+      </c>
+      <c r="B57" t="s">
+        <v>356</v>
+      </c>
+      <c r="C57" t="s">
+        <v>357</v>
+      </c>
+      <c r="D57" t="s">
+        <v>42</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>21</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2003</v>
+      </c>
+      <c r="I57">
+        <v>2018</v>
+      </c>
+      <c r="J57" t="s">
+        <v>88</v>
+      </c>
+      <c r="K57" t="s">
+        <v>34</v>
+      </c>
+      <c r="L57" t="s">
+        <v>358</v>
+      </c>
+      <c r="M57" t="s">
+        <v>359</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>360</v>
+      </c>
+      <c r="P57" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>355</v>
+      </c>
+      <c r="B58" t="s">
+        <v>362</v>
+      </c>
+      <c r="C58" t="s">
+        <v>357</v>
+      </c>
+      <c r="D58" t="s">
+        <v>101</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>21</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2005</v>
+      </c>
+      <c r="I58">
+        <v>2018</v>
+      </c>
+      <c r="J58" t="s">
+        <v>88</v>
+      </c>
+      <c r="K58" t="s">
+        <v>76</v>
+      </c>
+      <c r="L58" t="s">
+        <v>363</v>
+      </c>
+      <c r="M58" t="s">
+        <v>359</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>364</v>
+      </c>
+      <c r="P58" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>365</v>
+      </c>
+      <c r="B59" t="s">
+        <v>366</v>
+      </c>
+      <c r="C59" t="s">
+        <v>334</v>
+      </c>
+      <c r="D59" t="s">
+        <v>101</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G59" t="s">
+        <v>43</v>
+      </c>
+      <c r="H59">
+        <v>2025</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>335</v>
+      </c>
+      <c r="K59" t="s">
+        <v>34</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>336</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>367</v>
+      </c>
+      <c r="P59" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>369</v>
+      </c>
+      <c r="B60" t="s">
+        <v>370</v>
+      </c>
+      <c r="C60" t="s">
+        <v>371</v>
+      </c>
+      <c r="D60" t="s">
+        <v>119</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>43</v>
+      </c>
+      <c r="H60">
+        <v>2018</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>44</v>
+      </c>
+      <c r="K60" t="s">
+        <v>34</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>372</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>373</v>
+      </c>
+      <c r="P60" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>375</v>
+      </c>
+      <c r="B61" t="s">
+        <v>376</v>
+      </c>
+      <c r="C61" t="s">
+        <v>371</v>
+      </c>
+      <c r="D61" t="s">
+        <v>119</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>21</v>
+      </c>
+      <c r="G61" t="s">
+        <v>43</v>
+      </c>
+      <c r="H61">
+        <v>2016</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>44</v>
+      </c>
+      <c r="K61" t="s">
+        <v>34</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61" t="s">
+        <v>372</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>377</v>
+      </c>
+      <c r="P61" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>378</v>
+      </c>
+      <c r="B62"/>
+      <c r="C62" t="s">
+        <v>371</v>
+      </c>
+      <c r="D62" t="s">
+        <v>42</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>21</v>
+      </c>
+      <c r="G62" t="s">
+        <v>43</v>
+      </c>
+      <c r="H62">
+        <v>2015</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>44</v>
+      </c>
+      <c r="K62" t="s">
+        <v>34</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" t="s">
+        <v>372</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>379</v>
+      </c>
+      <c r="P62" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>380</v>
+      </c>
+      <c r="B63"/>
+      <c r="C63" t="s">
+        <v>371</v>
+      </c>
+      <c r="D63" t="s">
+        <v>119</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>21</v>
+      </c>
+      <c r="G63" t="s">
+        <v>43</v>
+      </c>
+      <c r="H63">
+        <v>2018</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>44</v>
+      </c>
+      <c r="K63" t="s">
+        <v>34</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>372</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>381</v>
+      </c>
+      <c r="P63" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>382</v>
+      </c>
+      <c r="B64" t="s">
+        <v>383</v>
+      </c>
+      <c r="C64" t="s">
+        <v>371</v>
+      </c>
+      <c r="D64" t="s">
+        <v>150</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>21</v>
+      </c>
+      <c r="G64" t="s">
+        <v>43</v>
+      </c>
+      <c r="H64">
+        <v>2020</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>44</v>
+      </c>
+      <c r="K64" t="s">
+        <v>34</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>372</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>384</v>
+      </c>
+      <c r="P64" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>385</v>
+      </c>
+      <c r="B65" t="s">
+        <v>386</v>
+      </c>
+      <c r="C65" t="s">
+        <v>296</v>
+      </c>
+      <c r="D65" t="s">
+        <v>101</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>21</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2008</v>
+      </c>
+      <c r="I65">
+        <v>2011</v>
+      </c>
+      <c r="J65" t="s">
+        <v>297</v>
+      </c>
+      <c r="K65" t="s">
+        <v>76</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65" t="s">
+        <v>387</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>388</v>
+      </c>
+      <c r="P65" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>390</v>
+      </c>
+      <c r="B66" t="s">
+        <v>391</v>
+      </c>
+      <c r="C66" t="s">
+        <v>392</v>
+      </c>
+      <c r="D66" t="s">
+        <v>101</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>174</v>
+      </c>
+      <c r="G66" t="s">
+        <v>43</v>
+      </c>
+      <c r="H66">
+        <v>2021</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>335</v>
+      </c>
+      <c r="K66" t="s">
+        <v>287</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66" t="s">
+        <v>393</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>394</v>
+      </c>
+      <c r="P66" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>396</v>
+      </c>
+      <c r="B67"/>
+      <c r="C67" t="s">
+        <v>392</v>
+      </c>
+      <c r="D67" t="s">
+        <v>101</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>21</v>
+      </c>
+      <c r="G67" t="s">
+        <v>43</v>
+      </c>
+      <c r="H67">
+        <v>2018</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>280</v>
+      </c>
+      <c r="K67" t="s">
+        <v>397</v>
+      </c>
+      <c r="L67" t="s">
+        <v>398</v>
+      </c>
+      <c r="M67" t="s">
+        <v>393</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>399</v>
+      </c>
+      <c r="P67" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>401</v>
+      </c>
+      <c r="B68" t="s">
+        <v>402</v>
+      </c>
+      <c r="C68" t="s">
+        <v>403</v>
+      </c>
+      <c r="D68" t="s">
+        <v>42</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>67</v>
+      </c>
+      <c r="G68" t="s">
+        <v>43</v>
+      </c>
+      <c r="H68">
+        <v>2016</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>297</v>
+      </c>
+      <c r="K68" t="s">
+        <v>34</v>
+      </c>
+      <c r="L68" t="s">
+        <v>404</v>
+      </c>
+      <c r="M68" t="s">
+        <v>405</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>406</v>
+      </c>
+      <c r="P68" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>408</v>
+      </c>
+      <c r="B69" t="s">
+        <v>409</v>
+      </c>
+      <c r="C69" t="s">
+        <v>410</v>
+      </c>
+      <c r="D69" t="s">
+        <v>411</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>174</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2017</v>
+      </c>
+      <c r="I69">
+        <v>2021</v>
+      </c>
+      <c r="J69" t="s">
+        <v>412</v>
+      </c>
+      <c r="K69" t="s">
+        <v>413</v>
+      </c>
+      <c r="L69" t="s">
+        <v>414</v>
+      </c>
+      <c r="M69" t="s">
+        <v>415</v>
+      </c>
+      <c r="N69" t="s">
+        <v>36</v>
+      </c>
+      <c r="O69" t="s">
+        <v>416</v>
+      </c>
+      <c r="P69" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>418</v>
+      </c>
+      <c r="B70" t="s">
+        <v>419</v>
+      </c>
+      <c r="C70" t="s">
+        <v>371</v>
+      </c>
+      <c r="D70" t="s">
+        <v>42</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>174</v>
+      </c>
+      <c r="G70" t="s">
+        <v>43</v>
+      </c>
+      <c r="H70">
+        <v>2015</v>
+      </c>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>88</v>
+      </c>
+      <c r="K70" t="s">
+        <v>34</v>
+      </c>
+      <c r="L70"/>
+      <c r="M70" t="s">
+        <v>372</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>420</v>
+      </c>
+      <c r="P70" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>421</v>
+      </c>
+      <c r="B71" t="s">
+        <v>422</v>
+      </c>
+      <c r="C71" t="s">
+        <v>423</v>
+      </c>
+      <c r="D71" t="s">
         <v>59</v>
       </c>
-      <c r="C13" t="s">
-[...230 lines deleted...]
-      <c r="N18" t="s">
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>67</v>
+      </c>
+      <c r="G71" t="s">
+        <v>43</v>
+      </c>
+      <c r="H71">
+        <v>2017</v>
+      </c>
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>297</v>
+      </c>
+      <c r="K71" t="s">
+        <v>76</v>
+      </c>
+      <c r="L71" t="s">
+        <v>424</v>
+      </c>
+      <c r="M71" t="s">
+        <v>425</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>426</v>
+      </c>
+      <c r="P71" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>428</v>
+      </c>
+      <c r="B72" t="s">
+        <v>429</v>
+      </c>
+      <c r="C72" t="s">
+        <v>430</v>
+      </c>
+      <c r="D72" t="s">
         <v>101</v>
       </c>
-    </row>
-[...67 lines deleted...]
-      <c r="K20" t="s">
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>174</v>
+      </c>
+      <c r="G72" t="s">
         <v>22</v>
-      </c>
-[...2184 lines deleted...]
-        <v>2018</v>
       </c>
       <c r="H72">
         <v>2018</v>
       </c>
-      <c r="I72" t="s">
-        <v>251</v>
+      <c r="I72">
+        <v>2018</v>
       </c>
       <c r="J72" t="s">
-        <v>310</v>
-[...4 lines deleted...]
-      </c>
+        <v>349</v>
+      </c>
+      <c r="K72" t="s">
+        <v>431</v>
+      </c>
+      <c r="L72"/>
       <c r="M72" t="s">
+        <v>432</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>433</v>
+      </c>
+      <c r="P72" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>435</v>
+      </c>
+      <c r="B73" t="s">
+        <v>436</v>
+      </c>
+      <c r="C73" t="s">
+        <v>437</v>
+      </c>
+      <c r="D73" t="s">
+        <v>42</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>174</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>1986</v>
+      </c>
+      <c r="I73">
+        <v>2012</v>
+      </c>
+      <c r="J73" t="s">
+        <v>44</v>
+      </c>
+      <c r="K73" t="s">
+        <v>438</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>439</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>440</v>
+      </c>
+      <c r="P73" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>442</v>
+      </c>
+      <c r="B74" t="s">
+        <v>443</v>
+      </c>
+      <c r="C74" t="s">
+        <v>392</v>
+      </c>
+      <c r="D74" t="s">
+        <v>101</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>174</v>
+      </c>
+      <c r="G74" t="s">
+        <v>43</v>
+      </c>
+      <c r="H74">
+        <v>2011</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>297</v>
+      </c>
+      <c r="K74" t="s">
+        <v>76</v>
+      </c>
+      <c r="L74" t="s">
+        <v>444</v>
+      </c>
+      <c r="M74" t="s">
+        <v>393</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>445</v>
+      </c>
+      <c r="P74" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>447</v>
+      </c>
+      <c r="B75" t="s">
+        <v>448</v>
+      </c>
+      <c r="C75" t="s">
+        <v>449</v>
+      </c>
+      <c r="D75" t="s">
+        <v>450</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>21</v>
+      </c>
+      <c r="G75" t="s">
+        <v>43</v>
+      </c>
+      <c r="H75">
+        <v>2016</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>44</v>
+      </c>
+      <c r="K75" t="s">
+        <v>34</v>
+      </c>
+      <c r="L75"/>
+      <c r="M75" t="s">
+        <v>451</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>452</v>
+      </c>
+      <c r="P75" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>454</v>
+      </c>
+      <c r="B76" t="s">
+        <v>455</v>
+      </c>
+      <c r="C76" t="s">
+        <v>449</v>
+      </c>
+      <c r="D76" t="s">
+        <v>456</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>67</v>
+      </c>
+      <c r="G76" t="s">
+        <v>43</v>
+      </c>
+      <c r="H76">
+        <v>2017</v>
+      </c>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>44</v>
+      </c>
+      <c r="K76" t="s">
         <v>24</v>
       </c>
-      <c r="N72" t="s">
-[...38 lines deleted...]
-      <c r="M73" t="s">
+      <c r="L76"/>
+      <c r="M76" t="s">
+        <v>451</v>
+      </c>
+      <c r="N76" t="s">
+        <v>36</v>
+      </c>
+      <c r="O76" t="s">
+        <v>457</v>
+      </c>
+      <c r="P76" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>459</v>
+      </c>
+      <c r="B77" t="s">
+        <v>460</v>
+      </c>
+      <c r="C77" t="s">
+        <v>156</v>
+      </c>
+      <c r="D77" t="s">
+        <v>42</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2009</v>
+      </c>
+      <c r="I77">
+        <v>2018</v>
+      </c>
+      <c r="J77" t="s">
+        <v>159</v>
+      </c>
+      <c r="K77" t="s">
+        <v>34</v>
+      </c>
+      <c r="L77"/>
+      <c r="M77" t="s">
+        <v>160</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>461</v>
+      </c>
+      <c r="P77" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>463</v>
+      </c>
+      <c r="B78" t="s">
+        <v>464</v>
+      </c>
+      <c r="C78" t="s">
+        <v>156</v>
+      </c>
+      <c r="D78" t="s">
+        <v>42</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78" t="s">
+        <v>43</v>
+      </c>
+      <c r="H78">
+        <v>2009</v>
+      </c>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>465</v>
+      </c>
+      <c r="K78" t="s">
+        <v>89</v>
+      </c>
+      <c r="L78"/>
+      <c r="M78" t="s">
+        <v>160</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>466</v>
+      </c>
+      <c r="P78" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>468</v>
+      </c>
+      <c r="B79" t="s">
+        <v>469</v>
+      </c>
+      <c r="C79" t="s">
+        <v>470</v>
+      </c>
+      <c r="D79" t="s">
+        <v>471</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>67</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>2009</v>
+      </c>
+      <c r="I79">
+        <v>2016</v>
+      </c>
+      <c r="J79" t="s">
+        <v>33</v>
+      </c>
+      <c r="K79" t="s">
         <v>24</v>
       </c>
-      <c r="N73" t="s">
-[...22 lines deleted...]
-      <c r="G74">
+      <c r="L79"/>
+      <c r="M79" t="s">
+        <v>472</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>473</v>
+      </c>
+      <c r="P79" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>475</v>
+      </c>
+      <c r="B80" t="s">
+        <v>476</v>
+      </c>
+      <c r="C80" t="s">
+        <v>477</v>
+      </c>
+      <c r="D80" t="s">
+        <v>478</v>
+      </c>
+      <c r="E80" t="s">
+        <v>479</v>
+      </c>
+      <c r="F80" t="s">
+        <v>21</v>
+      </c>
+      <c r="G80" t="s">
+        <v>342</v>
+      </c>
+      <c r="H80"/>
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>280</v>
+      </c>
+      <c r="K80" t="s">
+        <v>34</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>480</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>481</v>
+      </c>
+      <c r="P80" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>483</v>
+      </c>
+      <c r="B81" t="s">
+        <v>484</v>
+      </c>
+      <c r="C81" t="s">
+        <v>485</v>
+      </c>
+      <c r="D81" t="s">
+        <v>42</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>174</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>2014</v>
+      </c>
+      <c r="I81">
+        <v>2015</v>
+      </c>
+      <c r="J81" t="s">
+        <v>465</v>
+      </c>
+      <c r="K81" t="s">
+        <v>34</v>
+      </c>
+      <c r="L81"/>
+      <c r="M81" t="s">
+        <v>486</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>487</v>
+      </c>
+      <c r="P81" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>489</v>
+      </c>
+      <c r="B82" t="s">
+        <v>490</v>
+      </c>
+      <c r="C82" t="s">
+        <v>491</v>
+      </c>
+      <c r="D82" t="s">
+        <v>42</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>21</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
+        <v>2009</v>
+      </c>
+      <c r="I82">
         <v>2011</v>
       </c>
-      <c r="H74"/>
-[...251 lines deleted...]
-      <c r="L80" t="s">
+      <c r="J82" t="s">
         <v>343</v>
       </c>
-      <c r="M80" t="s">
-[...25 lines deleted...]
-      <c r="G81">
+      <c r="K82" t="s">
+        <v>34</v>
+      </c>
+      <c r="L82" t="s">
+        <v>492</v>
+      </c>
+      <c r="M82" t="s">
+        <v>493</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>494</v>
+      </c>
+      <c r="P82" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>496</v>
+      </c>
+      <c r="B83" t="s">
+        <v>497</v>
+      </c>
+      <c r="C83" t="s">
+        <v>498</v>
+      </c>
+      <c r="D83" t="s">
+        <v>42</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>174</v>
+      </c>
+      <c r="G83" t="s">
+        <v>43</v>
+      </c>
+      <c r="H83">
         <v>2014</v>
       </c>
-      <c r="H81">
-[...88 lines deleted...]
-      </c>
+      <c r="I83"/>
       <c r="J83" t="s">
-        <v>29</v>
+        <v>297</v>
       </c>
       <c r="K83" t="s">
-        <v>356</v>
+        <v>34</v>
       </c>
       <c r="L83" t="s">
-        <v>357</v>
+        <v>499</v>
       </c>
       <c r="M83" t="s">
-        <v>24</v>
+        <v>500</v>
       </c>
       <c r="N83" t="s">
-        <v>358</v>
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>501</v>
+      </c>
+      <c r="P83" t="s">
+        <v>502</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>