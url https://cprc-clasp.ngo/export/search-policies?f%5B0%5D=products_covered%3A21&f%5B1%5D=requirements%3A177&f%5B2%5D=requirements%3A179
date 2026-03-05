--- v1 (2025-11-26)
+++ v2 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="503">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="504">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -143,101 +143,104 @@
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
   </si>
   <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
     <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/6413</t>
   </si>
   <si>
     <t>Act on the Rational Use of Energy</t>
   </si>
   <si>
     <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/act-rational-use-energy</t>
   </si>
   <si>
     <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
   </si>
   <si>
     <t>BDS 252:1990 Portable electric immersion water heaters for domestic use (First Revision)</t>
   </si>
   <si>
     <t>Requirements for portable immersion heaters having voltages not exceeding 250 volts. It also covers the rated voltage, rated wattage and tests.</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-2521990-portable-electric-immersion-water-heaters-domestic-use-first-revision</t>
   </si>
   <si>
     <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
   </si>
   <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
     <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
@@ -1051,66 +1054,66 @@
   <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
     <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
     <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for electric water heaters</t>
   </si>
   <si>
     <t>Information not available</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-electric-water-heaters</t>
   </si>
@@ -2203,3756 +2206,3756 @@
       </c>
       <c r="P5" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>56</v>
       </c>
       <c r="B6" t="s">
         <v>57</v>
       </c>
       <c r="C6" t="s">
         <v>58</v>
       </c>
       <c r="D6" t="s">
         <v>59</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="H6">
         <v>1990</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
         <v>33</v>
       </c>
       <c r="K6" t="s">
         <v>34</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="P6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G7" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="H7">
         <v>2013</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="K7" t="s">
         <v>34</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="P7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D8" t="s">
         <v>59</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2008</v>
       </c>
       <c r="I8">
         <v>2015</v>
       </c>
       <c r="J8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="K8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="L8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="M8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="P8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B9" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D9" t="s">
         <v>42</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G9" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="H9">
         <v>2009</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="K9" t="s">
         <v>34</v>
       </c>
       <c r="L9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="M9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="P9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B10" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C10" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D10" t="s">
         <v>42</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2012</v>
       </c>
       <c r="I10">
         <v>2012</v>
       </c>
       <c r="J10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="K10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="L10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="M10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="P10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B11" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C11" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D11" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2008</v>
       </c>
       <c r="I11">
         <v>2015</v>
       </c>
       <c r="J11" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="K11" t="s">
         <v>34</v>
       </c>
       <c r="L11" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="M11" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="P11" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B12" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C12" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D12" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2008</v>
       </c>
       <c r="I12">
         <v>2015</v>
       </c>
       <c r="J12" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="K12" t="s">
         <v>34</v>
       </c>
       <c r="L12" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="M12" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="N12" t="s">
         <v>36</v>
       </c>
       <c r="O12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="P12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B13" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C13" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D13" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G13" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="H13">
         <v>2018</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="K13" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="N13" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="O13" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="P13" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B14" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C14" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D14" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G14" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="H14">
         <v>2021</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="K14" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="N14" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="O14" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="P14" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C15" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G15" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="H15">
         <v>2021</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="K15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="N15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="O15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="P15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B16" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C16" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D16" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G16" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="H16">
         <v>2021</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="K16" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="N16" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="O16" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="P16" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B17" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C17" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D17" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G17" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="H17">
         <v>2021</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="K17" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="L17" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="M17" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="N17" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="O17" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="P17" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B18" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C18" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D18" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G18" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="H18">
         <v>2013</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="K18" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="P18" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B19" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C19" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D19" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G19" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="H19">
         <v>2013</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="K19" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="L19"/>
       <c r="M19"/>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="P19"/>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B20" t="s">
         <v>16</v>
       </c>
       <c r="C20" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D20" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="H20">
         <v>2013</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="K20" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="L20" t="s">
         <v>25</v>
       </c>
       <c r="M20"/>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="P20" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B21" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C21" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D21" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="H21">
         <v>2013</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="K21" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="L21" t="s">
         <v>25</v>
       </c>
       <c r="M21" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="P21" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B22" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C22" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D22" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G22" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="H22">
         <v>2020</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
         <v>44</v>
       </c>
       <c r="K22" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="L22" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="M22" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="N22" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="O22" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="P22" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B23"/>
       <c r="C23" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D23" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G23" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="H23">
         <v>2021</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
         <v>44</v>
       </c>
       <c r="K23" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="L23" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="M23" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="N23" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="O23" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="P23" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B24" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C24" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D24" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2011</v>
       </c>
       <c r="I24">
         <v>2023</v>
       </c>
       <c r="J24" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="K24" t="s">
         <v>34</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="P24" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B25" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C25" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D25" t="s">
         <v>59</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2010</v>
       </c>
       <c r="I25">
         <v>2015</v>
       </c>
       <c r="J25" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="K25" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="L25" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="M25" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="P25" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B26" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C26" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D26" t="s">
         <v>42</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2009</v>
       </c>
       <c r="I26">
         <v>2022</v>
       </c>
       <c r="J26" t="s">
         <v>23</v>
       </c>
       <c r="K26" t="s">
         <v>34</v>
       </c>
       <c r="L26" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="M26" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="P26" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B27" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C27" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D27" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2016</v>
       </c>
       <c r="I27">
         <v>2019</v>
       </c>
       <c r="J27" t="s">
         <v>44</v>
       </c>
       <c r="K27" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="P27" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B28" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C28" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D28" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="H28">
         <v>2024</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
         <v>23</v>
       </c>
       <c r="K28" t="s">
         <v>34</v>
       </c>
       <c r="L28" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="M28" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="P28" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B29" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C29" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D29" t="s">
         <v>59</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2006</v>
       </c>
       <c r="I29">
         <v>2016</v>
       </c>
       <c r="J29" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="K29" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="L29" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="M29" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="P29" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B30" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C30" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D30" t="s">
         <v>42</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2008</v>
       </c>
       <c r="I30">
         <v>2011</v>
       </c>
       <c r="J30" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="K30" t="s">
         <v>34</v>
       </c>
       <c r="L30" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="M30" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="P30" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B31" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C31" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D31" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2011</v>
       </c>
       <c r="I31">
         <v>2020</v>
       </c>
       <c r="J31" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="K31" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="L31" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="M31" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="N31" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="O31" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="P31" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B32" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C32" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D32" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2010</v>
       </c>
       <c r="I32">
         <v>2017</v>
       </c>
       <c r="J32" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="K32" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="L32" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="M32" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="N32" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="O32" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="P32" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B33" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C33" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D33" t="s">
         <v>42</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="H33">
         <v>2011</v>
       </c>
       <c r="I33">
         <v>2012</v>
       </c>
       <c r="J33" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="K33" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="L33" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="M33" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="P33" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B34" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C34" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D34" t="s">
         <v>42</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
         <v>8</v>
       </c>
       <c r="H34">
         <v>2011</v>
       </c>
       <c r="I34">
         <v>2025</v>
       </c>
       <c r="J34" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="K34" t="s">
         <v>34</v>
       </c>
       <c r="L34" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="M34" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="P34" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B35" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C35" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D35" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2012</v>
       </c>
       <c r="I35">
         <v>2020</v>
       </c>
       <c r="J35" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="K35" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="L35" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="M35" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="N35" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="O35" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="P35" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B36" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C36" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D36" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2013</v>
       </c>
       <c r="I36">
         <v>2020</v>
       </c>
       <c r="J36" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="K36" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="L36" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="M36" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="N36" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="O36" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="P36" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B37" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C37" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D37" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="H37">
         <v>2013</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="K37" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="L37" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="M37" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="N37" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="O37" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="P37" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B38" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C38" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D38" t="s">
         <v>42</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2008</v>
       </c>
       <c r="I38">
         <v>2013</v>
       </c>
       <c r="J38" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="K38" t="s">
         <v>34</v>
       </c>
       <c r="L38" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="M38" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="P38" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B39" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C39" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D39" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2014</v>
       </c>
       <c r="I39">
         <v>2020</v>
       </c>
       <c r="J39" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="K39" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="L39" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="M39" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="N39" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="O39" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="P39" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B40" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C40" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D40" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2017</v>
       </c>
       <c r="I40">
         <v>2021</v>
       </c>
       <c r="J40" t="s">
         <v>44</v>
       </c>
       <c r="K40" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="L40" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="M40" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="N40" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="O40" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="P40" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B41" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C41" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D41" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="H41">
         <v>2019</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="K41" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="L41" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="M41" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="N41" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="O41" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="P41" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B42" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C42" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D42" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>21</v>
       </c>
       <c r="G42" t="s">
         <v>8</v>
       </c>
       <c r="H42">
         <v>2019</v>
       </c>
       <c r="I42">
         <v>2025</v>
       </c>
       <c r="J42" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="K42" t="s">
         <v>34</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="N42" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="O42" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="P42" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B43" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C43" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D43" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="G43" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="H43">
         <v>2022</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="K43" t="s">
         <v>34</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="N43" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="O43" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="P43" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B44" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C44" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D44" t="s">
         <v>42</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>21</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>1989</v>
       </c>
       <c r="I44">
         <v>2012</v>
       </c>
       <c r="J44" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="K44" t="s">
         <v>34</v>
       </c>
       <c r="L44" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="M44" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="P44" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B45" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C45" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D45" t="s">
         <v>59</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>21</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
         <v>1989</v>
       </c>
       <c r="I45">
         <v>2017</v>
       </c>
       <c r="J45" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="K45" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="L45" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="M45" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="P45" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B46" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C46" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D46" t="s">
         <v>42</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>21</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>1989</v>
       </c>
       <c r="I46">
         <v>2017</v>
       </c>
       <c r="J46" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="K46" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="L46" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="M46" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="P46" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B47" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C47" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D47" t="s">
         <v>42</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>2012</v>
       </c>
       <c r="I47">
         <v>2021</v>
       </c>
       <c r="J47" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="K47" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="L47" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="M47" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="N47" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="O47" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="P47" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B48" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C48" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D48" t="s">
         <v>42</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="G48" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="H48">
         <v>2013</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="K48" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="P48" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="B49" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C49" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D49" t="s">
         <v>42</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="G49" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="H49">
         <v>2009</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="K49" t="s">
         <v>34</v>
       </c>
       <c r="L49" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="M49" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="P49" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B50" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C50" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D50" t="s">
         <v>59</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>2003</v>
       </c>
       <c r="I50">
         <v>2010</v>
       </c>
       <c r="J50" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="K50" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="L50" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="M50" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="P50" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B51" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C51" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="D51" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>21</v>
       </c>
       <c r="G51" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="H51">
         <v>2022</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="K51" t="s">
         <v>34</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="P51" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="B52" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C52" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D52" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
         <v>2008</v>
       </c>
       <c r="I52">
         <v>2020</v>
       </c>
       <c r="J52" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="K52" t="s">
         <v>34</v>
       </c>
       <c r="L52" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="M52" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="N52" t="s">
         <v>36</v>
       </c>
       <c r="O52" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="P52" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="B53" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C53" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D53" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G53" t="s">
-        <v>43</v>
+        <v>191</v>
       </c>
       <c r="H53">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="K53" t="s">
         <v>34</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="P53" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B54" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C54" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D54" t="s">
         <v>42</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="G54" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="H54"/>
       <c r="I54"/>
       <c r="J54" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="K54" t="s">
         <v>34</v>
       </c>
       <c r="L54"/>
       <c r="M54" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="P54" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B55" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C55" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D55" t="s">
         <v>42</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>21</v>
       </c>
       <c r="G55" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="H55"/>
       <c r="I55"/>
       <c r="J55" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="K55" t="s">
         <v>34</v>
       </c>
       <c r="L55"/>
       <c r="M55" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="P55" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="B56" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C56" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D56" t="s">
         <v>59</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>21</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
         <v>2010</v>
       </c>
       <c r="I56">
         <v>2015</v>
       </c>
       <c r="J56" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="K56" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="L56" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="M56" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="P56" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B57" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C57" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D57" t="s">
         <v>42</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>21</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
         <v>2003</v>
       </c>
       <c r="I57">
         <v>2018</v>
       </c>
       <c r="J57" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="K57" t="s">
         <v>34</v>
       </c>
       <c r="L57" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="M57" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="P57" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B58" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C58" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D58" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>21</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
         <v>2005</v>
       </c>
       <c r="I58">
         <v>2018</v>
       </c>
       <c r="J58" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="K58" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="L58" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="M58" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="P58" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B59" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C59" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D59" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>21</v>
       </c>
       <c r="G59" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="H59">
         <v>2025</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="K59" t="s">
         <v>34</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="P59" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="B60" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C60" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D60" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>21</v>
       </c>
       <c r="G60" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="H60">
         <v>2018</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
         <v>44</v>
       </c>
       <c r="K60" t="s">
         <v>34</v>
       </c>
       <c r="L60"/>
       <c r="M60" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="P60" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B61" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C61" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D61" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
         <v>21</v>
       </c>
       <c r="G61" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="H61">
         <v>2016</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
         <v>44</v>
       </c>
       <c r="K61" t="s">
         <v>34</v>
       </c>
       <c r="L61"/>
       <c r="M61" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="P61" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B62"/>
       <c r="C62" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D62" t="s">
         <v>42</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>21</v>
       </c>
       <c r="G62" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="H62">
         <v>2015</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
         <v>44</v>
       </c>
       <c r="K62" t="s">
         <v>34</v>
       </c>
       <c r="L62"/>
       <c r="M62" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="P62" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B63"/>
       <c r="C63" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D63" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
         <v>21</v>
       </c>
       <c r="G63" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="H63">
         <v>2018</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
         <v>44</v>
       </c>
       <c r="K63" t="s">
         <v>34</v>
       </c>
       <c r="L63"/>
       <c r="M63" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="P63" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B64" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C64" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D64" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>21</v>
       </c>
       <c r="G64" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="H64">
         <v>2020</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
         <v>44</v>
       </c>
       <c r="K64" t="s">
         <v>34</v>
       </c>
       <c r="L64"/>
       <c r="M64" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="P64" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B65" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C65" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D65" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>21</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
         <v>2008</v>
       </c>
       <c r="I65">
         <v>2011</v>
       </c>
       <c r="J65" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="K65" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="L65"/>
       <c r="M65" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="P65" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="B66" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="C66" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="D66" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="G66" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="H66">
         <v>2021</v>
       </c>
       <c r="I66"/>
       <c r="J66" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="K66" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="L66"/>
       <c r="M66" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="P66" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="B67"/>
       <c r="C67" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="D67" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>21</v>
       </c>
       <c r="G67" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="H67">
         <v>2018</v>
       </c>
       <c r="I67"/>
       <c r="J67" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="K67" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="L67" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="M67" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="P67" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B68" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C68" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D68" t="s">
         <v>42</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G68" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="H68">
         <v>2016</v>
       </c>
       <c r="I68"/>
       <c r="J68" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="K68" t="s">
         <v>34</v>
       </c>
       <c r="L68" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="M68" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="P68" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="B69" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="C69" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="D69" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
         <v>2017</v>
       </c>
       <c r="I69">
         <v>2021</v>
       </c>
       <c r="J69" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="K69" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="L69" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="M69" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="N69" t="s">
         <v>36</v>
       </c>
       <c r="O69" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="P69" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B70" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C70" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D70" t="s">
         <v>42</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="G70" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="H70">
         <v>2015</v>
       </c>
       <c r="I70"/>
       <c r="J70" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="K70" t="s">
         <v>34</v>
       </c>
       <c r="L70"/>
       <c r="M70" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="P70" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="B71" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="C71" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="D71" t="s">
         <v>59</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G71" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="H71">
         <v>2017</v>
       </c>
       <c r="I71"/>
       <c r="J71" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="K71" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="L71" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="M71" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="P71" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B72" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="C72" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="D72" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="G72" t="s">
         <v>22</v>
       </c>
       <c r="H72">
         <v>2018</v>
       </c>
       <c r="I72">
         <v>2018</v>
       </c>
       <c r="J72" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="K72" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="L72"/>
       <c r="M72" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="P72" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="B73" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="C73" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="D73" t="s">
         <v>42</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="G73" t="s">
         <v>22</v>
       </c>
       <c r="H73">
         <v>1986</v>
       </c>
       <c r="I73">
         <v>2012</v>
       </c>
       <c r="J73" t="s">
         <v>44</v>
       </c>
       <c r="K73" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="L73"/>
       <c r="M73" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="P73" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B74" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="C74" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="D74" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="G74" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="H74">
         <v>2011</v>
       </c>
       <c r="I74"/>
       <c r="J74" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="K74" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="L74" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="M74" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="P74" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="B75" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="C75" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="D75" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
         <v>21</v>
       </c>
       <c r="G75" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="H75">
         <v>2016</v>
       </c>
       <c r="I75"/>
       <c r="J75" t="s">
         <v>44</v>
       </c>
       <c r="K75" t="s">
         <v>34</v>
       </c>
       <c r="L75"/>
       <c r="M75" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="P75" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="B76" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C76" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="D76" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G76" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="H76">
         <v>2017</v>
       </c>
       <c r="I76"/>
       <c r="J76" t="s">
         <v>44</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
       <c r="L76"/>
       <c r="M76" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="N76" t="s">
         <v>36</v>
       </c>
       <c r="O76" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="P76" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="B77" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="C77" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D77" t="s">
         <v>42</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
         <v>21</v>
       </c>
       <c r="G77" t="s">
         <v>22</v>
       </c>
       <c r="H77">
         <v>2009</v>
       </c>
       <c r="I77">
         <v>2018</v>
       </c>
       <c r="J77" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="K77" t="s">
         <v>34</v>
       </c>
       <c r="L77"/>
       <c r="M77" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="P77" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="B78" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="C78" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D78" t="s">
         <v>42</v>
       </c>
       <c r="E78" t="s">
         <v>20</v>
       </c>
       <c r="F78" t="s">
         <v>21</v>
       </c>
       <c r="G78" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="H78">
         <v>2009</v>
       </c>
       <c r="I78"/>
       <c r="J78" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K78" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="L78"/>
       <c r="M78" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="P78" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="B79" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="C79" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="D79" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G79" t="s">
         <v>22</v>
       </c>
       <c r="H79">
         <v>2009</v>
       </c>
       <c r="I79">
         <v>2016</v>
       </c>
       <c r="J79" t="s">
         <v>33</v>
       </c>
       <c r="K79" t="s">
         <v>24</v>
       </c>
       <c r="L79"/>
       <c r="M79" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="P79" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="B80" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="C80" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="D80" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="E80" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="F80" t="s">
         <v>21</v>
       </c>
       <c r="G80" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="H80"/>
       <c r="I80"/>
       <c r="J80" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="K80" t="s">
         <v>34</v>
       </c>
       <c r="L80"/>
       <c r="M80" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="P80" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="B81" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="C81" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="D81" t="s">
         <v>42</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="G81" t="s">
         <v>22</v>
       </c>
       <c r="H81">
         <v>2014</v>
       </c>
       <c r="I81">
         <v>2015</v>
       </c>
       <c r="J81" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K81" t="s">
         <v>34</v>
       </c>
       <c r="L81"/>
       <c r="M81" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="N81" t="s">
         <v>27</v>
       </c>
       <c r="O81" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="P81" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="B82" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="C82" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D82" t="s">
         <v>42</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
         <v>21</v>
       </c>
       <c r="G82" t="s">
         <v>22</v>
       </c>
       <c r="H82">
         <v>2009</v>
       </c>
       <c r="I82">
         <v>2011</v>
       </c>
       <c r="J82" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="K82" t="s">
         <v>34</v>
       </c>
       <c r="L82" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="M82" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="N82" t="s">
         <v>27</v>
       </c>
       <c r="O82" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="P82" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="B83" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="C83" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D83" t="s">
         <v>42</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="G83" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="H83">
         <v>2014</v>
       </c>
       <c r="I83"/>
       <c r="J83" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="K83" t="s">
         <v>34</v>
       </c>
       <c r="L83" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="M83" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="P83" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">