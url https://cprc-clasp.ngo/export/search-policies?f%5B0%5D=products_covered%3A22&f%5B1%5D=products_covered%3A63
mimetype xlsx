--- v0 (2025-10-14)
+++ v1 (2026-03-07)
@@ -12,396 +12,491 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 666/2013 of 8 July 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for vacuum cleaners</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/666/contents/2013-07-08</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0666-20170109</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable dry only</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS C IEC 60312</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
   </si>
   <si>
+    <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14543</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Laboratory Grade Refrigerators and Freezers Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definitions Laboratory Grade Refrigerator; Laboratory Grade Freezer; and Ultra-Low-Temperature Laboratory Grade Freezer are eligible for ENERGY STAR certification under this standard. This may include refrigerators and freezers that operate without a compressor. Products that are covered under other ENERGY STAR product specifications are not eligible for qualification under this specification.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Lab Grade Refrigerators and Freezers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Laboratory Grade Refrigerators, Freezers, and Ultra-Low Temperature Freezers</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-laboratory-grade-refrigerators-and-freezers-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/other/laboratory_grade_refrigerators_and_freezers/partners</t>
+  </si>
+  <si>
     <t>GOST 10280-83 Vacuum electric cleaners for household - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household vacuum cleaners with dry filters intended for cleaning of premises, clothes, carpets and furniture.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>GOST 27570.6-87, art. 6.13 GOST 10280-83</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-10280-83-vacuum-electric-cleaners-household-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21212/</t>
+  </si>
+  <si>
     <t>Greenmark N150 - Vacuum Cleaners</t>
   </si>
   <si>
+    <t>This standard is applicable to the vacuum cleaners which use the household AC power including both corded and cordless products.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n150-vacuum-cleaners</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/150/6399582e-f7bd-4133-a927-0a94536a96a9.pdf</t>
+  </si>
+  <si>
     <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Electric Household Vaccum cleaner</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>NS 5635 (2001)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>MEPS for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable, dry only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MS : 210 : 2015 Energy efficiency and labelling requirements-vacuum cleaners</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Vacuum cleaners</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>MS 210</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-210-2015-energy-efficiency-and-labelling-requirements-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-683/</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Vacuum TGL-64-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to horizontal canister vacuum cleaners for residential use or similar purpose with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1522
 ,   
                     IEC 60335-2-2</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-vacuum-tgl-64-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-64-12.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 666-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 666-2013 of 8 July 2013</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29236-transposition-ec-666-2013</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29564 - Amending No 29236 | transposition of EC 665-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 665-2013 of 3 May 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29564-amending-no-29236-transposition-ec-665-2013</t>
+  </si>
+  <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/ELEKTR%C4%B0KL%C4%B0%20S%C3%9CP%C3%9CRGELER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -665,737 +760,830 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N15"/>
+  <dimension ref="A1:P15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="227" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="227.516" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="495.308" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="123.827" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2"/>
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
-      <c r="D2" t="s">
-[...5 lines deleted...]
-      <c r="F2" t="s">
+      <c r="B3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>30</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>31</v>
+      </c>
+      <c r="N3" t="s">
+        <v>25</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>36</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
+        <v>37</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4" t="s">
+        <v>40</v>
+      </c>
+      <c r="N4" t="s">
+        <v>25</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...5 lines deleted...]
-        <v>23</v>
+      <c r="G5" t="s">
+        <v>47</v>
+      </c>
+      <c r="H5">
+        <v>2017</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>48</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>50</v>
+      </c>
+      <c r="N5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...123 lines deleted...]
-    <row r="6" spans="1:14">
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
       <c r="B6" t="s">
-        <v>43</v>
+        <v>54</v>
       </c>
       <c r="C6" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="D6" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="E6" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="F6" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>58</v>
+      </c>
+      <c r="G6" t="s">
+        <v>59</v>
       </c>
       <c r="H6">
         <v>2016</v>
       </c>
-      <c r="I6" t="s">
-        <v>48</v>
+      <c r="I6">
+        <v>2016</v>
       </c>
       <c r="J6" t="s">
+        <v>60</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>61</v>
+      </c>
+      <c r="M6" t="s">
+        <v>62</v>
+      </c>
+      <c r="N6" t="s">
+        <v>25</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>67</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>57</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K6" t="s">
-[...5 lines deleted...]
-      <c r="M6" t="s">
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="N6" t="s">
-        <v>51</v>
+      <c r="H7">
+        <v>1985</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>68</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>69</v>
+      </c>
+      <c r="M7" t="s">
+        <v>70</v>
+      </c>
+      <c r="N7" t="s">
+        <v>25</v>
+      </c>
+      <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>72</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
-[...15 lines deleted...]
-      <c r="F7" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>73</v>
+      </c>
+      <c r="B8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" t="s">
+        <v>75</v>
+      </c>
+      <c r="D8" t="s">
         <v>19</v>
       </c>
-      <c r="G7">
-[...6 lines deleted...]
-      <c r="J7" t="s">
+      <c r="E8" t="s">
+        <v>57</v>
+      </c>
+      <c r="F8" t="s">
+        <v>58</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2016</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>68</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>76</v>
+      </c>
+      <c r="N8" t="s">
+        <v>25</v>
+      </c>
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
+        <v>81</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>82</v>
+      </c>
+      <c r="G9" t="s">
+        <v>59</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9">
+        <v>2014</v>
+      </c>
+      <c r="J9" t="s">
+        <v>38</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>83</v>
+      </c>
+      <c r="M9" t="s">
+        <v>84</v>
+      </c>
+      <c r="N9" t="s">
+        <v>25</v>
+      </c>
+      <c r="O9" t="s">
+        <v>85</v>
+      </c>
+      <c r="P9" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B10" t="s">
+        <v>88</v>
+      </c>
+      <c r="C10" t="s">
+        <v>36</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K7" t="s">
-[...5 lines deleted...]
-      <c r="M7" t="s">
+      <c r="G10" t="s">
         <v>22</v>
       </c>
-      <c r="N7" t="s">
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>38</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>39</v>
+      </c>
+      <c r="M10" t="s">
+        <v>40</v>
+      </c>
+      <c r="N10" t="s">
+        <v>25</v>
+      </c>
+      <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>91</v>
+      </c>
+      <c r="B11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C11" t="s">
+        <v>93</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
         <v>57</v>
       </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>94</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>95</v>
+      </c>
+      <c r="M11" t="s">
+        <v>96</v>
+      </c>
+      <c r="N11" t="s">
+        <v>25</v>
+      </c>
+      <c r="O11" t="s">
+        <v>97</v>
+      </c>
+      <c r="P11" t="s">
+        <v>98</v>
+      </c>
     </row>
-    <row r="8" spans="1:14">
-      <c r="A8" t="s">
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>99</v>
+      </c>
+      <c r="B12" t="s">
+        <v>100</v>
+      </c>
+      <c r="C12" t="s">
+        <v>101</v>
+      </c>
+      <c r="D12" t="s">
+        <v>102</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>82</v>
+      </c>
+      <c r="G12" t="s">
+        <v>59</v>
+      </c>
+      <c r="H12">
+        <v>2017</v>
+      </c>
+      <c r="I12">
+        <v>2021</v>
+      </c>
+      <c r="J12" t="s">
+        <v>103</v>
+      </c>
+      <c r="K12" t="s">
+        <v>104</v>
+      </c>
+      <c r="L12" t="s">
+        <v>105</v>
+      </c>
+      <c r="M12" t="s">
+        <v>106</v>
+      </c>
+      <c r="N12" t="s">
+        <v>107</v>
+      </c>
+      <c r="O12" t="s">
+        <v>108</v>
+      </c>
+      <c r="P12" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>110</v>
+      </c>
+      <c r="B13" t="s">
+        <v>111</v>
+      </c>
+      <c r="C13" t="s">
+        <v>112</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>57</v>
+      </c>
+      <c r="F13" t="s">
         <v>58</v>
       </c>
-      <c r="B8" t="s">
-[...11 lines deleted...]
-      <c r="F8" t="s">
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2012</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>113</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>114</v>
+      </c>
+      <c r="M13" t="s">
+        <v>115</v>
+      </c>
+      <c r="N13" t="s">
+        <v>25</v>
+      </c>
+      <c r="O13" t="s">
+        <v>116</v>
+      </c>
+      <c r="P13" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>118</v>
+      </c>
+      <c r="B14" t="s">
+        <v>119</v>
+      </c>
+      <c r="C14" t="s">
+        <v>120</v>
+      </c>
+      <c r="D14" t="s">
         <v>19</v>
       </c>
-      <c r="G8">
-[...6 lines deleted...]
-      <c r="J8" t="s">
+      <c r="E14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K8"/>
-[...3 lines deleted...]
-      <c r="M8" t="s">
+      <c r="G14" t="s">
         <v>22</v>
       </c>
-      <c r="N8" t="s">
-        <v>61</v>
+      <c r="H14">
+        <v>2015</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>121</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>122</v>
+      </c>
+      <c r="M14" t="s">
+        <v>123</v>
+      </c>
+      <c r="N14" t="s">
+        <v>25</v>
+      </c>
+      <c r="O14" t="s">
+        <v>124</v>
+      </c>
+      <c r="P14" t="s">
+        <v>125</v>
       </c>
     </row>
-    <row r="9" spans="1:14">
-[...36 lines deleted...]
-      <c r="M9" t="s">
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>126</v>
+      </c>
+      <c r="B15" t="s">
+        <v>127</v>
+      </c>
+      <c r="C15" t="s">
+        <v>120</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>57</v>
+      </c>
+      <c r="F15" t="s">
+        <v>37</v>
+      </c>
+      <c r="G15" t="s">
         <v>22</v>
       </c>
-      <c r="N9" t="s">
-[...64 lines deleted...]
-      <c r="G11">
+      <c r="H15">
         <v>2015</v>
       </c>
-      <c r="H11"/>
-[...172 lines deleted...]
-      </c>
+      <c r="I15"/>
       <c r="J15" t="s">
-        <v>21</v>
+        <v>128</v>
       </c>
       <c r="K15" t="s">
-        <v>99</v>
+        <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>95</v>
+        <v>129</v>
       </c>
       <c r="M15" t="s">
-        <v>22</v>
+        <v>123</v>
       </c>
       <c r="N15" t="s">
-        <v>100</v>
+        <v>25</v>
+      </c>
+      <c r="O15" t="s">
+        <v>130</v>
+      </c>
+      <c r="P15" t="s">
+        <v>131</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>