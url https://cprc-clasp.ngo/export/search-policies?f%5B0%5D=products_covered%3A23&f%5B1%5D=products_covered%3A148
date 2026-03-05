--- v0 (2025-11-27)
+++ v1 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="435">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="436">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1197,50 +1197,53 @@
     <t>https://cprc-clasp.ngo/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
     <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
   </si>
   <si>
     <t>Standard NOM-001-ENER-2014 - Pumps</t>
   </si>
   <si>
     <t>Standard NOM-001-ENER-2014 applies to vertical turbine pumps with external vertical electric motor for pumping clean water as specified in the standard.</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-016-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-001-ener-2014-pumps</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5355493&amp;fecha=06/08/2014</t>
   </si>
   <si>
     <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for residential water pumps and residential water motor pumps (using single-phase squirrel-cage induction motors), respectively, and the test methods for verifying compliance therewith. Standard NOM-004-ENER-2014 applies to clean-water pumps and motor pumps with a power rating of 0.187 kW to 0.746 kW.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>NOM-004-ENER-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-004-ener-2014-domestic-water-pumps</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=5361894&amp;fecha=30/09/2014</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Water Pump TGL-94-14</t>
   </si>
   <si>
     <t>These criteria shall apply to pumps for pumping liquids with a temperature not exceeding 90°C intended for use in residential and similar purposes with a rated voltage that does not exceed 250 V for single-phase pumps and 480 V for other pumps.</t>
   </si>
   <si>
     <t>TIS 1548 (or IEC 60335-2-41)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-water-pump-tgl-94-14</t>
   </si>
@@ -4563,455 +4566,455 @@
       </c>
       <c r="P59" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
         <v>389</v>
       </c>
       <c r="B60" t="s">
         <v>390</v>
       </c>
       <c r="C60" t="s">
         <v>289</v>
       </c>
       <c r="D60" t="s">
         <v>53</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>107</v>
       </c>
       <c r="G60" t="s">
-        <v>44</v>
+        <v>391</v>
       </c>
       <c r="H60">
         <v>1994</v>
       </c>
       <c r="I60">
         <v>2014</v>
       </c>
       <c r="J60" t="s">
         <v>217</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="M60" t="s">
         <v>291</v>
       </c>
       <c r="N60" t="s">
         <v>26</v>
       </c>
       <c r="O60" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="P60" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B61" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C61" t="s">
         <v>140</v>
       </c>
       <c r="D61" t="s">
         <v>53</v>
       </c>
       <c r="E61" t="s">
         <v>66</v>
       </c>
       <c r="F61" t="s">
         <v>67</v>
       </c>
       <c r="G61" t="s">
         <v>22</v>
       </c>
       <c r="H61">
         <v>2014</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
         <v>124</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="M61" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="N61" t="s">
         <v>26</v>
       </c>
       <c r="O61" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="P61" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B62" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C62" t="s">
         <v>140</v>
       </c>
       <c r="D62" t="s">
         <v>267</v>
       </c>
       <c r="E62" t="s">
         <v>66</v>
       </c>
       <c r="F62" t="s">
         <v>54</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
         <v>2014</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
         <v>269</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62"/>
       <c r="M62" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="N62" t="s">
         <v>26</v>
       </c>
       <c r="O62" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="P62" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B63" t="s">
         <v>30</v>
       </c>
       <c r="C63" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D63" t="s">
         <v>32</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
         <v>34</v>
       </c>
       <c r="G63" t="s">
         <v>22</v>
       </c>
       <c r="H63">
         <v>2017</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
         <v>35</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63" t="s">
         <v>36</v>
       </c>
       <c r="M63" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="N63" t="s">
         <v>38</v>
       </c>
       <c r="O63" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="P63" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B64" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C64" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D64" t="s">
         <v>32</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>34</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
         <v>2020</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
         <v>35</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64" t="s">
         <v>36</v>
       </c>
       <c r="M64" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="N64" t="s">
         <v>38</v>
       </c>
       <c r="O64" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="P64"/>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="B65" t="s">
         <v>42</v>
       </c>
       <c r="C65" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="D65" t="s">
         <v>32</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>34</v>
       </c>
       <c r="G65" t="s">
         <v>44</v>
       </c>
       <c r="H65">
         <v>2016</v>
       </c>
       <c r="I65">
         <v>2017</v>
       </c>
       <c r="J65" t="s">
         <v>23</v>
       </c>
       <c r="K65" t="s">
         <v>45</v>
       </c>
       <c r="L65" t="s">
         <v>46</v>
       </c>
       <c r="M65" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="N65" t="s">
         <v>38</v>
       </c>
       <c r="O65" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="P65" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B66" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C66" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D66" t="s">
         <v>53</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>107</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
         <v>2017</v>
       </c>
       <c r="I66"/>
       <c r="J66" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
       <c r="L66"/>
       <c r="M66" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="N66" t="s">
         <v>26</v>
       </c>
       <c r="O66" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="P66" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B67" t="s">
         <v>98</v>
       </c>
       <c r="C67" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="D67" t="s">
         <v>32</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>34</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
         <v>2021</v>
       </c>
       <c r="I67"/>
       <c r="J67" t="s">
         <v>68</v>
       </c>
       <c r="K67" t="s">
         <v>45</v>
       </c>
       <c r="L67" t="s">
         <v>46</v>
       </c>
       <c r="M67" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="N67" t="s">
         <v>38</v>
       </c>
       <c r="O67" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="P67" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="B68" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C68" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="D68" t="s">
         <v>32</v>
       </c>
       <c r="E68" t="s">
         <v>66</v>
       </c>
       <c r="F68" t="s">
         <v>34</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">
         <v>2021</v>
       </c>
       <c r="I68"/>
       <c r="J68" t="s">
         <v>68</v>
       </c>
       <c r="K68" t="s">
         <v>45</v>
       </c>
       <c r="L68" t="s">
         <v>46</v>
       </c>
       <c r="M68" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="N68" t="s">
         <v>38</v>
       </c>
       <c r="O68" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="P68"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>