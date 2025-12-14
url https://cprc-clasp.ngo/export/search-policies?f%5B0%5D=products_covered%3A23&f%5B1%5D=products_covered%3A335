--- v0 (2025-10-15)
+++ v1 (2025-12-14)
@@ -12,694 +12,882 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="199">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="260">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>Botswana standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
+    <t>This policy applies to off-grid renewable energy products with batteries and solar modules with DC system voltages not exceeding 35 V and peak power ratings not exceeding 350 W.</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5:2018</t>
   </si>
   <si>
     <t>Botswana Bureau of Standards</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/botswana-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:300860528604589::::FSP_ORG_ID,FSP_LANG_ID:1074,25</t>
+  </si>
+  <si>
     <t>CES 140:2015 Off-grid solar photovoltaic lighting kits - requirements</t>
   </si>
   <si>
+    <t>standalone off-grid solar products</t>
+  </si>
+  <si>
     <t>Ethiopia</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Ethiopian Standards Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ces-1402015-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/data/files/library/ethiopia/Ethiopia%20Energy%20Performance%20Standards%20for%20lamps.pdf</t>
+  </si>
+  <si>
     <t>DNIS IEC TS 62257-9-8:2019EE</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/dnis-iec-ts-62257-9-82019ee</t>
   </si>
   <si>
+    <t>https://son.gov.ng/nigeria-adopt-standards-for-renewable-energy-hybrid-systems-for-rural-electrification</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for DVD Players</t>
   </si>
   <si>
+    <t>Digital Versatile Disc Players.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-dvd-players</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>ECOSTAND 054: 2015</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Minimum performance requirements  and quality standards based on Lighting Global Quality Standards</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecostand-054-2015</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/presentation_ecreee_may_2019_v2.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND IEC TS 62257-9-8:2020</t>
   </si>
   <si>
+    <t>ECOWAS regional quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>April 2023</t>
   </si>
   <si>
     <t>IEC TS 62257-9-6</t>
   </si>
   <si>
     <t>ECOWAQ</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecostand-iec-ts-62257-9-82020</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/news/ecowas-industry-ministers-adopt-regional-standards-standalone-solar-systems-and-solar-pv-mini#:~:text=ABOUT%20ECREEE-,ECOWAS%20Industry%20Ministers%20adopt%20regional%20Standards%20on%20standalone%20solar%20systems,6)%20Standards%20on%20solar%20energy.</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for DVD Players|Recorders</t>
   </si>
   <si>
+    <t>The applicable products shall be household DVD players or recorders which meet the requirements of CNS-13438; CNS-13439; CNS-14336 or CNS-14408; or have been recognized by the competent authority as household DVD player; recorder products.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>IEC62301</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-dvd-playersrecorders</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=25</t>
+  </si>
+  <si>
     <t>ES 6087:2017 Requirements for plug - and - play DC solar home system kit</t>
   </si>
   <si>
+    <t>This Ethiopian Standard specifies requirements for performance, safety and durability for plug – and – play type DC Solar Home Systems Kit that have the peak power rating above 10 and up to 350W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/es-60872017-requirements-plug-and-play-dc-solar-home-system-kit</t>
   </si>
   <si>
+    <t>http://www.et.undp.org/content/dam/ethiopia/docs/Ethiopia%20Final%20-%20ES%206087-2017%20Requirements%20for%20DC%20Solar%20Home%20System%20Kit.pdf</t>
+  </si>
+  <si>
     <t>Ethiopian standard for pico-solar and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+No policy link available.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ethiopian-standard-pico-solar-and-shs-kits</t>
   </si>
   <si>
     <t>GS IEC 62257-9-8:2020, Renewable energy and hybrid systems for rural electrification - Part 9-8: Integrated systems - Requirements for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>July 2022</t>
   </si>
   <si>
     <t>Ghana Standards Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gs-iec-62257-9-82020-renewable-energy-and-hybrid-systems-rural-electrification-part-9-8</t>
   </si>
   <si>
+    <t>http://services.gsa.gov.gh/standards/standards.php?sno=GS%20IEC%20TS%2062257-9-8:2020</t>
+  </si>
+  <si>
     <t>IEC TS 62257-9-8  Quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
+    <t>This quality standard will apply to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>L'Office Congolais de Contrôle (OCC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/iec-ts-62257-9-8-quality-standard-pico-solar-products-and-shs-kits</t>
   </si>
   <si>
     <t>IEC TS 62258-9-8:2020</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>August 2022</t>
   </si>
   <si>
     <t>Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/iec-ts-62258-9-82020</t>
   </si>
   <si>
+    <t>https://item.jd.com/10054560130198.html</t>
+  </si>
+  <si>
     <t>KS IEC/TS 62257-9-8:2020 Requirements for stand-alone renewable products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>This standard applies to off-grid lighting appliances or kits that can be installed by a typical user without employing a technician. The kits are generally comprised of a light source (LED, CFL, or other), a rechargeable energy storage device (usually a battery), an energy generation device or source (PV module, dynamo, AC grid, unregulated DC input, or other), and internal electronics. Lighting appliances or kits with PV modules larger than 10 W (peak power under standard test conditions) are excluded from the scope of this standard.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>KS IEC/TS 62257-9-5</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ks-iects-62257-9-82020-requirements-stand-alone-renewable-products-power-ratings-less-or</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=16444&amp;search=-9-8</t>
+  </si>
+  <si>
     <t>LS IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>June 2022</t>
   </si>
   <si>
     <t>National Standards Laboratory of Liberia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/node/1799</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:202048646803578::::FSP_ORG_ID,FSP_LANG_ID:20060,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>November 2023</t>
   </si>
   <si>
     <t>Malawi Bureau of Standards (MBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:112914829377027::::FSP_ORG_ID,FSP_LANG_ID:1090,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
     <t>MS IEC TS 62257-9-8</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
+    <t>https://nam10.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.iec.ch%2Fdyn%2Fwww%2Ff%3Fp%3D103%3A36%3A112914829377027%3A%3A%3A%3AFSP_ORG_ID%2CFSP_LANG_ID%3A1090%2C25&amp;data=05%7C01%7Clboucher%40clasp.ngo%7C991380eb2ddc4597b0bd08dbd6ffa68d%7C893cf7999fee4d2a8d71655b7b1e53d2%7C0%7C0%7C638340165728696357%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=BRfwqZ8YWSBCwfEf9yfxjELTLNVh5Efnf5BHKmWv9cw%3D&amp;reserved=0</t>
+  </si>
+  <si>
     <t>Ministerial Guidelines on Minimum Standard Requirements for Solar Home Systems</t>
   </si>
   <si>
+    <t>Covers stand-alone photovoltaic power systems; defines the minimum service level energy requirements for an off-grid solar home system; cover the corresponding minimum requirements for the off-grid solar home system accessories such as Lamps, Cables, Batteries, Solar Photovoltaic Panel, Charge controller, installation requirements and other accessories required for off-grid solar home system installation to ensure safety of end users and quality of the system as well as quality of service.</t>
+  </si>
+  <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>Rwanda Ministry of Infrastructure</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-guidelines-minimum-standard-requirements-solar-home-systems</t>
   </si>
   <si>
+    <t>https://www.mininfra.gov.rw/fileadmin/user_upload/Mininfra/Documents/Energy_Docs/Ministerial_Guidelines_on_minimum_requirements_for_solar_home_systems.pdf</t>
+  </si>
+  <si>
     <t>NI IEC TS 62258-9-8</t>
   </si>
   <si>
     <t>Côte d'Ivoire</t>
   </si>
   <si>
     <t>CODINORM</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ni-iec-ts-62258-9-8</t>
   </si>
   <si>
+    <t>https://www.codinorm.ci/</t>
+  </si>
+  <si>
     <t>NMG 202-1 National quality standards for pico-PV products</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering pico-PV products up to 10Wp.</t>
+  </si>
+  <si>
     <t>Madagascar</t>
   </si>
   <si>
     <t>Bureau des Normes de Madagascar (BNM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nmg-202-1-national-quality-standards-pico-pv-products</t>
   </si>
   <si>
+    <t>https://www.lightingafrica.org/country/madagascar/</t>
+  </si>
+  <si>
     <t>NMG 202-2 National quality standards for SHS kits</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering off-grid solar products 10-350Wp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nmg-202-2-national-quality-standards-shs-kits</t>
   </si>
   <si>
     <t>PNGS/IEC TS 62257-9-8:2022 Recommendations for renewable energy and hybrid systems for rural electrification – Part 9-5: Integrated systems –Laboratory evaluation of stand-alone renewable energy products for rural electrification</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>National Institute of Standards and Industrial Technology of Papua New Guinea (…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pngsiec-ts-62257-9-82022-recommendations-renewable-energy-and-hybrid-systems-rural</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:409367440807281::::FSP_ORG_ID,FSP_LANG_ID:1131,25</t>
+  </si>
+  <si>
     <t>Procel Seal - Systems and Equipment for Photovoltaic Energy</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for photovoltaic modules.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-systems-and-equipment-photovoltaic-energy</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The source links to a publication from ACE-TAF stating that that the standard was adopted in 2020.</t>
+  </si>
+  <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>Sierra Leone Standards Bureau (SLSB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-w</t>
   </si>
   <si>
+    <t>https://sun-connect-news.org/fileadmin/DATEIEN/Dateien/New/Stand-Alone-Solar-SAS-Market-Update-Sierra-Leone.pdf</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp
+No policy link available.</t>
+  </si>
+  <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>Standards Association of Zimbabwe (SAZ)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-0</t>
   </si>
   <si>
     <t>Regional quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Applies to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/regional-quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or</t>
   </si>
   <si>
     <t>Schedule 38 - Energy Efficiency Requirements for Grid Connected Solar Inverters</t>
+  </si>
+  <si>
+    <t>This schedule specifies the requirement for participating in the energy labeling program for both single-phase and three-phase grid-connected solar inverters without storage up to and including 100 kW rated output power being manufactured, imported and sold in India. This schedule specifies the minimum overall efficiency requirement of the inverter based on static maximum power point tracking (MPPT) efficiency measurement and the steady state conversion efficiency prescribed in IS 17980:2022/ IEC 62891:2020. The schedule does not cover the dynamic MPPT efficiency. Only BIS certified solar inverters complied with IS 16221-2:2015 are eligible to take part in the BEE Standards and Labeling program.</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>Renewable Energy Systems</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IS 17980:2022/ IEC 62891:2020 
 ,   
                     IS 12834:2023/ IEC 61836:2016
 ,   
                     IS 16221-2:2015/ IEC 62109-2: 2011 
 ,   
                     IS 16169:2019/IEC 62116:2014</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-38-energy-efficiency-requirements-grid-connected-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule_38_Solar_Inverter.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4146 - Audio and Video Systems</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for audio visual systems: home theater systems, DVD players, and Blu-ray players operating at nominal voltages of 110, 115, 127, 220, 230V, at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Home Theater Equipment, DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / NOM-008-SCFI / NOM-024-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4146-audio-and-video-systems</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4146.pdf</t>
+  </si>
+  <si>
     <t>Senegalese quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Products meeting this standard qualify for VAT exemption; Upon adoption of the standard, all products must meet mandatory requirements.</t>
+  </si>
+  <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>Senegal Standards Association (ASN)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/senegalese-quality-standard-pico-solar-products-and-shs-kits</t>
   </si>
   <si>
+    <t>https://www.iec.ch/ords/f?p=103:36:714836314153512::::FSP_ORG_ID,FSP_LANG_ID:1113,25</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Solar-Powered Products</t>
   </si>
   <si>
+    <t>The scope of certification under this category includes solar powered products such as watches/clocks, caliper gauges, desktop and pocket calculators, scales for small utilisation, e.g. letter, parcel, bathroom and kitchen scales, titrating devices, toys, solar construction kits, solar training kits, and solar experimental kits.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Small-Solar Powered Electronics, Solar Energy Kits</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-solar-powered-products</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=62</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Video Media Players / Recorders TGL-39-04</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to mains-powered electronic equipment designed to reproduce video-audio signals recorded in data storage media video cassette tape, VCD, DVD, etc. in connection with other visual display units and sound speaker units such as TVs.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Certificate of conformity and test results. (with quality and environmental requirements).
 ,   
                     Standby power consumption of the applied product shall comply with the following requirements: The power consumption of the applied product in on-mode not exceeded 15W. Exempted from this are audio-DVD combination units.</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-video-media-players-recorders-tgl-39-04</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-39-04.pdf</t>
+  </si>
+  <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>Agence Togolaise de Normalisation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>entity:node/1349</t>
+  </si>
+  <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
+    <t>This policy provides baseline requirements for quality, durability, and truth in advertising to protect consumers of off-grid renewable energy products. Evaluation of these requirements is based on tests described in IEC TS 62257-9-5.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
     <t>TZS 1952:2016 Off-grid solar photovoltaic lighting kits - Requirements</t>
   </si>
   <si>
     <t>Tanzania</t>
   </si>
   <si>
     <t>Tanzania Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tzs-19522016-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>http://tbs.go.tz/uploads/files/LIST%20OF%20COMPULSORY%20TANZANIA%20STANDARD%20AS%20OF%20AUGUST%202020.pdf</t>
+  </si>
+  <si>
     <t>US IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us-iec-62257-9-8-2020</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug//store.php?src=4427&amp;preview</t>
+  </si>
+  <si>
     <t>ZS IEC 62257-9-8</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The Standard has been gazetted but has not entered into force yet.</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>Zambia Standards Bureau (ZABS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/zs-iec-62257-9-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -963,1703 +1151,1922 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N38"/>
+  <dimension ref="A1:P38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="271" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="271.22" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="831.654" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="327.92" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="566.148" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>44</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4">
+        <v>2016</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>38</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H5">
+        <v>2020</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>45</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>54</v>
+      </c>
+      <c r="N5" t="s">
+        <v>38</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D6" t="s">
+        <v>60</v>
+      </c>
+      <c r="E6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F6" t="s">
+        <v>62</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2010</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>63</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>64</v>
+      </c>
+      <c r="N6" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...24 lines deleted...]
-      <c r="L3" t="s">
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
+        <v>69</v>
+      </c>
+      <c r="D7" t="s">
         <v>32</v>
       </c>
-      <c r="M3" t="s">
+      <c r="E7" t="s">
         <v>33</v>
       </c>
-      <c r="N3" t="s">
+      <c r="F7" t="s">
+        <v>70</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>71</v>
+      </c>
+      <c r="K7" t="s">
+        <v>72</v>
+      </c>
+      <c r="L7" t="s">
+        <v>46</v>
+      </c>
+      <c r="M7" t="s">
+        <v>73</v>
+      </c>
+      <c r="N7" t="s">
+        <v>38</v>
+      </c>
+      <c r="O7" t="s">
+        <v>74</v>
+      </c>
+      <c r="P7" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>76</v>
+      </c>
+      <c r="B8" t="s">
+        <v>77</v>
+      </c>
+      <c r="C8" t="s">
+        <v>69</v>
+      </c>
+      <c r="D8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>34</v>
       </c>
-    </row>
-[...67 lines deleted...]
-      <c r="I5" t="s">
+      <c r="G8" t="s">
+        <v>78</v>
+      </c>
+      <c r="H8">
+        <v>2023</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>79</v>
+      </c>
+      <c r="K8" t="s">
+        <v>45</v>
+      </c>
+      <c r="L8" t="s">
+        <v>80</v>
+      </c>
+      <c r="M8" t="s">
+        <v>81</v>
+      </c>
+      <c r="N8" t="s">
+        <v>82</v>
+      </c>
+      <c r="O8" t="s">
+        <v>83</v>
+      </c>
+      <c r="P8" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>85</v>
+      </c>
+      <c r="B9" t="s">
+        <v>86</v>
+      </c>
+      <c r="C9" t="s">
+        <v>87</v>
+      </c>
+      <c r="D9" t="s">
+        <v>60</v>
+      </c>
+      <c r="E9" t="s">
+        <v>61</v>
+      </c>
+      <c r="F9" t="s">
+        <v>62</v>
+      </c>
+      <c r="G9" t="s">
         <v>44</v>
-      </c>
-[...160 lines deleted...]
-        <v>2007</v>
       </c>
       <c r="H9">
         <v>2007</v>
       </c>
-      <c r="I9" t="s">
-        <v>70</v>
+      <c r="I9">
+        <v>2007</v>
       </c>
       <c r="J9" t="s">
-        <v>21</v>
+        <v>88</v>
       </c>
       <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>89</v>
+      </c>
+      <c r="M9" t="s">
+        <v>90</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>91</v>
+      </c>
+      <c r="P9" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>93</v>
+      </c>
+      <c r="B10" t="s">
+        <v>94</v>
+      </c>
+      <c r="C10" t="s">
+        <v>43</v>
+      </c>
+      <c r="D10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E10" t="s">
+        <v>61</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2017</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>45</v>
+      </c>
+      <c r="L10" t="s">
+        <v>46</v>
+      </c>
+      <c r="M10" t="s">
+        <v>47</v>
+      </c>
+      <c r="N10" t="s">
+        <v>38</v>
+      </c>
+      <c r="O10" t="s">
+        <v>95</v>
+      </c>
+      <c r="P10" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>97</v>
+      </c>
+      <c r="B11" t="s">
+        <v>98</v>
+      </c>
+      <c r="C11" t="s">
+        <v>43</v>
+      </c>
+      <c r="D11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2021</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
         <v>71</v>
       </c>
-      <c r="L9" t="s">
-[...35 lines deleted...]
-      <c r="J10" t="s">
+      <c r="K11" t="s">
+        <v>45</v>
+      </c>
+      <c r="L11" t="s">
+        <v>46</v>
+      </c>
+      <c r="M11" t="s">
+        <v>47</v>
+      </c>
+      <c r="N11" t="s">
         <v>38</v>
       </c>
-      <c r="K10" t="s">
-[...54 lines deleted...]
-    <row r="12" spans="1:14">
+      <c r="O11" t="s">
+        <v>99</v>
+      </c>
+      <c r="P11"/>
+    </row>
+    <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>78</v>
+        <v>100</v>
       </c>
       <c r="B12" t="s">
-        <v>79</v>
+        <v>101</v>
       </c>
       <c r="C12" t="s">
-        <v>27</v>
+        <v>102</v>
       </c>
       <c r="D12" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>29</v>
+        <v>61</v>
       </c>
       <c r="F12" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G12">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>2020</v>
       </c>
-      <c r="H12"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>38</v>
+        <v>103</v>
       </c>
       <c r="K12" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="L12" t="s">
-        <v>81</v>
+        <v>46</v>
       </c>
       <c r="M12" t="s">
-        <v>66</v>
+        <v>104</v>
       </c>
       <c r="N12" t="s">
         <v>82</v>
       </c>
-    </row>
-    <row r="13" spans="1:14">
+      <c r="O12" t="s">
+        <v>105</v>
+      </c>
+      <c r="P12" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>83</v>
-[...4 lines deleted...]
-      </c>
+        <v>107</v>
+      </c>
+      <c r="B13" t="s">
+        <v>108</v>
+      </c>
+      <c r="C13"/>
       <c r="D13" t="s">
-        <v>50</v>
+        <v>109</v>
       </c>
       <c r="E13" t="s">
-        <v>29</v>
+        <v>61</v>
       </c>
       <c r="F13" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="G13"/>
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>110</v>
+      </c>
       <c r="H13"/>
-      <c r="I13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I13"/>
       <c r="J13" t="s">
+        <v>71</v>
+      </c>
+      <c r="K13" t="s">
+        <v>45</v>
+      </c>
+      <c r="L13" t="s">
+        <v>46</v>
+      </c>
+      <c r="M13" t="s">
+        <v>111</v>
+      </c>
+      <c r="N13" t="s">
         <v>38</v>
       </c>
-      <c r="K13" t="s">
-[...5 lines deleted...]
-      <c r="M13" t="s">
+      <c r="O13" t="s">
+        <v>112</v>
+      </c>
+      <c r="P13"/>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>113</v>
+      </c>
+      <c r="B14" t="s">
+        <v>101</v>
+      </c>
+      <c r="C14" t="s">
+        <v>114</v>
+      </c>
+      <c r="D14" t="s">
+        <v>109</v>
+      </c>
+      <c r="E14" t="s">
+        <v>61</v>
+      </c>
+      <c r="F14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2022</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>115</v>
+      </c>
+      <c r="K14" t="s">
+        <v>45</v>
+      </c>
+      <c r="L14" t="s">
+        <v>46</v>
+      </c>
+      <c r="M14" t="s">
+        <v>116</v>
+      </c>
+      <c r="N14" t="s">
+        <v>38</v>
+      </c>
+      <c r="O14" t="s">
+        <v>117</v>
+      </c>
+      <c r="P14" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>119</v>
+      </c>
+      <c r="B15" t="s">
+        <v>120</v>
+      </c>
+      <c r="C15" t="s">
+        <v>121</v>
+      </c>
+      <c r="D15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2021</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>122</v>
+      </c>
+      <c r="K15" t="s">
+        <v>45</v>
+      </c>
+      <c r="L15" t="s">
+        <v>123</v>
+      </c>
+      <c r="M15" t="s">
+        <v>124</v>
+      </c>
+      <c r="N15" t="s">
+        <v>38</v>
+      </c>
+      <c r="O15" t="s">
+        <v>125</v>
+      </c>
+      <c r="P15" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>127</v>
+      </c>
+      <c r="B16" t="s">
+        <v>101</v>
+      </c>
+      <c r="C16" t="s">
+        <v>128</v>
+      </c>
+      <c r="D16" t="s">
+        <v>109</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>34</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2022</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>129</v>
+      </c>
+      <c r="K16" t="s">
+        <v>45</v>
+      </c>
+      <c r="L16" t="s">
+        <v>46</v>
+      </c>
+      <c r="M16" t="s">
+        <v>130</v>
+      </c>
+      <c r="N16" t="s">
+        <v>38</v>
+      </c>
+      <c r="O16" t="s">
+        <v>131</v>
+      </c>
+      <c r="P16" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>133</v>
+      </c>
+      <c r="B17" t="s">
+        <v>30</v>
+      </c>
+      <c r="C17" t="s">
+        <v>134</v>
+      </c>
+      <c r="D17" t="s">
+        <v>32</v>
+      </c>
+      <c r="E17" t="s">
         <v>33</v>
       </c>
-      <c r="N13" t="s">
-[...22 lines deleted...]
-      <c r="G14">
+      <c r="F17" t="s">
+        <v>34</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
         <v>2022</v>
       </c>
-      <c r="H14"/>
-[...3 lines deleted...]
-      <c r="J14" t="s">
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>135</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>36</v>
+      </c>
+      <c r="M17" t="s">
+        <v>136</v>
+      </c>
+      <c r="N17" t="s">
         <v>38</v>
       </c>
-      <c r="K14" t="s">
-[...5 lines deleted...]
-      <c r="M14" t="s">
+      <c r="O17" t="s">
+        <v>137</v>
+      </c>
+      <c r="P17" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>139</v>
+      </c>
+      <c r="B18" t="s">
+        <v>30</v>
+      </c>
+      <c r="C18" t="s">
+        <v>134</v>
+      </c>
+      <c r="D18" t="s">
+        <v>32</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>34</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2022</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>135</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>140</v>
+      </c>
+      <c r="M18" t="s">
+        <v>136</v>
+      </c>
+      <c r="N18" t="s">
+        <v>38</v>
+      </c>
+      <c r="O18" t="s">
+        <v>141</v>
+      </c>
+      <c r="P18" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>143</v>
+      </c>
+      <c r="B19" t="s">
+        <v>144</v>
+      </c>
+      <c r="C19" t="s">
+        <v>145</v>
+      </c>
+      <c r="D19" t="s">
+        <v>32</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>34</v>
+      </c>
+      <c r="G19" t="s">
+        <v>44</v>
+      </c>
+      <c r="H19">
+        <v>2019</v>
+      </c>
+      <c r="I19">
+        <v>2022</v>
+      </c>
+      <c r="J19" t="s">
+        <v>71</v>
+      </c>
+      <c r="K19" t="s">
+        <v>45</v>
+      </c>
+      <c r="L19" t="s">
+        <v>46</v>
+      </c>
+      <c r="M19" t="s">
+        <v>146</v>
+      </c>
+      <c r="N19" t="s">
+        <v>38</v>
+      </c>
+      <c r="O19" t="s">
+        <v>147</v>
+      </c>
+      <c r="P19" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>149</v>
+      </c>
+      <c r="B20" t="s">
+        <v>101</v>
+      </c>
+      <c r="C20" t="s">
+        <v>150</v>
+      </c>
+      <c r="D20" t="s">
+        <v>32</v>
+      </c>
+      <c r="E20" t="s">
+        <v>61</v>
+      </c>
+      <c r="F20" t="s">
+        <v>34</v>
+      </c>
+      <c r="G20" t="s">
+        <v>78</v>
+      </c>
+      <c r="H20">
+        <v>2022</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>79</v>
+      </c>
+      <c r="K20" t="s">
+        <v>45</v>
+      </c>
+      <c r="L20" t="s">
+        <v>46</v>
+      </c>
+      <c r="M20" t="s">
+        <v>151</v>
+      </c>
+      <c r="N20" t="s">
+        <v>82</v>
+      </c>
+      <c r="O20" t="s">
+        <v>152</v>
+      </c>
+      <c r="P20" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>154</v>
+      </c>
+      <c r="B21" t="s">
+        <v>155</v>
+      </c>
+      <c r="C21" t="s">
+        <v>156</v>
+      </c>
+      <c r="D21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E21" t="s">
+        <v>61</v>
+      </c>
+      <c r="F21" t="s">
+        <v>34</v>
+      </c>
+      <c r="G21" t="s">
+        <v>44</v>
+      </c>
+      <c r="H21">
+        <v>2018</v>
+      </c>
+      <c r="I21">
+        <v>2022</v>
+      </c>
+      <c r="J21" t="s">
+        <v>71</v>
+      </c>
+      <c r="K21" t="s">
+        <v>45</v>
+      </c>
+      <c r="L21" t="s">
+        <v>46</v>
+      </c>
+      <c r="M21" t="s">
+        <v>157</v>
+      </c>
+      <c r="N21" t="s">
+        <v>38</v>
+      </c>
+      <c r="O21" t="s">
+        <v>158</v>
+      </c>
+      <c r="P21" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>160</v>
+      </c>
+      <c r="B22" t="s">
+        <v>161</v>
+      </c>
+      <c r="C22" t="s">
+        <v>156</v>
+      </c>
+      <c r="D22" t="s">
+        <v>32</v>
+      </c>
+      <c r="E22" t="s">
+        <v>61</v>
+      </c>
+      <c r="F22" t="s">
+        <v>34</v>
+      </c>
+      <c r="G22" t="s">
+        <v>44</v>
+      </c>
+      <c r="H22">
+        <v>2018</v>
+      </c>
+      <c r="I22">
+        <v>2022</v>
+      </c>
+      <c r="J22" t="s">
+        <v>71</v>
+      </c>
+      <c r="K22" t="s">
+        <v>72</v>
+      </c>
+      <c r="L22" t="s">
+        <v>46</v>
+      </c>
+      <c r="M22" t="s">
+        <v>157</v>
+      </c>
+      <c r="N22" t="s">
+        <v>38</v>
+      </c>
+      <c r="O22" t="s">
+        <v>162</v>
+      </c>
+      <c r="P22" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>163</v>
+      </c>
+      <c r="B23" t="s">
+        <v>101</v>
+      </c>
+      <c r="C23" t="s">
+        <v>164</v>
+      </c>
+      <c r="D23" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" t="s">
+        <v>61</v>
+      </c>
+      <c r="F23" t="s">
+        <v>34</v>
+      </c>
+      <c r="G23" t="s">
+        <v>78</v>
+      </c>
+      <c r="H23">
+        <v>2023</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>165</v>
+      </c>
+      <c r="K23" t="s">
+        <v>45</v>
+      </c>
+      <c r="L23" t="s">
+        <v>46</v>
+      </c>
+      <c r="M23" t="s">
+        <v>166</v>
+      </c>
+      <c r="N23" t="s">
+        <v>38</v>
+      </c>
+      <c r="O23" t="s">
+        <v>167</v>
+      </c>
+      <c r="P23" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>169</v>
+      </c>
+      <c r="B24" t="s">
+        <v>170</v>
+      </c>
+      <c r="C24" t="s">
+        <v>171</v>
+      </c>
+      <c r="D24" t="s">
+        <v>32</v>
+      </c>
+      <c r="E24" t="s">
+        <v>61</v>
+      </c>
+      <c r="F24" t="s">
+        <v>62</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2010</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>172</v>
+      </c>
+      <c r="K24" t="s">
+        <v>45</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>173</v>
+      </c>
+      <c r="N24" t="s">
+        <v>38</v>
+      </c>
+      <c r="O24" t="s">
+        <v>174</v>
+      </c>
+      <c r="P24" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>176</v>
+      </c>
+      <c r="B25" t="s">
+        <v>177</v>
+      </c>
+      <c r="C25" t="s">
+        <v>178</v>
+      </c>
+      <c r="D25" t="s">
+        <v>32</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>34</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2020</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>122</v>
+      </c>
+      <c r="K25" t="s">
+        <v>45</v>
+      </c>
+      <c r="L25" t="s">
+        <v>46</v>
+      </c>
+      <c r="M25" t="s">
+        <v>179</v>
+      </c>
+      <c r="N25" t="s">
+        <v>38</v>
+      </c>
+      <c r="O25" t="s">
+        <v>180</v>
+      </c>
+      <c r="P25" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>176</v>
+      </c>
+      <c r="B26" t="s">
+        <v>182</v>
+      </c>
+      <c r="C26" t="s">
+        <v>183</v>
+      </c>
+      <c r="D26" t="s">
+        <v>32</v>
+      </c>
+      <c r="E26" t="s">
+        <v>61</v>
+      </c>
+      <c r="F26" t="s">
+        <v>34</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2021</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>122</v>
+      </c>
+      <c r="K26" t="s">
+        <v>45</v>
+      </c>
+      <c r="L26" t="s">
+        <v>46</v>
+      </c>
+      <c r="M26" t="s">
+        <v>184</v>
+      </c>
+      <c r="N26" t="s">
+        <v>38</v>
+      </c>
+      <c r="O26" t="s">
+        <v>185</v>
+      </c>
+      <c r="P26"/>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>186</v>
+      </c>
+      <c r="B27" t="s">
+        <v>187</v>
+      </c>
+      <c r="C27" t="s">
+        <v>69</v>
+      </c>
+      <c r="D27" t="s">
+        <v>109</v>
+      </c>
+      <c r="E27" t="s">
         <v>33</v>
       </c>
-      <c r="N14" t="s">
-[...22 lines deleted...]
-      <c r="G15">
+      <c r="F27" t="s">
+        <v>34</v>
+      </c>
+      <c r="G27" t="s">
+        <v>110</v>
+      </c>
+      <c r="H27"/>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>71</v>
+      </c>
+      <c r="K27" t="s">
+        <v>45</v>
+      </c>
+      <c r="L27" t="s">
+        <v>46</v>
+      </c>
+      <c r="M27" t="s">
+        <v>73</v>
+      </c>
+      <c r="N27" t="s">
+        <v>38</v>
+      </c>
+      <c r="O27" t="s">
+        <v>188</v>
+      </c>
+      <c r="P27"/>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>189</v>
+      </c>
+      <c r="B28" t="s">
+        <v>190</v>
+      </c>
+      <c r="C28" t="s">
+        <v>191</v>
+      </c>
+      <c r="D28" t="s">
+        <v>192</v>
+      </c>
+      <c r="E28" t="s">
+        <v>61</v>
+      </c>
+      <c r="F28" t="s">
+        <v>193</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2024</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>194</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>195</v>
+      </c>
+      <c r="M28" t="s">
+        <v>196</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>197</v>
+      </c>
+      <c r="P28" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>199</v>
+      </c>
+      <c r="B29" t="s">
+        <v>200</v>
+      </c>
+      <c r="C29" t="s">
+        <v>201</v>
+      </c>
+      <c r="D29" t="s">
+        <v>202</v>
+      </c>
+      <c r="E29" t="s">
+        <v>61</v>
+      </c>
+      <c r="F29" t="s">
+        <v>62</v>
+      </c>
+      <c r="G29" t="s">
+        <v>44</v>
+      </c>
+      <c r="H29">
+        <v>2008</v>
+      </c>
+      <c r="I29">
+        <v>2009</v>
+      </c>
+      <c r="J29" t="s">
+        <v>172</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>203</v>
+      </c>
+      <c r="M29" t="s">
+        <v>204</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>205</v>
+      </c>
+      <c r="P29" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>207</v>
+      </c>
+      <c r="B30" t="s">
+        <v>208</v>
+      </c>
+      <c r="C30" t="s">
+        <v>209</v>
+      </c>
+      <c r="D30" t="s">
+        <v>32</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>34</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
         <v>2021</v>
       </c>
-      <c r="H15"/>
-[...3 lines deleted...]
-      <c r="J15" t="s">
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>71</v>
+      </c>
+      <c r="K30" t="s">
+        <v>45</v>
+      </c>
+      <c r="L30" t="s">
+        <v>46</v>
+      </c>
+      <c r="M30" t="s">
+        <v>210</v>
+      </c>
+      <c r="N30" t="s">
         <v>38</v>
       </c>
-      <c r="K15" t="s">
-[...38 lines deleted...]
-      <c r="J16" t="s">
+      <c r="O30" t="s">
+        <v>211</v>
+      </c>
+      <c r="P30" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>213</v>
+      </c>
+      <c r="B31" t="s">
+        <v>214</v>
+      </c>
+      <c r="C31" t="s">
+        <v>215</v>
+      </c>
+      <c r="D31" t="s">
+        <v>216</v>
+      </c>
+      <c r="E31" t="s">
+        <v>61</v>
+      </c>
+      <c r="F31" t="s">
+        <v>62</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2017</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>23</v>
+      </c>
+      <c r="K31" t="s">
+        <v>45</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>217</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>218</v>
+      </c>
+      <c r="P31" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>220</v>
+      </c>
+      <c r="B32" t="s">
+        <v>221</v>
+      </c>
+      <c r="C32" t="s">
+        <v>222</v>
+      </c>
+      <c r="D32" t="s">
+        <v>223</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>224</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2019</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>225</v>
+      </c>
+      <c r="K32" t="s">
+        <v>45</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>226</v>
+      </c>
+      <c r="N32" t="s">
+        <v>227</v>
+      </c>
+      <c r="O32" t="s">
+        <v>228</v>
+      </c>
+      <c r="P32" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>230</v>
+      </c>
+      <c r="B33" t="s">
+        <v>231</v>
+      </c>
+      <c r="C33" t="s">
+        <v>232</v>
+      </c>
+      <c r="D33" t="s">
+        <v>60</v>
+      </c>
+      <c r="E33" t="s">
+        <v>61</v>
+      </c>
+      <c r="F33" t="s">
+        <v>62</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2004</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>71</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>233</v>
+      </c>
+      <c r="M33" t="s">
+        <v>234</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>235</v>
+      </c>
+      <c r="P33" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>237</v>
+      </c>
+      <c r="B34" t="s">
+        <v>30</v>
+      </c>
+      <c r="C34" t="s">
+        <v>238</v>
+      </c>
+      <c r="D34" t="s">
+        <v>32</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>34</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2017</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>35</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>36</v>
+      </c>
+      <c r="M34" t="s">
+        <v>239</v>
+      </c>
+      <c r="N34" t="s">
         <v>38</v>
       </c>
-      <c r="K16" t="s">
-[...124 lines deleted...]
-      <c r="J19" t="s">
+      <c r="O34" t="s">
+        <v>240</v>
+      </c>
+      <c r="P34" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>242</v>
+      </c>
+      <c r="B35" t="s">
+        <v>243</v>
+      </c>
+      <c r="C35" t="s">
+        <v>238</v>
+      </c>
+      <c r="D35" t="s">
+        <v>32</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>34</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2020</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>35</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>36</v>
+      </c>
+      <c r="M35" t="s">
+        <v>239</v>
+      </c>
+      <c r="N35" t="s">
         <v>38</v>
       </c>
-      <c r="K19" t="s">
-[...38 lines deleted...]
-      <c r="J20" t="s">
+      <c r="O35" t="s">
+        <v>244</v>
+      </c>
+      <c r="P35"/>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>245</v>
+      </c>
+      <c r="B36" t="s">
+        <v>42</v>
+      </c>
+      <c r="C36" t="s">
+        <v>246</v>
+      </c>
+      <c r="D36" t="s">
+        <v>32</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>34</v>
+      </c>
+      <c r="G36" t="s">
+        <v>44</v>
+      </c>
+      <c r="H36">
+        <v>2016</v>
+      </c>
+      <c r="I36">
+        <v>2017</v>
+      </c>
+      <c r="J36" t="s">
+        <v>23</v>
+      </c>
+      <c r="K36" t="s">
+        <v>45</v>
+      </c>
+      <c r="L36" t="s">
+        <v>46</v>
+      </c>
+      <c r="M36" t="s">
+        <v>247</v>
+      </c>
+      <c r="N36" t="s">
         <v>38</v>
       </c>
-      <c r="K20" t="s">
-[...40 lines deleted...]
-      <c r="J21" t="s">
+      <c r="O36" t="s">
+        <v>248</v>
+      </c>
+      <c r="P36" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>250</v>
+      </c>
+      <c r="B37" t="s">
+        <v>51</v>
+      </c>
+      <c r="C37" t="s">
+        <v>251</v>
+      </c>
+      <c r="D37" t="s">
+        <v>32</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>34</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2021</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>122</v>
+      </c>
+      <c r="K37" t="s">
+        <v>45</v>
+      </c>
+      <c r="L37" t="s">
+        <v>46</v>
+      </c>
+      <c r="M37" t="s">
+        <v>252</v>
+      </c>
+      <c r="N37" t="s">
         <v>38</v>
       </c>
-      <c r="K21" t="s">
-[...2 lines deleted...]
-      <c r="L21" t="s">
+      <c r="O37" t="s">
+        <v>253</v>
+      </c>
+      <c r="P37" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>255</v>
+      </c>
+      <c r="B38" t="s">
+        <v>256</v>
+      </c>
+      <c r="C38" t="s">
+        <v>257</v>
+      </c>
+      <c r="D38" t="s">
+        <v>32</v>
+      </c>
+      <c r="E38" t="s">
+        <v>61</v>
+      </c>
+      <c r="F38" t="s">
+        <v>34</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2021</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
         <v>122</v>
       </c>
-      <c r="M21" t="s">
-[...76 lines deleted...]
-      <c r="J23" t="s">
+      <c r="K38" t="s">
+        <v>45</v>
+      </c>
+      <c r="L38" t="s">
+        <v>46</v>
+      </c>
+      <c r="M38" t="s">
+        <v>258</v>
+      </c>
+      <c r="N38" t="s">
         <v>38</v>
       </c>
-      <c r="K23" t="s">
-[...636 lines deleted...]
-      </c>
+      <c r="O38" t="s">
+        <v>259</v>
+      </c>
+      <c r="P38"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>