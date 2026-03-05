--- v0 (2025-10-13)
+++ v1 (2026-03-05)
@@ -12,1188 +12,1611 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="363">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="502">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BDS 101:1991 Electric boiling plates for domestic use</t>
   </si>
   <si>
+    <t>Requirements for electric boiling plates, open type and enclose type intended for operation on AC and DC circuits having voltage rating not exceeding 250 volts.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-1011991-electric-boiling-plates-domestic-use</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>Botswana standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
+    <t>This policy applies to off-grid renewable energy products with batteries and solar modules with DC system voltages not exceeding 35 V and peak power ratings not exceeding 350 W.</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5:2018</t>
   </si>
   <si>
     <t>Botswana Bureau of Standards</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/botswana-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:300860528604589::::FSP_ORG_ID,FSP_LANG_ID:1074,25</t>
+  </si>
+  <si>
     <t>CEL-034. Cooker Hood</t>
   </si>
   <si>
+    <t>Applies to cooker hoods with the rated voltage not exceeding 250 V and cookers stove and similar types with upper hood</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 29539-2013</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-034-cooker-hood</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B630_%E5%90%B8%E6%B2%B9%E7%83%9F%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-036. Household Cookers</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does not apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>GB 21456-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-036-household-cookers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B615_%E5%AE%B6%E7%94%A8%E7%94%B5%E7%A3%81%E7%81%B6%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CES 140:2015 Off-grid solar photovoltaic lighting kits - requirements</t>
   </si>
   <si>
+    <t>standalone off-grid solar products</t>
+  </si>
+  <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Ethiopian Standards Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ces-1402015-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/data/files/library/ethiopia/Ethiopia%20Energy%20Performance%20Standards%20for%20lamps.pdf</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 66/2014 of 14 January 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for domestic ovens, hobs and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.   
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0066-20170109</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/66</t>
+  </si>
+  <si>
     <t>Conpet Seal Gas stoves and ovens</t>
   </si>
   <si>
+    <t>Gas stoves and ovens</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>NBR 13723 1/1999 parte 1, NBR 13723 2/1999 parte 2, NBR 14583/2000</t>
   </si>
   <si>
     <t>National Program of Rational Use of Oil and Natural Gas (Conpet)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/conpet-seal-gas-stoves-and-ovens</t>
   </si>
   <si>
+    <t>https://thebrazilbusiness.com/article/energy-efficiency-labeling-in-brazil</t>
+  </si>
+  <si>
     <t>CQC31-448184-2011. CQC Mark Certification - Commercial Induction Cooker</t>
   </si>
   <si>
+    <t>Applies to household induction coookers with one or more heating units with the rated power of each unit of 700W</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>SB-T 10548</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448184-2011-cqc-mark-certification-commercial-induction-cooker</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492839.shtml</t>
+  </si>
+  <si>
     <t>CQC61-445151-2015. CQC Mark Certification - Commercial gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to commercial gas-to-energy stoves with a rated thermal load of single burner not exceeding 60 kW and a nominal heat load of each burner not exceeding 80 kW. A nominal diameter should not be less than 600 mm.</t>
+  </si>
+  <si>
     <t>GB 30531-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-445151-2015-cqc-mark-certification-commercial-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/512311.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448151-2018 Energy Conservation and Environmentally-friendly Certification Rules for Range Hood</t>
   </si>
   <si>
+    <t>Applies to venting type range hood products -except for intgrated kitchen; installed above cooker cooking range or appliances of similar purpose with the rated voltage not exceeding 250V.</t>
+  </si>
+  <si>
     <t>CQC6101-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-448151-2018-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-05-08/498678.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448211-2015. CQC Mark Certification - domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to products with rated load no bigger than 5.23kW for a single burner</t>
+  </si>
+  <si>
     <t>CQC 6151-2009 QB/T 1236-2008 GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-448211-2015-cqc-mark-certification-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/512168.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Cooker Hoods (DE-UZ 147)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>DIN EN 61591 and DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-household-cooker-hoods-de-uz-147</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20147-201001-en%20Criteria-2018-10-17.pdf</t>
+  </si>
+  <si>
     <t>DNIS IEC TS 62257-9-8:2019EE</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/dnis-iec-ts-62257-9-82019ee</t>
   </si>
   <si>
+    <t>https://son.gov.ng/nigeria-adopt-standards-for-renewable-energy-hybrid-systems-for-rural-electrification</t>
+  </si>
+  <si>
     <t>ECOSTAND 054: 2015</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Minimum performance requirements  and quality standards based on Lighting Global Quality Standards</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecostand-054-2015</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/presentation_ecreee_may_2019_v2.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND IEC TS 62257-9-8:2020</t>
   </si>
   <si>
+    <t>ECOWAS regional quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>April 2023</t>
   </si>
   <si>
     <t>IEC TS 62257-9-6</t>
   </si>
   <si>
     <t>ECOWAQ</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecostand-iec-ts-62257-9-82020</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/news/ecowas-industry-ministers-adopt-regional-standards-standalone-solar-systems-and-solar-pv-mini#:~:text=ABOUT%20ECREEE-,ECOWAS%20Industry%20Ministers%20adopt%20regional%20Standards%20on%20standalone%20solar%20systems,6)%20Standards%20on%20solar%20energy.</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Gas Burning Cooking Appliances; En-Tech 10004066280</t>
   </si>
   <si>
+    <t>Gas Burning Cooking Appliances shall meet the requirements of CNS 13604; and the definition of C.C.C. Code 7321.81.00.00-0-A; or recognized by the Bureau of Energy; MOEA.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS 13604</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-gas-burning-cooking</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=19%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Range Hoods; No. En-Tech 10105012081</t>
   </si>
   <si>
+    <t>Range Hoods shall meet the requirements of CNS 3765-31 - Safety of household and similar electrical appliances - Part 2: Particular requirements of range hoods. Meanwhile products shall meet the definition of C.C.C. Code 8414.60.00.00-1; or recognized by the Bureau of Energy; MOEA as range hood.</t>
+  </si>
+  <si>
     <t>ISO 5801 or AMCA 210</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-range-hoods-no-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=47</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Cooktop</t>
+  </si>
+  <si>
+    <t>This program covers an electric induction cooker with 1 – 4 heads and the diameter of the cooker does not exceed 220 mm. Covers Portable type and built-in type all sizes (watts), single-phase AC, rated frequency 50 Hz and rated voltage does not exceed 250 V, manufactured locally or imported for sale in Thailand, and must not be a product that does not pass the random test of electric efficiency of the program within 1 year from the notification of the random test result.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013)
 ,   
                     IEC 61817
 ,   
                     IEC 60350-2</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-cooktop</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/stove.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Electric Stoves</t>
   </si>
   <si>
+    <t>This program covers shallow bottoms pan type: heating type integrated with pan, separate heating with the pan.</t>
+  </si>
+  <si>
     <t>TIS 2673-2559 (2016)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-electric-stoves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/pan.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Gas cooking appliances</t>
   </si>
   <si>
+    <t>This policy covers gas burners.</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>ES 6087:2017 Requirements for plug - and - play DC solar home system kit</t>
   </si>
   <si>
+    <t>This Ethiopian Standard specifies requirements for performance, safety and durability for plug – and – play type DC Solar Home Systems Kit that have the peak power rating above 10 and up to 350W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/es-60872017-requirements-plug-and-play-dc-solar-home-system-kit</t>
   </si>
   <si>
+    <t>http://www.et.undp.org/content/dam/ethiopia/docs/Ethiopia%20Final%20-%20ES%206087-2017%20Requirements%20for%20DC%20Solar%20Home%20System%20Kit.pdf</t>
+  </si>
+  <si>
     <t>Ethiopian standard for pico-solar and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+No policy link available.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ethiopian-standard-pico-solar-and-shs-kits</t>
   </si>
   <si>
     <t>GB 29539-2013 Minimum allowable values of energy efficiency and energy efficiency grades for range hoods</t>
   </si>
   <si>
+    <t>This policy applies to efflux-type range hood with rated voltage below 250V and installed above domestic cooktop stove or other similar devices.</t>
+  </si>
+  <si>
     <t>GB/T 17713-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-29539-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E800D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
+  </si>
+  <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
+    <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
+  </si>
+  <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...4 lines deleted...]
-  <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
+  </si>
+  <si>
     <t>GOST 14919-83 Household electric cooking ranges, cooking plates, and cooking ovens - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric cooking ranges, cooking plates, and cooking ovens.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>GOST 14919-83</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-14919-83-household-electric-cooking-ranges-cooking-plates-and-cooking-ovens-general</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/7652/</t>
+  </si>
+  <si>
     <t>Greenmark N108 - Gas Stoves</t>
   </si>
   <si>
+    <t>gas stoves as defined in CNS 13604 on Gas Cooking Appliances.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n108-gas-stoves</t>
   </si>
   <si>
     <t>Greenmark N131 - Range Hoods</t>
   </si>
   <si>
+    <t>This standard is applicable to range hoods which meet the definition of CNS 3805.</t>
+  </si>
+  <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n131-range-hoods</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/131/3287c4fc-6816-4ef9-ba60-17a5ca19b988.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N72 - Induction Cookers</t>
   </si>
   <si>
+    <t>This standard applies to induction cookers which meet the requirements of CNS12339.</t>
+  </si>
+  <si>
     <t>CNS13803</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n72-induction-cookers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/Eng/Criteriax_Detail.aspx?Serial=70</t>
+  </si>
+  <si>
     <t>GS IEC 62257-9-8:2020, Renewable energy and hybrid systems for rural electrification - Part 9-8: Integrated systems - Requirements for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>July 2022</t>
   </si>
   <si>
     <t>Ghana Standards Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gs-iec-62257-9-82020-renewable-energy-and-hybrid-systems-rural-electrification-part-9-8</t>
   </si>
   <si>
+    <t>http://services.gsa.gov.gh/standards/standards.php?sno=GS%20IEC%20TS%2062257-9-8:2020</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Range Hood</t>
   </si>
   <si>
+    <t>This scheme covers domestic range hoods, operated by a motor which it controls, intended to collect contaminated air from above a hob, with a rated voltage not exceeding 250 volts. Excluded - Commercial fume hoods or intended to be used in locations with special conditions such as potentially corrosive or explosive atmospheres (dust, vapors, or gases).</t>
+  </si>
+  <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>TIS 710–2530 or JIS C 9603:1988</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-range-hood</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/18_01032565.pdf</t>
+  </si>
+  <si>
     <t>IEC TS 62257-9-8  Quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
+    <t>This quality standard will apply to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>L'Office Congolais de Contrôle (OCC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/iec-ts-62257-9-8-quality-standard-pico-solar-products-and-shs-kits</t>
   </si>
   <si>
     <t>IEC TS 62258-9-8:2020</t>
   </si>
   <si>
     <t>August 2022</t>
   </si>
   <si>
     <t>Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/iec-ts-62258-9-82020</t>
   </si>
   <si>
+    <t>https://item.jd.com/10054560130198.html</t>
+  </si>
+  <si>
     <t>INTE E17-1 2017</t>
   </si>
   <si>
+    <t>This national standard establishes the minimum limits of energy efficiency that electric cookers; insoles and electric ovens with resistive elements for domestic use and induction templates for domestic use must meet. Applies for electric ranges that use a 60 Hz AC source with a nominal system voltage of 120-240 V.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>ISO 2859-1</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e17-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-1-2017-eficiencia-energetica-cocinas-electricas-plantillas-plantillas-de-induccion-y-hornos-electricos-de-uso-domestico-parte-1-requisitos-1048?search=INTE+E17-1</t>
+  </si>
+  <si>
     <t>INTE E17-2 2017</t>
   </si>
   <si>
+    <t>This standard applies to electric cookers; insoles and electric ovens for domestic use with electrical connection 120 V; 240 V at 60 Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e17-2-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-2-2017-eficiencia-energetica-cocinas-electricas-plantillas-y-hornos-electricos-de-uso-domestico-parte-2-etiquetado-1558?search=INTE+E17-2</t>
+  </si>
+  <si>
     <t>ISIRI 14628-Determination of Criteria for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Covers air units with capacity of 3570m3 per h to 34000m3 per h</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISIRI 10335</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-14628-determination-criteria-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>KS IEC/TS 62257-9-8:2020 Requirements for stand-alone renewable products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>This standard applies to off-grid lighting appliances or kits that can be installed by a typical user without employing a technician. The kits are generally comprised of a light source (LED, CFL, or other), a rechargeable energy storage device (usually a battery), an energy generation device or source (PV module, dynamo, AC grid, unregulated DC input, or other), and internal electronics. Lighting appliances or kits with PV modules larger than 10 W (peak power under standard test conditions) are excluded from the scope of this standard.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KS IEC/TS 62257-9-5</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ks-iects-62257-9-82020-requirements-stand-alone-renewable-products-power-ratings-less-or</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=16444&amp;search=-9-8</t>
+  </si>
+  <si>
     <t>LS IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>June 2022</t>
   </si>
   <si>
     <t>National Standards Laboratory of Liberia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/node/1799</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:202048646803578::::FSP_ORG_ID,FSP_LANG_ID:20060,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>November 2023</t>
   </si>
   <si>
     <t>Malawi Bureau of Standards (MBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:112914829377027::::FSP_ORG_ID,FSP_LANG_ID:1090,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
     <t>MS IEC TS 62257-9-8</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
+    <t>https://nam10.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.iec.ch%2Fdyn%2Fwww%2Ff%3Fp%3D103%3A36%3A112914829377027%3A%3A%3A%3AFSP_ORG_ID%2CFSP_LANG_ID%3A1090%2C25&amp;data=05%7C01%7Clboucher%40clasp.ngo%7C991380eb2ddc4597b0bd08dbd6ffa68d%7C893cf7999fee4d2a8d71655b7b1e53d2%7C0%7C0%7C638340165728696357%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=BRfwqZ8YWSBCwfEf9yfxjELTLNVh5Efnf5BHKmWv9cw%3D&amp;reserved=0</t>
+  </si>
+  <si>
     <t>MEPS for Electric stove</t>
   </si>
   <si>
+    <t>Electric stove with the rated power consumption of 500W, less than 10kW.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-electric-stove</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Ministerial Guidelines on Minimum Standard Requirements for Solar Home Systems</t>
   </si>
   <si>
+    <t>Covers stand-alone photovoltaic power systems; defines the minimum service level energy requirements for an off-grid solar home system; cover the corresponding minimum requirements for the off-grid solar home system accessories such as Lamps, Cables, Batteries, Solar Photovoltaic Panel, Charge controller, installation requirements and other accessories required for off-grid solar home system installation to ensure safety of end users and quality of the system as well as quality of service.</t>
+  </si>
+  <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>Rwanda Ministry of Infrastructure</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-guidelines-minimum-standard-requirements-solar-home-systems</t>
   </si>
   <si>
+    <t>https://www.mininfra.gov.rw/fileadmin/user_upload/Mininfra/Documents/Energy_Docs/Ministerial_Guidelines_on_minimum_requirements_for_solar_home_systems.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Determining High Efficiency Electric Stove, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric stoves that have a heat source under the surface of the cooking part for heating the container (one-phase alternating current, with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz). This policy covers hot plate electric stoves and induction stoves and excludes industrial electric stoves.</t>
+  </si>
+  <si>
     <t>Kitchen, Cooktops or Hobs</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-determining-high-efficiency-electric-stove-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048429</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Pans, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric shallow frying pans, which include pans with built-in and separate heating systems (single-phase AC, a rated frequency of 50 Hz, and a rated voltage that does not exceed 250 V).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-electric-pans-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=17162822</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Liquefied petroleum gas (LPG) Cookstoves, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers household stoves that use liquefied petroleum gas.</t>
+  </si>
+  <si>
     <t>LPG</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-liquefied-petroleum-gas-lpg</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048419</t>
+  </si>
+  <si>
     <t>NI IEC TS 62258-9-8</t>
   </si>
   <si>
     <t>Côte d'Ivoire</t>
   </si>
   <si>
     <t>CODINORM</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ni-iec-ts-62258-9-8</t>
   </si>
   <si>
+    <t>https://www.codinorm.ci/</t>
+  </si>
+  <si>
     <t>NMG 202-1 National quality standards for pico-PV products</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering pico-PV products up to 10Wp.</t>
+  </si>
+  <si>
     <t>Madagascar</t>
   </si>
   <si>
     <t>Bureau des Normes de Madagascar (BNM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nmg-202-1-national-quality-standards-pico-pv-products</t>
   </si>
   <si>
+    <t>https://www.lightingafrica.org/country/madagascar/</t>
+  </si>
+  <si>
     <t>NMG 202-2 National quality standards for SHS kits</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering off-grid solar products 10-350Wp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nmg-202-2-national-quality-standards-shs-kits</t>
   </si>
   <si>
     <t>PNGS/IEC TS 62257-9-8:2022 Recommendations for renewable energy and hybrid systems for rural electrification – Part 9-5: Integrated systems –Laboratory evaluation of stand-alone renewable energy products for rural electrification</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>National Institute of Standards and Industrial Technology of Papua New Guinea (…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pngsiec-ts-62257-9-82022-recommendations-renewable-energy-and-hybrid-systems-rural</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:409367440807281::::FSP_ORG_ID,FSP_LANG_ID:1131,25</t>
+  </si>
+  <si>
     <t>Procel Seal - Systems and Equipment for Photovoltaic Energy</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for photovoltaic modules.</t>
+  </si>
+  <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-systems-and-equipment-photovoltaic-energy</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The source links to a publication from ACE-TAF stating that that the standard was adopted in 2020.</t>
+  </si>
+  <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>Sierra Leone Standards Bureau (SLSB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-w</t>
   </si>
   <si>
+    <t>https://sun-connect-news.org/fileadmin/DATEIEN/Dateien/New/Stand-Alone-Solar-SAS-Market-Update-Sierra-Leone.pdf</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp
+No policy link available.</t>
+  </si>
+  <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>Standards Association of Zimbabwe (SAZ)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-0</t>
   </si>
   <si>
     <t>Regional quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Applies to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/regional-quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolution No. 69 - Labeling for Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>Labeling for gas cooking appliances.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>SEC PC Nº7/1-2</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-69-labeling-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_COMBUSTIBLES/PC_7-1_2.PDF</t>
+  </si>
+  <si>
     <t>Schedule 38 - Energy Efficiency Requirements for Grid Connected Solar Inverters</t>
+  </si>
+  <si>
+    <t>This schedule specifies the requirement for participating in the energy labeling program for both single-phase and three-phase grid-connected solar inverters without storage up to and including 100 kW rated output power being manufactured, imported and sold in India. This schedule specifies the minimum overall efficiency requirement of the inverter based on static maximum power point tracking (MPPT) efficiency measurement and the steady state conversion efficiency prescribed in IS 17980:2022/ IEC 62891:2020. The schedule does not cover the dynamic MPPT efficiency. Only BIS certified solar inverters complied with IS 16221-2:2015 are eligible to take part in the BEE Standards and Labeling program.</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>Renewable Energy Systems</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IS 17980:2022/ IEC 62891:2020 
 ,   
                     IS 12834:2023/ IEC 61836:2016
 ,   
                     IS 16221-2:2015/ IEC 62109-2: 2011 
 ,   
                     IS 16169:2019/IEC 62116:2014</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-38-energy-efficiency-requirements-grid-connected-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule_38_Solar_Inverter.pdf</t>
+  </si>
+  <si>
     <t>Schedule 9 - Domestic Liquefied Petroleum Gas Stoves</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling requirements for domestic gas stoves using LPG at 30 gf/cm2 gas inlet pressure being manufactured, imported, or sold in India</t>
+  </si>
+  <si>
     <t>IS 4246:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-9-domestic-liquefied-petroleum-gas-stoves</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Final_LPG_schedule.pdf</t>
+  </si>
+  <si>
     <t>Senegalese quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Products meeting this standard qualify for VAT exemption; Upon adoption of the standard, all products must meet mandatory requirements.</t>
+  </si>
+  <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>Senegal Standards Association (ASN)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/senegalese-quality-standard-pico-solar-products-and-shs-kits</t>
   </si>
   <si>
+    <t>https://www.iec.ch/ords/f?p=103:36:714836314153512::::FSP_ORG_ID,FSP_LANG_ID:1113,25</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - hobs</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Gas Cookers and Gas-fired Appliances</t>
   </si>
   <si>
+    <t>This category establishes criteria for household gas-powered cooking devices that are isolated in design i.e. individual machines (which operate with gas burners located on steel originated or glass and ceramic layered cooker top) and gas-powered cooking devices with built-in ovens (the latter may be either natural gas or electricity powered). This category does not include gas powered cooking devices which operate with gas burners located below a glass and ceramic layered cooker top.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-gas-cookers-and-gas-fired-appliances</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=57</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Solar-Powered Products</t>
   </si>
   <si>
+    <t>The scope of certification under this category includes solar powered products such as watches/clocks, caliper gauges, desktop and pocket calculators, scales for small utilisation, e.g. letter, parcel, bathroom and kitchen scales, titrating devices, toys, solar construction kits, solar training kits, and solar experimental kits.</t>
+  </si>
+  <si>
     <t>Small-Solar Powered Electronics, Solar Energy Kits</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-solar-powered-products</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=62</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
     <t>Standard NOM-025-ENER-2013 - Domestic Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household gas cooking appliances.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NOM-010-SESH-2012</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-025-ener-2013-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5302707&amp;fecha=17/06/2013</t>
+  </si>
+  <si>
     <t>TCVN 13373:2021 - Infrared cookers</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy efficiency levels and methods for determining energy consumption for infrared cookers/hobs. This standard applies to infrared cookers that integrate other types of cooking zones such as induction cooking zones. This policy will enter into force on 1 April 2025.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-133732021-infrared-cookers</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13373-2021-Bep-hong-ngoai-Hieu-suat-nang-luong-920208.aspx</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Gas Cookers</t>
   </si>
   <si>
+    <t>This policy applies to new gas cookers that are designed for primary use in domestic premises and burn gas defined in Gas Safety Ordinance, have a rated heat input not exceeding 7 kW for each burner, either table-top type or built-in type, and have one or multiple burners.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>GB16410-2007</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-gas-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Gas%20Cooker%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 2589-2556 (2013) Electric hobs: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of electric hobs for household and similar purposes, their rated voltage not more than 250 V at a frequency of 50 Hz and having a diameter not more than 220 mm. This policy specifies types and dimensions, marks, and testing.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2589-2556-2013-electric-hobs-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/127/8.PDF</t>
+  </si>
+  <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>Agence Togolaise de Normalisation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>entity:node/1349</t>
+  </si>
+  <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
+    <t>This policy provides baseline requirements for quality, durability, and truth in advertising to protect consumers of off-grid renewable energy products. Evaluation of these requirements is based on tests described in IEC TS 62257-9-5.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
   </si>
   <si>
+    <t>Domestic electric and gas ovens including when incorporated into cookers and for domestic electric range hoods including when sold for non-domestic purposes. This Regulation shall not apply to:  a. ovens that use energy sources other than electricity or gas; b. ovens which offer a microwave heating function;  c. small ovens;  d. portable ovens;  e. heat storage ovens</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
+    <t>EU 65-2014</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Natural Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens including when incorporated in cookers; domestic hobs and domestic electric range hoods including when sold for non-domestic purposes. This Regulation does not apply to:  a. appliances that use energy sources other than electricity or gas;   b. appliances which offer microwave heating function;   c. small ovens;   d. portable ovens;    e. heat storage ovens;   f. ovens which are heated with steam as a primary heating function;   g. covered gas burners in hobs;   h. outdoor cooking appliances;   i. appliances designed for use only with gases of the third family propane and butane; and    j. grills.</t>
+  </si>
+  <si>
     <t>EU 66-2014</t>
   </si>
   <si>
-    <t>Ministry of Energy and Natural Resources</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017-0</t>
   </si>
   <si>
-    <t>EU 65-2014</t>
-[...4 lines deleted...]
-  <si>
     <t>TZS 1952:2016 Off-grid solar photovoltaic lighting kits - Requirements</t>
   </si>
   <si>
     <t>Tanzania</t>
   </si>
   <si>
     <t>Tanzania Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tzs-19522016-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>http://tbs.go.tz/uploads/files/LIST%20OF%20COMPULSORY%20TANZANIA%20STANDARD%20AS%20OF%20AUGUST%202020.pdf</t>
+  </si>
+  <si>
     <t>US IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us-iec-62257-9-8-2020</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug//store.php?src=4427&amp;preview</t>
+  </si>
+  <si>
     <t>ZS IEC 62257-9-8</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The Standard has been gazetted but has not entered into force yet.</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>Zambia Standards Bureau (ZABS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/zs-iec-62257-9-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1457,3393 +1880,3850 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N78"/>
+  <dimension ref="A1:P78"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="271" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="271.22" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="861.075" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="566.148" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1991</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>47</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
+        <v>60</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6">
+        <v>2015</v>
+      </c>
+      <c r="J6" t="s">
+        <v>53</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>61</v>
+      </c>
+      <c r="M6" t="s">
+        <v>55</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>66</v>
+      </c>
+      <c r="D7" t="s">
+        <v>41</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>43</v>
+      </c>
+      <c r="G7" t="s">
+        <v>60</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7">
+        <v>2016</v>
+      </c>
+      <c r="J7" t="s">
+        <v>34</v>
+      </c>
+      <c r="K7" t="s">
+        <v>67</v>
+      </c>
+      <c r="L7" t="s">
+        <v>68</v>
+      </c>
+      <c r="M7" t="s">
+        <v>69</v>
+      </c>
+      <c r="N7" t="s">
+        <v>47</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>74</v>
+      </c>
+      <c r="D8" t="s">
+        <v>75</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>76</v>
+      </c>
+      <c r="K8" t="s">
+        <v>77</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>78</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>79</v>
+      </c>
+      <c r="P8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" t="s">
+        <v>81</v>
+      </c>
+      <c r="C9" t="s">
+        <v>82</v>
+      </c>
+      <c r="D9" t="s">
+        <v>75</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>44</v>
+      </c>
+      <c r="K9" t="s">
+        <v>77</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9"/>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>85</v>
+      </c>
+      <c r="B10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C10" t="s">
+        <v>87</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>88</v>
+      </c>
+      <c r="F10" t="s">
+        <v>89</v>
+      </c>
+      <c r="G10" t="s">
+        <v>60</v>
+      </c>
+      <c r="H10">
+        <v>2008</v>
+      </c>
+      <c r="I10">
+        <v>2011</v>
+      </c>
+      <c r="J10" t="s">
+        <v>53</v>
+      </c>
+      <c r="K10" t="s">
+        <v>90</v>
+      </c>
+      <c r="L10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M10" t="s">
+        <v>92</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>93</v>
+      </c>
+      <c r="P10" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>95</v>
+      </c>
+      <c r="B11" t="s">
+        <v>96</v>
+      </c>
+      <c r="C11" t="s">
+        <v>52</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>88</v>
+      </c>
+      <c r="F11" t="s">
+        <v>89</v>
+      </c>
+      <c r="G11" t="s">
+        <v>60</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11">
+        <v>2014</v>
+      </c>
+      <c r="J11" t="s">
+        <v>97</v>
+      </c>
+      <c r="K11" t="s">
         <v>24</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L11" t="s">
+        <v>98</v>
+      </c>
+      <c r="M11" t="s">
+        <v>99</v>
+      </c>
+      <c r="N11" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...8 lines deleted...]
-      <c r="F3" t="s">
+      <c r="O11" t="s">
+        <v>100</v>
+      </c>
+      <c r="P11" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>102</v>
+      </c>
+      <c r="B12" t="s">
+        <v>103</v>
+      </c>
+      <c r="C12" t="s">
+        <v>52</v>
+      </c>
+      <c r="D12" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
+      <c r="E12" t="s">
+        <v>88</v>
+      </c>
+      <c r="F12" t="s">
+        <v>89</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2015</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>97</v>
+      </c>
+      <c r="K12" t="s">
+        <v>90</v>
+      </c>
+      <c r="L12" t="s">
+        <v>104</v>
+      </c>
+      <c r="M12" t="s">
+        <v>99</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>105</v>
+      </c>
+      <c r="P12" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>107</v>
+      </c>
+      <c r="B13" t="s">
+        <v>108</v>
+      </c>
+      <c r="C13" t="s">
+        <v>52</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>88</v>
+      </c>
+      <c r="F13" t="s">
+        <v>89</v>
+      </c>
+      <c r="G13" t="s">
+        <v>60</v>
+      </c>
+      <c r="H13">
         <v>2013</v>
       </c>
-      <c r="H3"/>
-[...33 lines deleted...]
-      <c r="F4" t="s">
+      <c r="I13">
+        <v>2018</v>
+      </c>
+      <c r="J13" t="s">
+        <v>97</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>109</v>
+      </c>
+      <c r="M13" t="s">
+        <v>99</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>110</v>
+      </c>
+      <c r="P13" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>112</v>
+      </c>
+      <c r="B14" t="s">
+        <v>113</v>
+      </c>
+      <c r="C14" t="s">
+        <v>52</v>
+      </c>
+      <c r="D14" t="s">
         <v>19</v>
       </c>
-      <c r="G4">
-[...18 lines deleted...]
-      <c r="N4" t="s">
+      <c r="E14" t="s">
+        <v>88</v>
+      </c>
+      <c r="F14" t="s">
+        <v>89</v>
+      </c>
+      <c r="G14" t="s">
+        <v>60</v>
+      </c>
+      <c r="H14">
+        <v>2003</v>
+      </c>
+      <c r="I14">
+        <v>2015</v>
+      </c>
+      <c r="J14" t="s">
+        <v>97</v>
+      </c>
+      <c r="K14" t="s">
+        <v>90</v>
+      </c>
+      <c r="L14" t="s">
+        <v>114</v>
+      </c>
+      <c r="M14" t="s">
+        <v>99</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>115</v>
+      </c>
+      <c r="P14" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>117</v>
+      </c>
+      <c r="B15" t="s">
+        <v>118</v>
+      </c>
+      <c r="C15" t="s">
+        <v>119</v>
+      </c>
+      <c r="D15" t="s">
+        <v>120</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>121</v>
+      </c>
+      <c r="G15" t="s">
+        <v>60</v>
+      </c>
+      <c r="H15">
+        <v>2011</v>
+      </c>
+      <c r="I15">
+        <v>2023</v>
+      </c>
+      <c r="J15" t="s">
+        <v>122</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>123</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>124</v>
+      </c>
+      <c r="P15" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>126</v>
+      </c>
+      <c r="B16" t="s">
+        <v>127</v>
+      </c>
+      <c r="C16" t="s">
+        <v>128</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>88</v>
+      </c>
+      <c r="F16" t="s">
+        <v>89</v>
+      </c>
+      <c r="G16" t="s">
+        <v>60</v>
+      </c>
+      <c r="H16">
+        <v>2010</v>
+      </c>
+      <c r="I16">
+        <v>2018</v>
+      </c>
+      <c r="J16" t="s">
+        <v>129</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>130</v>
+      </c>
+      <c r="M16" t="s">
+        <v>131</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>132</v>
+      </c>
+      <c r="P16" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>134</v>
+      </c>
+      <c r="B17" t="s">
+        <v>135</v>
+      </c>
+      <c r="C17" t="s">
+        <v>136</v>
+      </c>
+      <c r="D17" t="s">
         <v>41</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" t="s">
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>43</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2020</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>137</v>
+      </c>
+      <c r="K17" t="s">
+        <v>67</v>
+      </c>
+      <c r="L17" t="s">
+        <v>68</v>
+      </c>
+      <c r="M17" t="s">
+        <v>138</v>
+      </c>
+      <c r="N17" t="s">
+        <v>47</v>
+      </c>
+      <c r="O17" t="s">
+        <v>139</v>
+      </c>
+      <c r="P17" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>141</v>
+      </c>
+      <c r="B18" t="s">
+        <v>142</v>
+      </c>
+      <c r="C18" t="s">
+        <v>143</v>
+      </c>
+      <c r="D18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E18" t="s">
         <v>42</v>
       </c>
-      <c r="B5" t="s">
+      <c r="F18" t="s">
+        <v>144</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2015</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>145</v>
+      </c>
+      <c r="K18" t="s">
+        <v>146</v>
+      </c>
+      <c r="L18" t="s">
+        <v>68</v>
+      </c>
+      <c r="M18" t="s">
+        <v>147</v>
+      </c>
+      <c r="N18" t="s">
+        <v>47</v>
+      </c>
+      <c r="O18" t="s">
+        <v>148</v>
+      </c>
+      <c r="P18" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>150</v>
+      </c>
+      <c r="B19" t="s">
+        <v>151</v>
+      </c>
+      <c r="C19" t="s">
+        <v>143</v>
+      </c>
+      <c r="D19" t="s">
+        <v>41</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
         <v>43</v>
       </c>
-      <c r="C5" t="s">
-[...8 lines deleted...]
-      <c r="F5" t="s">
+      <c r="G19" t="s">
+        <v>152</v>
+      </c>
+      <c r="H19">
+        <v>2023</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>153</v>
+      </c>
+      <c r="K19" t="s">
+        <v>67</v>
+      </c>
+      <c r="L19" t="s">
+        <v>154</v>
+      </c>
+      <c r="M19" t="s">
+        <v>155</v>
+      </c>
+      <c r="N19" t="s">
+        <v>156</v>
+      </c>
+      <c r="O19" t="s">
+        <v>157</v>
+      </c>
+      <c r="P19" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>159</v>
+      </c>
+      <c r="B20" t="s">
+        <v>160</v>
+      </c>
+      <c r="C20" t="s">
+        <v>161</v>
+      </c>
+      <c r="D20" t="s">
         <v>19</v>
       </c>
-      <c r="G5">
-[...117 lines deleted...]
-      <c r="C8" t="s">
+      <c r="E20" t="s">
+        <v>88</v>
+      </c>
+      <c r="F20" t="s">
+        <v>89</v>
+      </c>
+      <c r="G20" t="s">
         <v>60</v>
-      </c>
-[...518 lines deleted...]
-        <v>2011</v>
       </c>
       <c r="H20">
         <v>2011</v>
       </c>
-      <c r="I20" t="s">
-        <v>122</v>
+      <c r="I20">
+        <v>2011</v>
       </c>
       <c r="J20" t="s">
-        <v>71</v>
+        <v>162</v>
       </c>
       <c r="K20" t="s">
-        <v>123</v>
+        <v>90</v>
       </c>
       <c r="L20" t="s">
-        <v>124</v>
+        <v>163</v>
       </c>
       <c r="M20" t="s">
-        <v>23</v>
+        <v>164</v>
       </c>
       <c r="N20" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>165</v>
+      </c>
+      <c r="P20" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>126</v>
+        <v>167</v>
       </c>
       <c r="B21" t="s">
-        <v>121</v>
+        <v>168</v>
       </c>
       <c r="C21" t="s">
-        <v>16</v>
+        <v>161</v>
       </c>
       <c r="D21" t="s">
-        <v>69</v>
+        <v>19</v>
       </c>
       <c r="E21" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="F21" t="s">
+        <v>89</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2013</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>162</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>169</v>
+      </c>
+      <c r="M21" t="s">
+        <v>164</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>170</v>
+      </c>
+      <c r="P21" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>172</v>
+      </c>
+      <c r="B22" t="s">
+        <v>173</v>
+      </c>
+      <c r="C22" t="s">
+        <v>174</v>
+      </c>
+      <c r="D22" t="s">
         <v>19</v>
       </c>
-      <c r="G21">
-[...34 lines deleted...]
-      </c>
       <c r="E22" t="s">
-        <v>28</v>
+        <v>88</v>
       </c>
       <c r="F22" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="G22">
+        <v>33</v>
+      </c>
+      <c r="G22" t="s">
+        <v>60</v>
+      </c>
+      <c r="H22">
         <v>2014</v>
       </c>
-      <c r="H22">
+      <c r="I22">
         <v>2019</v>
       </c>
-      <c r="I22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J22" t="s">
-        <v>21</v>
+        <v>175</v>
       </c>
       <c r="K22" t="s">
-        <v>132</v>
+        <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>133</v>
+        <v>176</v>
       </c>
       <c r="M22" t="s">
-        <v>23</v>
+        <v>177</v>
       </c>
       <c r="N22" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>178</v>
+      </c>
+      <c r="P22" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>135</v>
+        <v>180</v>
       </c>
       <c r="B23" t="s">
-        <v>130</v>
+        <v>181</v>
       </c>
       <c r="C23" t="s">
-        <v>16</v>
+        <v>174</v>
       </c>
       <c r="D23" t="s">
-        <v>69</v>
+        <v>19</v>
       </c>
       <c r="E23" t="s">
-        <v>28</v>
+        <v>88</v>
       </c>
       <c r="F23" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="G23">
+        <v>33</v>
+      </c>
+      <c r="G23" t="s">
+        <v>60</v>
+      </c>
+      <c r="H23">
         <v>2015</v>
       </c>
-      <c r="H23">
+      <c r="I23">
         <v>2019</v>
       </c>
-      <c r="I23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J23" t="s">
-        <v>21</v>
+        <v>145</v>
       </c>
       <c r="K23" t="s">
-        <v>136</v>
+        <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>133</v>
+        <v>182</v>
       </c>
       <c r="M23" t="s">
-        <v>23</v>
+        <v>177</v>
       </c>
       <c r="N23" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>183</v>
+      </c>
+      <c r="P23" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>138</v>
+        <v>185</v>
       </c>
       <c r="B24" t="s">
-        <v>139</v>
+        <v>186</v>
       </c>
       <c r="C24" t="s">
-        <v>140</v>
+        <v>187</v>
       </c>
       <c r="D24" t="s">
-        <v>17</v>
+        <v>188</v>
       </c>
       <c r="E24" t="s">
-        <v>141</v>
+        <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="G24">
+        <v>189</v>
+      </c>
+      <c r="G24" t="s">
+        <v>60</v>
+      </c>
+      <c r="H24">
         <v>2016</v>
       </c>
-      <c r="H24">
+      <c r="I24">
         <v>2019</v>
       </c>
-      <c r="I24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J24" t="s">
-        <v>143</v>
-[...4 lines deleted...]
-      </c>
+        <v>190</v>
+      </c>
+      <c r="K24" t="s">
+        <v>191</v>
+      </c>
+      <c r="L24"/>
       <c r="M24" t="s">
-        <v>23</v>
+        <v>192</v>
       </c>
       <c r="N24" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>193</v>
+      </c>
+      <c r="P24" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>146</v>
+        <v>195</v>
       </c>
       <c r="B25" t="s">
-        <v>147</v>
+        <v>196</v>
       </c>
       <c r="C25" t="s">
-        <v>16</v>
+        <v>197</v>
       </c>
       <c r="D25" t="s">
-        <v>69</v>
+        <v>19</v>
       </c>
       <c r="E25" t="s">
-        <v>28</v>
+        <v>88</v>
       </c>
       <c r="F25" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>2006</v>
+        <v>33</v>
+      </c>
+      <c r="G25" t="s">
+        <v>60</v>
       </c>
       <c r="H25">
         <v>2006</v>
       </c>
-      <c r="I25" t="s">
-        <v>148</v>
+      <c r="I25">
+        <v>2006</v>
       </c>
       <c r="J25" t="s">
-        <v>71</v>
-[...4 lines deleted...]
-      </c>
+        <v>198</v>
+      </c>
+      <c r="K25" t="s">
+        <v>90</v>
+      </c>
+      <c r="L25"/>
       <c r="M25" t="s">
-        <v>23</v>
+        <v>199</v>
       </c>
       <c r="N25" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>200</v>
+      </c>
+      <c r="P25" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>151</v>
+        <v>202</v>
       </c>
       <c r="B26" t="s">
-        <v>53</v>
+        <v>203</v>
       </c>
       <c r="C26" t="s">
+        <v>66</v>
+      </c>
+      <c r="D26" t="s">
+        <v>41</v>
+      </c>
+      <c r="E26" t="s">
+        <v>88</v>
+      </c>
+      <c r="F26" t="s">
+        <v>43</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2017</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
         <v>34</v>
       </c>
-      <c r="D26" t="s">
+      <c r="K26" t="s">
+        <v>67</v>
+      </c>
+      <c r="L26" t="s">
+        <v>68</v>
+      </c>
+      <c r="M26" t="s">
         <v>69</v>
       </c>
-      <c r="E26" t="s">
-[...2 lines deleted...]
-      <c r="F26" t="s">
+      <c r="N26" t="s">
+        <v>47</v>
+      </c>
+      <c r="O26" t="s">
+        <v>204</v>
+      </c>
+      <c r="P26" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>206</v>
+      </c>
+      <c r="B27" t="s">
+        <v>207</v>
+      </c>
+      <c r="C27" t="s">
+        <v>66</v>
+      </c>
+      <c r="D27" t="s">
+        <v>41</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>43</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2021</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>145</v>
+      </c>
+      <c r="K27" t="s">
+        <v>67</v>
+      </c>
+      <c r="L27" t="s">
+        <v>68</v>
+      </c>
+      <c r="M27" t="s">
+        <v>69</v>
+      </c>
+      <c r="N27" t="s">
+        <v>47</v>
+      </c>
+      <c r="O27" t="s">
+        <v>208</v>
+      </c>
+      <c r="P27"/>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>209</v>
+      </c>
+      <c r="B28" t="s">
+        <v>210</v>
+      </c>
+      <c r="C28" t="s">
+        <v>52</v>
+      </c>
+      <c r="D28" t="s">
         <v>19</v>
       </c>
-      <c r="G26">
-[...9 lines deleted...]
-      <c r="K26" t="s">
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2013</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>97</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>211</v>
+      </c>
+      <c r="M28" t="s">
         <v>55</v>
       </c>
-      <c r="L26" t="s">
-[...25 lines deleted...]
-      <c r="F27" t="s">
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>212</v>
+      </c>
+      <c r="P28" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>214</v>
+      </c>
+      <c r="B29" t="s">
+        <v>215</v>
+      </c>
+      <c r="C29" t="s">
+        <v>52</v>
+      </c>
+      <c r="D29" t="s">
+        <v>216</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>217</v>
+      </c>
+      <c r="H29">
+        <v>2008</v>
+      </c>
+      <c r="I29">
+        <v>2015</v>
+      </c>
+      <c r="J29" t="s">
+        <v>218</v>
+      </c>
+      <c r="K29" t="s">
+        <v>90</v>
+      </c>
+      <c r="L29" t="s">
+        <v>219</v>
+      </c>
+      <c r="M29" t="s">
+        <v>55</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>220</v>
+      </c>
+      <c r="P29" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>222</v>
+      </c>
+      <c r="B30" t="s">
+        <v>223</v>
+      </c>
+      <c r="C30" t="s">
+        <v>52</v>
+      </c>
+      <c r="D30" t="s">
+        <v>224</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>8</v>
+      </c>
+      <c r="H30">
+        <v>2014</v>
+      </c>
+      <c r="I30">
+        <v>2025</v>
+      </c>
+      <c r="J30" t="s">
+        <v>218</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>225</v>
+      </c>
+      <c r="N30" t="s">
+        <v>226</v>
+      </c>
+      <c r="O30" t="s">
+        <v>227</v>
+      </c>
+      <c r="P30" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>229</v>
+      </c>
+      <c r="B31" t="s">
+        <v>230</v>
+      </c>
+      <c r="C31" t="s">
+        <v>231</v>
+      </c>
+      <c r="D31" t="s">
         <v>19</v>
       </c>
-      <c r="G27">
-[...38 lines deleted...]
-      <c r="F28" t="s">
+      <c r="E31" t="s">
+        <v>88</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>1984</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>162</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>232</v>
+      </c>
+      <c r="M31" t="s">
+        <v>233</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>234</v>
+      </c>
+      <c r="P31" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>236</v>
+      </c>
+      <c r="B32" t="s">
+        <v>237</v>
+      </c>
+      <c r="C32" t="s">
+        <v>161</v>
+      </c>
+      <c r="D32" t="s">
         <v>19</v>
       </c>
-      <c r="G28">
-[...162 lines deleted...]
-      </c>
       <c r="E32" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="F32" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>89</v>
+      </c>
+      <c r="G32" t="s">
+        <v>60</v>
       </c>
       <c r="H32">
         <v>2011</v>
       </c>
-      <c r="I32" t="s">
-        <v>122</v>
+      <c r="I32">
+        <v>2011</v>
       </c>
       <c r="J32" t="s">
-        <v>71</v>
-[...4 lines deleted...]
-      </c>
+        <v>162</v>
+      </c>
+      <c r="K32" t="s">
+        <v>90</v>
+      </c>
+      <c r="L32"/>
       <c r="M32" t="s">
-        <v>23</v>
+        <v>164</v>
       </c>
       <c r="N32" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>238</v>
+      </c>
+      <c r="P32"/>
+    </row>
+    <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>176</v>
+        <v>239</v>
       </c>
       <c r="B33" t="s">
-        <v>121</v>
+        <v>240</v>
       </c>
       <c r="C33" t="s">
-        <v>16</v>
+        <v>161</v>
       </c>
       <c r="D33" t="s">
-        <v>69</v>
+        <v>19</v>
       </c>
       <c r="E33" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="F33" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="G33">
+        <v>89</v>
+      </c>
+      <c r="G33" t="s">
+        <v>60</v>
+      </c>
+      <c r="H33">
         <v>2013</v>
       </c>
-      <c r="H33">
+      <c r="I33">
         <v>2014</v>
       </c>
-      <c r="I33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J33" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>162</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
       <c r="M33" t="s">
-        <v>23</v>
+        <v>241</v>
       </c>
       <c r="N33" t="s">
-        <v>178</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>242</v>
+      </c>
+      <c r="P33" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>179</v>
+        <v>244</v>
       </c>
       <c r="B34" t="s">
-        <v>121</v>
+        <v>245</v>
       </c>
       <c r="C34" t="s">
-        <v>16</v>
+        <v>161</v>
       </c>
       <c r="D34" t="s">
-        <v>69</v>
+        <v>19</v>
       </c>
       <c r="E34" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="F34" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>89</v>
+      </c>
+      <c r="G34" t="s">
+        <v>60</v>
       </c>
       <c r="H34">
         <v>2011</v>
       </c>
-      <c r="I34" t="s">
-        <v>122</v>
+      <c r="I34">
+        <v>2011</v>
       </c>
       <c r="J34" t="s">
+        <v>162</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>246</v>
+      </c>
+      <c r="M34" t="s">
+        <v>241</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>247</v>
+      </c>
+      <c r="P34" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>249</v>
+      </c>
+      <c r="B35" t="s">
+        <v>250</v>
+      </c>
+      <c r="C35" t="s">
+        <v>251</v>
+      </c>
+      <c r="D35" t="s">
+        <v>41</v>
+      </c>
+      <c r="E35" t="s">
+        <v>88</v>
+      </c>
+      <c r="F35" t="s">
+        <v>43</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2020</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>252</v>
+      </c>
+      <c r="K35" t="s">
+        <v>67</v>
+      </c>
+      <c r="L35" t="s">
+        <v>68</v>
+      </c>
+      <c r="M35" t="s">
+        <v>253</v>
+      </c>
+      <c r="N35" t="s">
+        <v>156</v>
+      </c>
+      <c r="O35" t="s">
+        <v>254</v>
+      </c>
+      <c r="P35" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>256</v>
+      </c>
+      <c r="B36" t="s">
+        <v>257</v>
+      </c>
+      <c r="C36" t="s">
+        <v>174</v>
+      </c>
+      <c r="D36" t="s">
+        <v>19</v>
+      </c>
+      <c r="E36" t="s">
+        <v>88</v>
+      </c>
+      <c r="F36" t="s">
+        <v>33</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2022</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>258</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>259</v>
+      </c>
+      <c r="M36" t="s">
+        <v>260</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>261</v>
+      </c>
+      <c r="P36" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>263</v>
+      </c>
+      <c r="B37" t="s">
+        <v>264</v>
+      </c>
+      <c r="C37"/>
+      <c r="D37" t="s">
+        <v>265</v>
+      </c>
+      <c r="E37" t="s">
+        <v>88</v>
+      </c>
+      <c r="F37" t="s">
+        <v>43</v>
+      </c>
+      <c r="G37" t="s">
+        <v>266</v>
+      </c>
+      <c r="H37"/>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>145</v>
+      </c>
+      <c r="K37" t="s">
+        <v>67</v>
+      </c>
+      <c r="L37" t="s">
+        <v>68</v>
+      </c>
+      <c r="M37" t="s">
+        <v>267</v>
+      </c>
+      <c r="N37" t="s">
+        <v>47</v>
+      </c>
+      <c r="O37" t="s">
+        <v>268</v>
+      </c>
+      <c r="P37"/>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>269</v>
+      </c>
+      <c r="B38" t="s">
+        <v>250</v>
+      </c>
+      <c r="C38" t="s">
+        <v>52</v>
+      </c>
+      <c r="D38" t="s">
+        <v>265</v>
+      </c>
+      <c r="E38" t="s">
+        <v>88</v>
+      </c>
+      <c r="F38" t="s">
+        <v>43</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2022</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>270</v>
+      </c>
+      <c r="K38" t="s">
+        <v>67</v>
+      </c>
+      <c r="L38" t="s">
+        <v>68</v>
+      </c>
+      <c r="M38" t="s">
+        <v>271</v>
+      </c>
+      <c r="N38" t="s">
+        <v>47</v>
+      </c>
+      <c r="O38" t="s">
+        <v>272</v>
+      </c>
+      <c r="P38" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>274</v>
+      </c>
+      <c r="B39" t="s">
+        <v>275</v>
+      </c>
+      <c r="C39" t="s">
+        <v>276</v>
+      </c>
+      <c r="D39" t="s">
+        <v>75</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
         <v>21</v>
       </c>
-      <c r="K34" t="s">
-[...28 lines deleted...]
-      <c r="F35" t="s">
+      <c r="G39" t="s">
+        <v>60</v>
+      </c>
+      <c r="H39">
+        <v>1996</v>
+      </c>
+      <c r="I39">
+        <v>2017</v>
+      </c>
+      <c r="J39" t="s">
+        <v>198</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>277</v>
+      </c>
+      <c r="M39" t="s">
+        <v>278</v>
+      </c>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>279</v>
+      </c>
+      <c r="P39" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>281</v>
+      </c>
+      <c r="B40" t="s">
+        <v>282</v>
+      </c>
+      <c r="C40" t="s">
+        <v>276</v>
+      </c>
+      <c r="D40" t="s">
+        <v>75</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>33</v>
+      </c>
+      <c r="G40" t="s">
+        <v>60</v>
+      </c>
+      <c r="H40">
+        <v>1996</v>
+      </c>
+      <c r="I40">
+        <v>2017</v>
+      </c>
+      <c r="J40" t="s">
+        <v>198</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>278</v>
+      </c>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>283</v>
+      </c>
+      <c r="P40" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>285</v>
+      </c>
+      <c r="B41" t="s">
+        <v>286</v>
+      </c>
+      <c r="C41" t="s">
+        <v>287</v>
+      </c>
+      <c r="D41" t="s">
         <v>19</v>
       </c>
-      <c r="G35">
-[...38 lines deleted...]
-      <c r="F36" t="s">
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2013</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>288</v>
+      </c>
+      <c r="K41" t="s">
+        <v>90</v>
+      </c>
+      <c r="L41" t="s">
+        <v>289</v>
+      </c>
+      <c r="M41" t="s">
+        <v>290</v>
+      </c>
+      <c r="N41" t="s">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>291</v>
+      </c>
+      <c r="P41" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>293</v>
+      </c>
+      <c r="B42" t="s">
+        <v>294</v>
+      </c>
+      <c r="C42" t="s">
+        <v>295</v>
+      </c>
+      <c r="D42" t="s">
+        <v>41</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>43</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2021</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>97</v>
+      </c>
+      <c r="K42" t="s">
+        <v>67</v>
+      </c>
+      <c r="L42" t="s">
+        <v>296</v>
+      </c>
+      <c r="M42" t="s">
+        <v>297</v>
+      </c>
+      <c r="N42" t="s">
+        <v>47</v>
+      </c>
+      <c r="O42" t="s">
+        <v>298</v>
+      </c>
+      <c r="P42" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>300</v>
+      </c>
+      <c r="B43" t="s">
+        <v>250</v>
+      </c>
+      <c r="C43" t="s">
+        <v>301</v>
+      </c>
+      <c r="D43" t="s">
+        <v>265</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>43</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2022</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>302</v>
+      </c>
+      <c r="K43" t="s">
+        <v>67</v>
+      </c>
+      <c r="L43" t="s">
+        <v>68</v>
+      </c>
+      <c r="M43" t="s">
+        <v>303</v>
+      </c>
+      <c r="N43" t="s">
+        <v>47</v>
+      </c>
+      <c r="O43" t="s">
+        <v>304</v>
+      </c>
+      <c r="P43" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>306</v>
+      </c>
+      <c r="B44" t="s">
+        <v>39</v>
+      </c>
+      <c r="C44" t="s">
+        <v>307</v>
+      </c>
+      <c r="D44" t="s">
+        <v>41</v>
+      </c>
+      <c r="E44" t="s">
+        <v>42</v>
+      </c>
+      <c r="F44" t="s">
+        <v>43</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2022</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>308</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>45</v>
+      </c>
+      <c r="M44" t="s">
+        <v>309</v>
+      </c>
+      <c r="N44" t="s">
+        <v>47</v>
+      </c>
+      <c r="O44" t="s">
+        <v>310</v>
+      </c>
+      <c r="P44" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>312</v>
+      </c>
+      <c r="B45" t="s">
+        <v>39</v>
+      </c>
+      <c r="C45" t="s">
+        <v>307</v>
+      </c>
+      <c r="D45" t="s">
+        <v>41</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>43</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2022</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>308</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>313</v>
+      </c>
+      <c r="M45" t="s">
+        <v>309</v>
+      </c>
+      <c r="N45" t="s">
+        <v>47</v>
+      </c>
+      <c r="O45" t="s">
+        <v>314</v>
+      </c>
+      <c r="P45" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>316</v>
+      </c>
+      <c r="B46" t="s">
+        <v>317</v>
+      </c>
+      <c r="C46" t="s">
+        <v>318</v>
+      </c>
+      <c r="D46" t="s">
         <v>19</v>
       </c>
-      <c r="G36">
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>60</v>
+      </c>
+      <c r="H46">
+        <v>2011</v>
+      </c>
+      <c r="I46">
+        <v>2015</v>
+      </c>
+      <c r="J46" t="s">
+        <v>288</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>319</v>
+      </c>
+      <c r="N46" t="s">
+        <v>26</v>
+      </c>
+      <c r="O46" t="s">
+        <v>320</v>
+      </c>
+      <c r="P46" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>322</v>
+      </c>
+      <c r="B47" t="s">
+        <v>323</v>
+      </c>
+      <c r="C47" t="s">
+        <v>324</v>
+      </c>
+      <c r="D47" t="s">
+        <v>41</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>43</v>
+      </c>
+      <c r="G47" t="s">
+        <v>60</v>
+      </c>
+      <c r="H47">
+        <v>2019</v>
+      </c>
+      <c r="I47">
         <v>2022</v>
       </c>
-      <c r="H36"/>
-[...73 lines deleted...]
-      <c r="F38" t="s">
+      <c r="J47" t="s">
+        <v>145</v>
+      </c>
+      <c r="K47" t="s">
+        <v>67</v>
+      </c>
+      <c r="L47" t="s">
+        <v>68</v>
+      </c>
+      <c r="M47" t="s">
+        <v>325</v>
+      </c>
+      <c r="N47" t="s">
+        <v>47</v>
+      </c>
+      <c r="O47" t="s">
+        <v>326</v>
+      </c>
+      <c r="P47" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>328</v>
+      </c>
+      <c r="B48" t="s">
+        <v>329</v>
+      </c>
+      <c r="C48" t="s">
+        <v>174</v>
+      </c>
+      <c r="D48" t="s">
+        <v>330</v>
+      </c>
+      <c r="E48" t="s">
+        <v>88</v>
+      </c>
+      <c r="F48" t="s">
+        <v>331</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2015</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>258</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>260</v>
+      </c>
+      <c r="N48" t="s">
+        <v>26</v>
+      </c>
+      <c r="O48" t="s">
+        <v>332</v>
+      </c>
+      <c r="P48" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>334</v>
+      </c>
+      <c r="B49" t="s">
+        <v>335</v>
+      </c>
+      <c r="C49" t="s">
+        <v>174</v>
+      </c>
+      <c r="D49" t="s">
+        <v>330</v>
+      </c>
+      <c r="E49" t="s">
+        <v>88</v>
+      </c>
+      <c r="F49" t="s">
+        <v>331</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2015</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>258</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>260</v>
+      </c>
+      <c r="N49" t="s">
+        <v>26</v>
+      </c>
+      <c r="O49" t="s">
+        <v>336</v>
+      </c>
+      <c r="P49" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>338</v>
+      </c>
+      <c r="B50" t="s">
+        <v>339</v>
+      </c>
+      <c r="C50" t="s">
+        <v>174</v>
+      </c>
+      <c r="D50" t="s">
         <v>19</v>
       </c>
-      <c r="G38">
-[...340 lines deleted...]
-      <c r="H46">
+      <c r="E50" t="s">
+        <v>88</v>
+      </c>
+      <c r="F50" t="s">
+        <v>331</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
         <v>2015</v>
       </c>
-      <c r="I46" t="s">
-[...165 lines deleted...]
-      </c>
+      <c r="I50"/>
       <c r="J50" t="s">
-        <v>247</v>
-[...4 lines deleted...]
-      </c>
+        <v>145</v>
+      </c>
+      <c r="K50" t="s">
+        <v>340</v>
+      </c>
+      <c r="L50"/>
       <c r="M50" t="s">
-        <v>23</v>
+        <v>260</v>
       </c>
       <c r="N50" t="s">
-        <v>248</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O50" t="s">
+        <v>341</v>
+      </c>
+      <c r="P50" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>249</v>
+        <v>343</v>
       </c>
       <c r="B51" t="s">
         <v>250</v>
       </c>
       <c r="C51" t="s">
-        <v>34</v>
+        <v>344</v>
       </c>
       <c r="D51" t="s">
-        <v>69</v>
+        <v>41</v>
       </c>
       <c r="E51" t="s">
-        <v>36</v>
+        <v>88</v>
       </c>
       <c r="F51" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="G51">
+        <v>43</v>
+      </c>
+      <c r="G51" t="s">
+        <v>152</v>
+      </c>
+      <c r="H51">
         <v>2022</v>
       </c>
-      <c r="H51"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I51"/>
       <c r="J51" t="s">
-        <v>54</v>
+        <v>153</v>
       </c>
       <c r="K51" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="L51" t="s">
-        <v>251</v>
+        <v>68</v>
       </c>
       <c r="M51" t="s">
-        <v>118</v>
+        <v>345</v>
       </c>
       <c r="N51" t="s">
-        <v>252</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:14">
+        <v>156</v>
+      </c>
+      <c r="O51" t="s">
+        <v>346</v>
+      </c>
+      <c r="P51" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>253</v>
+        <v>348</v>
       </c>
       <c r="B52" t="s">
-        <v>254</v>
+        <v>349</v>
       </c>
       <c r="C52" t="s">
-        <v>34</v>
+        <v>350</v>
       </c>
       <c r="D52" t="s">
-        <v>69</v>
+        <v>41</v>
       </c>
       <c r="E52" t="s">
-        <v>36</v>
+        <v>88</v>
       </c>
       <c r="F52" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="G52">
+        <v>43</v>
+      </c>
+      <c r="G52" t="s">
+        <v>60</v>
+      </c>
+      <c r="H52">
         <v>2018</v>
       </c>
-      <c r="H52">
+      <c r="I52">
         <v>2022</v>
       </c>
-      <c r="I52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J52" t="s">
-        <v>54</v>
+        <v>145</v>
       </c>
       <c r="K52" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="L52" t="s">
-        <v>255</v>
+        <v>68</v>
       </c>
       <c r="M52" t="s">
-        <v>40</v>
+        <v>351</v>
       </c>
       <c r="N52" t="s">
-        <v>256</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O52" t="s">
+        <v>352</v>
+      </c>
+      <c r="P52" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>257</v>
+        <v>354</v>
       </c>
       <c r="B53" t="s">
-        <v>254</v>
+        <v>355</v>
       </c>
       <c r="C53" t="s">
-        <v>34</v>
+        <v>350</v>
       </c>
       <c r="D53" t="s">
-        <v>69</v>
+        <v>41</v>
       </c>
       <c r="E53" t="s">
-        <v>36</v>
+        <v>88</v>
       </c>
       <c r="F53" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="G53">
+        <v>43</v>
+      </c>
+      <c r="G53" t="s">
+        <v>60</v>
+      </c>
+      <c r="H53">
         <v>2018</v>
       </c>
-      <c r="H53">
+      <c r="I53">
         <v>2022</v>
       </c>
-      <c r="I53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J53" t="s">
-        <v>111</v>
+        <v>145</v>
       </c>
       <c r="K53" t="s">
-        <v>55</v>
+        <v>146</v>
       </c>
       <c r="L53" t="s">
-        <v>255</v>
+        <v>68</v>
       </c>
       <c r="M53" t="s">
-        <v>40</v>
+        <v>351</v>
       </c>
       <c r="N53" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O53" t="s">
+        <v>356</v>
+      </c>
+      <c r="P53" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>259</v>
+        <v>357</v>
       </c>
       <c r="B54" t="s">
-        <v>260</v>
+        <v>250</v>
       </c>
       <c r="C54" t="s">
-        <v>34</v>
+        <v>358</v>
       </c>
       <c r="D54" t="s">
-        <v>69</v>
+        <v>41</v>
       </c>
       <c r="E54" t="s">
-        <v>36</v>
+        <v>88</v>
       </c>
       <c r="F54" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="G54">
+        <v>43</v>
+      </c>
+      <c r="G54" t="s">
+        <v>152</v>
+      </c>
+      <c r="H54">
         <v>2023</v>
       </c>
-      <c r="H54"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I54"/>
       <c r="J54" t="s">
-        <v>54</v>
+        <v>359</v>
       </c>
       <c r="K54" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="L54" t="s">
-        <v>262</v>
+        <v>68</v>
       </c>
       <c r="M54" t="s">
-        <v>40</v>
+        <v>360</v>
       </c>
       <c r="N54" t="s">
-        <v>263</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O54" t="s">
+        <v>361</v>
+      </c>
+      <c r="P54" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>264</v>
+        <v>363</v>
       </c>
       <c r="B55" t="s">
+        <v>364</v>
+      </c>
+      <c r="C55" t="s">
+        <v>87</v>
+      </c>
+      <c r="D55" t="s">
+        <v>41</v>
+      </c>
+      <c r="E55" t="s">
+        <v>88</v>
+      </c>
+      <c r="F55" t="s">
+        <v>89</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2010</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>365</v>
+      </c>
+      <c r="K55" t="s">
+        <v>67</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>366</v>
+      </c>
+      <c r="N55" t="s">
+        <v>47</v>
+      </c>
+      <c r="O55" t="s">
+        <v>367</v>
+      </c>
+      <c r="P55" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>369</v>
+      </c>
+      <c r="B56" t="s">
+        <v>370</v>
+      </c>
+      <c r="C56" t="s">
+        <v>371</v>
+      </c>
+      <c r="D56" t="s">
+        <v>41</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>43</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2020</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>97</v>
+      </c>
+      <c r="K56" t="s">
+        <v>67</v>
+      </c>
+      <c r="L56" t="s">
         <v>68</v>
       </c>
-      <c r="C55" t="s">
-[...8 lines deleted...]
-      <c r="F55" t="s">
+      <c r="M56" t="s">
+        <v>372</v>
+      </c>
+      <c r="N56" t="s">
+        <v>47</v>
+      </c>
+      <c r="O56" t="s">
+        <v>373</v>
+      </c>
+      <c r="P56" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>369</v>
+      </c>
+      <c r="B57" t="s">
+        <v>375</v>
+      </c>
+      <c r="C57" t="s">
+        <v>376</v>
+      </c>
+      <c r="D57" t="s">
+        <v>41</v>
+      </c>
+      <c r="E57" t="s">
+        <v>88</v>
+      </c>
+      <c r="F57" t="s">
+        <v>43</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2021</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>97</v>
+      </c>
+      <c r="K57" t="s">
+        <v>67</v>
+      </c>
+      <c r="L57" t="s">
+        <v>68</v>
+      </c>
+      <c r="M57" t="s">
+        <v>377</v>
+      </c>
+      <c r="N57" t="s">
+        <v>47</v>
+      </c>
+      <c r="O57" t="s">
+        <v>378</v>
+      </c>
+      <c r="P57"/>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>379</v>
+      </c>
+      <c r="B58" t="s">
+        <v>380</v>
+      </c>
+      <c r="C58" t="s">
+        <v>143</v>
+      </c>
+      <c r="D58" t="s">
+        <v>265</v>
+      </c>
+      <c r="E58" t="s">
+        <v>42</v>
+      </c>
+      <c r="F58" t="s">
+        <v>43</v>
+      </c>
+      <c r="G58" t="s">
+        <v>266</v>
+      </c>
+      <c r="H58"/>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>145</v>
+      </c>
+      <c r="K58" t="s">
+        <v>67</v>
+      </c>
+      <c r="L58" t="s">
+        <v>68</v>
+      </c>
+      <c r="M58" t="s">
+        <v>147</v>
+      </c>
+      <c r="N58" t="s">
+        <v>47</v>
+      </c>
+      <c r="O58" t="s">
+        <v>381</v>
+      </c>
+      <c r="P58"/>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>382</v>
+      </c>
+      <c r="B59" t="s">
+        <v>383</v>
+      </c>
+      <c r="C59" t="s">
+        <v>384</v>
+      </c>
+      <c r="D59" t="s">
+        <v>385</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>189</v>
+      </c>
+      <c r="G59" t="s">
+        <v>60</v>
+      </c>
+      <c r="H59">
+        <v>2017</v>
+      </c>
+      <c r="I59">
+        <v>2021</v>
+      </c>
+      <c r="J59" t="s">
+        <v>137</v>
+      </c>
+      <c r="K59" t="s">
+        <v>386</v>
+      </c>
+      <c r="L59" t="s">
+        <v>387</v>
+      </c>
+      <c r="M59" t="s">
+        <v>388</v>
+      </c>
+      <c r="N59" t="s">
+        <v>389</v>
+      </c>
+      <c r="O59" t="s">
+        <v>390</v>
+      </c>
+      <c r="P59" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>392</v>
+      </c>
+      <c r="B60" t="s">
+        <v>393</v>
+      </c>
+      <c r="C60" t="s">
+        <v>394</v>
+      </c>
+      <c r="D60" t="s">
         <v>19</v>
       </c>
-      <c r="G55">
-[...36 lines deleted...]
-      <c r="F56" t="s">
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>33</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2014</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>365</v>
+      </c>
+      <c r="K60" t="s">
+        <v>90</v>
+      </c>
+      <c r="L60" t="s">
+        <v>395</v>
+      </c>
+      <c r="M60" t="s">
+        <v>396</v>
+      </c>
+      <c r="N60" t="s">
+        <v>26</v>
+      </c>
+      <c r="O60" t="s">
+        <v>397</v>
+      </c>
+      <c r="P60" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>399</v>
+      </c>
+      <c r="B61" t="s">
+        <v>400</v>
+      </c>
+      <c r="C61" t="s">
+        <v>401</v>
+      </c>
+      <c r="D61" t="s">
+        <v>402</v>
+      </c>
+      <c r="E61" t="s">
+        <v>88</v>
+      </c>
+      <c r="F61" t="s">
+        <v>189</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2024</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>403</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>404</v>
+      </c>
+      <c r="M61" t="s">
+        <v>405</v>
+      </c>
+      <c r="N61" t="s">
+        <v>26</v>
+      </c>
+      <c r="O61" t="s">
+        <v>406</v>
+      </c>
+      <c r="P61" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>408</v>
+      </c>
+      <c r="B62" t="s">
+        <v>409</v>
+      </c>
+      <c r="C62" t="s">
+        <v>401</v>
+      </c>
+      <c r="D62" t="s">
         <v>19</v>
       </c>
-      <c r="G56">
-[...38 lines deleted...]
-      <c r="F57" t="s">
+      <c r="E62" t="s">
+        <v>88</v>
+      </c>
+      <c r="F62" t="s">
+        <v>189</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2014</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>190</v>
+      </c>
+      <c r="K62" t="s">
+        <v>340</v>
+      </c>
+      <c r="L62" t="s">
+        <v>410</v>
+      </c>
+      <c r="M62" t="s">
+        <v>405</v>
+      </c>
+      <c r="N62" t="s">
+        <v>26</v>
+      </c>
+      <c r="O62" t="s">
+        <v>411</v>
+      </c>
+      <c r="P62" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>413</v>
+      </c>
+      <c r="B63" t="s">
+        <v>414</v>
+      </c>
+      <c r="C63" t="s">
+        <v>415</v>
+      </c>
+      <c r="D63" t="s">
+        <v>41</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>43</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2021</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>145</v>
+      </c>
+      <c r="K63" t="s">
+        <v>67</v>
+      </c>
+      <c r="L63" t="s">
+        <v>68</v>
+      </c>
+      <c r="M63" t="s">
+        <v>416</v>
+      </c>
+      <c r="N63" t="s">
+        <v>47</v>
+      </c>
+      <c r="O63" t="s">
+        <v>417</v>
+      </c>
+      <c r="P63" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>419</v>
+      </c>
+      <c r="B64" t="s">
+        <v>420</v>
+      </c>
+      <c r="C64" t="s">
+        <v>421</v>
+      </c>
+      <c r="D64" t="s">
         <v>19</v>
       </c>
-      <c r="G57">
-[...174 lines deleted...]
-      <c r="J61" t="s">
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
         <v>21</v>
       </c>
-      <c r="K61" t="s">
-[...116 lines deleted...]
-        <v>2016</v>
+      <c r="G64" t="s">
+        <v>60</v>
       </c>
       <c r="H64">
         <v>2016</v>
       </c>
-      <c r="I64" t="s">
-        <v>142</v>
+      <c r="I64">
+        <v>2016</v>
       </c>
       <c r="J64" t="s">
+        <v>190</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>422</v>
+      </c>
+      <c r="N64" t="s">
+        <v>26</v>
+      </c>
+      <c r="O64" t="s">
+        <v>423</v>
+      </c>
+      <c r="P64" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>425</v>
+      </c>
+      <c r="B65" t="s">
+        <v>426</v>
+      </c>
+      <c r="C65" t="s">
+        <v>427</v>
+      </c>
+      <c r="D65" t="s">
+        <v>19</v>
+      </c>
+      <c r="E65" t="s">
+        <v>88</v>
+      </c>
+      <c r="F65" t="s">
+        <v>89</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2017</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>34</v>
+      </c>
+      <c r="K65" t="s">
+        <v>90</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65" t="s">
+        <v>428</v>
+      </c>
+      <c r="N65" t="s">
+        <v>26</v>
+      </c>
+      <c r="O65" t="s">
+        <v>429</v>
+      </c>
+      <c r="P65" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>431</v>
+      </c>
+      <c r="B66" t="s">
+        <v>432</v>
+      </c>
+      <c r="C66" t="s">
+        <v>427</v>
+      </c>
+      <c r="D66" t="s">
+        <v>433</v>
+      </c>
+      <c r="E66" t="s">
+        <v>88</v>
+      </c>
+      <c r="F66" t="s">
+        <v>89</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2017</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>34</v>
+      </c>
+      <c r="K66" t="s">
+        <v>67</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66" t="s">
+        <v>428</v>
+      </c>
+      <c r="N66" t="s">
+        <v>26</v>
+      </c>
+      <c r="O66" t="s">
+        <v>434</v>
+      </c>
+      <c r="P66" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>436</v>
+      </c>
+      <c r="B67" t="s">
+        <v>437</v>
+      </c>
+      <c r="C67" t="s">
+        <v>438</v>
+      </c>
+      <c r="D67" t="s">
+        <v>439</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
         <v>21</v>
       </c>
-      <c r="K64"/>
-[...26 lines deleted...]
-      <c r="F65" t="s">
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2019</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>440</v>
+      </c>
+      <c r="K67" t="s">
+        <v>67</v>
+      </c>
+      <c r="L67"/>
+      <c r="M67" t="s">
+        <v>441</v>
+      </c>
+      <c r="N67" t="s">
+        <v>442</v>
+      </c>
+      <c r="O67" t="s">
+        <v>443</v>
+      </c>
+      <c r="P67" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>445</v>
+      </c>
+      <c r="B68" t="s">
+        <v>446</v>
+      </c>
+      <c r="C68" t="s">
+        <v>447</v>
+      </c>
+      <c r="D68" t="s">
+        <v>75</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>189</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2013</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>175</v>
+      </c>
+      <c r="K68" t="s">
+        <v>90</v>
+      </c>
+      <c r="L68" t="s">
+        <v>448</v>
+      </c>
+      <c r="M68" t="s">
+        <v>449</v>
+      </c>
+      <c r="N68" t="s">
+        <v>26</v>
+      </c>
+      <c r="O68" t="s">
+        <v>450</v>
+      </c>
+      <c r="P68" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>452</v>
+      </c>
+      <c r="B69" t="s">
+        <v>453</v>
+      </c>
+      <c r="C69" t="s">
+        <v>119</v>
+      </c>
+      <c r="D69" t="s">
+        <v>454</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>21</v>
+      </c>
+      <c r="G69" t="s">
+        <v>152</v>
+      </c>
+      <c r="H69">
+        <v>2021</v>
+      </c>
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>122</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69"/>
+      <c r="M69" t="s">
+        <v>123</v>
+      </c>
+      <c r="N69" t="s">
+        <v>26</v>
+      </c>
+      <c r="O69" t="s">
+        <v>455</v>
+      </c>
+      <c r="P69" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>457</v>
+      </c>
+      <c r="B70" t="s">
+        <v>458</v>
+      </c>
+      <c r="C70" t="s">
+        <v>459</v>
+      </c>
+      <c r="D70" t="s">
         <v>19</v>
       </c>
-      <c r="G65">
+      <c r="E70" t="s">
+        <v>88</v>
+      </c>
+      <c r="F70" t="s">
+        <v>89</v>
+      </c>
+      <c r="G70" t="s">
+        <v>60</v>
+      </c>
+      <c r="H70">
+        <v>2012</v>
+      </c>
+      <c r="I70">
+        <v>2020</v>
+      </c>
+      <c r="J70" t="s">
+        <v>190</v>
+      </c>
+      <c r="K70" t="s">
+        <v>90</v>
+      </c>
+      <c r="L70" t="s">
+        <v>460</v>
+      </c>
+      <c r="M70" t="s">
+        <v>461</v>
+      </c>
+      <c r="N70" t="s">
+        <v>26</v>
+      </c>
+      <c r="O70" t="s">
+        <v>462</v>
+      </c>
+      <c r="P70" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>464</v>
+      </c>
+      <c r="B71" t="s">
+        <v>465</v>
+      </c>
+      <c r="C71" t="s">
+        <v>174</v>
+      </c>
+      <c r="D71" t="s">
+        <v>330</v>
+      </c>
+      <c r="E71" t="s">
+        <v>88</v>
+      </c>
+      <c r="F71" t="s">
+        <v>21</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2013</v>
+      </c>
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>258</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71"/>
+      <c r="M71" t="s">
+        <v>466</v>
+      </c>
+      <c r="N71" t="s">
+        <v>26</v>
+      </c>
+      <c r="O71" t="s">
+        <v>467</v>
+      </c>
+      <c r="P71" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>469</v>
+      </c>
+      <c r="B72" t="s">
+        <v>39</v>
+      </c>
+      <c r="C72" t="s">
+        <v>470</v>
+      </c>
+      <c r="D72" t="s">
+        <v>41</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>43</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
         <v>2017</v>
       </c>
-      <c r="H65"/>
-[...36 lines deleted...]
-      <c r="G66">
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>44</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72" t="s">
+        <v>45</v>
+      </c>
+      <c r="M72" t="s">
+        <v>471</v>
+      </c>
+      <c r="N72" t="s">
+        <v>47</v>
+      </c>
+      <c r="O72" t="s">
+        <v>472</v>
+      </c>
+      <c r="P72" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>474</v>
+      </c>
+      <c r="B73" t="s">
+        <v>475</v>
+      </c>
+      <c r="C73" t="s">
+        <v>470</v>
+      </c>
+      <c r="D73" t="s">
+        <v>41</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>43</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2020</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>44</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73" t="s">
+        <v>45</v>
+      </c>
+      <c r="M73" t="s">
+        <v>471</v>
+      </c>
+      <c r="N73" t="s">
+        <v>47</v>
+      </c>
+      <c r="O73" t="s">
+        <v>476</v>
+      </c>
+      <c r="P73"/>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>477</v>
+      </c>
+      <c r="B74" t="s">
+        <v>478</v>
+      </c>
+      <c r="C74" t="s">
+        <v>479</v>
+      </c>
+      <c r="D74" t="s">
+        <v>75</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>33</v>
+      </c>
+      <c r="G74" t="s">
+        <v>60</v>
+      </c>
+      <c r="H74">
+        <v>2011</v>
+      </c>
+      <c r="I74">
+        <v>2014</v>
+      </c>
+      <c r="J74" t="s">
+        <v>175</v>
+      </c>
+      <c r="K74" t="s">
+        <v>77</v>
+      </c>
+      <c r="L74" t="s">
+        <v>480</v>
+      </c>
+      <c r="M74" t="s">
+        <v>481</v>
+      </c>
+      <c r="N74" t="s">
+        <v>26</v>
+      </c>
+      <c r="O74" t="s">
+        <v>482</v>
+      </c>
+      <c r="P74" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>477</v>
+      </c>
+      <c r="B75" t="s">
+        <v>484</v>
+      </c>
+      <c r="C75" t="s">
+        <v>479</v>
+      </c>
+      <c r="D75" t="s">
+        <v>75</v>
+      </c>
+      <c r="E75" t="s">
+        <v>88</v>
+      </c>
+      <c r="F75" t="s">
+        <v>21</v>
+      </c>
+      <c r="G75" t="s">
+        <v>60</v>
+      </c>
+      <c r="H75">
+        <v>2015</v>
+      </c>
+      <c r="I75">
         <v>2017</v>
       </c>
-      <c r="H66"/>
-[...64 lines deleted...]
-      <c r="C68" t="s">
+      <c r="J75" t="s">
+        <v>175</v>
+      </c>
+      <c r="K75" t="s">
+        <v>77</v>
+      </c>
+      <c r="L75" t="s">
+        <v>485</v>
+      </c>
+      <c r="M75" t="s">
+        <v>481</v>
+      </c>
+      <c r="N75" t="s">
+        <v>26</v>
+      </c>
+      <c r="O75" t="s">
+        <v>486</v>
+      </c>
+      <c r="P75" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>487</v>
+      </c>
+      <c r="B76" t="s">
+        <v>65</v>
+      </c>
+      <c r="C76" t="s">
+        <v>488</v>
+      </c>
+      <c r="D76" t="s">
+        <v>41</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>43</v>
+      </c>
+      <c r="G76" t="s">
         <v>60</v>
       </c>
-      <c r="D68" t="s">
-[...50 lines deleted...]
-      <c r="G69">
+      <c r="H76">
+        <v>2016</v>
+      </c>
+      <c r="I76">
+        <v>2017</v>
+      </c>
+      <c r="J76" t="s">
+        <v>34</v>
+      </c>
+      <c r="K76" t="s">
+        <v>67</v>
+      </c>
+      <c r="L76" t="s">
+        <v>68</v>
+      </c>
+      <c r="M76" t="s">
+        <v>489</v>
+      </c>
+      <c r="N76" t="s">
+        <v>47</v>
+      </c>
+      <c r="O76" t="s">
+        <v>490</v>
+      </c>
+      <c r="P76" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>492</v>
+      </c>
+      <c r="B77" t="s">
+        <v>135</v>
+      </c>
+      <c r="C77" t="s">
+        <v>493</v>
+      </c>
+      <c r="D77" t="s">
+        <v>41</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>43</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
         <v>2021</v>
       </c>
-      <c r="H69"/>
-[...336 lines deleted...]
-      <c r="G77">
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>97</v>
+      </c>
+      <c r="K77" t="s">
+        <v>67</v>
+      </c>
+      <c r="L77" t="s">
+        <v>68</v>
+      </c>
+      <c r="M77" t="s">
+        <v>494</v>
+      </c>
+      <c r="N77" t="s">
+        <v>47</v>
+      </c>
+      <c r="O77" t="s">
+        <v>495</v>
+      </c>
+      <c r="P77" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>497</v>
+      </c>
+      <c r="B78" t="s">
+        <v>498</v>
+      </c>
+      <c r="C78" t="s">
+        <v>499</v>
+      </c>
+      <c r="D78" t="s">
+        <v>41</v>
+      </c>
+      <c r="E78" t="s">
+        <v>88</v>
+      </c>
+      <c r="F78" t="s">
+        <v>43</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
         <v>2021</v>
       </c>
-      <c r="H77"/>
-[...44 lines deleted...]
-      </c>
+      <c r="I78"/>
       <c r="J78" t="s">
-        <v>54</v>
+        <v>97</v>
       </c>
       <c r="K78" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="L78" t="s">
-        <v>361</v>
+        <v>68</v>
       </c>
       <c r="M78" t="s">
-        <v>40</v>
+        <v>500</v>
       </c>
       <c r="N78" t="s">
-        <v>362</v>
-      </c>
+        <v>47</v>
+      </c>
+      <c r="O78" t="s">
+        <v>501</v>
+      </c>
+      <c r="P78"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>