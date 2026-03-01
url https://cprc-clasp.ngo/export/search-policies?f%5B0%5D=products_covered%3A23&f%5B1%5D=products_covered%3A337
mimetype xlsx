--- v0 (2025-11-27)
+++ v1 (2026-03-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="470">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="471">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -907,67 +907,67 @@
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
     <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
   </si>
   <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Ministerial Guidelines on Minimum Standard Requirements for Solar Home Systems</t>
   </si>
   <si>
     <t>Covers stand-alone photovoltaic power systems; defines the minimum service level energy requirements for an off-grid solar home system; cover the corresponding minimum requirements for the off-grid solar home system accessories such as Lamps, Cables, Batteries, Solar Photovoltaic Panel, Charge controller, installation requirements and other accessories required for off-grid solar home system installation to ensure safety of end users and quality of the system as well as quality of service.</t>
   </si>
   <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>Rwanda Ministry of Infrastructure</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-guidelines-minimum-standard-requirements-solar-home-systems</t>
   </si>
   <si>
     <t>https://www.mininfra.gov.rw/fileadmin/user_upload/Mininfra/Documents/Energy_Docs/Ministerial_Guidelines_on_minimum_requirements_for_solar_home_systems.pdf</t>
   </si>
   <si>
     <t>NI IEC TS 62258-9-8</t>
   </si>
@@ -1327,50 +1327,53 @@
     <t>Pakistan</t>
   </si>
   <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
     <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
   </si>
   <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
   </si>
   <si>
     <t>Packaged Terminals, Central ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
   <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>Agence Togolaise de Normalisation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
     <t>entity:node/1349</t>
   </si>
@@ -4905,411 +4908,411 @@
       </c>
       <c r="P64" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
         <v>429</v>
       </c>
       <c r="B65" t="s">
         <v>430</v>
       </c>
       <c r="C65" t="s">
         <v>328</v>
       </c>
       <c r="D65" t="s">
         <v>431</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>112</v>
       </c>
       <c r="G65" t="s">
-        <v>22</v>
+        <v>432</v>
       </c>
       <c r="H65">
         <v>2002</v>
       </c>
       <c r="I65">
         <v>2007</v>
       </c>
       <c r="J65" t="s">
         <v>285</v>
       </c>
       <c r="K65" t="s">
         <v>34</v>
       </c>
       <c r="L65" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="M65" t="s">
         <v>331</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="P65" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="B66" t="s">
         <v>51</v>
       </c>
       <c r="C66" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="D66" t="s">
         <v>53</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>55</v>
       </c>
       <c r="G66" t="s">
         <v>56</v>
       </c>
       <c r="H66">
         <v>2017</v>
       </c>
       <c r="I66"/>
       <c r="J66" t="s">
         <v>57</v>
       </c>
       <c r="K66" t="s">
         <v>34</v>
       </c>
       <c r="L66" t="s">
         <v>58</v>
       </c>
       <c r="M66" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="N66" t="s">
         <v>60</v>
       </c>
       <c r="O66" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="P66" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="B67" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="C67" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="D67" t="s">
         <v>53</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>55</v>
       </c>
       <c r="G67" t="s">
         <v>56</v>
       </c>
       <c r="H67">
         <v>2020</v>
       </c>
       <c r="I67"/>
       <c r="J67" t="s">
         <v>57</v>
       </c>
       <c r="K67" t="s">
         <v>34</v>
       </c>
       <c r="L67" t="s">
         <v>58</v>
       </c>
       <c r="M67" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="N67" t="s">
         <v>60</v>
       </c>
       <c r="O67" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="P67"/>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B68" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="C68" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="D68" t="s">
         <v>111</v>
       </c>
       <c r="E68" t="s">
         <v>42</v>
       </c>
       <c r="F68" t="s">
         <v>112</v>
       </c>
       <c r="G68" t="s">
         <v>56</v>
       </c>
       <c r="H68">
         <v>2016</v>
       </c>
       <c r="I68"/>
       <c r="J68" t="s">
         <v>187</v>
       </c>
       <c r="K68" t="s">
         <v>34</v>
       </c>
       <c r="L68" t="s">
         <v>113</v>
       </c>
       <c r="M68" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="P68" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B69" t="s">
         <v>91</v>
       </c>
       <c r="C69" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D69" t="s">
         <v>53</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
         <v>55</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
         <v>2016</v>
       </c>
       <c r="I69">
         <v>2017</v>
       </c>
       <c r="J69" t="s">
         <v>44</v>
       </c>
       <c r="K69" t="s">
         <v>93</v>
       </c>
       <c r="L69" t="s">
         <v>94</v>
       </c>
       <c r="M69" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="N69" t="s">
         <v>60</v>
       </c>
       <c r="O69" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="P69" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="B70" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C70" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="D70" t="s">
         <v>66</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
         <v>112</v>
       </c>
       <c r="G70" t="s">
         <v>56</v>
       </c>
       <c r="H70">
         <v>2014</v>
       </c>
       <c r="I70">
         <v>2019</v>
       </c>
       <c r="J70" t="s">
         <v>74</v>
       </c>
       <c r="K70" t="s">
         <v>34</v>
       </c>
       <c r="L70"/>
       <c r="M70" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="P70" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="B71" t="s">
         <v>146</v>
       </c>
       <c r="C71" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="D71" t="s">
         <v>53</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
         <v>55</v>
       </c>
       <c r="G71" t="s">
         <v>56</v>
       </c>
       <c r="H71">
         <v>2021</v>
       </c>
       <c r="I71"/>
       <c r="J71" t="s">
         <v>74</v>
       </c>
       <c r="K71" t="s">
         <v>93</v>
       </c>
       <c r="L71" t="s">
         <v>94</v>
       </c>
       <c r="M71" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="N71" t="s">
         <v>60</v>
       </c>
       <c r="O71" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="P71" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="B72" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="C72" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="D72" t="s">
         <v>53</v>
       </c>
       <c r="E72" t="s">
         <v>42</v>
       </c>
       <c r="F72" t="s">
         <v>55</v>
       </c>
       <c r="G72" t="s">
         <v>56</v>
       </c>
       <c r="H72">
         <v>2021</v>
       </c>
       <c r="I72"/>
       <c r="J72" t="s">
         <v>74</v>
       </c>
       <c r="K72" t="s">
         <v>93</v>
       </c>
       <c r="L72" t="s">
         <v>94</v>
       </c>
       <c r="M72" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="N72" t="s">
         <v>60</v>
       </c>
       <c r="O72" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="P72"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>