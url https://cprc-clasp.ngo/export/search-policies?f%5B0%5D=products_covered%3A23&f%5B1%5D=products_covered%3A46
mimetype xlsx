--- v0 (2025-10-13)
+++ v1 (2026-03-05)
@@ -12,858 +12,1112 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="253">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="336">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Botswana standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
+    <t>This policy applies to off-grid renewable energy products with batteries and solar modules with DC system voltages not exceeding 35 V and peak power ratings not exceeding 350 W.</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5:2018</t>
   </si>
   <si>
     <t>Botswana Bureau of Standards</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/botswana-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:300860528604589::::FSP_ORG_ID,FSP_LANG_ID:1074,25</t>
+  </si>
+  <si>
     <t>CEL- Digital Television Adapters (Set Top Box)</t>
   </si>
   <si>
+    <t>This policy covers digital television adapters (set top box).</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 2829-2002; GB/T 14857; GB/T 17700; GB/T 17975.1; GB/T 17975.2; GB/T 17975.3; GB/T 20600; GB 20943; GD/JN 01; GY/T 155; GY/T 170; IEC 62087:2008</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-digital-television-adapters-set-top-box</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/66cce27f96114f04a415b6ae8a84224d/files/cms/article/2021/05/%E6%9C%BA%E9%A1%B6%E7%9B%92.pdf</t>
+  </si>
+  <si>
     <t>CES 140:2015 Off-grid solar photovoltaic lighting kits - requirements</t>
   </si>
   <si>
+    <t>standalone off-grid solar products</t>
+  </si>
+  <si>
     <t>Ethiopia</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Ethiopian Standards Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ces-1402015-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/data/files/library/ethiopia/Ethiopia%20Energy%20Performance%20Standards%20for%20lamps.pdf</t>
+  </si>
+  <si>
     <t>Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC -with regard to ecodesign requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>The Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC of the European Parliament and of the Council with regard to ecodesign requirements for simple set-top boxes; sets minimum energy performance requirements for simple set top boxes -SSTB.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-ec-no-107-2009-4-february-2009-implementing-directive-2005-32-ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2009/107/contents</t>
+  </si>
+  <si>
     <t>CQC31-452631-2021. Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for flat panel TVs &amp; set-top boxes. It applies to LCD TVs and Plasma TVs that work under an electricity grid of normal voltage and serve for general service. It also applies to LCD or plasma display equipment (with its main function as a TV, but without moderators and other types of flat panel displays) and set-top boxes.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB 24850</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-452631-2021-energy-conservation-certification-rules-flat-panel-tvs-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-06-07/492733.shtml</t>
+  </si>
+  <si>
     <t>DNIS IEC TS 62257-9-8:2019EE</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/dnis-iec-ts-62257-9-82019ee</t>
   </si>
   <si>
+    <t>https://son.gov.ng/nigeria-adopt-standards-for-renewable-energy-hybrid-systems-for-rural-electrification</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Set-Top Boxes</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 150W, capable of receiving,transmitting, processing, recording, converting signals anddisplaying by television or other displaying devices.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/e-standby-power-program-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>ECOSTAND 054: 2015</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Minimum performance requirements  and quality standards based on Lighting Global Quality Standards</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecostand-054-2015</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/presentation_ecreee_may_2019_v2.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND IEC TS 62257-9-8:2020</t>
   </si>
   <si>
+    <t>ECOWAS regional quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>April 2023</t>
   </si>
   <si>
     <t>IEC TS 62257-9-6</t>
   </si>
   <si>
     <t>ECOWAQ</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecostand-iec-ts-62257-9-82020</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/news/ecowas-industry-ministers-adopt-regional-standards-standalone-solar-systems-and-solar-pv-mini#:~:text=ABOUT%20ECREEE-,ECOWAS%20Industry%20Ministers%20adopt%20regional%20Standards%20on%20standalone%20solar%20systems,6)%20Standards%20on%20solar%20energy.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Set-Top Boxes Version 5.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Set-top Box and a Set-top Box Base Type as specified herein are eligible for ENERGY STAR certification.  Set-top Box: A device with the primary purpose of receiving digital television services from a coaxial; hybrid fiber coaxial; or fiber-to-the-home distribution system; from satellites; or encapsulated in IP packets from managed IP distribution networks; decrypting or descrambling these signals; and decoding|decompressing for delivery to residential consumer displays and or recording devices; and or one or more other Set-Top Boxes; including Thin Clients; in a residential multi-room architecture. STBs that incorporate common LAN functionality as a secondary function are considered STBs for this specification. Base Type: The means of access to video content for a STB; includes: cable; sattelliete; cable digital transport adapter; internet protocol; and thin-client|remote.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Set-Top Boxes (Rev. May-2016)</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-set-top-boxes-version-51</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/set_top_boxes_cable_boxes/partners</t>
+  </si>
+  <si>
     <t>ES 6087:2017 Requirements for plug - and - play DC solar home system kit</t>
   </si>
   <si>
+    <t>This Ethiopian Standard specifies requirements for performance, safety and durability for plug – and – play type DC Solar Home Systems Kit that have the peak power rating above 10 and up to 350W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/es-60872017-requirements-plug-and-play-dc-solar-home-system-kit</t>
   </si>
   <si>
+    <t>http://www.et.undp.org/content/dam/ethiopia/docs/Ethiopia%20Final%20-%20ES%206087-2017%20Requirements%20for%20DC%20Solar%20Home%20System%20Kit.pdf</t>
+  </si>
+  <si>
     <t>Ethiopian standard for pico-solar and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+No policy link available.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ethiopian-standard-pico-solar-and-shs-kits</t>
   </si>
   <si>
     <t>GB 24850-2020 Minimum allowable values of energy efficiency limits and energy efficiency grades for flat-panel TVs and set-top boxes</t>
+  </si>
+  <si>
+    <t>MEPS for flat panel televisions and set-top boxes</t>
   </si>
   <si>
     <t>Electronics, Audio-Visual, Televisions, Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>GB/T 17309.1
 ,   
                     GB 24850-2020
 ,   
                     IEC 62087-2:2015</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-24850-2020-minimum-allowable-values-energy-efficiency-limits-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EFC3FD1E05397BE0A0A98CA</t>
+  </si>
+  <si>
     <t>GB 25957-2010 Minimum allowable values of energy efficiency and energy efficiency grades for digital television adapters -set-top boxes</t>
   </si>
   <si>
+    <t>Applies to adapters working under 220V 50Hz including cable adapters ground adapters and satellite adapters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-25957-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E07ED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Digital Television Set-top Boxes) Determination 2012</t>
   </si>
   <si>
+    <t>A Digital TV (DTV) set top box (STB) is used to convert digital TV signals to a signal compatible with the existing audiovisual display technology, including analogue RF, composite video, s-vhs, component video or DVI/HDMI. Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time.Those digital receivers that are integrated with other equipment such as television receivers, digital recorders and DVD players are not included at this time. STBs have different requirements if they are designed for free-to-air (FTA) broadcast television or subscription television (STV).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010AS/NZS 62087.2.1: 2008</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-digital-television-set-top-boxes-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02116</t>
+  </si>
+  <si>
     <t>GS IEC 62257-9-8:2020, Renewable energy and hybrid systems for rural electrification - Part 9-8: Integrated systems - Requirements for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>July 2022</t>
   </si>
   <si>
     <t>Ghana Standards Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gs-iec-62257-9-82020-renewable-energy-and-hybrid-systems-rural-electrification-part-9-8</t>
   </si>
   <si>
+    <t>http://services.gsa.gov.gh/standards/standards.php?sno=GS%20IEC%20TS%2062257-9-8:2020</t>
+  </si>
+  <si>
     <t>IEC TS 62257-9-8  Quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
+    <t>This quality standard will apply to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>L'Office Congolais de Contrôle (OCC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/iec-ts-62257-9-8-quality-standard-pico-solar-products-and-shs-kits</t>
   </si>
   <si>
     <t>IEC TS 62258-9-8:2020</t>
   </si>
   <si>
     <t>August 2022</t>
   </si>
   <si>
     <t>Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/iec-ts-62258-9-82020</t>
   </si>
   <si>
+    <t>https://item.jd.com/10054560130198.html</t>
+  </si>
+  <si>
     <t>JS 2110:2013 Technical Regulation on eco-design requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for simple set-top boxes.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2110</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21102013-technical-regulation-eco-design-requirements-simple-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5470</t>
+  </si>
+  <si>
     <t>KS IEC/TS 62257-9-8:2020 Requirements for stand-alone renewable products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>This standard applies to off-grid lighting appliances or kits that can be installed by a typical user without employing a technician. The kits are generally comprised of a light source (LED, CFL, or other), a rechargeable energy storage device (usually a battery), an energy generation device or source (PV module, dynamo, AC grid, unregulated DC input, or other), and internal electronics. Lighting appliances or kits with PV modules larger than 10 W (peak power under standard test conditions) are excluded from the scope of this standard.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KS IEC/TS 62257-9-5</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ks-iects-62257-9-82020-requirements-stand-alone-renewable-products-power-ratings-less-or</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=16444&amp;search=-9-8</t>
+  </si>
+  <si>
     <t>LI 2447 Energy Commission (Energy Efficiency Standards and Labelling) (Set-Top Boxes) Regulations, 2022</t>
   </si>
   <si>
+    <t>Minimum energy performance standard and labelling guidelines for set-top boxes. These regulations apply to set-top boxes manufactured in the country or imported into the country for display, sale or use, with the ability to be powered directly from the mains alternating current for use as either a simple set-top box, or a complex set-top box.</t>
+  </si>
+  <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2447-energy-commission-energy-efficiency-standards-and-labelling-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>LS IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>June 2022</t>
   </si>
   <si>
     <t>National Standards Laboratory of Liberia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/node/1799</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:202048646803578::::FSP_ORG_ID,FSP_LANG_ID:20060,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>November 2023</t>
   </si>
   <si>
     <t>Malawi Bureau of Standards (MBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:112914829377027::::FSP_ORG_ID,FSP_LANG_ID:1090,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
     <t>MS IEC TS 62257-9-8</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
+    <t>https://nam10.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.iec.ch%2Fdyn%2Fwww%2Ff%3Fp%3D103%3A36%3A112914829377027%3A%3A%3A%3AFSP_ORG_ID%2CFSP_LANG_ID%3A1090%2C25&amp;data=05%7C01%7Clboucher%40clasp.ngo%7C991380eb2ddc4597b0bd08dbd6ffa68d%7C893cf7999fee4d2a8d71655b7b1e53d2%7C0%7C0%7C638340165728696357%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=BRfwqZ8YWSBCwfEf9yfxjELTLNVh5Efnf5BHKmWv9cw%3D&amp;reserved=0</t>
+  </si>
+  <si>
     <t>MEPS for set top boxes</t>
   </si>
   <si>
+    <t>MEPS covers simple non-recording standalone free-to-air digital television (DTV) set-top boxes (STBs) associated with DTV broadcasts.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/set-top-boxes-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Set Top Boxes</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>This policy contains minimum energy performance standards for set-top boxes (excluding the digital converter) receiving one or more of cable, satellite, and IP TV broadcastings and sending the image and audio to a television or display unit, with the rated power consumption of less than 150W.</t>
   </si>
   <si>
     <t>Korea Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-set-top-boxes-0</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=149</t>
+  </si>
+  <si>
     <t>MEPS for Standby Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-standby-power</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Ministerial Guidelines on Minimum Standard Requirements for Solar Home Systems</t>
   </si>
   <si>
+    <t>Covers stand-alone photovoltaic power systems; defines the minimum service level energy requirements for an off-grid solar home system; cover the corresponding minimum requirements for the off-grid solar home system accessories such as Lamps, Cables, Batteries, Solar Photovoltaic Panel, Charge controller, installation requirements and other accessories required for off-grid solar home system installation to ensure safety of end users and quality of the system as well as quality of service.</t>
+  </si>
+  <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>Rwanda Ministry of Infrastructure</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-guidelines-minimum-standard-requirements-solar-home-systems</t>
   </si>
   <si>
+    <t>https://www.mininfra.gov.rw/fileadmin/user_upload/Mininfra/Documents/Energy_Docs/Ministerial_Guidelines_on_minimum_requirements_for_solar_home_systems.pdf</t>
+  </si>
+  <si>
     <t>NI IEC TS 62258-9-8</t>
   </si>
   <si>
     <t>Côte d'Ivoire</t>
   </si>
   <si>
     <t>CODINORM</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ni-iec-ts-62258-9-8</t>
   </si>
   <si>
+    <t>https://www.codinorm.ci/</t>
+  </si>
+  <si>
     <t>NMG 202-1 National quality standards for pico-PV products</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering pico-PV products up to 10Wp.</t>
+  </si>
+  <si>
     <t>Madagascar</t>
   </si>
   <si>
     <t>Bureau des Normes de Madagascar (BNM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nmg-202-1-national-quality-standards-pico-pv-products</t>
   </si>
   <si>
+    <t>https://www.lightingafrica.org/country/madagascar/</t>
+  </si>
+  <si>
     <t>NMG 202-2 National quality standards for SHS kits</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering off-grid solar products 10-350Wp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nmg-202-2-national-quality-standards-shs-kits</t>
   </si>
   <si>
     <t>PNGS/IEC TS 62257-9-8:2022 Recommendations for renewable energy and hybrid systems for rural electrification – Part 9-5: Integrated systems –Laboratory evaluation of stand-alone renewable energy products for rural electrification</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>National Institute of Standards and Industrial Technology of Papua New Guinea (…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pngsiec-ts-62257-9-82022-recommendations-renewable-energy-and-hybrid-systems-rural</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:409367440807281::::FSP_ORG_ID,FSP_LANG_ID:1131,25</t>
+  </si>
+  <si>
     <t>Procel Seal - Systems and Equipment for Photovoltaic Energy</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for photovoltaic modules.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-systems-and-equipment-photovoltaic-energy</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The source links to a publication from ACE-TAF stating that that the standard was adopted in 2020.</t>
+  </si>
+  <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>Sierra Leone Standards Bureau (SLSB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-w</t>
   </si>
   <si>
+    <t>https://sun-connect-news.org/fileadmin/DATEIEN/Dateien/New/Stand-Alone-Solar-SAS-Market-Update-Sierra-Leone.pdf</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp
+No policy link available.</t>
+  </si>
+  <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>Standards Association of Zimbabwe (SAZ)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-0</t>
   </si>
   <si>
     <t>Regional quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Applies to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/regional-quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Schedule 38 - Energy Efficiency Requirements for Grid Connected Solar Inverters</t>
+  </si>
+  <si>
+    <t>This schedule specifies the requirement for participating in the energy labeling program for both single-phase and three-phase grid-connected solar inverters without storage up to and including 100 kW rated output power being manufactured, imported and sold in India. This schedule specifies the minimum overall efficiency requirement of the inverter based on static maximum power point tracking (MPPT) efficiency measurement and the steady state conversion efficiency prescribed in IS 17980:2022/ IEC 62891:2020. The schedule does not cover the dynamic MPPT efficiency. Only BIS certified solar inverters complied with IS 16221-2:2015 are eligible to take part in the BEE Standards and Labeling program.</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>Renewable Energy Systems</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IS 17980:2022/ IEC 62891:2020 
 ,   
                     IS 12834:2023/ IEC 61836:2016
 ,   
                     IS 16221-2:2015/ IEC 62109-2: 2011 
 ,   
                     IS 16169:2019/IEC 62116:2014</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-38-energy-efficiency-requirements-grid-connected-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule_38_Solar_Inverter.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4122 - Set Top Boxes</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for television receivers with images in color or black and white, stable or programmable, analog or digital, fed with a nominal voltage of 110 V, 115 V, 127 V, 220 V or 230 volts at a frequency of 60 Hz, in any of the following types of kinescopes: Cathode Ray Tube screen (CRT), Liquid Crystal Display (LCD), Plasma Screen, with any other similar system flat screen.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4122-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4122_03.pdf</t>
+  </si>
+  <si>
     <t>Senegalese quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Products meeting this standard qualify for VAT exemption; Upon adoption of the standard, all products must meet mandatory requirements.</t>
+  </si>
+  <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>Senegal Standards Association (ASN)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/senegalese-quality-standard-pico-solar-products-and-shs-kits</t>
   </si>
   <si>
+    <t>https://www.iec.ch/ords/f?p=103:36:714836314153512::::FSP_ORG_ID,FSP_LANG_ID:1113,25</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Solar-Powered Products</t>
   </si>
   <si>
+    <t>The scope of certification under this category includes solar powered products such as watches/clocks, caliper gauges, desktop and pocket calculators, scales for small utilisation, e.g. letter, parcel, bathroom and kitchen scales, titrating devices, toys, solar construction kits, solar training kits, and solar experimental kits.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Small-Solar Powered Electronics, Solar Energy Kits</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-solar-powered-products</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=62</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
     <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>SI 62087</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECTV.doc</t>
+  </si>
+  <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>Agence Togolaise de Normalisation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>entity:node/1349</t>
+  </si>
+  <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
+    <t>This policy provides baseline requirements for quality, durability, and truth in advertising to protect consumers of off-grid renewable energy products. Evaluation of these requirements is based on tests described in IEC TS 62257-9-5.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
     <t>TZS 1952:2016 Off-grid solar photovoltaic lighting kits - Requirements</t>
   </si>
   <si>
     <t>Tanzania</t>
   </si>
   <si>
     <t>Tanzania Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tzs-19522016-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>http://tbs.go.tz/uploads/files/LIST%20OF%20COMPULSORY%20TANZANIA%20STANDARD%20AS%20OF%20AUGUST%202020.pdf</t>
+  </si>
+  <si>
     <t>US IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us-iec-62257-9-8-2020</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug//store.php?src=4427&amp;preview</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9008</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>ZS IEC 62257-9-8</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The Standard has been gazetted but has not entered into force yet.</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>Zambia Standards Bureau (ZABS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/zs-iec-62257-9-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1127,2215 +1381,2506 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N50"/>
+  <dimension ref="A1:P50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="271" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="271.22" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1088.734" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="175.671" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="566.148" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2011</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4">
+        <v>2016</v>
+      </c>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>54</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>55</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>39</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>60</v>
+      </c>
+      <c r="E6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F6" t="s">
+        <v>62</v>
+      </c>
+      <c r="G6" t="s">
+        <v>45</v>
+      </c>
+      <c r="H6">
+        <v>2002</v>
+      </c>
+      <c r="I6">
+        <v>2021</v>
+      </c>
+      <c r="J6" t="s">
+        <v>63</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>64</v>
+      </c>
+      <c r="M6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N6" t="s">
+        <v>39</v>
+      </c>
+      <c r="O6" t="s">
+        <v>66</v>
+      </c>
+      <c r="P6" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>68</v>
+      </c>
+      <c r="B7" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" t="s">
+        <v>70</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>34</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2020</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>71</v>
+      </c>
+      <c r="K7" t="s">
+        <v>47</v>
+      </c>
+      <c r="L7" t="s">
+        <v>48</v>
+      </c>
+      <c r="M7" t="s">
+        <v>72</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>73</v>
+      </c>
+      <c r="P7" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>75</v>
+      </c>
+      <c r="B8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>61</v>
+      </c>
+      <c r="F8" t="s">
+        <v>62</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2010</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>78</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>79</v>
+      </c>
+      <c r="N8" t="s">
+        <v>39</v>
+      </c>
+      <c r="O8" t="s">
+        <v>80</v>
+      </c>
+      <c r="P8" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>82</v>
+      </c>
+      <c r="B9" t="s">
+        <v>83</v>
+      </c>
+      <c r="C9" t="s">
+        <v>84</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>85</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>86</v>
+      </c>
+      <c r="K9" t="s">
+        <v>87</v>
+      </c>
+      <c r="L9" t="s">
+        <v>48</v>
+      </c>
+      <c r="M9" t="s">
+        <v>88</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>89</v>
+      </c>
+      <c r="P9" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>91</v>
+      </c>
+      <c r="B10" t="s">
+        <v>92</v>
+      </c>
+      <c r="C10" t="s">
+        <v>84</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>34</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>93</v>
+      </c>
+      <c r="H10">
+        <v>2023</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>94</v>
+      </c>
+      <c r="K10" t="s">
+        <v>47</v>
+      </c>
+      <c r="L10" t="s">
+        <v>95</v>
+      </c>
+      <c r="M10" t="s">
+        <v>96</v>
+      </c>
+      <c r="N10" t="s">
+        <v>97</v>
+      </c>
+      <c r="O10" t="s">
+        <v>98</v>
+      </c>
+      <c r="P10" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>100</v>
+      </c>
+      <c r="B11" t="s">
+        <v>101</v>
+      </c>
+      <c r="C11" t="s">
+        <v>102</v>
+      </c>
+      <c r="D11" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" t="s">
+        <v>61</v>
+      </c>
+      <c r="F11" t="s">
+        <v>62</v>
+      </c>
+      <c r="G11" t="s">
+        <v>45</v>
+      </c>
+      <c r="H11">
+        <v>2001</v>
+      </c>
+      <c r="I11">
+        <v>2018</v>
+      </c>
+      <c r="J11" t="s">
+        <v>103</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>104</v>
+      </c>
+      <c r="M11" t="s">
+        <v>105</v>
+      </c>
+      <c r="N11" t="s">
+        <v>39</v>
+      </c>
+      <c r="O11" t="s">
+        <v>106</v>
+      </c>
+      <c r="P11" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>108</v>
+      </c>
+      <c r="B12" t="s">
+        <v>109</v>
+      </c>
+      <c r="C12" t="s">
+        <v>44</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>61</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2017</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>46</v>
+      </c>
+      <c r="K12" t="s">
+        <v>47</v>
+      </c>
+      <c r="L12" t="s">
+        <v>48</v>
+      </c>
+      <c r="M12" t="s">
+        <v>49</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>110</v>
+      </c>
+      <c r="P12" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>112</v>
+      </c>
+      <c r="B13" t="s">
+        <v>113</v>
+      </c>
+      <c r="C13" t="s">
+        <v>44</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>34</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2021</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>86</v>
+      </c>
+      <c r="K13" t="s">
+        <v>47</v>
+      </c>
+      <c r="L13" t="s">
+        <v>48</v>
+      </c>
+      <c r="M13" t="s">
+        <v>49</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>114</v>
+      </c>
+      <c r="P13"/>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>115</v>
+      </c>
+      <c r="B14" t="s">
+        <v>116</v>
+      </c>
+      <c r="C14" t="s">
+        <v>32</v>
+      </c>
+      <c r="D14" t="s">
+        <v>117</v>
+      </c>
+      <c r="E14" t="s">
+        <v>34</v>
+      </c>
+      <c r="F14" t="s">
+        <v>55</v>
+      </c>
+      <c r="G14" t="s">
+        <v>45</v>
+      </c>
+      <c r="H14">
+        <v>2010</v>
+      </c>
+      <c r="I14">
+        <v>2021</v>
+      </c>
+      <c r="J14" t="s">
+        <v>63</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>118</v>
+      </c>
+      <c r="M14" t="s">
+        <v>119</v>
+      </c>
+      <c r="N14" t="s">
+        <v>39</v>
+      </c>
+      <c r="O14" t="s">
+        <v>120</v>
+      </c>
+      <c r="P14" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>122</v>
+      </c>
+      <c r="B15" t="s">
+        <v>123</v>
+      </c>
+      <c r="C15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D15" t="s">
+        <v>33</v>
+      </c>
+      <c r="E15" t="s">
+        <v>34</v>
+      </c>
+      <c r="F15" t="s">
+        <v>55</v>
+      </c>
+      <c r="G15" t="s">
+        <v>45</v>
+      </c>
+      <c r="H15">
+        <v>2011</v>
+      </c>
+      <c r="I15">
+        <v>2016</v>
+      </c>
+      <c r="J15" t="s">
+        <v>103</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>37</v>
+      </c>
+      <c r="M15" t="s">
+        <v>38</v>
+      </c>
+      <c r="N15" t="s">
+        <v>39</v>
+      </c>
+      <c r="O15" t="s">
+        <v>124</v>
+      </c>
+      <c r="P15" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>126</v>
+      </c>
+      <c r="B16" t="s">
+        <v>127</v>
+      </c>
+      <c r="C16" t="s">
+        <v>128</v>
+      </c>
+      <c r="D16" t="s">
+        <v>33</v>
+      </c>
+      <c r="E16" t="s">
+        <v>34</v>
+      </c>
+      <c r="F16" t="s">
+        <v>55</v>
+      </c>
+      <c r="G16" t="s">
+        <v>45</v>
+      </c>
+      <c r="H16">
+        <v>2008</v>
+      </c>
+      <c r="I16">
+        <v>2012</v>
+      </c>
+      <c r="J16" t="s">
+        <v>129</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>130</v>
+      </c>
+      <c r="M16" t="s">
+        <v>131</v>
+      </c>
+      <c r="N16" t="s">
+        <v>39</v>
+      </c>
+      <c r="O16" t="s">
+        <v>132</v>
+      </c>
+      <c r="P16" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>134</v>
+      </c>
+      <c r="B17" t="s">
+        <v>135</v>
+      </c>
+      <c r="C17" t="s">
+        <v>136</v>
+      </c>
+      <c r="D17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E17" t="s">
+        <v>61</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2020</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>137</v>
+      </c>
+      <c r="K17" t="s">
+        <v>47</v>
+      </c>
+      <c r="L17" t="s">
+        <v>48</v>
+      </c>
+      <c r="M17" t="s">
+        <v>138</v>
+      </c>
+      <c r="N17" t="s">
+        <v>97</v>
+      </c>
+      <c r="O17" t="s">
+        <v>139</v>
+      </c>
+      <c r="P17" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>141</v>
+      </c>
+      <c r="B18" t="s">
+        <v>142</v>
+      </c>
+      <c r="C18"/>
+      <c r="D18" t="s">
+        <v>143</v>
+      </c>
+      <c r="E18" t="s">
+        <v>61</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>144</v>
+      </c>
+      <c r="H18"/>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>86</v>
+      </c>
+      <c r="K18" t="s">
+        <v>47</v>
+      </c>
+      <c r="L18" t="s">
+        <v>48</v>
+      </c>
+      <c r="M18" t="s">
+        <v>145</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>146</v>
+      </c>
+      <c r="P18"/>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>147</v>
+      </c>
+      <c r="B19" t="s">
+        <v>135</v>
+      </c>
+      <c r="C19" t="s">
+        <v>32</v>
+      </c>
+      <c r="D19" t="s">
+        <v>143</v>
+      </c>
+      <c r="E19" t="s">
+        <v>61</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2022</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>148</v>
+      </c>
+      <c r="K19" t="s">
+        <v>47</v>
+      </c>
+      <c r="L19" t="s">
+        <v>48</v>
+      </c>
+      <c r="M19" t="s">
+        <v>149</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>150</v>
+      </c>
+      <c r="P19" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>152</v>
+      </c>
+      <c r="B20" t="s">
+        <v>153</v>
+      </c>
+      <c r="C20" t="s">
+        <v>154</v>
+      </c>
+      <c r="D20" t="s">
+        <v>33</v>
+      </c>
+      <c r="E20" t="s">
+        <v>34</v>
+      </c>
+      <c r="F20" t="s">
+        <v>55</v>
+      </c>
+      <c r="G20" t="s">
+        <v>45</v>
+      </c>
+      <c r="H20">
+        <v>2013</v>
+      </c>
+      <c r="I20">
+        <v>2014</v>
+      </c>
+      <c r="J20" t="s">
+        <v>103</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>155</v>
+      </c>
+      <c r="M20" t="s">
+        <v>156</v>
+      </c>
+      <c r="N20" t="s">
+        <v>39</v>
+      </c>
+      <c r="O20" t="s">
+        <v>157</v>
+      </c>
+      <c r="P20" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>159</v>
+      </c>
+      <c r="B21" t="s">
+        <v>160</v>
+      </c>
+      <c r="C21" t="s">
+        <v>161</v>
+      </c>
+      <c r="D21" t="s">
+        <v>19</v>
+      </c>
+      <c r="E21" t="s">
+        <v>34</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2021</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>103</v>
+      </c>
+      <c r="K21" t="s">
+        <v>47</v>
+      </c>
+      <c r="L21" t="s">
+        <v>162</v>
+      </c>
+      <c r="M21" t="s">
+        <v>163</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>164</v>
+      </c>
+      <c r="P21" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>166</v>
+      </c>
+      <c r="B22" t="s">
+        <v>167</v>
+      </c>
+      <c r="C22" t="s">
+        <v>136</v>
+      </c>
+      <c r="D22" t="s">
+        <v>60</v>
+      </c>
+      <c r="E22" t="s">
+        <v>34</v>
+      </c>
+      <c r="F22" t="s">
+        <v>55</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22"/>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>168</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>169</v>
+      </c>
+      <c r="N22" t="s">
+        <v>39</v>
+      </c>
+      <c r="O22" t="s">
+        <v>170</v>
+      </c>
+      <c r="P22" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>172</v>
+      </c>
+      <c r="B23" t="s">
+        <v>135</v>
+      </c>
+      <c r="C23" t="s">
+        <v>173</v>
+      </c>
+      <c r="D23" t="s">
+        <v>143</v>
+      </c>
+      <c r="E23" t="s">
+        <v>34</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2022</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>174</v>
+      </c>
+      <c r="K23" t="s">
+        <v>47</v>
+      </c>
+      <c r="L23" t="s">
+        <v>48</v>
+      </c>
+      <c r="M23" t="s">
+        <v>175</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>176</v>
+      </c>
+      <c r="P23" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>178</v>
+      </c>
+      <c r="B24" t="s">
         <v>17</v>
       </c>
-      <c r="E2" t="s">
-[...2 lines deleted...]
-      <c r="F2" t="s">
+      <c r="C24" t="s">
+        <v>179</v>
+      </c>
+      <c r="D24" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E24" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F24" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G24" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H24">
+        <v>2022</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>180</v>
+      </c>
+      <c r="K24" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
+      <c r="L24" t="s">
         <v>25</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="M24" t="s">
+        <v>181</v>
+      </c>
+      <c r="N24" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...8 lines deleted...]
-      <c r="F3" t="s">
+      <c r="O24" t="s">
+        <v>182</v>
+      </c>
+      <c r="P24" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>184</v>
+      </c>
+      <c r="B25" t="s">
+        <v>17</v>
+      </c>
+      <c r="C25" t="s">
+        <v>179</v>
+      </c>
+      <c r="D25" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...6 lines deleted...]
-      <c r="J3" t="s">
+      <c r="E25" t="s">
+        <v>34</v>
+      </c>
+      <c r="F25" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...2 lines deleted...]
-      <c r="L3" t="s">
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2022</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>180</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>185</v>
+      </c>
+      <c r="M25" t="s">
+        <v>181</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>186</v>
+      </c>
+      <c r="P25" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>188</v>
+      </c>
+      <c r="B26" t="s">
+        <v>189</v>
+      </c>
+      <c r="C26" t="s">
+        <v>190</v>
+      </c>
+      <c r="D26" t="s">
         <v>33</v>
       </c>
-      <c r="M3" t="s">
+      <c r="E26" t="s">
         <v>34</v>
       </c>
-      <c r="N3" t="s">
-[...22 lines deleted...]
-      <c r="G4">
+      <c r="F26" t="s">
+        <v>55</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2008</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>191</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>192</v>
+      </c>
+      <c r="M26" t="s">
+        <v>193</v>
+      </c>
+      <c r="N26" t="s">
+        <v>39</v>
+      </c>
+      <c r="O26" t="s">
+        <v>194</v>
+      </c>
+      <c r="P26" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>196</v>
+      </c>
+      <c r="B27" t="s">
+        <v>197</v>
+      </c>
+      <c r="C27" t="s">
+        <v>77</v>
+      </c>
+      <c r="D27" t="s">
+        <v>33</v>
+      </c>
+      <c r="E27" t="s">
+        <v>34</v>
+      </c>
+      <c r="F27" t="s">
+        <v>55</v>
+      </c>
+      <c r="G27" t="s">
+        <v>45</v>
+      </c>
+      <c r="H27">
         <v>2015</v>
       </c>
-      <c r="H4">
-[...2 lines deleted...]
-      <c r="I4" t="s">
+      <c r="I27">
+        <v>2019</v>
+      </c>
+      <c r="J27" t="s">
+        <v>63</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>198</v>
+      </c>
+      <c r="N27" t="s">
         <v>39</v>
       </c>
-      <c r="J4" t="s">
-[...8 lines deleted...]
-      <c r="M4" t="s">
+      <c r="O27" t="s">
+        <v>199</v>
+      </c>
+      <c r="P27" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>201</v>
+      </c>
+      <c r="B28" t="s">
+        <v>76</v>
+      </c>
+      <c r="C28" t="s">
+        <v>77</v>
+      </c>
+      <c r="D28" t="s">
+        <v>33</v>
+      </c>
+      <c r="E28" t="s">
+        <v>34</v>
+      </c>
+      <c r="F28" t="s">
+        <v>55</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2015</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>78</v>
+      </c>
+      <c r="K28" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...7 lines deleted...]
-      <c r="B5" t="s">
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>79</v>
+      </c>
+      <c r="N28" t="s">
+        <v>39</v>
+      </c>
+      <c r="O28" t="s">
+        <v>202</v>
+      </c>
+      <c r="P28" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>204</v>
+      </c>
+      <c r="B29" t="s">
+        <v>205</v>
+      </c>
+      <c r="C29" t="s">
+        <v>206</v>
+      </c>
+      <c r="D29" t="s">
+        <v>19</v>
+      </c>
+      <c r="E29" t="s">
+        <v>34</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
         <v>45</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="H29">
+        <v>2019</v>
+      </c>
+      <c r="I29">
+        <v>2022</v>
+      </c>
+      <c r="J29" t="s">
+        <v>86</v>
+      </c>
+      <c r="K29" t="s">
+        <v>47</v>
+      </c>
+      <c r="L29" t="s">
+        <v>48</v>
+      </c>
+      <c r="M29" t="s">
+        <v>207</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>208</v>
+      </c>
+      <c r="P29" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>210</v>
+      </c>
+      <c r="B30" t="s">
+        <v>135</v>
+      </c>
+      <c r="C30" t="s">
+        <v>211</v>
+      </c>
+      <c r="D30" t="s">
+        <v>19</v>
+      </c>
+      <c r="E30" t="s">
+        <v>61</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>93</v>
+      </c>
+      <c r="H30">
+        <v>2022</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>94</v>
+      </c>
+      <c r="K30" t="s">
+        <v>47</v>
+      </c>
+      <c r="L30" t="s">
+        <v>48</v>
+      </c>
+      <c r="M30" t="s">
+        <v>212</v>
+      </c>
+      <c r="N30" t="s">
+        <v>97</v>
+      </c>
+      <c r="O30" t="s">
+        <v>213</v>
+      </c>
+      <c r="P30" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>215</v>
+      </c>
+      <c r="B31" t="s">
+        <v>216</v>
+      </c>
+      <c r="C31" t="s">
+        <v>217</v>
+      </c>
+      <c r="D31" t="s">
+        <v>19</v>
+      </c>
+      <c r="E31" t="s">
+        <v>61</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>45</v>
+      </c>
+      <c r="H31">
+        <v>2018</v>
+      </c>
+      <c r="I31">
+        <v>2022</v>
+      </c>
+      <c r="J31" t="s">
+        <v>86</v>
+      </c>
+      <c r="K31" t="s">
+        <v>47</v>
+      </c>
+      <c r="L31" t="s">
+        <v>48</v>
+      </c>
+      <c r="M31" t="s">
+        <v>218</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>219</v>
+      </c>
+      <c r="P31" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>221</v>
+      </c>
+      <c r="B32" t="s">
+        <v>222</v>
+      </c>
+      <c r="C32" t="s">
+        <v>217</v>
+      </c>
+      <c r="D32" t="s">
+        <v>19</v>
+      </c>
+      <c r="E32" t="s">
+        <v>61</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>45</v>
+      </c>
+      <c r="H32">
+        <v>2018</v>
+      </c>
+      <c r="I32">
+        <v>2022</v>
+      </c>
+      <c r="J32" t="s">
+        <v>86</v>
+      </c>
+      <c r="K32" t="s">
+        <v>87</v>
+      </c>
+      <c r="L32" t="s">
+        <v>48</v>
+      </c>
+      <c r="M32" t="s">
+        <v>218</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>223</v>
+      </c>
+      <c r="P32" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>224</v>
+      </c>
+      <c r="B33" t="s">
+        <v>135</v>
+      </c>
+      <c r="C33" t="s">
+        <v>225</v>
+      </c>
+      <c r="D33" t="s">
+        <v>19</v>
+      </c>
+      <c r="E33" t="s">
+        <v>61</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>93</v>
+      </c>
+      <c r="H33">
+        <v>2023</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>168</v>
+      </c>
+      <c r="K33" t="s">
+        <v>47</v>
+      </c>
+      <c r="L33" t="s">
+        <v>48</v>
+      </c>
+      <c r="M33" t="s">
+        <v>226</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>227</v>
+      </c>
+      <c r="P33" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>229</v>
+      </c>
+      <c r="B34" t="s">
+        <v>230</v>
+      </c>
+      <c r="C34" t="s">
+        <v>231</v>
+      </c>
+      <c r="D34" t="s">
+        <v>19</v>
+      </c>
+      <c r="E34" t="s">
+        <v>61</v>
+      </c>
+      <c r="F34" t="s">
+        <v>62</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2010</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>232</v>
+      </c>
+      <c r="K34" t="s">
+        <v>47</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>233</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>234</v>
+      </c>
+      <c r="P34" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>236</v>
+      </c>
+      <c r="B35" t="s">
+        <v>237</v>
+      </c>
+      <c r="C35" t="s">
+        <v>238</v>
+      </c>
+      <c r="D35" t="s">
+        <v>19</v>
+      </c>
+      <c r="E35" t="s">
+        <v>34</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2020</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>103</v>
+      </c>
+      <c r="K35" t="s">
+        <v>47</v>
+      </c>
+      <c r="L35" t="s">
+        <v>48</v>
+      </c>
+      <c r="M35" t="s">
+        <v>239</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>240</v>
+      </c>
+      <c r="P35" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>236</v>
+      </c>
+      <c r="B36" t="s">
+        <v>242</v>
+      </c>
+      <c r="C36" t="s">
+        <v>243</v>
+      </c>
+      <c r="D36" t="s">
+        <v>19</v>
+      </c>
+      <c r="E36" t="s">
+        <v>61</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2021</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>103</v>
+      </c>
+      <c r="K36" t="s">
+        <v>47</v>
+      </c>
+      <c r="L36" t="s">
+        <v>48</v>
+      </c>
+      <c r="M36" t="s">
+        <v>244</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>245</v>
+      </c>
+      <c r="P36"/>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>246</v>
+      </c>
+      <c r="B37" t="s">
+        <v>247</v>
+      </c>
+      <c r="C37" t="s">
+        <v>84</v>
+      </c>
+      <c r="D37" t="s">
+        <v>143</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>144</v>
+      </c>
+      <c r="H37"/>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>86</v>
+      </c>
+      <c r="K37" t="s">
+        <v>47</v>
+      </c>
+      <c r="L37" t="s">
+        <v>48</v>
+      </c>
+      <c r="M37" t="s">
+        <v>88</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>248</v>
+      </c>
+      <c r="P37"/>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>249</v>
+      </c>
+      <c r="B38" t="s">
+        <v>250</v>
+      </c>
+      <c r="C38" t="s">
+        <v>251</v>
+      </c>
+      <c r="D38" t="s">
+        <v>252</v>
+      </c>
+      <c r="E38" t="s">
+        <v>34</v>
+      </c>
+      <c r="F38" t="s">
+        <v>253</v>
+      </c>
+      <c r="G38" t="s">
+        <v>45</v>
+      </c>
+      <c r="H38">
+        <v>2017</v>
+      </c>
+      <c r="I38">
+        <v>2021</v>
+      </c>
+      <c r="J38" t="s">
+        <v>71</v>
+      </c>
+      <c r="K38" t="s">
+        <v>254</v>
+      </c>
+      <c r="L38" t="s">
+        <v>255</v>
+      </c>
+      <c r="M38" t="s">
+        <v>256</v>
+      </c>
+      <c r="N38" t="s">
+        <v>257</v>
+      </c>
+      <c r="O38" t="s">
+        <v>258</v>
+      </c>
+      <c r="P38" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>260</v>
+      </c>
+      <c r="B39" t="s">
+        <v>261</v>
+      </c>
+      <c r="C39" t="s">
+        <v>262</v>
+      </c>
+      <c r="D39" t="s">
+        <v>263</v>
+      </c>
+      <c r="E39" t="s">
+        <v>61</v>
+      </c>
+      <c r="F39" t="s">
+        <v>253</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2024</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>264</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>265</v>
+      </c>
+      <c r="M39" t="s">
+        <v>266</v>
+      </c>
+      <c r="N39" t="s">
+        <v>39</v>
+      </c>
+      <c r="O39" t="s">
+        <v>267</v>
+      </c>
+      <c r="P39" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>269</v>
+      </c>
+      <c r="B40" t="s">
+        <v>270</v>
+      </c>
+      <c r="C40" t="s">
+        <v>271</v>
+      </c>
+      <c r="D40" t="s">
+        <v>33</v>
+      </c>
+      <c r="E40" t="s">
+        <v>61</v>
+      </c>
+      <c r="F40" t="s">
+        <v>62</v>
+      </c>
+      <c r="G40" t="s">
+        <v>45</v>
+      </c>
+      <c r="H40">
+        <v>2003</v>
+      </c>
+      <c r="I40">
+        <v>2012</v>
+      </c>
+      <c r="J40" t="s">
+        <v>232</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>272</v>
+      </c>
+      <c r="M40" t="s">
+        <v>273</v>
+      </c>
+      <c r="N40" t="s">
+        <v>39</v>
+      </c>
+      <c r="O40" t="s">
+        <v>274</v>
+      </c>
+      <c r="P40" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>276</v>
+      </c>
+      <c r="B41" t="s">
+        <v>277</v>
+      </c>
+      <c r="C41" t="s">
+        <v>278</v>
+      </c>
+      <c r="D41" t="s">
+        <v>19</v>
+      </c>
+      <c r="E41" t="s">
+        <v>34</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2021</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>86</v>
+      </c>
+      <c r="K41" t="s">
+        <v>47</v>
+      </c>
+      <c r="L41" t="s">
+        <v>48</v>
+      </c>
+      <c r="M41" t="s">
+        <v>279</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>280</v>
+      </c>
+      <c r="P41" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>282</v>
+      </c>
+      <c r="B42" t="s">
+        <v>283</v>
+      </c>
+      <c r="C42" t="s">
+        <v>284</v>
+      </c>
+      <c r="D42" t="s">
+        <v>285</v>
+      </c>
+      <c r="E42" t="s">
+        <v>61</v>
+      </c>
+      <c r="F42" t="s">
+        <v>62</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2017</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
         <v>46</v>
       </c>
-      <c r="F5" t="s">
-[...14 lines deleted...]
-      <c r="M5" t="s">
+      <c r="K42" t="s">
+        <v>47</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>286</v>
+      </c>
+      <c r="N42" t="s">
+        <v>39</v>
+      </c>
+      <c r="O42" t="s">
+        <v>287</v>
+      </c>
+      <c r="P42" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>289</v>
+      </c>
+      <c r="B43" t="s">
+        <v>290</v>
+      </c>
+      <c r="C43" t="s">
+        <v>291</v>
+      </c>
+      <c r="D43" t="s">
+        <v>292</v>
+      </c>
+      <c r="E43" t="s">
         <v>34</v>
       </c>
-      <c r="N5" t="s">
+      <c r="F43" t="s">
+        <v>55</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2019</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>293</v>
+      </c>
+      <c r="K43" t="s">
         <v>47</v>
       </c>
-    </row>
-[...37 lines deleted...]
-      <c r="M6" t="s">
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>294</v>
+      </c>
+      <c r="N43" t="s">
+        <v>295</v>
+      </c>
+      <c r="O43" t="s">
+        <v>296</v>
+      </c>
+      <c r="P43" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>298</v>
+      </c>
+      <c r="B44" t="s">
+        <v>299</v>
+      </c>
+      <c r="C44" t="s">
+        <v>300</v>
+      </c>
+      <c r="D44" t="s">
+        <v>33</v>
+      </c>
+      <c r="E44" t="s">
         <v>34</v>
       </c>
-      <c r="N6" t="s">
+      <c r="F44" t="s">
         <v>55</v>
       </c>
-    </row>
-[...1574 lines deleted...]
-        <v>2011</v>
+      <c r="G44" t="s">
+        <v>45</v>
       </c>
       <c r="H44">
         <v>2011</v>
       </c>
-      <c r="I44" t="s">
-        <v>52</v>
+      <c r="I44">
+        <v>2011</v>
       </c>
       <c r="J44" t="s">
+        <v>63</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>301</v>
+      </c>
+      <c r="M44" t="s">
+        <v>302</v>
+      </c>
+      <c r="N44" t="s">
+        <v>39</v>
+      </c>
+      <c r="O44" t="s">
+        <v>303</v>
+      </c>
+      <c r="P44" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>305</v>
+      </c>
+      <c r="B45" t="s">
+        <v>17</v>
+      </c>
+      <c r="C45" t="s">
+        <v>306</v>
+      </c>
+      <c r="D45" t="s">
+        <v>19</v>
+      </c>
+      <c r="E45" t="s">
+        <v>34</v>
+      </c>
+      <c r="F45" t="s">
         <v>21</v>
       </c>
-      <c r="K44" t="s">
-[...5 lines deleted...]
-      <c r="M44" t="s">
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2017</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>23</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>25</v>
+      </c>
+      <c r="M45" t="s">
+        <v>307</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>308</v>
+      </c>
+      <c r="P45" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>310</v>
+      </c>
+      <c r="B46" t="s">
+        <v>311</v>
+      </c>
+      <c r="C46" t="s">
+        <v>306</v>
+      </c>
+      <c r="D46" t="s">
+        <v>19</v>
+      </c>
+      <c r="E46" t="s">
         <v>34</v>
       </c>
-      <c r="N44" t="s">
-[...19 lines deleted...]
-      <c r="F45" t="s">
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2020</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>23</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>25</v>
+      </c>
+      <c r="M46" t="s">
+        <v>307</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>312</v>
+      </c>
+      <c r="P46"/>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>313</v>
+      </c>
+      <c r="B47" t="s">
+        <v>43</v>
+      </c>
+      <c r="C47" t="s">
+        <v>314</v>
+      </c>
+      <c r="D47" t="s">
         <v>19</v>
       </c>
-      <c r="G45">
+      <c r="E47" t="s">
+        <v>34</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>45</v>
+      </c>
+      <c r="H47">
+        <v>2016</v>
+      </c>
+      <c r="I47">
         <v>2017</v>
       </c>
-      <c r="H45"/>
-[...3 lines deleted...]
-      <c r="J45" t="s">
+      <c r="J47" t="s">
+        <v>46</v>
+      </c>
+      <c r="K47" t="s">
+        <v>47</v>
+      </c>
+      <c r="L47" t="s">
+        <v>48</v>
+      </c>
+      <c r="M47" t="s">
+        <v>315</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>316</v>
+      </c>
+      <c r="P47" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>318</v>
+      </c>
+      <c r="B48" t="s">
+        <v>69</v>
+      </c>
+      <c r="C48" t="s">
+        <v>319</v>
+      </c>
+      <c r="D48" t="s">
+        <v>19</v>
+      </c>
+      <c r="E48" t="s">
+        <v>34</v>
+      </c>
+      <c r="F48" t="s">
         <v>21</v>
       </c>
-      <c r="K45" t="s">
+      <c r="G48" t="s">
         <v>22</v>
       </c>
-      <c r="L45" t="s">
-[...2 lines deleted...]
-      <c r="M45" t="s">
+      <c r="H48">
+        <v>2021</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>103</v>
+      </c>
+      <c r="K48" t="s">
+        <v>47</v>
+      </c>
+      <c r="L48" t="s">
+        <v>48</v>
+      </c>
+      <c r="M48" t="s">
+        <v>320</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>321</v>
+      </c>
+      <c r="P48" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>323</v>
+      </c>
+      <c r="B49" t="s">
+        <v>324</v>
+      </c>
+      <c r="C49" t="s">
+        <v>325</v>
+      </c>
+      <c r="D49" t="s">
+        <v>326</v>
+      </c>
+      <c r="E49" t="s">
+        <v>34</v>
+      </c>
+      <c r="F49" t="s">
+        <v>253</v>
+      </c>
+      <c r="G49" t="s">
+        <v>45</v>
+      </c>
+      <c r="H49">
+        <v>2012</v>
+      </c>
+      <c r="I49">
+        <v>2014</v>
+      </c>
+      <c r="J49" t="s">
+        <v>232</v>
+      </c>
+      <c r="K49" t="s">
         <v>24</v>
       </c>
-      <c r="N45" t="s">
-[...19 lines deleted...]
-      <c r="F46" t="s">
+      <c r="L49" t="s">
+        <v>327</v>
+      </c>
+      <c r="M49" t="s">
+        <v>328</v>
+      </c>
+      <c r="N49" t="s">
+        <v>39</v>
+      </c>
+      <c r="O49" t="s">
+        <v>329</v>
+      </c>
+      <c r="P49" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>331</v>
+      </c>
+      <c r="B50" t="s">
+        <v>332</v>
+      </c>
+      <c r="C50" t="s">
+        <v>333</v>
+      </c>
+      <c r="D50" t="s">
         <v>19</v>
       </c>
-      <c r="G46">
-[...6 lines deleted...]
-      <c r="J46" t="s">
+      <c r="E50" t="s">
+        <v>61</v>
+      </c>
+      <c r="F50" t="s">
         <v>21</v>
       </c>
-      <c r="K46" t="s">
+      <c r="G50" t="s">
         <v>22</v>
       </c>
-      <c r="L46" t="s">
-[...72 lines deleted...]
-      <c r="G48">
+      <c r="H50">
         <v>2021</v>
       </c>
-      <c r="H48"/>
-[...88 lines deleted...]
-      </c>
+      <c r="I50"/>
       <c r="J50" t="s">
-        <v>40</v>
+        <v>103</v>
       </c>
       <c r="K50" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="L50" t="s">
-        <v>251</v>
+        <v>48</v>
       </c>
       <c r="M50" t="s">
-        <v>24</v>
+        <v>334</v>
       </c>
       <c r="N50" t="s">
-        <v>252</v>
-      </c>
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>335</v>
+      </c>
+      <c r="P50"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>